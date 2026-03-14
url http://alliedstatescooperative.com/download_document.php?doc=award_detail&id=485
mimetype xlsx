--- v0 (2026-01-09)
+++ v1 (2026-03-14)
@@ -6,80 +6,80 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\Bids\2026\26-7544 Technology, Hardware, Software, Services and Related (Supplemental)\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{66153D73-AD8A-4B31-855A-86968235550D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E6B52F55-0014-4F3D-BA21-1FFE5FF45BF7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId1"/>
     <sheet name="Lines" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="979" uniqueCount="582">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="967" uniqueCount="575">
   <si>
     <t>Event Number</t>
   </si>
   <si>
     <t>26-7544</t>
   </si>
   <si>
     <t>Organization</t>
   </si>
   <si>
     <t>Allied States Cooperative - Powered by ESC 19</t>
   </si>
   <si>
     <t>Event Title</t>
   </si>
   <si>
     <t>Technology, Hardware, Software, Services and Related (Supplemental) - ESC Region 19 Allied States Cooperative</t>
   </si>
   <si>
     <t>Workgroup</t>
   </si>
   <si>
     <t>Allied States Cooperative</t>
   </si>
   <si>
@@ -816,53 +816,50 @@
   <si>
     <t>Sai Kumar</t>
   </si>
   <si>
     <t>John Greenewald</t>
   </si>
   <si>
     <t>Courtney Flanders</t>
   </si>
   <si>
     <t>Bryan Peck</t>
   </si>
   <si>
     <t>Brittany Endlich</t>
   </si>
   <si>
     <t>Chris Shima</t>
   </si>
   <si>
     <t>Sarah Sherman</t>
   </si>
   <si>
     <t>Lucy Anderholm</t>
   </si>
   <si>
-    <t>Customer Service</t>
-[...1 lines deleted...]
-  <si>
     <t>Dylan Grindle</t>
   </si>
   <si>
     <t>Alexis Jamin</t>
   </si>
   <si>
     <t>Hannah Loomis</t>
   </si>
   <si>
     <t>Isaac Sunday</t>
   </si>
   <si>
     <t>Amy Berger</t>
   </si>
   <si>
     <t>Jennie Eft</t>
   </si>
   <si>
     <t>Jay Morales</t>
   </si>
   <si>
     <t>VICTOR DURAN</t>
   </si>
   <si>
     <t>AUDLEY LOGAN SR.</t>
@@ -954,65 +951,59 @@
   <si>
     <t>1101 Summit Avenue, Plano, Texas 75074</t>
   </si>
   <si>
     <t>600 Congress Ave, Fl 14 Austin TX 78701</t>
   </si>
   <si>
     <t>27305 W LIVE OAK RD. #1203  CASTAIC, CA 91384</t>
   </si>
   <si>
     <t>1430Massachusetts Ave, Floor 5, Cambridge, MA, 02138</t>
   </si>
   <si>
     <t>2627 E Yandell Dr, El Paso, TX 79903</t>
   </si>
   <si>
     <t>6201 West 87th St #102, Los Angeles, CA 90045</t>
   </si>
   <si>
     <t>300 Tri-State International Drive Suite 300 Lincolnshire, IL 60069</t>
   </si>
   <si>
     <t>560 Lester Ave, Onalaska, WI 54650</t>
   </si>
   <si>
-    <t>PO BOX 802Culver City, CA 90232</t>
-[...1 lines deleted...]
-  <si>
     <t>1395 S. Marietta Pkwy., Bldg. 300-106 Marietta, GA 30067</t>
   </si>
   <si>
     <t>390 NE 191st Street, Miami, FL 33179</t>
   </si>
   <si>
     <t>6600 SH 6 N, Woodway, Tx 76712</t>
   </si>
   <si>
-    <t>1057 East 18th St Brooklyn NY 11230</t>
-[...1 lines deleted...]
-  <si>
     <t>8770 West Bryn Mawr Avenue, Suite 1300, Chicago, IL 60631</t>
   </si>
   <si>
     <t>6803 Kingshollow Dr., Dallas, TX 75248</t>
   </si>
   <si>
     <t>1326 MYRTLE AVE, EL PASO, TX 79901</t>
   </si>
   <si>
     <t>3200 W PLEASANT RUN RD. LANCASTER, TX 75146</t>
   </si>
   <si>
     <t>37 W 26th Street, Suite 408, New York, NY 10010</t>
   </si>
   <si>
     <t>220 Huff Avenue, Suite 500, Greensburg, PA 15601</t>
   </si>
   <si>
     <t>1102 N. William Street, Victoria, TX 77901</t>
   </si>
   <si>
     <t>704 N King St Wilmington, DE-19801</t>
   </si>
   <si>
     <t>500 Westover Drive #11458 Sanford NC, 27330</t>
@@ -1044,101 +1035,95 @@
   <si>
     <t>600 Congress Ave, Fl 14, Austin TX - 78701</t>
   </si>
   <si>
     <t>6000 Blvd E, El Paso, TX 79905</t>
   </si>
   <si>
     <t>6970 Market Ave, El Paso, TX  79915</t>
   </si>
   <si>
     <t>101 Morgan Lane, Suite # 188Plainsboro, New Jersey 08536</t>
   </si>
   <si>
     <t>5801 Golden Triangle Blvd, Suite 103-MB192 Fort Worth, TX 76244</t>
   </si>
   <si>
     <t>1813 Rollingwood CT, Bedford, TX 76021</t>
   </si>
   <si>
     <t>11824 Jollyville Rd. Suite 400 Austin, TX 78759</t>
   </si>
   <si>
     <t>84 Cottonwood Lane, Naples, FL 34112</t>
   </si>
   <si>
-    <t>15 Birchwood Court</t>
-[...1 lines deleted...]
-  <si>
     <t>129 N 2nd St BKrum, Texas 76249</t>
   </si>
   <si>
     <t>12110 Sunset Hills Rd #600Reston, Virginia 20190</t>
   </si>
   <si>
     <t>sledproposals@tscti.com</t>
   </si>
   <si>
     <t>GtsSales@gts-ts.com</t>
   </si>
   <si>
     <t>jen.strbac@hapara.com</t>
   </si>
   <si>
     <t>JAEDEN@VEX.COM</t>
   </si>
   <si>
     <t>matt@imagingspectrum.com</t>
   </si>
   <si>
     <t>diritsac@integrateus.com</t>
   </si>
   <si>
     <t>john@lowcostearbuds.com</t>
   </si>
   <si>
     <t>courtney@joinmanta.ai</t>
   </si>
   <si>
     <t>sales@gomazevo.com</t>
   </si>
   <si>
     <t>brittany@novats.net</t>
   </si>
   <si>
     <t>shima@playvs.com</t>
   </si>
   <si>
     <t>bid@quill.com</t>
   </si>
   <si>
     <t>landerholm@sgtlabs.com</t>
   </si>
   <si>
-    <t>access@socialstudies.com</t>
-[...1 lines deleted...]
-  <si>
     <t>scwbids@scw.com</t>
   </si>
   <si>
     <t>rfp@mytelo.ai</t>
   </si>
   <si>
     <t>hannah.loomis@tesseratech.com</t>
   </si>
   <si>
     <t>info@uselectronicsrecycling.com</t>
   </si>
   <si>
     <t>ab@hpi.com</t>
   </si>
   <si>
     <t>jennie@gaggle.net</t>
   </si>
   <si>
     <t>jmorales@idismiss.org</t>
   </si>
   <si>
     <t>vhduran@exhibitllc.com</t>
   </si>
   <si>
     <t>alogan@team3c.com</t>
@@ -1152,53 +1137,50 @@
   <si>
     <t>kim@ondatasuite.com</t>
   </si>
   <si>
     <t>gov.bids@alphait.us</t>
   </si>
   <si>
     <t>maurac@streamline-sped.com</t>
   </si>
   <si>
     <t>sales@blue360media.com</t>
   </si>
   <si>
     <t>accountsreceivable@overyondr.com</t>
   </si>
   <si>
     <t>partnerships@cograder.com</t>
   </si>
   <si>
     <t>Jeff@EmbraceEducation.com</t>
   </si>
   <si>
     <t>bedgington@mation.com</t>
   </si>
   <si>
-    <t>harold@codestreamestudios.com</t>
-[...1 lines deleted...]
-  <si>
     <t>esproland@gmail.com</t>
   </si>
   <si>
     <t>cherie@cyproteck.com</t>
   </si>
   <si>
     <t>DIR@pmcsservices.com</t>
   </si>
   <si>
     <t>alberto@hbprosound.com</t>
   </si>
   <si>
     <t>alberto@hbstageproductions.com</t>
   </si>
   <si>
     <t>sai@miti.us</t>
   </si>
   <si>
     <t>cakin@paratumsolutions.com</t>
   </si>
   <si>
     <t>ebids@axis-global.com</t>
   </si>
   <si>
     <t>branden.davis@sequeldata.com</t>
@@ -1236,53 +1218,50 @@
   <si>
     <t>(512) 948-3141</t>
   </si>
   <si>
     <t>(800) 642-6555</t>
   </si>
   <si>
     <t>(508) 251-9654</t>
   </si>
   <si>
     <t>(800) 254-7615 x102</t>
   </si>
   <si>
     <t>(915) 208-4442</t>
   </si>
   <si>
     <t>(213) 267-4561</t>
   </si>
   <si>
     <t>(800) 634-4809</t>
   </si>
   <si>
     <t>(608) 788-9143</t>
   </si>
   <si>
-    <t>(800) 421-4246</t>
-[...1 lines deleted...]
-  <si>
     <t>(770) 579-8927</t>
   </si>
   <si>
     <t>(800) 915-7832</t>
   </si>
   <si>
     <t>(254) 600-5850</t>
   </si>
   <si>
     <t>(832) 762-0183 x1001</t>
   </si>
   <si>
     <t>(718) 705-6804</t>
   </si>
   <si>
     <t>(800) 288-7750</t>
   </si>
   <si>
     <t>(469) 348-4676</t>
   </si>
   <si>
     <t>(915) 526-1558</t>
   </si>
   <si>
     <t>(972) 230-4300</t>
@@ -1380,53 +1359,50 @@
   <si>
     <t>https://integrateus.com/</t>
   </si>
   <si>
     <t>https://lowcostearbuds.com</t>
   </si>
   <si>
     <t>https://www.joinmanta.ai/</t>
   </si>
   <si>
     <t>HTTP://www.gomazevo.com</t>
   </si>
   <si>
     <t>http://www.novats.net</t>
   </si>
   <si>
     <t>HTTP://www.playvs.com</t>
   </si>
   <si>
     <t>HTTP://www.quill.com</t>
   </si>
   <si>
     <t>https://www.sgtlabs.com/</t>
   </si>
   <si>
-    <t>HTTP://www.socialstudies.com</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.scw.com</t>
   </si>
   <si>
     <t>HTTP://www.mytelo.ai</t>
   </si>
   <si>
     <t>HTTP://www.tesseratech.com</t>
   </si>
   <si>
     <t>HTTP://www.uselectronicsrecycling.com</t>
   </si>
   <si>
     <t>https://hpi.com/</t>
   </si>
   <si>
     <t>HTTP://www.gaggle.net</t>
   </si>
   <si>
     <t>HTTP://www.idismiss.org</t>
   </si>
   <si>
     <t>HTTP://www.exhibitllc.com</t>
   </si>
   <si>
     <t>HTTP://STORE.TEAM3C.COM</t>
@@ -1509,53 +1485,50 @@
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>TEXAS</t>
   </si>
   <si>
     <t>Expedited shipping can be calculated on VEX.com</t>
   </si>
   <si>
     <t>Yes, we have numerous shipping options from Ground to expedited overnight, if needed. Price depends on the size of the order.</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
     <t>Yes - additional fees will incur due to expedition, contact will be Jessica Rodriguez 915-208-4442</t>
   </si>
   <si>
     <t>No - Please see attached delivery policy</t>
   </si>
   <si>
-    <t>Shipping will be actual cost of delivering the instructional material, as determined based on the standard rate published by the carrier for the specified delivery method of the instructional material.</t>
-[...1 lines deleted...]
-  <si>
     <t>Yes. Expedited shipping fees are based on the distributor/manufacturer fee. Any requests should go to scwbids@scw.com.</t>
   </si>
   <si>
     <t>7% of order total</t>
   </si>
   <si>
     <t>S&amp;H/Freight charges for this order are included in the total quoted price. No additional fees will be applied beyond the agreed-upon amount. All deliveries must be completed by the specified deadline or will be returned at the vendor’s expense</t>
   </si>
   <si>
     <t>shipping will only be charged if orders are under $2500 minimum</t>
   </si>
   <si>
     <t>N/A - Cloud-based solution</t>
   </si>
   <si>
     <t>May vary depending on conditions</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>N/A  -no shipping required</t>
   </si>
   <si>
     <t>No, we do not charge any additional fees for expediting services or shipments. All requests for expedited handling are coordinated at no extra cost. For any urgent or time-sensitive needs, the designated point of contact is our Operations Team, who can be reached for immediate support.</t>
@@ -1596,65 +1569,59 @@
   <si>
     <t>All states</t>
   </si>
   <si>
     <t>All areas</t>
   </si>
   <si>
     <t>Manta AI is licensed and willing to serve all U.S. states and territories, as well as international customers. We provide full remote implementation, analytics support, and ongoing services with no geographic restrictions.</t>
   </si>
   <si>
     <t>Entire USA</t>
   </si>
   <si>
     <t>All over US - all states</t>
   </si>
   <si>
     <t>All 50 states</t>
   </si>
   <si>
     <t>All US states</t>
   </si>
   <si>
     <t>We ship to all 50 US states including Alaska and Hawaii</t>
   </si>
   <si>
-    <t>All of Texas/U.S.</t>
-[...1 lines deleted...]
-  <si>
     <t>The continental 48 states of the United States and Alaska.</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>Gaggle is willing to service all 50 states.</t>
   </si>
   <si>
-    <t>iDismiss is able to service all states un the U.S.</t>
-[...1 lines deleted...]
-  <si>
     <t>We can serve all areas in the US</t>
   </si>
   <si>
     <t>All areas.</t>
   </si>
   <si>
     <t>Texas and California</t>
   </si>
   <si>
     <t>We are willing to service all across the United States</t>
   </si>
   <si>
     <t>Our services are fully virtual, allowing us to support school districts, cooperatives, and agencies nationwide without geographic limitations.  We honor all pricing and service commitments for any Region 19 Allied States Cooperative member located within the United States.</t>
   </si>
   <si>
     <t>Blue 360 Media is licensed and willing to serve all 50 U.S. states, including Texas. We are registered with the Texas Secretary of State and honor all pricing and product/service commitments for members located nationwide.</t>
   </si>
   <si>
     <t>All states in the USA</t>
   </si>
   <si>
     <t>Alaska, Washington, Utah, Texas, Illinois</t>
   </si>
   <si>
     <t>Direct service and support in Texas.  We subcontract service and support across the US.</t>
@@ -1770,100 +1737,151 @@
   <si>
     <t>Cyproteck Inc (Cyproteck Technologies Inc.)</t>
   </si>
   <si>
     <t>Price Link (can only be used for Technology related items)</t>
   </si>
   <si>
     <t>Embrace Education (Brecht's Database Solutions, LLC) (New Symbol Buyer, LLC)</t>
   </si>
   <si>
     <t>MANTA AI (Casually AI, Inc.)</t>
   </si>
   <si>
     <t>Money Mystery Detectives LLC (Derreka Walkup)</t>
   </si>
   <si>
     <t>Paratum Solutions (Paratum Solutions, LLC) (Christopher James Akin)</t>
   </si>
   <si>
     <t>PMCS Services</t>
   </si>
   <si>
     <t>QUILL LLC (Staples, Inc.)</t>
   </si>
   <si>
-    <t>Social Studies School Service (Nystrom Education; Good Year Books; The Center for Learning; MindSparks; The Writing Company)</t>
-[...4 lines deleted...]
-  <si>
     <t>U.S. Electronics Recycling Center Inc. (Isaac Sunday)</t>
   </si>
   <si>
     <t>Please contact Purchasing for pricing.</t>
   </si>
   <si>
     <t>All 50 States</t>
+  </si>
+  <si>
+    <t>iDismiss is able to service all states in the U.S.</t>
+  </si>
+  <si>
+    <t>15 Birchwood Court, Savannah, GA 31419</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Government Goods, Inc.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> HPI International Inc</t>
+    </r>
+  </si>
+  <si>
+    <t>*updated 1/9/26</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>1057 East 18th St Brooklyn NY 11230</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> 1040 E 17th St. Brooklyn NY 11230</t>
+    </r>
+  </si>
+  <si>
+    <t>harold@codestreamstudios.com</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
     <numFmt numFmtId="165" formatCode="\$###,###,##0.00####"/>
   </numFmts>
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <strike/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFCCCCCC"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="8">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
@@ -2381,51 +2399,51 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Dream%20Ranch.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Government%20Goods.PDF" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/LowCostEarbuds.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Sergeant%20Laboratories.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/HB%20Pro%20Sound.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/PMCS%20Services.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Telo%20AI.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Alpha%20Technologies.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/3P%20Learning.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Four%20BT.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Millennium%20Info%20Tech.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/3-C%20Technology.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Aloe%20Software%20Group.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Cyproteck.xlsx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/IMAGING%20SPECTRUM.xlsx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Paratum%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Rol-N-Enterprise.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Social%20Studies%20School%20Service.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Vex%20Robotics.xlsx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Alchemy%20Technology%20Group.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Exhibit.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/iDismiss.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Mazevo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Recite%20Me.xlsx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/CoGrader.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/GTS%20Technology.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Novatech%20Systems.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/U.S.%20Electronics%20Recycling.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/AGiRepair.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/CodeStream%20Studios.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Embrace%20Education.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/HB%20Stage%20Productions.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/MantaAI.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Money%20Mystery%20Detectives.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Quill.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Tessera%20Technology%20Group.xlsx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Blue360%20Media.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/22nd%20Century%20Tech.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/DOCUmation%20of%20West%20Texas.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Gaggle.net.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/IntegrateUs.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Play%20Versus.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Sequel%20Data%20Systems.xlsx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Yondr.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Hapara.xlsx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Southern%20Computer%20Warehouse.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Dream%20Ranch.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Government%20Goods.PDF" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/LowCostEarbuds.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Sergeant%20Laboratories.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/HB%20Pro%20Sound.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/PMCS%20Services.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Tessera%20Technology%20Group.xlsx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Alpha%20Technologies.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/3P%20Learning.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Four%20BT.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Millennium%20Info%20Tech.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/3-C%20Technology.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Aloe%20Software%20Group.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Cyproteck.xlsx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/IMAGING%20SPECTRUM.xlsx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Paratum%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Rol-N-Enterprise.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Southern%20Computer%20Warehouse.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Yondr.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Alchemy%20Technology%20Group.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Exhibit.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/iDismiss.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Mazevo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Recite%20Me.xlsx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/CoGrader.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/GTS%20Technology.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Novatech%20Systems.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Vex%20Robotics.xlsx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/AGiRepair.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/CodeStream%20Studios.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Embrace%20Education.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/HB%20Stage%20Productions.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/MantaAI.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Money%20Mystery%20Detectives.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Quill.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/U.S.%20Electronics%20Recycling.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Blue360%20Media.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/22nd%20Century%20Tech.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/DOCUmation%20of%20West%20Texas.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Gaggle.net.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/IntegrateUs.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Play%20Versus.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Sequel%20Data%20Systems.xlsx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:harold@codestreamstudios.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Hapara.xlsx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7544/Telo%20AI.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B2:G79"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" customWidth="1"/>
     <col min="2" max="3" width="25.7109375" customWidth="1"/>
     <col min="4" max="4" width="9.140625" customWidth="1"/>
     <col min="5" max="5" width="25.7109375" customWidth="1"/>
     <col min="6" max="7" width="15.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B2" s="9" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="1" t="s">
@@ -3882,1589 +3900,1560 @@
         <v>235</v>
       </c>
       <c r="F77" s="10">
         <v>2</v>
       </c>
       <c r="G77" s="6">
         <v>2000</v>
       </c>
     </row>
     <row r="79" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B79" s="5" t="s">
         <v>236</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.3" footer="0.2"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R26-7544 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="B1:BA16"/>
+  <dimension ref="B1:AZ16"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight" activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="28" customWidth="1"/>
     <col min="2" max="2" width="8" style="28" customWidth="1"/>
     <col min="3" max="3" width="36" style="28" customWidth="1"/>
     <col min="4" max="4" width="6" style="28" customWidth="1"/>
-    <col min="5" max="52" width="30.7109375" style="28" customWidth="1"/>
-    <col min="53" max="16384" width="9.140625" style="28"/>
+    <col min="5" max="51" width="30.7109375" style="28" customWidth="1"/>
+    <col min="52" max="16384" width="9.140625" style="28"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:53" s="13" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:52" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="E1" s="21"/>
       <c r="F1" s="19"/>
       <c r="G1" s="19"/>
       <c r="I1" s="19"/>
       <c r="J1" s="21"/>
       <c r="K1" s="19"/>
       <c r="L1" s="19"/>
       <c r="M1" s="19"/>
       <c r="N1" s="19"/>
       <c r="P1" s="19"/>
       <c r="S1" s="21"/>
       <c r="T1" s="19"/>
       <c r="V1" s="21"/>
       <c r="W1" s="21"/>
-      <c r="X1" s="21"/>
+      <c r="X1" s="21" t="s">
+        <v>572</v>
+      </c>
       <c r="AA1" s="21"/>
       <c r="AH1" s="19"/>
       <c r="AK1" s="19"/>
       <c r="AM1" s="19"/>
       <c r="AO1" s="21"/>
       <c r="AP1" s="19"/>
       <c r="AQ1" s="21"/>
       <c r="AR1" s="21"/>
       <c r="AT1" s="21"/>
-      <c r="AU1" s="21"/>
-[...3 lines deleted...]
-    <row r="2" spans="2:53" s="22" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="AV1" s="19"/>
+      <c r="AX1" s="19"/>
+    </row>
+    <row r="2" spans="2:52" s="22" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="D2" s="16" t="s">
-        <v>545</v>
+        <v>534</v>
       </c>
       <c r="E2" s="23" t="s">
         <v>30</v>
       </c>
       <c r="F2" s="23" t="s">
         <v>34</v>
       </c>
       <c r="G2" s="23" t="s">
         <v>38</v>
       </c>
       <c r="H2" s="23" t="s">
         <v>42</v>
       </c>
       <c r="I2" s="23" t="s">
         <v>224</v>
       </c>
       <c r="J2" s="23" t="s">
         <v>50</v>
       </c>
       <c r="K2" s="23" t="s">
         <v>53</v>
       </c>
       <c r="L2" s="23" t="s">
         <v>205</v>
       </c>
       <c r="M2" s="23" t="s">
         <v>59</v>
       </c>
       <c r="N2" s="23" t="s">
         <v>63</v>
       </c>
       <c r="O2" s="23" t="s">
-        <v>568</v>
+        <v>557</v>
       </c>
       <c r="P2" s="23" t="s">
         <v>74</v>
       </c>
       <c r="Q2" s="23" t="s">
-        <v>569</v>
+        <v>558</v>
       </c>
       <c r="R2" s="23" t="s">
         <v>80</v>
       </c>
       <c r="S2" s="23" t="s">
         <v>230</v>
       </c>
       <c r="T2" s="23" t="s">
-        <v>571</v>
+        <v>560</v>
       </c>
       <c r="U2" s="23" t="s">
         <v>90</v>
       </c>
       <c r="V2" s="23" t="s">
         <v>212</v>
       </c>
       <c r="W2" s="23" t="s">
         <v>93</v>
       </c>
       <c r="X2" s="23" t="s">
-        <v>96</v>
+        <v>571</v>
       </c>
       <c r="Y2" s="23" t="s">
         <v>99</v>
       </c>
       <c r="Z2" s="23" t="s">
         <v>101</v>
       </c>
       <c r="AA2" s="23" t="s">
         <v>189</v>
       </c>
       <c r="AB2" s="23" t="s">
         <v>191</v>
       </c>
       <c r="AC2" s="23" t="s">
         <v>107</v>
       </c>
       <c r="AD2" s="23" t="s">
         <v>110</v>
       </c>
       <c r="AE2" s="23" t="s">
         <v>113</v>
       </c>
       <c r="AF2" s="23" t="s">
         <v>115</v>
       </c>
       <c r="AG2" s="23" t="s">
-        <v>572</v>
+        <v>561</v>
       </c>
       <c r="AH2" s="23" t="s">
         <v>122</v>
       </c>
       <c r="AI2" s="23" t="s">
         <v>196</v>
       </c>
       <c r="AJ2" s="23" t="s">
-        <v>573</v>
+        <v>562</v>
       </c>
       <c r="AK2" s="23" t="s">
         <v>130</v>
       </c>
       <c r="AL2" s="23" t="s">
-        <v>574</v>
+        <v>563</v>
       </c>
       <c r="AM2" s="23" t="s">
         <v>135</v>
       </c>
       <c r="AN2" s="23" t="s">
-        <v>575</v>
+        <v>564</v>
       </c>
       <c r="AO2" s="23" t="s">
-        <v>576</v>
+        <v>565</v>
       </c>
       <c r="AP2" s="23" t="s">
         <v>245</v>
       </c>
       <c r="AQ2" s="23" t="s">
         <v>185</v>
       </c>
       <c r="AR2" s="23" t="s">
         <v>210</v>
       </c>
       <c r="AS2" s="23" t="s">
         <v>147</v>
       </c>
       <c r="AT2" s="23" t="s">
-        <v>577</v>
+        <v>153</v>
       </c>
       <c r="AU2" s="23" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="AV2" s="23" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="AW2" s="23" t="s">
-        <v>163</v>
+        <v>566</v>
       </c>
       <c r="AX2" s="23" t="s">
-        <v>579</v>
+        <v>169</v>
       </c>
       <c r="AY2" s="23" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="AZ2" s="23" t="s">
         <v>172</v>
       </c>
     </row>
-    <row r="3" spans="2:53" s="24" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:52" s="24" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="D3" s="17" t="s">
-        <v>546</v>
+        <v>535</v>
       </c>
       <c r="E3" s="14" t="s">
         <v>246</v>
       </c>
       <c r="F3" s="14" t="s">
+        <v>267</v>
+      </c>
+      <c r="G3" s="14" t="s">
         <v>268</v>
       </c>
-      <c r="G3" s="14" t="s">
+      <c r="H3" s="14" t="s">
         <v>269</v>
       </c>
-      <c r="H3" s="14" t="s">
+      <c r="I3" s="14" t="s">
+        <v>289</v>
+      </c>
+      <c r="J3" s="14" t="s">
         <v>270</v>
       </c>
-      <c r="I3" s="14" t="s">
+      <c r="K3" s="14" t="s">
+        <v>271</v>
+      </c>
+      <c r="L3" s="14" t="s">
+        <v>285</v>
+      </c>
+      <c r="M3" s="14" t="s">
+        <v>272</v>
+      </c>
+      <c r="N3" s="14" t="s">
+        <v>273</v>
+      </c>
+      <c r="O3" s="14" t="s">
+        <v>278</v>
+      </c>
+      <c r="P3" s="14" t="s">
+        <v>275</v>
+      </c>
+      <c r="Q3" s="14" t="s">
+        <v>280</v>
+      </c>
+      <c r="R3" s="14" t="s">
+        <v>277</v>
+      </c>
+      <c r="S3" s="14" t="s">
         <v>290</v>
       </c>
-      <c r="J3" s="14" t="s">
-[...17 lines deleted...]
-      <c r="P3" s="14" t="s">
+      <c r="T3" s="14" t="s">
         <v>276</v>
       </c>
-      <c r="Q3" s="14" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="U3" s="14" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="V3" s="14" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="W3" s="14" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="X3" s="14" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="Y3" s="14" t="s">
         <v>247</v>
       </c>
       <c r="Z3" s="14" t="s">
         <v>248</v>
       </c>
       <c r="AA3" s="14" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="AB3" s="14" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="AC3" s="14" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="AD3" s="14" t="s">
         <v>250</v>
       </c>
       <c r="AE3" s="14" t="s">
         <v>251</v>
       </c>
       <c r="AF3" s="14" t="s">
         <v>252</v>
       </c>
       <c r="AG3" s="14" t="s">
         <v>253</v>
       </c>
       <c r="AH3" s="14" t="s">
         <v>254</v>
       </c>
       <c r="AI3" s="14" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="AJ3" s="14" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="AK3" s="14" t="s">
         <v>255</v>
       </c>
       <c r="AL3" s="14" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="AM3" s="14" t="s">
         <v>256</v>
       </c>
       <c r="AN3" s="14" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="AO3" s="14" t="s">
         <v>257</v>
       </c>
       <c r="AP3" s="14" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="AQ3" s="14" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="AR3" s="14" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="AS3" s="14" t="s">
         <v>258</v>
       </c>
       <c r="AT3" s="14" t="s">
         <v>259</v>
       </c>
       <c r="AU3" s="14" t="s">
         <v>260</v>
       </c>
       <c r="AV3" s="14" t="s">
         <v>261</v>
       </c>
       <c r="AW3" s="14" t="s">
         <v>262</v>
       </c>
       <c r="AX3" s="14" t="s">
-        <v>263</v>
+        <v>249</v>
       </c>
       <c r="AY3" s="14" t="s">
-        <v>249</v>
-[...5 lines deleted...]
-    <row r="4" spans="2:53" s="24" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="4" spans="2:52" s="24" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="D4" s="17" t="s">
+        <v>536</v>
+      </c>
+      <c r="E4" s="14" t="s">
+        <v>292</v>
+      </c>
+      <c r="F4" s="14" t="s">
+        <v>310</v>
+      </c>
+      <c r="G4" s="14" t="s">
+        <v>311</v>
+      </c>
+      <c r="H4" s="14" t="s">
+        <v>312</v>
+      </c>
+      <c r="I4" s="20" t="s">
+        <v>551</v>
+      </c>
+      <c r="J4" s="14" t="s">
+        <v>313</v>
+      </c>
+      <c r="K4" s="14" t="s">
+        <v>314</v>
+      </c>
+      <c r="L4" s="14" t="s">
+        <v>329</v>
+      </c>
+      <c r="M4" s="14" t="s">
+        <v>315</v>
+      </c>
+      <c r="N4" s="14" t="s">
+        <v>316</v>
+      </c>
+      <c r="O4" s="14" t="s">
+        <v>321</v>
+      </c>
+      <c r="P4" s="14" t="s">
+        <v>318</v>
+      </c>
+      <c r="Q4" s="14" t="s">
+        <v>323</v>
+      </c>
+      <c r="R4" s="14" t="s">
+        <v>320</v>
+      </c>
+      <c r="S4" s="14" t="s">
+        <v>332</v>
+      </c>
+      <c r="T4" s="14" t="s">
+        <v>319</v>
+      </c>
+      <c r="U4" s="14" t="s">
+        <v>309</v>
+      </c>
+      <c r="V4" s="14" t="s">
+        <v>331</v>
+      </c>
+      <c r="W4" s="14" t="s">
+        <v>307</v>
+      </c>
+      <c r="X4" s="20" t="s">
+        <v>573</v>
+      </c>
+      <c r="Y4" s="14" t="s">
+        <v>293</v>
+      </c>
+      <c r="Z4" s="14" t="s">
+        <v>294</v>
+      </c>
+      <c r="AA4" s="14" t="s">
+        <v>325</v>
+      </c>
+      <c r="AB4" s="14" t="s">
+        <v>326</v>
+      </c>
+      <c r="AC4" s="14" t="s">
+        <v>308</v>
+      </c>
+      <c r="AD4" s="14" t="s">
+        <v>296</v>
+      </c>
+      <c r="AE4" s="14" t="s">
+        <v>297</v>
+      </c>
+      <c r="AF4" s="14" t="s">
+        <v>298</v>
+      </c>
+      <c r="AG4" s="14" t="s">
+        <v>299</v>
+      </c>
+      <c r="AH4" s="20" t="s">
+        <v>552</v>
+      </c>
+      <c r="AI4" s="14" t="s">
+        <v>327</v>
+      </c>
+      <c r="AJ4" s="14" t="s">
+        <v>570</v>
+      </c>
+      <c r="AK4" s="14" t="s">
+        <v>300</v>
+      </c>
+      <c r="AL4" s="14" t="s">
+        <v>328</v>
+      </c>
+      <c r="AM4" s="14" t="s">
+        <v>301</v>
+      </c>
+      <c r="AN4" s="14" t="s">
+        <v>324</v>
+      </c>
+      <c r="AO4" s="14" t="s">
+        <v>302</v>
+      </c>
+      <c r="AP4" s="14" t="s">
+        <v>333</v>
+      </c>
+      <c r="AQ4" s="14" t="s">
+        <v>322</v>
+      </c>
+      <c r="AR4" s="14" t="s">
+        <v>330</v>
+      </c>
+      <c r="AS4" s="14" t="s">
+        <v>303</v>
+      </c>
+      <c r="AT4" s="14" t="s">
+        <v>304</v>
+      </c>
+      <c r="AU4" s="14" t="s">
+        <v>305</v>
+      </c>
+      <c r="AV4" s="14" t="s">
+        <v>306</v>
+      </c>
+      <c r="AW4" s="20" t="s">
+        <v>553</v>
+      </c>
+      <c r="AX4" s="20" t="s">
+        <v>295</v>
+      </c>
+      <c r="AY4" s="20" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="5" spans="2:52" s="24" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="D5" s="17" t="s">
+        <v>537</v>
+      </c>
+      <c r="E5" s="14" t="s">
+        <v>334</v>
+      </c>
+      <c r="F5" s="14" t="s">
+        <v>355</v>
+      </c>
+      <c r="G5" s="14" t="s">
+        <v>356</v>
+      </c>
+      <c r="H5" s="14" t="s">
+        <v>357</v>
+      </c>
+      <c r="I5" s="14" t="s">
+        <v>377</v>
+      </c>
+      <c r="J5" s="14" t="s">
+        <v>358</v>
+      </c>
+      <c r="K5" s="14" t="s">
+        <v>359</v>
+      </c>
+      <c r="L5" s="14" t="s">
+        <v>373</v>
+      </c>
+      <c r="M5" s="14" t="s">
+        <v>360</v>
+      </c>
+      <c r="N5" s="14" t="s">
+        <v>361</v>
+      </c>
+      <c r="O5" s="14" t="s">
+        <v>574</v>
+      </c>
+      <c r="P5" s="14" t="s">
+        <v>363</v>
+      </c>
+      <c r="Q5" s="14" t="s">
+        <v>367</v>
+      </c>
+      <c r="R5" s="14" t="s">
+        <v>365</v>
+      </c>
+      <c r="S5" s="14" t="s">
+        <v>378</v>
+      </c>
+      <c r="T5" s="14" t="s">
+        <v>364</v>
+      </c>
+      <c r="U5" s="14" t="s">
+        <v>354</v>
+      </c>
+      <c r="V5" s="14" t="s">
+        <v>375</v>
+      </c>
+      <c r="W5" s="14" t="s">
+        <v>352</v>
+      </c>
+      <c r="X5" s="14" t="s">
+        <v>351</v>
+      </c>
+      <c r="Y5" s="14" t="s">
+        <v>335</v>
+      </c>
+      <c r="Z5" s="14" t="s">
+        <v>336</v>
+      </c>
+      <c r="AA5" s="14" t="s">
+        <v>369</v>
+      </c>
+      <c r="AB5" s="14" t="s">
+        <v>370</v>
+      </c>
+      <c r="AC5" s="14" t="s">
+        <v>353</v>
+      </c>
+      <c r="AD5" s="14" t="s">
+        <v>338</v>
+      </c>
+      <c r="AE5" s="14" t="s">
+        <v>339</v>
+      </c>
+      <c r="AF5" s="14" t="s">
+        <v>340</v>
+      </c>
+      <c r="AG5" s="14" t="s">
+        <v>341</v>
+      </c>
+      <c r="AH5" s="14" t="s">
+        <v>342</v>
+      </c>
+      <c r="AI5" s="14" t="s">
+        <v>371</v>
+      </c>
+      <c r="AJ5" s="14" t="s">
+        <v>376</v>
+      </c>
+      <c r="AK5" s="14" t="s">
+        <v>343</v>
+      </c>
+      <c r="AL5" s="14" t="s">
+        <v>372</v>
+      </c>
+      <c r="AM5" s="14" t="s">
+        <v>344</v>
+      </c>
+      <c r="AN5" s="14" t="s">
+        <v>368</v>
+      </c>
+      <c r="AO5" s="14" t="s">
+        <v>345</v>
+      </c>
+      <c r="AP5" s="14" t="s">
+        <v>379</v>
+      </c>
+      <c r="AQ5" s="14" t="s">
+        <v>366</v>
+      </c>
+      <c r="AR5" s="14" t="s">
+        <v>374</v>
+      </c>
+      <c r="AS5" s="14" t="s">
+        <v>346</v>
+      </c>
+      <c r="AT5" s="14" t="s">
+        <v>347</v>
+      </c>
+      <c r="AU5" s="14" t="s">
+        <v>348</v>
+      </c>
+      <c r="AV5" s="14" t="s">
+        <v>349</v>
+      </c>
+      <c r="AW5" s="14" t="s">
+        <v>350</v>
+      </c>
+      <c r="AX5" s="14" t="s">
+        <v>337</v>
+      </c>
+      <c r="AY5" s="14" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="6" spans="2:52" s="24" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D6" s="17" t="s">
+        <v>538</v>
+      </c>
+      <c r="E6" s="14" t="s">
+        <v>380</v>
+      </c>
+      <c r="F6" s="14" t="s">
+        <v>401</v>
+      </c>
+      <c r="G6" s="14" t="s">
+        <v>402</v>
+      </c>
+      <c r="H6" s="14" t="s">
+        <v>403</v>
+      </c>
+      <c r="I6" s="14" t="s">
+        <v>424</v>
+      </c>
+      <c r="J6" s="14" t="s">
+        <v>404</v>
+      </c>
+      <c r="K6" s="14" t="s">
+        <v>405</v>
+      </c>
+      <c r="L6" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="M6" s="14" t="s">
+        <v>406</v>
+      </c>
+      <c r="N6" s="14" t="s">
+        <v>407</v>
+      </c>
+      <c r="O6" s="14" t="s">
+        <v>412</v>
+      </c>
+      <c r="P6" s="14" t="s">
+        <v>409</v>
+      </c>
+      <c r="Q6" s="14" t="s">
+        <v>414</v>
+      </c>
+      <c r="R6" s="14" t="s">
+        <v>411</v>
+      </c>
+      <c r="S6" s="14" t="s">
+        <v>425</v>
+      </c>
+      <c r="T6" s="14" t="s">
+        <v>410</v>
+      </c>
+      <c r="U6" s="14" t="s">
+        <v>400</v>
+      </c>
+      <c r="V6" s="14" t="s">
+        <v>422</v>
+      </c>
+      <c r="W6" s="14" t="s">
+        <v>398</v>
+      </c>
+      <c r="X6" s="14" t="s">
+        <v>397</v>
+      </c>
+      <c r="Y6" s="14" t="s">
+        <v>381</v>
+      </c>
+      <c r="Z6" s="14" t="s">
+        <v>382</v>
+      </c>
+      <c r="AA6" s="14" t="s">
+        <v>416</v>
+      </c>
+      <c r="AB6" s="14" t="s">
+        <v>417</v>
+      </c>
+      <c r="AC6" s="14" t="s">
+        <v>399</v>
+      </c>
+      <c r="AD6" s="14" t="s">
+        <v>384</v>
+      </c>
+      <c r="AE6" s="14" t="s">
+        <v>385</v>
+      </c>
+      <c r="AF6" s="14" t="s">
+        <v>386</v>
+      </c>
+      <c r="AG6" s="14" t="s">
+        <v>387</v>
+      </c>
+      <c r="AH6" s="14" t="s">
+        <v>388</v>
+      </c>
+      <c r="AI6" s="14" t="s">
+        <v>418</v>
+      </c>
+      <c r="AJ6" s="14" t="s">
+        <v>423</v>
+      </c>
+      <c r="AK6" s="14" t="s">
+        <v>389</v>
+      </c>
+      <c r="AL6" s="14" t="s">
+        <v>419</v>
+      </c>
+      <c r="AM6" s="14" t="s">
+        <v>390</v>
+      </c>
+      <c r="AN6" s="14" t="s">
+        <v>415</v>
+      </c>
+      <c r="AO6" s="14" t="s">
+        <v>391</v>
+      </c>
+      <c r="AP6" s="14" t="s">
+        <v>426</v>
+      </c>
+      <c r="AQ6" s="14" t="s">
+        <v>413</v>
+      </c>
+      <c r="AR6" s="14" t="s">
+        <v>421</v>
+      </c>
+      <c r="AS6" s="14" t="s">
+        <v>392</v>
+      </c>
+      <c r="AT6" s="14" t="s">
+        <v>393</v>
+      </c>
+      <c r="AU6" s="14" t="s">
+        <v>394</v>
+      </c>
+      <c r="AV6" s="14" t="s">
+        <v>395</v>
+      </c>
+      <c r="AW6" s="14" t="s">
+        <v>396</v>
+      </c>
+      <c r="AX6" s="14" t="s">
+        <v>383</v>
+      </c>
+      <c r="AY6" s="14" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="7" spans="2:52" s="24" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="D7" s="17" t="s">
+        <v>539</v>
+      </c>
+      <c r="E7" s="14" t="s">
+        <v>427</v>
+      </c>
+      <c r="F7" s="14" t="s">
+        <v>448</v>
+      </c>
+      <c r="G7" s="14" t="s">
+        <v>449</v>
+      </c>
+      <c r="H7" s="14" t="s">
+        <v>450</v>
+      </c>
+      <c r="I7" s="14" t="s">
+        <v>471</v>
+      </c>
+      <c r="J7" s="14" t="s">
+        <v>451</v>
+      </c>
+      <c r="K7" s="14" t="s">
+        <v>452</v>
+      </c>
+      <c r="L7" s="14" t="s">
+        <v>467</v>
+      </c>
+      <c r="M7" s="14" t="s">
+        <v>453</v>
+      </c>
+      <c r="N7" s="14" t="s">
+        <v>454</v>
+      </c>
+      <c r="O7" s="14" t="s">
+        <v>459</v>
+      </c>
+      <c r="P7" s="14" t="s">
+        <v>456</v>
+      </c>
+      <c r="Q7" s="14" t="s">
+        <v>461</v>
+      </c>
+      <c r="R7" s="14" t="s">
+        <v>458</v>
+      </c>
+      <c r="S7" s="14" t="s">
+        <v>472</v>
+      </c>
+      <c r="T7" s="14" t="s">
+        <v>457</v>
+      </c>
+      <c r="U7" s="14" t="s">
+        <v>447</v>
+      </c>
+      <c r="V7" s="14" t="s">
+        <v>469</v>
+      </c>
+      <c r="W7" s="14" t="s">
+        <v>445</v>
+      </c>
+      <c r="X7" s="14" t="s">
+        <v>444</v>
+      </c>
+      <c r="Y7" s="14" t="s">
+        <v>428</v>
+      </c>
+      <c r="Z7" s="14" t="s">
+        <v>429</v>
+      </c>
+      <c r="AA7" s="14" t="s">
+        <v>463</v>
+      </c>
+      <c r="AB7" s="14" t="s">
+        <v>464</v>
+      </c>
+      <c r="AC7" s="14" t="s">
+        <v>446</v>
+      </c>
+      <c r="AD7" s="14" t="s">
+        <v>431</v>
+      </c>
+      <c r="AE7" s="14" t="s">
+        <v>432</v>
+      </c>
+      <c r="AF7" s="14" t="s">
+        <v>433</v>
+      </c>
+      <c r="AG7" s="14" t="s">
+        <v>434</v>
+      </c>
+      <c r="AH7" s="14" t="s">
+        <v>435</v>
+      </c>
+      <c r="AI7" s="14" t="s">
+        <v>465</v>
+      </c>
+      <c r="AJ7" s="14" t="s">
+        <v>470</v>
+      </c>
+      <c r="AK7" s="14" t="s">
+        <v>436</v>
+      </c>
+      <c r="AL7" s="14" t="s">
+        <v>466</v>
+      </c>
+      <c r="AM7" s="14" t="s">
+        <v>437</v>
+      </c>
+      <c r="AN7" s="14" t="s">
+        <v>462</v>
+      </c>
+      <c r="AO7" s="14" t="s">
+        <v>438</v>
+      </c>
+      <c r="AP7" s="14" t="s">
+        <v>473</v>
+      </c>
+      <c r="AQ7" s="14" t="s">
+        <v>460</v>
+      </c>
+      <c r="AR7" s="14" t="s">
+        <v>468</v>
+      </c>
+      <c r="AS7" s="14" t="s">
+        <v>439</v>
+      </c>
+      <c r="AT7" s="14" t="s">
+        <v>440</v>
+      </c>
+      <c r="AU7" s="14" t="s">
+        <v>441</v>
+      </c>
+      <c r="AV7" s="14" t="s">
+        <v>442</v>
+      </c>
+      <c r="AW7" s="14" t="s">
+        <v>443</v>
+      </c>
+      <c r="AX7" s="14" t="s">
+        <v>430</v>
+      </c>
+      <c r="AY7" s="14" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="8" spans="2:52" s="24" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D8" s="17" t="s">
+        <v>540</v>
+      </c>
+      <c r="E8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="F8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="G8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="H8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="I8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="J8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="K8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="L8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="M8" s="14" t="s">
+        <v>475</v>
+      </c>
+      <c r="N8" s="14" t="s">
+        <v>555</v>
+      </c>
+      <c r="O8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="P8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="Q8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="R8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="S8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="T8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="U8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="V8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="W8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="X8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="Y8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="Z8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="AA8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="AB8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="AC8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="AD8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="AE8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="AF8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="AG8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="AH8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="AI8" s="14" t="s">
+        <v>475</v>
+      </c>
+      <c r="AJ8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="AK8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="AL8" s="14" t="s">
+        <v>475</v>
+      </c>
+      <c r="AM8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="AN8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="AO8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="AP8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="AQ8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="AR8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="AS8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="AT8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="AU8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="AV8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="AW8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="AX8" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="AY8" s="14" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="9" spans="2:52" s="24" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D9" s="17" t="s">
+        <v>541</v>
+      </c>
+      <c r="E9" s="14" t="s">
+        <v>475</v>
+      </c>
+      <c r="F9" s="14" t="s">
+        <v>487</v>
+      </c>
+      <c r="G9" s="14" t="s">
+        <v>488</v>
+      </c>
+      <c r="H9" s="14" t="s">
+        <v>475</v>
+      </c>
+      <c r="I9" s="14" t="s">
+        <v>499</v>
+      </c>
+      <c r="J9" s="14" t="s">
+        <v>489</v>
+      </c>
+      <c r="K9" s="14" t="s">
+        <v>490</v>
+      </c>
+      <c r="L9" s="14" t="s">
+        <v>498</v>
+      </c>
+      <c r="M9" s="14" t="s">
+        <v>475</v>
+      </c>
+      <c r="N9" s="14" t="s">
+        <v>554</v>
+      </c>
+      <c r="O9" s="14" t="s">
+        <v>475</v>
+      </c>
+      <c r="P9" s="14" t="s">
+        <v>492</v>
+      </c>
+      <c r="Q9" s="14" t="s">
+        <v>495</v>
+      </c>
+      <c r="R9" s="14" t="s">
+        <v>475</v>
+      </c>
+      <c r="S9" s="14" t="s">
+        <v>479</v>
+      </c>
+      <c r="T9" s="14" t="s">
+        <v>493</v>
+      </c>
+      <c r="U9" s="14" t="s">
+        <v>475</v>
+      </c>
+      <c r="V9" s="14" t="s">
+        <v>475</v>
+      </c>
+      <c r="W9" s="14" t="s">
+        <v>486</v>
+      </c>
+      <c r="X9" s="14" t="s">
+        <v>485</v>
+      </c>
+      <c r="Y9" s="14" t="s">
+        <v>475</v>
+      </c>
+      <c r="Z9" s="14" t="s">
+        <v>475</v>
+      </c>
+      <c r="AA9" s="14" t="s">
+        <v>475</v>
+      </c>
+      <c r="AB9" s="14" t="s">
+        <v>475</v>
+      </c>
+      <c r="AC9" s="14" t="s">
+        <v>475</v>
+      </c>
+      <c r="AD9" s="14" t="s">
+        <v>475</v>
+      </c>
+      <c r="AE9" s="14" t="s">
+        <v>475</v>
+      </c>
+      <c r="AF9" s="14" t="s">
+        <v>478</v>
+      </c>
+      <c r="AG9" s="14" t="s">
+        <v>475</v>
+      </c>
+      <c r="AH9" s="14" t="s">
+        <v>475</v>
+      </c>
+      <c r="AI9" s="14" t="s">
+        <v>496</v>
+      </c>
+      <c r="AJ9" s="14" t="s">
+        <v>475</v>
+      </c>
+      <c r="AK9" s="14" t="s">
+        <v>480</v>
+      </c>
+      <c r="AL9" s="14" t="s">
+        <v>497</v>
+      </c>
+      <c r="AM9" s="14" t="s">
+        <v>475</v>
+      </c>
+      <c r="AN9" s="14" t="s">
+        <v>475</v>
+      </c>
+      <c r="AO9" s="14" t="s">
+        <v>481</v>
+      </c>
+      <c r="AP9" s="14" t="s">
+        <v>475</v>
+      </c>
+      <c r="AQ9" s="14" t="s">
+        <v>494</v>
+      </c>
+      <c r="AR9" s="14" t="s">
+        <v>475</v>
+      </c>
+      <c r="AS9" s="14" t="s">
+        <v>475</v>
+      </c>
+      <c r="AT9" s="14" t="s">
+        <v>482</v>
+      </c>
+      <c r="AU9" s="14" t="s">
+        <v>483</v>
+      </c>
+      <c r="AV9" s="14" t="s">
+        <v>484</v>
+      </c>
+      <c r="AW9" s="14" t="s">
+        <v>475</v>
+      </c>
+      <c r="AX9" s="14" t="s">
+        <v>477</v>
+      </c>
+      <c r="AY9" s="14" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="10" spans="2:52" s="24" customFormat="1" ht="44.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D10" s="17" t="s">
+        <v>542</v>
+      </c>
+      <c r="E10" s="14" t="s">
+        <v>500</v>
+      </c>
+      <c r="F10" s="14" t="s">
+        <v>476</v>
+      </c>
+      <c r="G10" s="14" t="s">
         <v>547</v>
       </c>
-      <c r="E4" s="14" t="s">
-[...145 lines deleted...]
-      <c r="D5" s="17" t="s">
+      <c r="H10" s="14" t="s">
+        <v>514</v>
+      </c>
+      <c r="I10" s="14" t="s">
+        <v>531</v>
+      </c>
+      <c r="J10" s="14" t="s">
+        <v>515</v>
+      </c>
+      <c r="K10" s="14" t="s">
+        <v>516</v>
+      </c>
+      <c r="L10" s="14" t="s">
+        <v>527</v>
+      </c>
+      <c r="M10" s="14" t="s">
+        <v>517</v>
+      </c>
+      <c r="N10" s="14" t="s">
+        <v>518</v>
+      </c>
+      <c r="O10" s="14" t="s">
+        <v>522</v>
+      </c>
+      <c r="P10" s="14" t="s">
+        <v>519</v>
+      </c>
+      <c r="Q10" s="14" t="s">
+        <v>524</v>
+      </c>
+      <c r="R10" s="14" t="s">
+        <v>521</v>
+      </c>
+      <c r="S10" s="14" t="s">
+        <v>545</v>
+      </c>
+      <c r="T10" s="14" t="s">
+        <v>520</v>
+      </c>
+      <c r="U10" s="14" t="s">
+        <v>513</v>
+      </c>
+      <c r="V10" s="14" t="s">
+        <v>529</v>
+      </c>
+      <c r="W10" s="14" t="s">
+        <v>512</v>
+      </c>
+      <c r="X10" s="14" t="s">
+        <v>511</v>
+      </c>
+      <c r="Y10" s="14" t="s">
+        <v>501</v>
+      </c>
+      <c r="Z10" s="14" t="s">
+        <v>502</v>
+      </c>
+      <c r="AA10" s="14" t="s">
+        <v>525</v>
+      </c>
+      <c r="AB10" s="14" t="s">
+        <v>525</v>
+      </c>
+      <c r="AC10" s="14" t="s">
+        <v>569</v>
+      </c>
+      <c r="AD10" s="14" t="s">
+        <v>502</v>
+      </c>
+      <c r="AE10" s="14" t="s">
+        <v>501</v>
+      </c>
+      <c r="AF10" s="14" t="s">
+        <v>503</v>
+      </c>
+      <c r="AG10" s="14" t="s">
+        <v>504</v>
+      </c>
+      <c r="AH10" s="14" t="s">
+        <v>505</v>
+      </c>
+      <c r="AI10" s="14" t="s">
         <v>548</v>
       </c>
-      <c r="E5" s="14" t="s">
-[...145 lines deleted...]
-      <c r="D6" s="17" t="s">
+      <c r="AJ10" s="14" t="s">
+        <v>530</v>
+      </c>
+      <c r="AK10" s="14" t="s">
+        <v>506</v>
+      </c>
+      <c r="AL10" s="14" t="s">
+        <v>526</v>
+      </c>
+      <c r="AM10" s="14" t="s">
+        <v>508</v>
+      </c>
+      <c r="AN10" s="14" t="s">
+        <v>546</v>
+      </c>
+      <c r="AO10" s="14" t="s">
+        <v>509</v>
+      </c>
+      <c r="AP10" s="14" t="s">
+        <v>532</v>
+      </c>
+      <c r="AQ10" s="14" t="s">
+        <v>523</v>
+      </c>
+      <c r="AR10" s="14" t="s">
+        <v>528</v>
+      </c>
+      <c r="AS10" s="14" t="s">
+        <v>507</v>
+      </c>
+      <c r="AT10" s="14" t="s">
+        <v>510</v>
+      </c>
+      <c r="AU10" s="14" t="s">
+        <v>503</v>
+      </c>
+      <c r="AV10" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="AW10" s="14" t="s">
         <v>549</v>
       </c>
-      <c r="E6" s="14" t="s">
-[...145 lines deleted...]
-      <c r="D7" s="17" t="s">
+      <c r="AX10" s="20" t="s">
+        <v>568</v>
+      </c>
+      <c r="AY10" s="14" t="s">
         <v>550</v>
       </c>
-      <c r="E7" s="14" t="s">
-[...488 lines deleted...]
-      <c r="S10" s="14" t="s">
+    </row>
+    <row r="11" spans="2:52" s="24" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="D11" s="18" t="s">
+        <v>543</v>
+      </c>
+      <c r="E11" s="35" t="s">
+        <v>544</v>
+      </c>
+      <c r="F11" s="36" t="s">
+        <v>559</v>
+      </c>
+      <c r="G11" s="35" t="s">
+        <v>544</v>
+      </c>
+      <c r="H11" s="35" t="s">
+        <v>544</v>
+      </c>
+      <c r="I11" s="35" t="s">
+        <v>544</v>
+      </c>
+      <c r="J11" s="35" t="s">
+        <v>544</v>
+      </c>
+      <c r="K11" s="35" t="s">
+        <v>544</v>
+      </c>
+      <c r="L11" s="23" t="s">
+        <v>567</v>
+      </c>
+      <c r="M11" s="23" t="s">
+        <v>567</v>
+      </c>
+      <c r="N11" s="36" t="s">
         <v>556</v>
       </c>
-      <c r="T10" s="14" t="s">
-[...44 lines deleted...]
-      <c r="AI10" s="14" t="s">
+      <c r="O11" s="35" t="s">
+        <v>544</v>
+      </c>
+      <c r="P11" s="35" t="s">
+        <v>544</v>
+      </c>
+      <c r="Q11" s="35" t="s">
+        <v>544</v>
+      </c>
+      <c r="R11" s="35" t="s">
+        <v>544</v>
+      </c>
+      <c r="S11" s="36" t="s">
         <v>559</v>
       </c>
-      <c r="AJ10" s="14" t="s">
-[...99 lines deleted...]
-      </c>
       <c r="T11" s="35" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="U11" s="35" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="V11" s="35" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="W11" s="35" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="X11" s="35" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="Y11" s="35" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="Z11" s="35" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="AA11" s="35" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="AB11" s="35" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="AC11" s="35" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="AD11" s="35" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="AE11" s="35" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="AF11" s="35" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="AG11" s="35" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="AH11" s="35" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="AI11" s="35" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="AJ11" s="35" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="AK11" s="35" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="AL11" s="35" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="AM11" s="35" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="AN11" s="35" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="AO11" s="36" t="s">
-        <v>570</v>
+        <v>559</v>
       </c>
       <c r="AP11" s="35" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="AQ11" s="35" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="AR11" s="35" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="AS11" s="35" t="s">
-        <v>555</v>
-[...2 lines deleted...]
-        <v>578</v>
+        <v>544</v>
+      </c>
+      <c r="AT11" s="35" t="s">
+        <v>544</v>
       </c>
       <c r="AU11" s="35" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="AV11" s="35" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="AW11" s="35" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="AX11" s="35" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="AY11" s="35" t="s">
-        <v>555</v>
-[...5 lines deleted...]
-    <row r="12" spans="2:53" x14ac:dyDescent="0.25">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="12" spans="2:52" x14ac:dyDescent="0.25">
       <c r="B12" s="25" t="s">
         <v>237</v>
       </c>
       <c r="C12" s="25" t="s">
         <v>238</v>
       </c>
       <c r="D12" s="25"/>
       <c r="E12" s="26" t="s">
         <v>239</v>
       </c>
       <c r="F12" s="26" t="s">
         <v>239</v>
       </c>
       <c r="G12" s="26" t="s">
         <v>239</v>
       </c>
       <c r="H12" s="26" t="s">
         <v>239</v>
       </c>
       <c r="I12" s="26" t="s">
         <v>239</v>
       </c>
       <c r="J12" s="26" t="s">
         <v>239</v>
       </c>
@@ -5569,58 +5558,55 @@
       </c>
       <c r="AR12" s="26" t="s">
         <v>239</v>
       </c>
       <c r="AS12" s="26" t="s">
         <v>239</v>
       </c>
       <c r="AT12" s="26" t="s">
         <v>239</v>
       </c>
       <c r="AU12" s="26" t="s">
         <v>239</v>
       </c>
       <c r="AV12" s="26" t="s">
         <v>239</v>
       </c>
       <c r="AW12" s="26" t="s">
         <v>239</v>
       </c>
       <c r="AX12" s="26" t="s">
         <v>239</v>
       </c>
       <c r="AY12" s="26" t="s">
         <v>239</v>
       </c>
-      <c r="AZ12" s="26" t="s">
-[...2 lines deleted...]
-      <c r="BA12" s="27" t="s">
+      <c r="AZ12" s="27" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="13" spans="2:53" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:52" x14ac:dyDescent="0.25">
       <c r="B13" s="29" t="s">
         <v>240</v>
       </c>
       <c r="C13" s="30" t="s">
         <v>241</v>
       </c>
       <c r="D13" s="30" t="s">
         <v>23</v>
       </c>
       <c r="E13" s="31">
         <v>0.01</v>
       </c>
       <c r="F13" s="31">
         <v>0.05</v>
       </c>
       <c r="G13" s="31">
         <v>0.08</v>
       </c>
       <c r="H13" s="31">
         <v>0</v>
       </c>
       <c r="I13" s="31">
         <v>0.02</v>
       </c>
       <c r="J13" s="31">
@@ -5710,221 +5696,215 @@
       <c r="AL13" s="31">
         <v>0.02</v>
       </c>
       <c r="AM13" s="31">
         <v>0.01</v>
       </c>
       <c r="AN13" s="31">
         <v>0.18</v>
       </c>
       <c r="AO13" s="31">
         <v>0.05</v>
       </c>
       <c r="AP13" s="31">
         <v>0.5</v>
       </c>
       <c r="AQ13" s="31">
         <v>0.1</v>
       </c>
       <c r="AR13" s="31">
         <v>0.05</v>
       </c>
       <c r="AS13" s="31">
         <v>0.15</v>
       </c>
       <c r="AT13" s="31">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="AU13" s="31">
         <v>0.1</v>
       </c>
       <c r="AV13" s="31">
         <v>0.1</v>
       </c>
       <c r="AW13" s="31">
+        <v>1</v>
+      </c>
+      <c r="AX13" s="31">
+        <v>0</v>
+      </c>
+      <c r="AY13" s="31">
         <v>0.1</v>
       </c>
-      <c r="AX13" s="31">
-[...9 lines deleted...]
-    <row r="14" spans="2:53" ht="45" x14ac:dyDescent="0.25">
+    </row>
+    <row r="14" spans="2:52" ht="45" x14ac:dyDescent="0.25">
       <c r="B14" s="29"/>
       <c r="C14" s="14" t="s">
-        <v>544</v>
+        <v>533</v>
       </c>
       <c r="D14" s="30"/>
       <c r="E14" s="15" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="F14" s="15" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="G14" s="15" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
       <c r="H14" s="15" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="I14" s="15" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="J14" s="15" t="s">
         <v>23</v>
       </c>
       <c r="K14" s="15" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="L14" s="15" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="M14" s="15" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
       <c r="N14" s="15" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="O14" s="15" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="P14" s="15"/>
       <c r="Q14" s="15" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
       <c r="R14" s="15" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
       <c r="S14" s="15" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
       <c r="T14" s="15" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="U14" s="15" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="V14" s="15" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="W14" s="15" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
       <c r="X14" s="15" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
       <c r="Y14" s="15" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="Z14" s="15" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
       <c r="AA14" s="15" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="AB14" s="15" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="AC14" s="15" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
       <c r="AD14" s="15" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="AE14" s="15" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="AF14" s="15" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
       <c r="AG14" s="15" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
       <c r="AH14" s="15" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
       <c r="AI14" s="15" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
       <c r="AJ14" s="15" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="AK14" s="15" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
       <c r="AL14" s="15" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="AM14" s="15" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
       <c r="AN14" s="15" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="AO14" s="15" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="AP14" s="15" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
       <c r="AQ14" s="15" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
       <c r="AR14" s="15" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
       <c r="AS14" s="15" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
       <c r="AT14" s="15" t="s">
-        <v>483</v>
+        <v>474</v>
       </c>
       <c r="AU14" s="15" t="s">
-        <v>482</v>
+        <v>475</v>
       </c>
       <c r="AV14" s="15" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="AW14" s="15" t="s">
-        <v>483</v>
+        <v>474</v>
       </c>
       <c r="AX14" s="15" t="s">
-        <v>482</v>
+        <v>475</v>
       </c>
       <c r="AY14" s="15" t="s">
-        <v>483</v>
-[...5 lines deleted...]
-    <row r="15" spans="2:53" x14ac:dyDescent="0.25">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="15" spans="2:52" x14ac:dyDescent="0.25">
       <c r="B15" s="29" t="s">
         <v>243</v>
       </c>
       <c r="C15" s="30" t="s">
         <v>244</v>
       </c>
       <c r="D15" s="30" t="s">
         <v>23</v>
       </c>
       <c r="E15" s="32" t="s">
         <v>242</v>
       </c>
       <c r="F15" s="32" t="s">
         <v>242</v>
       </c>
       <c r="G15" s="32" t="s">
         <v>242</v>
       </c>
       <c r="H15" s="32" t="s">
         <v>242</v>
       </c>
       <c r="I15" s="33">
         <v>500</v>
       </c>
       <c r="J15" s="32" t="s">
@@ -6013,73 +5993,70 @@
       </c>
       <c r="AL15" s="33">
         <v>150</v>
       </c>
       <c r="AM15" s="32" t="s">
         <v>242</v>
       </c>
       <c r="AN15" s="33">
         <v>98</v>
       </c>
       <c r="AO15" s="32" t="s">
         <v>242</v>
       </c>
       <c r="AP15" s="33">
         <v>2000</v>
       </c>
       <c r="AQ15" s="33">
         <v>85</v>
       </c>
       <c r="AR15" s="33">
         <v>233.75</v>
       </c>
       <c r="AS15" s="32" t="s">
         <v>242</v>
       </c>
-      <c r="AT15" s="33">
-        <v>0</v>
+      <c r="AT15" s="32" t="s">
+        <v>242</v>
       </c>
       <c r="AU15" s="32" t="s">
         <v>242</v>
       </c>
       <c r="AV15" s="32" t="s">
         <v>242</v>
       </c>
       <c r="AW15" s="32" t="s">
         <v>242</v>
       </c>
       <c r="AX15" s="32" t="s">
         <v>242</v>
       </c>
       <c r="AY15" s="32" t="s">
         <v>242</v>
       </c>
-      <c r="AZ15" s="32" t="s">
-[...3 lines deleted...]
-    <row r="16" spans="2:53" x14ac:dyDescent="0.25">
+    </row>
+    <row r="16" spans="2:52" x14ac:dyDescent="0.25">
       <c r="B16" s="34" t="s">
         <v>23</v>
       </c>
       <c r="C16" s="34" t="s">
         <v>23</v>
       </c>
       <c r="D16" s="34" t="s">
         <v>23</v>
       </c>
       <c r="E16" s="34" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="34" t="s">
         <v>23</v>
       </c>
       <c r="G16" s="34" t="s">
         <v>23</v>
       </c>
       <c r="H16" s="34" t="s">
         <v>23</v>
       </c>
       <c r="I16" s="34" t="s">
         <v>23</v>
       </c>
       <c r="J16" s="34" t="s">
@@ -6186,105 +6163,102 @@
       </c>
       <c r="AR16" s="34" t="s">
         <v>23</v>
       </c>
       <c r="AS16" s="34" t="s">
         <v>23</v>
       </c>
       <c r="AT16" s="34" t="s">
         <v>23</v>
       </c>
       <c r="AU16" s="34" t="s">
         <v>23</v>
       </c>
       <c r="AV16" s="34" t="s">
         <v>23</v>
       </c>
       <c r="AW16" s="34" t="s">
         <v>23</v>
       </c>
       <c r="AX16" s="34" t="s">
         <v>23</v>
       </c>
       <c r="AY16" s="34" t="s">
         <v>23</v>
       </c>
-      <c r="AZ16" s="34" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:AZ16">
-    <sortCondition ref="E2:AZ2"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:AY16">
+    <sortCondition ref="E2:AY2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="F11" r:id="rId1" xr:uid="{06D4333B-90E9-43DA-9A4E-AB6C9D402509}"/>
     <hyperlink ref="G11" r:id="rId2" xr:uid="{E04D6FD6-5C80-4DC5-B932-1BFD13FDA62F}"/>
     <hyperlink ref="E11" r:id="rId3" xr:uid="{9249FE37-6035-4BE8-836B-6214D8DC8932}"/>
     <hyperlink ref="H11" r:id="rId4" xr:uid="{F2F11752-90B2-483D-9F30-F2C852514746}"/>
     <hyperlink ref="I11" r:id="rId5" xr:uid="{9320D6E3-2515-465A-9CC6-96DF623E9F24}"/>
     <hyperlink ref="J11" r:id="rId6" xr:uid="{10EB4BA0-D9E0-4DA5-A9EF-244E2DA72070}"/>
     <hyperlink ref="K11" r:id="rId7" xr:uid="{58E8B688-813C-47A9-A9E5-52AD2DA674B5}"/>
     <hyperlink ref="N11" r:id="rId8" xr:uid="{FF1CDD53-9A5D-491C-ACE7-AFD958AB79C0}"/>
     <hyperlink ref="O11" r:id="rId9" xr:uid="{58B347AF-AE68-4DC4-B3DD-44E8445E4627}"/>
     <hyperlink ref="P11" r:id="rId10" xr:uid="{0790BABC-A964-4439-A3A4-D083CA3550B5}"/>
     <hyperlink ref="Q11" r:id="rId11" xr:uid="{44F898B3-80FD-46BE-8B6A-A814752A0796}"/>
     <hyperlink ref="R11" r:id="rId12" xr:uid="{C40F6442-A601-41BD-B9BA-1D6F3FD99FF2}"/>
     <hyperlink ref="S11" r:id="rId13" xr:uid="{C9502C7C-6036-4D40-A673-836275BA68D7}"/>
     <hyperlink ref="T11" r:id="rId14" xr:uid="{9570A7AD-C202-48FC-B7D9-8235E1BAD623}"/>
     <hyperlink ref="U11" r:id="rId15" xr:uid="{AF9D0888-F78F-4448-B63F-F0D3C4F70C27}"/>
     <hyperlink ref="V11" r:id="rId16" xr:uid="{5CC3C7C5-AFEF-48B9-99F2-CDE4D091F5A7}"/>
     <hyperlink ref="W11" r:id="rId17" xr:uid="{746E42A4-C136-4C51-BF90-B830375085EC}"/>
     <hyperlink ref="X11" r:id="rId18" xr:uid="{EA4DF1AC-032C-47A1-AE46-DC0C66EC5C2A}"/>
     <hyperlink ref="Y11" r:id="rId19" xr:uid="{A2303821-122B-4BE1-A907-60EE583E257F}"/>
     <hyperlink ref="Z11" r:id="rId20" xr:uid="{98BD57B6-A1E7-41A9-BEDF-6945DAF0F635}"/>
     <hyperlink ref="AA11" r:id="rId21" xr:uid="{7F09271C-93CB-49ED-AE6C-06D04396F765}"/>
     <hyperlink ref="AB11" r:id="rId22" xr:uid="{98CA1FAC-87A3-4550-B918-AAB27D3B733F}"/>
     <hyperlink ref="AC11" r:id="rId23" xr:uid="{0E63CEBB-CF59-4266-9CD9-1FCF9F4792D1}"/>
     <hyperlink ref="AD11" r:id="rId24" xr:uid="{847B9FCF-503C-42A7-A733-C364D227332D}"/>
     <hyperlink ref="AE11" r:id="rId25" xr:uid="{421BA7C8-9418-480A-814E-C43C2900B502}"/>
     <hyperlink ref="AF11" r:id="rId26" xr:uid="{4240AEA0-6457-4B5D-BADC-EAC0E0CD26D5}"/>
     <hyperlink ref="AG11" r:id="rId27" xr:uid="{7ED3CC17-4EFD-4D23-943D-BE2A7C96FB7C}"/>
     <hyperlink ref="AH11" r:id="rId28" xr:uid="{985B339C-91EE-4E29-8A62-4DD5B618FC80}"/>
     <hyperlink ref="AI11" r:id="rId29" xr:uid="{32D66EE2-0B10-4C7E-A631-0E88A7BCF6EE}"/>
     <hyperlink ref="AJ11" r:id="rId30" xr:uid="{1998EC85-9041-4B93-816E-0BBD97275EF5}"/>
     <hyperlink ref="AK11" r:id="rId31" xr:uid="{E8396F6B-924D-441C-9A80-FA774222BEEF}"/>
     <hyperlink ref="AL11" r:id="rId32" xr:uid="{2996CE21-0A12-439A-9B28-858DA46EFA3B}"/>
     <hyperlink ref="AM11" r:id="rId33" xr:uid="{F5DB9FF1-99EE-4182-9F17-A1FD271F6729}"/>
     <hyperlink ref="AN11" r:id="rId34" xr:uid="{90A850DF-0EA2-4759-A6C3-FD2FC2BFAB1A}"/>
     <hyperlink ref="AO11" r:id="rId35" xr:uid="{BCBBD13E-2FAE-4D1F-9093-178D06286D9D}"/>
     <hyperlink ref="AP11" r:id="rId36" xr:uid="{7B70A5C0-9936-4EEB-90F4-2E13C33E36F6}"/>
     <hyperlink ref="AQ11" r:id="rId37" xr:uid="{EC5A8C77-5F93-405C-96AB-4075B443F204}"/>
     <hyperlink ref="AR11" r:id="rId38" xr:uid="{1F1144FF-993C-4461-B508-BE0DC7EB4191}"/>
     <hyperlink ref="AS11" r:id="rId39" xr:uid="{FD37E111-4CEF-4933-B305-C0E5569D5393}"/>
-    <hyperlink ref="AT11" r:id="rId40" xr:uid="{1B9E1BD7-E967-46AB-A541-22ABF95D1679}"/>
-[...5 lines deleted...]
-    <hyperlink ref="AZ11" r:id="rId46" xr:uid="{32B96CDE-0FBA-4436-A99B-1A98D72A4538}"/>
+    <hyperlink ref="AT11" r:id="rId40" xr:uid="{9766CB14-4D11-4599-A159-51291D358BE3}"/>
+    <hyperlink ref="AU11" r:id="rId41" xr:uid="{35491978-1564-43EE-BC90-B0EA14424EF9}"/>
+    <hyperlink ref="AV11" r:id="rId42" xr:uid="{910EBBBC-C853-4E88-88FB-B52DEEBC1F7C}"/>
+    <hyperlink ref="AW11" r:id="rId43" xr:uid="{278B4B05-14DF-48FD-8380-4AF5B93D7E88}"/>
+    <hyperlink ref="AX11" r:id="rId44" xr:uid="{AC319EDC-13B4-4BEA-A410-B47F559F6E21}"/>
+    <hyperlink ref="AY11" r:id="rId45" xr:uid="{32B96CDE-0FBA-4436-A99B-1A98D72A4538}"/>
+    <hyperlink ref="O5" r:id="rId46" xr:uid="{6B47FDAA-51B4-4F6D-9D81-07CFF37E6C8F}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
   <pageSetup orientation="landscape" r:id="rId47"/>
   <headerFooter>
     <oddFooter>&amp;R26-7544 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>