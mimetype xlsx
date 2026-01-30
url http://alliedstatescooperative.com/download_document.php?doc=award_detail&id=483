--- v0 (2025-12-16)
+++ v1 (2026-01-30)
@@ -5,66 +5,66 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2026\26-7545 Custodial-Janitorial Equipment, Supplies and Services\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{6A12DB77-0C5C-42CA-8D76-D71750E32532}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{00D9E135-CF1B-46EE-9CFB-FA298CA29563}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$A</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="683" uniqueCount="197">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="685" uniqueCount="199">
   <si>
     <t/>
   </si>
   <si>
     <t>A2Z Supplies</t>
   </si>
   <si>
     <t>TX</t>
   </si>
   <si>
     <t>ChemGiant, LLC</t>
   </si>
   <si>
     <t>Dream Ranch Office Supplies (Dream Ranch LLC)</t>
   </si>
   <si>
     <t>Ecolab Inc.</t>
   </si>
   <si>
     <t>Hand Safety, LLC</t>
   </si>
   <si>
     <t>Laun-Dry Supply Co. Inc.</t>
   </si>
   <si>
@@ -611,50 +611,56 @@
     <t>Yes.  Only charged if something is rush shipped are in an emergency situation</t>
   </si>
   <si>
     <t>all 50 states</t>
   </si>
   <si>
     <t>Brady Industries of Texas LLC (Brady Companies LLC); (BradyPLUS of Texas)</t>
   </si>
   <si>
     <t xml:space="preserve">Yes - expedited shipments can vary depending on fees from carrier. </t>
   </si>
   <si>
     <t>All US</t>
   </si>
   <si>
     <t>Amy Cataldi</t>
   </si>
   <si>
     <t>1 Ecolab Place, Attn: Government Sales, St Paul, MN 55102</t>
   </si>
   <si>
     <t>Price Link</t>
   </si>
   <si>
     <t>HTTP://www.nch.com</t>
+  </si>
+  <si>
+    <t>*updated 12/16/25</t>
+  </si>
+  <si>
+    <t>*updated 12/18/25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -699,51 +705,51 @@
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="21">
+  <cellXfs count="22">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
@@ -761,50 +767,51 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -1099,83 +1106,88 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/ChemSearch%20-%20NCH%20Corporation.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Laun-Dry.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Southwestern%20Mill.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:progressivepoolelpaso@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Unipak.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Chemgiant%20Price%20List%20Catalog%202025-1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Hand%20Safety%20LLC%20Janitorial%20Supplies%20Pricing%20List.xlsx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Southland%20Organics.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amy.triples.ep@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/School%20Specialty.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Triple%20S%20Combined%20pricing.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fe.bids@nch.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Brady%20Pricelist.xlsx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Ferguson.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/a2z%20supplies.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Quill%20Pricelink.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/United%20Sales%20USA%20Corp.%20Catalogue%202025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Ecolab.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Spectrum%20Paper.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nch.com/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Dream%20Ranch.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Progressive%20Pools%20-%20Combined%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/United%20Labs.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/ChemSearch%20-%20NCH%20Corporation.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Laun-Dry.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Spectrum%20Paper.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:progressivepoolelpaso@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/United%20Labs.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Chemgiant%20Price%20List%20Catalog%202025-1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Hand%20Safety%20LLC%20Janitorial%20Supplies%20Pricing%20List.xlsx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Southland%20Organics.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amy.triples.ep@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/School%20Specialty.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Unipak.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fe.bids@nch.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Brady%20Pricelist.xlsx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Ferguson.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/a2z%20supplies.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Quill%20Pricelink.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Southwestern%20Mill.xlsx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Ecolab.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Triple%20S%20Combined%20pricing.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nch.com/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Dream%20Ranch.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Progressive%20Pools%20-%20Combined%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/United%20Sales%20USA%20Corp.%20Catalogue%202025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:V44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="2" ySplit="2" topLeftCell="C3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight"/>
+      <selection pane="bottomRight" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8" style="7" customWidth="1"/>
     <col min="2" max="2" width="36" style="7" customWidth="1"/>
     <col min="3" max="21" width="30.7109375" style="7" customWidth="1"/>
     <col min="22" max="16384" width="9.140625" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="D1" s="10"/>
+      <c r="D1" s="10" t="s">
+        <v>197</v>
+      </c>
       <c r="F1" s="11"/>
       <c r="G1" s="8"/>
       <c r="H1" s="8"/>
       <c r="I1" s="9"/>
       <c r="J1" s="8"/>
       <c r="K1" s="9"/>
       <c r="L1" s="10"/>
       <c r="M1" s="10"/>
       <c r="N1" s="9"/>
+      <c r="P1" s="7" t="s">
+        <v>198</v>
+      </c>
       <c r="Q1" s="8"/>
       <c r="R1" s="11"/>
     </row>
     <row r="2" spans="1:22" s="12" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="B2" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>190</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>3</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>172</v>
       </c>
       <c r="G2" s="5" t="s">
         <v>4</v>
       </c>
       <c r="H2" s="5" t="s">
         <v>5</v>
       </c>
@@ -1736,51 +1748,51 @@
       </c>
       <c r="H11" s="20" t="s">
         <v>195</v>
       </c>
       <c r="I11" s="20" t="s">
         <v>195</v>
       </c>
       <c r="J11" s="20" t="s">
         <v>195</v>
       </c>
       <c r="K11" s="20" t="s">
         <v>195</v>
       </c>
       <c r="L11" s="20" t="s">
         <v>195</v>
       </c>
       <c r="M11" s="20" t="s">
         <v>195</v>
       </c>
       <c r="N11" s="20" t="s">
         <v>195</v>
       </c>
       <c r="O11" s="20" t="s">
         <v>195</v>
       </c>
-      <c r="P11" s="20" t="s">
+      <c r="P11" s="21" t="s">
         <v>195</v>
       </c>
       <c r="Q11" s="20" t="s">
         <v>195</v>
       </c>
       <c r="R11" s="20" t="s">
         <v>195</v>
       </c>
       <c r="S11" s="20" t="s">
         <v>195</v>
       </c>
       <c r="T11" s="20" t="s">
         <v>195</v>
       </c>
       <c r="U11" s="20" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="12" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A12" s="13" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="13" t="s">
         <v>16</v>
       </c>
@@ -3889,56 +3901,56 @@
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="C1:V44">
     <sortCondition ref="C2:V2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="F5" r:id="rId1" xr:uid="{1A64D33D-9466-434E-BCB7-3481B44128F9}"/>
     <hyperlink ref="R5" r:id="rId2" xr:uid="{E36E8E57-02F7-4E2D-9F01-DBC2ADF79528}"/>
     <hyperlink ref="L5" r:id="rId3" xr:uid="{52079375-7769-48FA-B075-528AAC6C480B}"/>
     <hyperlink ref="F7" r:id="rId4" xr:uid="{BA245C17-ECC5-4470-8B6E-E63F541301EC}"/>
     <hyperlink ref="C11" r:id="rId5" xr:uid="{9B8D602F-7EA9-4C49-969B-6C6AC7CC1F4E}"/>
     <hyperlink ref="D11" r:id="rId6" xr:uid="{A19292BC-6023-48E0-948C-B2DCCA6F5FBE}"/>
     <hyperlink ref="E11" r:id="rId7" xr:uid="{9BF78FE2-6BFC-4AE0-8751-6ECF86A17BCA}"/>
     <hyperlink ref="F11" r:id="rId8" xr:uid="{1289570C-B6FF-45C0-A5A4-D034778DD891}"/>
     <hyperlink ref="G11" r:id="rId9" xr:uid="{F981B930-C2D5-41F4-81EF-A176D4946934}"/>
     <hyperlink ref="H11" r:id="rId10" xr:uid="{C29B8E9E-5729-45C2-B5D1-33FE8B4D753B}"/>
     <hyperlink ref="I11" r:id="rId11" xr:uid="{F9E79C19-BD1B-4AB3-B846-CC486588B8A5}"/>
     <hyperlink ref="J11" r:id="rId12" xr:uid="{ED8FD253-A610-4D67-A82E-D9D8B4847D67}"/>
     <hyperlink ref="K11" r:id="rId13" xr:uid="{BAA76B92-3228-4936-9BC4-584FFBFC5F40}"/>
     <hyperlink ref="L11" r:id="rId14" xr:uid="{F2B8E4B8-102E-4AA6-8905-A9638E4B3232}"/>
     <hyperlink ref="M11" r:id="rId15" xr:uid="{19F0838B-A96B-417F-8882-FFCAAA8C0335}"/>
     <hyperlink ref="N11" r:id="rId16" xr:uid="{C1BD5E23-FE62-4880-BC3C-21D1321719AC}"/>
     <hyperlink ref="O11" r:id="rId17" xr:uid="{94CCCF1F-3889-410E-AC7A-077F3B83B8FF}"/>
-    <hyperlink ref="P11" r:id="rId18" xr:uid="{5678B3D9-DADA-44BE-A06E-ED1C776BE72D}"/>
-[...4 lines deleted...]
-    <hyperlink ref="U11" r:id="rId23" xr:uid="{2EB9459F-9D45-4DF4-8BB0-FE7526F2F905}"/>
+    <hyperlink ref="Q11" r:id="rId18" xr:uid="{2141094F-EDAE-4B07-8FD9-FBAE7126170B}"/>
+    <hyperlink ref="R11" r:id="rId19" xr:uid="{60CEFA65-07A5-420A-88BB-BDBA183EA884}"/>
+    <hyperlink ref="S11" r:id="rId20" xr:uid="{A4E889F5-274B-4CDD-8CBD-D35D2C6E50DE}"/>
+    <hyperlink ref="T11" r:id="rId21" xr:uid="{72318B6C-C6A0-4ED3-A18F-BB7CE01F5E8E}"/>
+    <hyperlink ref="U11" r:id="rId22" xr:uid="{2EB9459F-9D45-4DF4-8BB0-FE7526F2F905}"/>
+    <hyperlink ref="P11" r:id="rId23" xr:uid="{BC3D05A4-0FC7-4DE3-A03B-C99EBBECF350}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
   <pageSetup orientation="landscape" r:id="rId24"/>
   <headerFooter>
     <oddFooter>&amp;R26-7545 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>