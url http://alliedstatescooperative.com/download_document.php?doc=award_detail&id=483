--- v1 (2026-01-30)
+++ v2 (2026-03-18)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2026\26-7545 Custodial-Janitorial Equipment, Supplies and Services\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{00D9E135-CF1B-46EE-9CFB-FA298CA29563}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B4344D25-07E2-410E-911E-882BB48D0348}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$A</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="685" uniqueCount="199">
   <si>
     <t/>
   </si>
   <si>
     <t>A2Z Supplies</t>
   </si>
   <si>
     <t>TX</t>
   </si>
   <si>
@@ -613,54 +613,54 @@
   <si>
     <t>all 50 states</t>
   </si>
   <si>
     <t>Brady Industries of Texas LLC (Brady Companies LLC); (BradyPLUS of Texas)</t>
   </si>
   <si>
     <t xml:space="preserve">Yes - expedited shipments can vary depending on fees from carrier. </t>
   </si>
   <si>
     <t>All US</t>
   </si>
   <si>
     <t>Amy Cataldi</t>
   </si>
   <si>
     <t>1 Ecolab Place, Attn: Government Sales, St Paul, MN 55102</t>
   </si>
   <si>
     <t>Price Link</t>
   </si>
   <si>
     <t>HTTP://www.nch.com</t>
   </si>
   <si>
-    <t>*updated 12/16/25</t>
-[...1 lines deleted...]
-  <si>
     <t>*updated 12/18/25</t>
+  </si>
+  <si>
+    <t>*updated 12/16/25, 2/3/26, 2/13/26, 2/16/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1106,87 +1106,87 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/ChemSearch%20-%20NCH%20Corporation.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Laun-Dry.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Spectrum%20Paper.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:progressivepoolelpaso@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/United%20Labs.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Chemgiant%20Price%20List%20Catalog%202025-1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Hand%20Safety%20LLC%20Janitorial%20Supplies%20Pricing%20List.xlsx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Southland%20Organics.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amy.triples.ep@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/School%20Specialty.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Unipak.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fe.bids@nch.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Brady%20Pricelist.xlsx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Ferguson.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/a2z%20supplies.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Quill%20Pricelink.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Southwestern%20Mill.xlsx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Ecolab.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Triple%20S%20Combined%20pricing.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nch.com/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Dream%20Ranch.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Progressive%20Pools%20-%20Combined%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/United%20Sales%20USA%20Corp.%20Catalogue%202025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Dream%20Ranch.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Progressive%20Pools%20-%20Combined%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Triple%20S%20Combined%20pricing.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:progressivepoolelpaso@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/United%20Sales%20USA%20Corp.%20Catalogue%202025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/ChemSearch%20-%20NCH%20Corporation.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Laun-Dry.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Spectrum%20Paper.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amy.triples.ep@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Southland%20Organics.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/United%20Labs.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fe.bids@nch.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Chemgiant%20Price%20List%20Catalog%202025-1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Hand%20Safety%20LLC%20Janitorial%20Supplies%20Pricing%20List.xlsx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/a2z%20supplies.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/School%20Specialty.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Brady%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Ferguson.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Unipak.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nch.com/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Ecolab.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Quill%20Pricelink.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7545/Southwestern%20Mill.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:V44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="2" ySplit="2" topLeftCell="C3" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="2" topLeftCell="C7" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="A2" sqref="A2"/>
+      <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8" style="7" customWidth="1"/>
     <col min="2" max="2" width="36" style="7" customWidth="1"/>
     <col min="3" max="21" width="30.7109375" style="7" customWidth="1"/>
     <col min="22" max="16384" width="9.140625" style="7"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:22" ht="30" x14ac:dyDescent="0.25">
       <c r="D1" s="10" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F1" s="11"/>
       <c r="G1" s="8"/>
       <c r="H1" s="8"/>
       <c r="I1" s="9"/>
       <c r="J1" s="8"/>
       <c r="K1" s="9"/>
       <c r="L1" s="10"/>
       <c r="M1" s="10"/>
       <c r="N1" s="9"/>
       <c r="P1" s="7" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="Q1" s="8"/>
       <c r="R1" s="11"/>
     </row>
     <row r="2" spans="1:22" s="12" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="B2" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>190</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>3</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>172</v>
       </c>
       <c r="G2" s="5" t="s">
         <v>4</v>
       </c>
       <c r="H2" s="5" t="s">
         <v>5</v>
@@ -1712,51 +1712,51 @@
         <v>149</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>148</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>183</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>147</v>
       </c>
       <c r="T10" s="3" t="s">
         <v>152</v>
       </c>
       <c r="U10" s="3" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="11" spans="1:22" x14ac:dyDescent="0.25">
       <c r="B11" s="2" t="s">
         <v>171</v>
       </c>
       <c r="C11" s="20" t="s">
         <v>195</v>
       </c>
-      <c r="D11" s="20" t="s">
+      <c r="D11" s="21" t="s">
         <v>195</v>
       </c>
       <c r="E11" s="20" t="s">
         <v>195</v>
       </c>
       <c r="F11" s="20" t="s">
         <v>195</v>
       </c>
       <c r="G11" s="20" t="s">
         <v>195</v>
       </c>
       <c r="H11" s="20" t="s">
         <v>195</v>
       </c>
       <c r="I11" s="20" t="s">
         <v>195</v>
       </c>
       <c r="J11" s="20" t="s">
         <v>195</v>
       </c>
       <c r="K11" s="20" t="s">
         <v>195</v>
       </c>
       <c r="L11" s="20" t="s">
         <v>195</v>
@@ -3889,68 +3889,68 @@
         <v>133</v>
       </c>
       <c r="R44" s="17" t="s">
         <v>133</v>
       </c>
       <c r="S44" s="17" t="s">
         <v>0</v>
       </c>
       <c r="T44" s="17" t="s">
         <v>0</v>
       </c>
       <c r="U44" s="17" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="C1:V44">
     <sortCondition ref="C2:V2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="F5" r:id="rId1" xr:uid="{1A64D33D-9466-434E-BCB7-3481B44128F9}"/>
     <hyperlink ref="R5" r:id="rId2" xr:uid="{E36E8E57-02F7-4E2D-9F01-DBC2ADF79528}"/>
     <hyperlink ref="L5" r:id="rId3" xr:uid="{52079375-7769-48FA-B075-528AAC6C480B}"/>
     <hyperlink ref="F7" r:id="rId4" xr:uid="{BA245C17-ECC5-4470-8B6E-E63F541301EC}"/>
     <hyperlink ref="C11" r:id="rId5" xr:uid="{9B8D602F-7EA9-4C49-969B-6C6AC7CC1F4E}"/>
-    <hyperlink ref="D11" r:id="rId6" xr:uid="{A19292BC-6023-48E0-948C-B2DCCA6F5FBE}"/>
-[...16 lines deleted...]
-    <hyperlink ref="P11" r:id="rId23" xr:uid="{BC3D05A4-0FC7-4DE3-A03B-C99EBBECF350}"/>
+    <hyperlink ref="E11" r:id="rId6" xr:uid="{9BF78FE2-6BFC-4AE0-8751-6ECF86A17BCA}"/>
+    <hyperlink ref="F11" r:id="rId7" xr:uid="{1289570C-B6FF-45C0-A5A4-D034778DD891}"/>
+    <hyperlink ref="G11" r:id="rId8" xr:uid="{F981B930-C2D5-41F4-81EF-A176D4946934}"/>
+    <hyperlink ref="H11" r:id="rId9" xr:uid="{C29B8E9E-5729-45C2-B5D1-33FE8B4D753B}"/>
+    <hyperlink ref="I11" r:id="rId10" xr:uid="{F9E79C19-BD1B-4AB3-B846-CC486588B8A5}"/>
+    <hyperlink ref="J11" r:id="rId11" xr:uid="{ED8FD253-A610-4D67-A82E-D9D8B4847D67}"/>
+    <hyperlink ref="K11" r:id="rId12" xr:uid="{BAA76B92-3228-4936-9BC4-584FFBFC5F40}"/>
+    <hyperlink ref="L11" r:id="rId13" xr:uid="{F2B8E4B8-102E-4AA6-8905-A9638E4B3232}"/>
+    <hyperlink ref="M11" r:id="rId14" xr:uid="{19F0838B-A96B-417F-8882-FFCAAA8C0335}"/>
+    <hyperlink ref="N11" r:id="rId15" xr:uid="{C1BD5E23-FE62-4880-BC3C-21D1321719AC}"/>
+    <hyperlink ref="O11" r:id="rId16" xr:uid="{94CCCF1F-3889-410E-AC7A-077F3B83B8FF}"/>
+    <hyperlink ref="Q11" r:id="rId17" xr:uid="{2141094F-EDAE-4B07-8FD9-FBAE7126170B}"/>
+    <hyperlink ref="R11" r:id="rId18" xr:uid="{60CEFA65-07A5-420A-88BB-BDBA183EA884}"/>
+    <hyperlink ref="S11" r:id="rId19" xr:uid="{A4E889F5-274B-4CDD-8CBD-D35D2C6E50DE}"/>
+    <hyperlink ref="T11" r:id="rId20" xr:uid="{72318B6C-C6A0-4ED3-A18F-BB7CE01F5E8E}"/>
+    <hyperlink ref="U11" r:id="rId21" xr:uid="{2EB9459F-9D45-4DF4-8BB0-FE7526F2F905}"/>
+    <hyperlink ref="P11" r:id="rId22" xr:uid="{BC3D05A4-0FC7-4DE3-A03B-C99EBBECF350}"/>
+    <hyperlink ref="D11" r:id="rId23" xr:uid="{2EB4ED21-17DC-44AD-822C-596C082300BB}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
   <pageSetup orientation="landscape" r:id="rId24"/>
   <headerFooter>
     <oddFooter>&amp;R26-7545 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>