--- v0 (2025-12-16)
+++ v1 (2026-01-30)
@@ -1,93 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\Bids\2026\26-7543 Consulting, Instructional, and Training Resources\Award Summary and Award Detail\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2026\26-7543 Consulting, Instructional, and Training Resources\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5A2F03D5-944A-4D18-8C66-E5D3C3EDD5B9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BC2C54BE-F996-429E-BA07-C7163A4BBF40}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="737" uniqueCount="423">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="726" uniqueCount="417">
   <si>
     <t/>
   </si>
   <si>
     <t>915 Gypsy LLC</t>
   </si>
   <si>
-    <t>Academic Learning Company dba Velazquez Press</t>
-[...1 lines deleted...]
-  <si>
     <t>Alliance for a Healthier Generation</t>
   </si>
   <si>
     <t>Always Food Safe (The Always Food Safe Company)</t>
   </si>
   <si>
     <t>Assessment Intervention Management, LLC</t>
   </si>
   <si>
     <t>Aztec Software, LLC</t>
   </si>
   <si>
     <t>Baxter Educational (Jamie Goodwin)</t>
   </si>
   <si>
     <t>Blu Avo Group LLC</t>
   </si>
   <si>
     <t>Brainspring (Reading and Language Arts Centers Inc)</t>
   </si>
   <si>
     <t>Catapult Learning (Catapult Learning, LLC)</t>
   </si>
   <si>
     <t>CELEBRATE Successful Early Learning LLC</t>
@@ -305,53 +302,50 @@
   <si>
     <t>Colleen Dempsey</t>
   </si>
   <si>
     <t>Tracy Piedmont</t>
   </si>
   <si>
     <t>Felicia Heard</t>
   </si>
   <si>
     <t>Jamie Marie Goodwin</t>
   </si>
   <si>
     <t>Marcus Ripp</t>
   </si>
   <si>
     <t>Eric Gallegos</t>
   </si>
   <si>
     <t>Adam Eastwood</t>
   </si>
   <si>
     <t>Carolyn Kern</t>
   </si>
   <si>
-    <t>Jonathan Ruiz, Director of Business Development</t>
-[...1 lines deleted...]
-  <si>
     <t>Jesse Tarango</t>
   </si>
   <si>
     <t>Kim Broker</t>
   </si>
   <si>
     <t>Deidra Johnson</t>
   </si>
   <si>
     <t>Carlene Thomas</t>
   </si>
   <si>
     <t>Brian Burnett</t>
   </si>
   <si>
     <t>Victoria Loga</t>
   </si>
   <si>
     <t>Erik Skantze</t>
   </si>
   <si>
     <t>Jacob Heldring</t>
   </si>
   <si>
     <t>Jerry Wallace</t>
@@ -461,53 +455,50 @@
   <si>
     <t>510 East 85th StreetNew York, New York 10028</t>
   </si>
   <si>
     <t>376 Robbins Dr. Troy, MI 48383</t>
   </si>
   <si>
     <t>19825 N Cove Rd Ste B143, Cornelius NC 28031</t>
   </si>
   <si>
     <t>3577 Mortons Landing Drive Ellenwood Ga 30294</t>
   </si>
   <si>
     <t>520 E. Strawbridge Ave, Melbourne, FL 32901</t>
   </si>
   <si>
     <t>10127 Morocco Street Ste 202 San Antonio, TX 78216</t>
   </si>
   <si>
     <t>899 Montreal Cir, St Paul, MN, 55102</t>
   </si>
   <si>
     <t>1028 SE Water Ave Suite 210 Portland OR, 97214</t>
   </si>
   <si>
-    <t>9682 Telstar Avenue, Suite 110, El Monte, CA 91731</t>
-[...1 lines deleted...]
-  <si>
     <t>13724 Torpoint El Paso TX 79928</t>
   </si>
   <si>
     <t>6795 E Tennessee Ave, Denver, Colorado 80224</t>
   </si>
   <si>
     <t>1308 E Daffodil Ave., Unit C, McAllen, TX 78501</t>
   </si>
   <si>
     <t>PO Box 8074  Round Rock, TX  78683</t>
   </si>
   <si>
     <t>204 PALOMINO ST., CRANDALL, TX 75114</t>
   </si>
   <si>
     <t>500 Sugar Mill Rd, Suite 205A, Atlanta, GA 30350</t>
   </si>
   <si>
     <t>2300 Wilson Blvd Ste 700 #1092 Arlington, VA 22201</t>
   </si>
   <si>
     <t>3206 Longmire Dr. Ste A1, College Station, TX 77845</t>
   </si>
   <si>
     <t>P.O. Box 60805 Houston, TX 77205</t>
@@ -623,53 +614,50 @@
   <si>
     <t>colleen.dempsey@brainspring.com</t>
   </si>
   <si>
     <t>tracy@bluavo.group</t>
   </si>
   <si>
     <t>info@beheardedu.com</t>
   </si>
   <si>
     <t>jamiebaxter.2011@gmail.com</t>
   </si>
   <si>
     <t>accounting@aztecsoftware.com</t>
   </si>
   <si>
     <t>bids@aimeducate.com</t>
   </si>
   <si>
     <t>adam.eastwood@alwaysfoodsafe.com</t>
   </si>
   <si>
     <t>carolyn@thewalkingclassroom.org</t>
   </si>
   <si>
-    <t>jruiz@academiclearningcompany.com</t>
-[...1 lines deleted...]
-  <si>
     <t>Jesse@915gypsy.com</t>
   </si>
   <si>
     <t>kbroker@2partner.org</t>
   </si>
   <si>
     <t>info@parachutergv.com</t>
   </si>
   <si>
     <t>carlene@carlithomas.com</t>
   </si>
   <si>
     <t>contracts@celebratesel.com</t>
   </si>
   <si>
     <t>vloga@elearningdistrict.com</t>
   </si>
   <si>
     <t>finance@edconnective.io</t>
   </si>
   <si>
     <t>jacobheldring@drzelaya.com</t>
   </si>
   <si>
     <t>drjerrywallace@drjerrywallace.com</t>
@@ -785,53 +773,50 @@
   <si>
     <t>(844) 680-7094</t>
   </si>
   <si>
     <t>(214) 807-1393</t>
   </si>
   <si>
     <t>(678) 464-8342</t>
   </si>
   <si>
     <t>(210) 882-0644</t>
   </si>
   <si>
     <t>(973) 258-0011 x118</t>
   </si>
   <si>
     <t>(210) 838-5351</t>
   </si>
   <si>
     <t>(844) 312-2011</t>
   </si>
   <si>
     <t>(888) 543-4584</t>
   </si>
   <si>
-    <t>(626) 448-3448</t>
-[...1 lines deleted...]
-  <si>
     <t>(915) 231-0311</t>
   </si>
   <si>
     <t>(260) 341-3630</t>
   </si>
   <si>
     <t>(210) 767-3043</t>
   </si>
   <si>
     <t>(512) 567-9637</t>
   </si>
   <si>
     <t>(214) 802-0964</t>
   </si>
   <si>
     <t>(678) 587-5331</t>
   </si>
   <si>
     <t>(518) 461-3546</t>
   </si>
   <si>
     <t>(832) 538-2500</t>
   </si>
   <si>
     <t>(936) 522-8491</t>
@@ -947,53 +932,50 @@
   <si>
     <t>HTTP://www.brainspring.com</t>
   </si>
   <si>
     <t>HTTP://www.gosciencecrazy.com</t>
   </si>
   <si>
     <t>HTTP://www.beheardedu.com</t>
   </si>
   <si>
     <t>https://sites.google.com/view/baxtereducational/home</t>
   </si>
   <si>
     <t>https://www.aztecsoftware.com/</t>
   </si>
   <si>
     <t>HTTP://www.aimeducate.com</t>
   </si>
   <si>
     <t>HTTP://www.alwaysfoodsafe.com</t>
   </si>
   <si>
     <t>https://www.healthiergeneration.org</t>
   </si>
   <si>
-    <t>http://www.velazquezpress.com</t>
-[...1 lines deleted...]
-  <si>
     <t>HTTP://915Gypsy.com</t>
   </si>
   <si>
     <t>HTTP://www.2partner.org</t>
   </si>
   <si>
     <t>HTTP://www.k12finlit.com</t>
   </si>
   <si>
     <t>HTTP://www.carlithomas.com</t>
   </si>
   <si>
     <t>https://www.celebratesel.com</t>
   </si>
   <si>
     <t>HTTP://elearningdistrict.com</t>
   </si>
   <si>
     <t>HTTP://www.edconnective.com</t>
   </si>
   <si>
     <t>HTTP://www.drzelaya.com</t>
   </si>
   <si>
     <t>HTTP://drjerrywallace.com</t>
@@ -1058,53 +1040,50 @@
   <si>
     <t>N/A, TbT provides virtual services.</t>
   </si>
   <si>
     <t>No. Texas EdTech Review provides professional services and digital resources only; therefore, no physical shipments or expedited shipping fees apply. All materials are delivered electronically or provided on-site as part of scheduled professional development services.</t>
   </si>
   <si>
     <t>We provide services, not goods. Shipping isn't required.</t>
   </si>
   <si>
     <t>Yes | STEMfinity does not deliver any items directly, but instead ships via USPS, UPS, FedEx, and Freight as necessary. All items are shipped FOB Destination, Freight Pre-Paid &amp; Invoiced. All shipping charges appear on quotes and online sales shopping carts. Special delivery services such as inside delivery, appointments, and liftgates (for large freight orders without an available loading dock) typically have additional charges and those will be quoted upon request.</t>
   </si>
   <si>
     <t>Yes. For all US orders under $150.00 USD, there is a $10.00 shipping fee. For US orders $150 and over, there is a 7% shipping rate, which will be calculated at checkout. If you need to receive your order by a certain date please contact us at support@whole-phonics.com so we can assist you with expediting your order.</t>
   </si>
   <si>
     <t>yes, the expedited shipping fee is $280</t>
   </si>
   <si>
     <t>No; unless there is a special large quantity order of one item.</t>
   </si>
   <si>
     <t>yes, shipping is charged.  Veronica Massa 321-425-3031 Ext 404 vmassa@aztecsoftware.com</t>
   </si>
   <si>
-    <t>Yes. Additional cost may apply for expedited shipments BUT ONLY if the purchaser makes the request to expedite an order. Fees for expedited orders vary depending on products being shipped (vary by weight) and shipping destination (vary by distance). Both factors will affect the expedited shipping fees, typically placed by UPS.</t>
-[...1 lines deleted...]
-  <si>
     <t>No. 915 Gypsy LLC provides professional services and digital deliverables; no physical shipment or expediting fees apply.</t>
   </si>
   <si>
     <t>Yes for expedited.</t>
   </si>
   <si>
     <t>Expedited orders (2–4 business days) include a 15% rush fee. Contact Deidra Johnson, CEO at 210-767-3043/info@parachutergv.com</t>
   </si>
   <si>
     <t>Yes, to protect ourselves on unreasonably short lead times which will likely not be necessary. Jacob Heldring, (832) 538-2500</t>
   </si>
   <si>
     <t>No. If shipping is incurred by the District, the Vendor will provide a reimbursement to the District for any related shipping costs based on products the Districts has purchased from the Vendor.</t>
   </si>
   <si>
     <t>Yes. Expedited shipping is 20% of the materials total cost. Arrangements can be made with the Implementation Director, Kristina Arcuri (karcuri@corelearn.com).</t>
   </si>
   <si>
     <t>If physical inventory requires expedited shipping, we will charge the actual shipping charge.  Normal UPS delivery is included for physical inventory items.  Most products are delivered online.</t>
   </si>
   <si>
     <t>yes</t>
   </si>
   <si>
     <t>Nationwide</t>
@@ -1172,53 +1151,50 @@
   <si>
     <t>New Mexico, Texas</t>
   </si>
   <si>
     <t>Texas, New Mexico, Oklahoma, California, Illinois, New York</t>
   </si>
   <si>
     <t>All locations</t>
   </si>
   <si>
     <t>Brainspring is willing to service all areas of the United States</t>
   </si>
   <si>
     <t>All 50 US States</t>
   </si>
   <si>
     <t>All Services Areas</t>
   </si>
   <si>
     <t>SBEC Certification in Texas for EC-12 Special Education and Principal; 4-8 Generalist.  Willing to provide services in all US states and cities.</t>
   </si>
   <si>
     <t>USA wide</t>
   </si>
   <si>
-    <t>We service all 50 US States, in addition Puerto Rico and parts of Canada.</t>
-[...1 lines deleted...]
-  <si>
     <t>ALL STATES</t>
   </si>
   <si>
     <t>All states in the United States</t>
   </si>
   <si>
     <t>All</t>
   </si>
   <si>
     <t>CORE is licensed to do business in the following states: California, Alabama, Alaska, Arizona, Colorado, Delaware, District of Columbia, Florida, Georgia, Idaho, Kentucky, Massachusetts, Minnesota, Montana, New Jersey, New Mexico, North Carolina, North Dakota, Ohio, Oregon, Pennsylvania, Rhode Island, South Carolina, South Dakota, Texas, Virginia, Washington, and Tennessee. Additionally, CORE is willing to obtain a business license in any state, county, or city.</t>
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
     <t>All of Texas</t>
   </si>
   <si>
     <t>ClickView provides its services to K–12 schools and districts across all US states and territories.</t>
   </si>
   <si>
     <t>AZ, CA, FL, MD, MS, NC, NJ, NV, NY, OH, PA, RI, TN,WV</t>
   </si>
   <si>
     <t>Within the United States</t>
@@ -1302,50 +1278,56 @@
     <t>MYJOVE Corporation (JoVE)</t>
   </si>
   <si>
     <t>NO RED INK (NoRedInk Corporation)</t>
   </si>
   <si>
     <t>Rescue Simulation Products (Rescue Safety Products, LLC)</t>
   </si>
   <si>
     <t>Robert Tinajero (Dr. Robert Tinajero, LLC)</t>
   </si>
   <si>
     <t>Texas EdTech Review (Francisca Garcia)</t>
   </si>
   <si>
     <t>Price Link (can be used for instructional use only, such as for career and technical education training, supplies, and equipment).</t>
   </si>
   <si>
     <t>All 50 states (including Washington, D.C.)</t>
   </si>
   <si>
     <t>Coaching Excellence in Organization</t>
   </si>
   <si>
     <t xml:space="preserve">El Paso City and County </t>
+  </si>
+  <si>
+    <t>*updated 12/17/25</t>
+  </si>
+  <si>
+    <t>*updated 1/16/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1811,2700 +1793,2660 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Carlene%20Thomas.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Consortium%20on%20Reaching%20Excellence.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/MegaMinds.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Robert%20Tinajero.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Dr.%20Zelaya.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Passage%20Preparation.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/STEMfinity.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Thunkable.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Varsity%20Tutors%20for%20School.xlsx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Assessment%20Intervention%20Management.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/2Partner%20Mathematics.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Coaching%20Excellence%20in%20Organizations.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/National%20Professional%20Resources.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Blu%20Avo%20Group.xlsx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/K12%20Tutoring.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Off2Class.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Reflection%20Sciences.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Stacer%20Group.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Texas%20EdTech%20Review.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Zoila%20the%20Zebra.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Alliance%20for%20a%20Healthier%20Generation.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Be%20Heard%20Education.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Creative%20Leadership%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/NoRedInk.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Teach%20Us%20Texas.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Whole%20Phonics.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Academic%20Learning%20Company.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Baxter%20Educational.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/CELEBRATE%20Sucessful%20Early%20Learning.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/EdConnective.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Mother%20Daughter%20ISH.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/NeuraPoints.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Penders%20Music.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Sterling%20Literacy.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Tumbleweed.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Aztec%20Software.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Vaughn%20Gage.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/915%20Gypsy.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Brainspring.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Conover%20Company.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Lab%20Resources.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Padlet.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Rescue%20Simulation.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/The%20Princeton%20Review.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Dr%20Jerry%20Wallace%20LLC.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/STEDI.org.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://elearningdistrict.com/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Always%20Food%20Safe.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/ClickView.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Innov8%20TX.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/MYJoVE.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Purple%20Apple%20Ed.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Tutored%20by%20Teachers.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/CELEBRATE%20Sucessful%20Early%20Learning.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Creative%20Leadership%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Mother%20Daughter%20ISH.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Stacer%20Group.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/EdConnective.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Penders%20Music.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Sterling%20Literacy.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Tumbleweed.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Vaughn%20Gage.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Aztec%20Software.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/2Partner%20Mathematics.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Conover%20Company.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/NeuraPoints.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Brainspring.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Lab%20Resources.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Padlet.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Rescue%20Simulation.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/STEDI.org.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/The%20Princeton%20Review.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Always%20Food%20Safe.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Blu%20Avo%20Group.xlsx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Dr%20Jerry%20Wallace%20LLC.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Off2Class.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Texas%20EdTech%20Review.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Zoila%20the%20Zebra.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Alliance%20for%20a%20Healthier%20Generation.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Be%20Heard%20Education.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/ClickView.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Innov8%20TX.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/MYJoVE.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/NoRedInk.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Purple%20Apple%20Ed.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Teach%20Us%20Texas.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Tutored%20by%20Teachers.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Baxter%20Educational.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Whole%20Phonics.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/915%20Gypsy.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Carlene%20Thomas.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Consortium%20on%20Reaching%20Excellence.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/MegaMinds.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Passage%20Preparation.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Robert%20Tinajero.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Thunkable.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Dr.%20Zelaya.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/STEMfinity.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://elearningdistrict.com/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Assessment%20Intervention%20Management.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Coaching%20Excellence%20in%20Organizations.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/K12%20Tutoring.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/National%20Professional%20Resources.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Reflection%20Sciences.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7543/Varsity%20Tutors%20for%20School.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="B1:BG16"/>
+  <dimension ref="B1:BF16"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="B2" sqref="B2"/>
+      <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" customWidth="1"/>
     <col min="2" max="2" width="8" customWidth="1"/>
     <col min="3" max="3" width="36" customWidth="1"/>
     <col min="4" max="4" width="6" customWidth="1"/>
-    <col min="5" max="58" width="30.7109375" customWidth="1"/>
+    <col min="5" max="57" width="30.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:59" s="2" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:58" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="F1" s="18"/>
+      <c r="G1" s="17"/>
       <c r="H1" s="17"/>
-      <c r="I1" s="17"/>
+      <c r="I1" s="18"/>
       <c r="J1" s="18"/>
-      <c r="K1" s="18"/>
-[...4 lines deleted...]
-      <c r="R1" s="18"/>
+      <c r="K1" s="2" t="s">
+        <v>416</v>
+      </c>
+      <c r="L1" s="17"/>
+      <c r="N1" s="18"/>
+      <c r="O1" s="19"/>
+      <c r="P1" s="25"/>
+      <c r="Q1" s="18"/>
+      <c r="S1" s="18"/>
       <c r="T1" s="18"/>
-      <c r="U1" s="18"/>
-[...3 lines deleted...]
-      <c r="AG1" s="18"/>
+      <c r="X1" s="18"/>
+      <c r="Y1" s="2" t="s">
+        <v>415</v>
+      </c>
+      <c r="Z1" s="18"/>
+      <c r="AB1" s="17"/>
+      <c r="AF1" s="18"/>
+      <c r="AH1" s="17"/>
       <c r="AI1" s="17"/>
-      <c r="AJ1" s="17"/>
-[...2 lines deleted...]
-      <c r="AN1" s="19"/>
+      <c r="AJ1" s="18"/>
+      <c r="AL1" s="18"/>
+      <c r="AM1" s="19"/>
+      <c r="AN1" s="18"/>
       <c r="AO1" s="18"/>
-      <c r="AP1" s="18"/>
+      <c r="AS1" s="17"/>
       <c r="AT1" s="17"/>
-      <c r="AU1" s="17"/>
-[...4 lines deleted...]
-      <c r="BF1" s="18"/>
+      <c r="AX1" s="18"/>
+      <c r="AZ1" s="17"/>
+      <c r="BC1" s="18"/>
+      <c r="BD1" s="17"/>
+      <c r="BE1" s="18"/>
     </row>
-    <row r="2" spans="2:59" ht="45" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:58" ht="45" x14ac:dyDescent="0.25">
       <c r="D2" s="5" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="E2" s="15" t="s">
-        <v>408</v>
+        <v>400</v>
       </c>
       <c r="F2" s="15" t="s">
         <v>1</v>
       </c>
       <c r="G2" s="15" t="s">
         <v>2</v>
       </c>
       <c r="H2" s="15" t="s">
         <v>3</v>
       </c>
       <c r="I2" s="15" t="s">
         <v>4</v>
       </c>
       <c r="J2" s="15" t="s">
         <v>5</v>
       </c>
       <c r="K2" s="15" t="s">
         <v>6</v>
       </c>
       <c r="L2" s="15" t="s">
+        <v>401</v>
+      </c>
+      <c r="M2" s="15" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
       <c r="N2" s="15" t="s">
         <v>8</v>
       </c>
       <c r="O2" s="15" t="s">
+        <v>402</v>
+      </c>
+      <c r="P2" s="15" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>410</v>
       </c>
       <c r="Q2" s="15" t="s">
         <v>10</v>
       </c>
       <c r="R2" s="15" t="s">
         <v>11</v>
       </c>
-      <c r="S2" s="15" t="s">
+      <c r="S2" s="24" t="s">
+        <v>413</v>
+      </c>
+      <c r="T2" s="15" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
       <c r="U2" s="15" t="s">
         <v>13</v>
       </c>
       <c r="V2" s="15" t="s">
+        <v>51</v>
+      </c>
+      <c r="W2" s="15" t="s">
+        <v>404</v>
+      </c>
+      <c r="X2" s="15" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>412</v>
       </c>
       <c r="Y2" s="15" t="s">
         <v>15</v>
       </c>
       <c r="Z2" s="15" t="s">
         <v>16</v>
       </c>
       <c r="AA2" s="15" t="s">
         <v>17</v>
       </c>
       <c r="AB2" s="15" t="s">
         <v>18</v>
       </c>
       <c r="AC2" s="15" t="s">
         <v>19</v>
       </c>
       <c r="AD2" s="15" t="s">
         <v>20</v>
       </c>
       <c r="AE2" s="15" t="s">
+        <v>405</v>
+      </c>
+      <c r="AF2" s="15" t="s">
+        <v>406</v>
+      </c>
+      <c r="AG2" s="15" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>414</v>
       </c>
       <c r="AH2" s="15" t="s">
         <v>22</v>
       </c>
       <c r="AI2" s="15" t="s">
+        <v>407</v>
+      </c>
+      <c r="AJ2" s="15" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
       <c r="AK2" s="15" t="s">
         <v>24</v>
       </c>
       <c r="AL2" s="15" t="s">
         <v>25</v>
       </c>
       <c r="AM2" s="15" t="s">
         <v>26</v>
       </c>
       <c r="AN2" s="15" t="s">
         <v>27</v>
       </c>
       <c r="AO2" s="15" t="s">
         <v>28</v>
       </c>
       <c r="AP2" s="15" t="s">
+        <v>408</v>
+      </c>
+      <c r="AQ2" s="15" t="s">
+        <v>409</v>
+      </c>
+      <c r="AR2" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="AS2" s="15" t="s">
         <v>29</v>
-      </c>
-[...7 lines deleted...]
-        <v>51</v>
       </c>
       <c r="AT2" s="15" t="s">
         <v>30</v>
       </c>
       <c r="AU2" s="15" t="s">
         <v>31</v>
       </c>
       <c r="AV2" s="15" t="s">
         <v>32</v>
       </c>
       <c r="AW2" s="15" t="s">
+        <v>410</v>
+      </c>
+      <c r="AX2" s="15" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
       <c r="AY2" s="15" t="s">
         <v>34</v>
       </c>
       <c r="AZ2" s="15" t="s">
         <v>35</v>
       </c>
       <c r="BA2" s="15" t="s">
         <v>36</v>
       </c>
       <c r="BB2" s="15" t="s">
         <v>37</v>
       </c>
       <c r="BC2" s="15" t="s">
         <v>38</v>
       </c>
       <c r="BD2" s="15" t="s">
         <v>39</v>
       </c>
       <c r="BE2" s="15" t="s">
         <v>40</v>
       </c>
-      <c r="BF2" s="15" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
-    <row r="3" spans="2:59" ht="30" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:58" ht="30" x14ac:dyDescent="0.25">
       <c r="D3" s="5" t="s">
-        <v>391</v>
+        <v>383</v>
       </c>
       <c r="E3" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="H3" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="I3" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="J3" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="K3" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="L3" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="M3" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="N3" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="O3" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="F3" s="3" t="s">
+      <c r="P3" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="Q3" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="R3" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="S3" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="T3" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="U3" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="V3" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="W3" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="X3" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y3" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="Z3" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="AA3" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="G3" s="3" t="s">
-[...29 lines deleted...]
-      <c r="Q3" s="3" t="s">
+      <c r="AB3" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="AC3" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="AD3" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE3" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="AF3" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="AG3" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="AH3" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="AI3" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="AJ3" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="AK3" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="AL3" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="AM3" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="AN3" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="AO3" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="AP3" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="AQ3" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="AR3" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="AS3" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="AT3" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="AU3" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="AV3" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW3" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="AX3" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="AY3" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="AZ3" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="BA3" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="BB3" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="BC3" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="BD3" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="BE3" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="4" spans="2:58" ht="60" x14ac:dyDescent="0.25">
+      <c r="D4" s="5" t="s">
+        <v>384</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="J4" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="K4" s="15" t="s">
+        <v>399</v>
+      </c>
+      <c r="L4" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="M4" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="N4" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="O4" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="P4" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="Q4" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="R4" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="S4" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="T4" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="U4" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="V4" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="W4" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="X4" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="Y4" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="Z4" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="AA4" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="AB4" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="AC4" s="15" t="s">
+        <v>398</v>
+      </c>
+      <c r="AD4" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="AE4" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="AF4" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="AG4" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="AH4" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="AI4" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="AJ4" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="AK4" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="AL4" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="AM4" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="AN4" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="R3" s="3" t="s">
-[...208 lines deleted...]
-      <c r="AF4" s="3" t="s">
+      <c r="AO4" s="3" t="s">
         <v>116</v>
-      </c>
-[...25 lines deleted...]
-        <v>107</v>
       </c>
       <c r="AP4" s="3" t="s">
         <v>118</v>
       </c>
       <c r="AQ4" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="AR4" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="AS4" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="AT4" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="AU4" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="AV4" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="AW4" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="AX4" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="AY4" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="AZ4" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="BA4" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="BB4" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="AR4" s="3" t="s">
-[...2 lines deleted...]
-      <c r="AS4" s="3" t="s">
+      <c r="BC4" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="BD4" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="AT4" s="3" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="BE4" s="3" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="BF4" s="3" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="5" spans="2:58" ht="30" x14ac:dyDescent="0.25">
+      <c r="D5" s="5" t="s">
+        <v>385</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="H5" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="I5" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="J5" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="K5" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="L5" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="M5" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="N5" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="O5" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="P5" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="Q5" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="R5" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="S5" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="T5" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="U5" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="V5" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="W5" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="X5" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="Y5" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="Z5" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="AA5" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="AB5" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="AC5" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="AD5" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="AE5" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="AF5" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="AG5" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="AH5" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="AI5" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="AJ5" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="AK5" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="AL5" s="3" t="s">
         <v>158</v>
       </c>
+      <c r="AM5" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="AN5" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="AO5" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="AP5" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="AQ5" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="AR5" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="AS5" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="AT5" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="AU5" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="AV5" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="AW5" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="AX5" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="AY5" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="AZ5" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="BA5" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="BB5" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="BC5" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="BD5" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="BE5" s="3" t="s">
+        <v>208</v>
+      </c>
     </row>
-    <row r="5" spans="2:59" ht="30" x14ac:dyDescent="0.25">
-[...39 lines deleted...]
-      <c r="Q5" s="3" t="s">
+    <row r="6" spans="2:58" x14ac:dyDescent="0.25">
+      <c r="D6" s="5" t="s">
+        <v>386</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="H6" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="I6" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="J6" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="K6" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="L6" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="M6" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="N6" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="O6" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="P6" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="Q6" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="R6" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="S6" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="T6" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="U6" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="V6" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="W6" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="X6" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="Y6" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="Z6" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="AA6" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="AB6" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="AC6" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="AD6" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="AE6" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="AF6" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="AG6" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="AH6" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="AI6" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="AJ6" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="AK6" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="AL6" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="R5" s="3" t="s">
-[...2 lines deleted...]
-      <c r="S5" s="3" t="s">
+      <c r="AM6" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="T5" s="3" t="s">
+      <c r="AN6" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="U5" s="3" t="s">
-[...111 lines deleted...]
-        <v>212</v>
+      <c r="AO6" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="AP6" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="AQ6" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="AR6" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="AS6" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="AT6" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="AU6" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="AV6" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="AW6" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="AX6" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="AY6" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="AZ6" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="BA6" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="BB6" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="BC6" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="BD6" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="BE6" s="3" t="s">
+        <v>261</v>
       </c>
     </row>
-    <row r="6" spans="2:59" x14ac:dyDescent="0.25">
-      <c r="D6" s="5" t="s">
+    <row r="7" spans="2:58" ht="30" x14ac:dyDescent="0.25">
+      <c r="D7" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="H7" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="I7" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="J7" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="K7" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="L7" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="M7" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="N7" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="O7" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="P7" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="Q7" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="R7" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="S7" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="T7" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="U7" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="V7" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="W7" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="X7" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="Y7" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="Z7" s="20" t="s">
+        <v>304</v>
+      </c>
+      <c r="AA7" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="AB7" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="AC7" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="AD7" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="AE7" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="AF7" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="AG7" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="AH7" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="AI7" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="AJ7" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="AK7" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="AL7" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="AM7" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="AN7" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="AO7" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="AP7" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="AQ7" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="AR7" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="AS7" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="AT7" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="AU7" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="AV7" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="AW7" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="AX7" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="AY7" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="AZ7" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="BA7" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="BB7" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="BC7" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="BD7" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="BE7" s="3" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="8" spans="2:58" x14ac:dyDescent="0.25">
+      <c r="D8" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="H8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="I8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="J8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="K8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="L8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="M8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="N8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="O8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="P8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="Q8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="R8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="S8" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="T8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="U8" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="V8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="W8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="X8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="Y8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="Z8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="AA8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="AB8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="AC8" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="AD8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="AE8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="AF8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="AG8" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="AH8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="AI8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="AJ8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="AK8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="AL8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="AM8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="AN8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="AO8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="AP8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="AQ8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="AR8" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="AS8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="AT8" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="AU8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="AV8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="AW8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="AX8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="AY8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="AZ8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="BA8" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="BB8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="BC8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="BD8" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="BE8" s="3" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="9" spans="2:58" ht="240" x14ac:dyDescent="0.25">
+      <c r="D9" s="5" t="s">
+        <v>389</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="H9" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="I9" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="J9" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="K9" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="L9" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="M9" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="N9" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="O9" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="P9" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="Q9" s="3" t="s">
         <v>394</v>
       </c>
-      <c r="E6" s="3" t="s">
-[...208 lines deleted...]
-      <c r="S7" s="3" t="s">
+      <c r="R9" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="S9" s="3" t="s">
         <v>318</v>
       </c>
-      <c r="T7" s="3" t="s">
-[...121 lines deleted...]
-      <c r="E8" s="3" t="s">
+      <c r="T9" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="U9" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="V9" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="W9" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="X9" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="Y9" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="Z9" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="AA9" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="AB9" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="AC9" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="AD9" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="AE9" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="AF9" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="AG9" s="3" t="s">
         <v>322</v>
       </c>
-      <c r="F8" s="3" t="s">
-[...249 lines deleted...]
-      </c>
       <c r="AH9" s="3" t="s">
-        <v>328</v>
+        <v>315</v>
       </c>
       <c r="AI9" s="3" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="AJ9" s="3" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="AK9" s="3" t="s">
         <v>321</v>
       </c>
       <c r="AL9" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="AM9" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="AN9" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="AO9" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="AP9" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="AQ9" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="AR9" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="AS9" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="AT9" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="AU9" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="AV9" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="AW9" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="AX9" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="AY9" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="AZ9" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="BA9" s="3" t="s">
         <v>327</v>
       </c>
-      <c r="AM9" s="3" t="s">
+      <c r="BB9" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="BC9" s="3" t="s">
         <v>326</v>
       </c>
-      <c r="AN9" s="3" t="s">
-[...17 lines deleted...]
-      <c r="AT9" s="3" t="s">
+      <c r="BD9" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="BE9" s="3" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="10" spans="2:58" ht="255" x14ac:dyDescent="0.25">
+      <c r="D10" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="F10" s="24" t="s">
+        <v>414</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="H10" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="I10" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="J10" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="K10" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="L10" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="M10" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="N10" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="O10" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="P10" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="Q10" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="R10" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="S10" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="T10" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="U10" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="V10" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="W10" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="X10" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="Y10" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="Z10" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="AA10" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="AB10" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="AC10" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="AD10" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="AE10" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="AF10" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="AG10" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="AH10" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="AI10" s="24" t="s">
+        <v>343</v>
+      </c>
+      <c r="AJ10" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="AK10" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="AL10" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="AM10" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="AN10" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="AO10" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="AP10" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="AQ10" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="AR10" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="AS10" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="AT10" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="AU10" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="AV10" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="AW10" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="AX10" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="AY10" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="AZ10" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="BA10" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="BB10" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="BC10" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="BD10" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="BE10" s="3" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="11" spans="2:58" s="21" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="D11" s="6" t="s">
+        <v>391</v>
+      </c>
+      <c r="E11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="F11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="G11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="H11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="I11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="J11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="K11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="L11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="M11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="N11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="O11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="P11" s="26" t="s">
         <v>403</v>
       </c>
-      <c r="AU9" s="3" t="s">
-[...33 lines deleted...]
-        <v>349</v>
+      <c r="Q11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="R11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="S11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="T11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="U11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="V11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="W11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="X11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="Y11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="Z11" s="2" t="s">
+        <v>403</v>
+      </c>
+      <c r="AA11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="AB11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="AC11" s="23" t="s">
+        <v>411</v>
+      </c>
+      <c r="AD11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="AE11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="AF11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="AG11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="AH11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="AI11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="AJ11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="AK11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="AL11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="AM11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="AN11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="AO11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="AP11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="AQ11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="AR11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="AS11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="AT11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="AU11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="AV11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="AW11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="AX11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="AY11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="AZ11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="BA11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="BB11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="BC11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="BD11" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="BE11" s="22" t="s">
+        <v>392</v>
       </c>
     </row>
-    <row r="10" spans="2:59" ht="255" x14ac:dyDescent="0.25">
-[...163 lines deleted...]
-        <v>388</v>
+    <row r="12" spans="2:58" x14ac:dyDescent="0.25">
+      <c r="B12" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="C12" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D12" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="E12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="I12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="J12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="L12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="O12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="R12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="S12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="T12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="U12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="V12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="W12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="X12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="Y12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="Z12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="AA12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="AC12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="AD12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="AE12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="AF12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="AG12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="AH12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="AI12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="AJ12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="AK12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="AL12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="AM12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="AN12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="AO12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="AP12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="AQ12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="AR12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="AS12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="AT12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="AU12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="AV12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="AW12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="AX12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="AY12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="AZ12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="BA12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="BB12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="BC12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="BD12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="BE12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="BF12" s="1" t="s">
+        <v>0</v>
       </c>
     </row>
-    <row r="11" spans="2:59" s="21" customFormat="1" ht="75" x14ac:dyDescent="0.25">
-[...176 lines deleted...]
-      <c r="E12" s="4" t="s">
+    <row r="13" spans="2:58" ht="30" x14ac:dyDescent="0.25">
+      <c r="B13" s="9" t="s">
         <v>45</v>
       </c>
-      <c r="F12" s="4" t="s">
-[...163 lines deleted...]
-      <c r="B13" s="9" t="s">
+      <c r="C13" s="10" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="D13" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E13" s="12">
         <v>0</v>
       </c>
       <c r="F13" s="12">
         <v>0.05</v>
       </c>
       <c r="G13" s="12">
         <v>0</v>
       </c>
       <c r="H13" s="12">
         <v>0</v>
       </c>
       <c r="I13" s="12">
         <v>0</v>
       </c>
       <c r="J13" s="12">
         <v>0</v>
       </c>
       <c r="K13" s="12">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="L13" s="12">
+        <v>0.05</v>
+      </c>
+      <c r="M13" s="12">
+        <v>0.15</v>
+      </c>
+      <c r="N13" s="14" t="s">
+        <v>47</v>
+      </c>
+      <c r="O13" s="14" t="s">
+        <v>47</v>
+      </c>
+      <c r="P13" s="12">
+        <v>0</v>
+      </c>
+      <c r="Q13" s="12">
+        <v>0</v>
+      </c>
+      <c r="R13" s="12">
+        <v>0.2</v>
+      </c>
+      <c r="S13" s="12">
+        <v>0</v>
+      </c>
+      <c r="T13" s="12">
+        <v>0</v>
+      </c>
+      <c r="U13" s="12">
+        <v>0.04</v>
+      </c>
+      <c r="V13" s="12">
+        <v>0</v>
+      </c>
+      <c r="W13" s="12">
+        <v>0.2</v>
+      </c>
+      <c r="X13" s="12">
+        <v>0</v>
+      </c>
+      <c r="Y13" s="12">
+        <v>0.05</v>
+      </c>
+      <c r="Z13" s="12">
+        <v>0</v>
+      </c>
+      <c r="AA13" s="12">
+        <v>0.02</v>
+      </c>
+      <c r="AB13" s="14" t="s">
+        <v>47</v>
+      </c>
+      <c r="AC13" s="12">
+        <v>0</v>
+      </c>
+      <c r="AD13" s="12">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="AE13" s="14" t="s">
+        <v>47</v>
+      </c>
+      <c r="AF13" s="12">
+        <v>0</v>
+      </c>
+      <c r="AG13" s="12">
+        <v>0</v>
+      </c>
+      <c r="AH13" s="12">
         <v>0.1</v>
       </c>
-      <c r="M13" s="12">
+      <c r="AI13" s="12">
+        <v>0</v>
+      </c>
+      <c r="AJ13" s="12">
+        <v>0</v>
+      </c>
+      <c r="AK13" s="12">
+        <v>0</v>
+      </c>
+      <c r="AL13" s="12">
+        <v>0.2</v>
+      </c>
+      <c r="AM13" s="12">
+        <v>0</v>
+      </c>
+      <c r="AN13" s="12">
+        <v>0</v>
+      </c>
+      <c r="AO13" s="12">
+        <v>0</v>
+      </c>
+      <c r="AP13" s="12">
         <v>0.05</v>
       </c>
-      <c r="N13" s="12">
+      <c r="AQ13" s="12">
         <v>0.15</v>
       </c>
-      <c r="O13" s="14" t="s">
-[...11 lines deleted...]
-      <c r="S13" s="12">
+      <c r="AR13" s="12">
+        <v>0.1</v>
+      </c>
+      <c r="AS13" s="12">
         <v>0.2</v>
       </c>
-      <c r="T13" s="12">
-[...44 lines deleted...]
-      <c r="AI13" s="12">
+      <c r="AT13" s="12">
+        <v>0</v>
+      </c>
+      <c r="AU13" s="12">
+        <v>0</v>
+      </c>
+      <c r="AV13" s="12">
+        <v>0</v>
+      </c>
+      <c r="AW13" s="12">
         <v>0.1</v>
       </c>
-      <c r="AJ13" s="12">
-[...26 lines deleted...]
-      <c r="AS13" s="12">
+      <c r="AX13" s="12">
+        <v>0</v>
+      </c>
+      <c r="AY13" s="12">
+        <v>0</v>
+      </c>
+      <c r="AZ13" s="12">
         <v>0.1</v>
       </c>
-      <c r="AT13" s="12">
-[...21 lines deleted...]
-        <v>0.1</v>
+      <c r="BA13" s="14" t="s">
+        <v>47</v>
       </c>
       <c r="BB13" s="14" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>47</v>
+      </c>
+      <c r="BC13" s="12">
+        <v>0</v>
       </c>
       <c r="BD13" s="12">
         <v>0</v>
       </c>
       <c r="BE13" s="12">
         <v>0</v>
       </c>
-      <c r="BF13" s="12">
-[...1 lines deleted...]
-      </c>
     </row>
-    <row r="14" spans="2:59" ht="45" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:58" ht="45" x14ac:dyDescent="0.25">
       <c r="B14" s="9"/>
       <c r="C14" s="13" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="D14" s="7"/>
       <c r="E14" s="16" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="F14" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="G14" s="16" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="H14" s="16" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="I14" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="J14" s="16" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="K14" s="16" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="L14" s="16" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="M14" s="16" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="N14" s="16" t="s">
-        <v>321</v>
+        <v>0</v>
       </c>
       <c r="O14" s="16" t="s">
-        <v>0</v>
+        <v>316</v>
       </c>
       <c r="P14" s="16" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="Q14" s="16" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="R14" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="S14" s="16" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="T14" s="16" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="U14" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="V14" s="16" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="W14" s="16" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="X14" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="Y14" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="Z14" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="AA14" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="AB14" s="16" t="s">
-        <v>322</v>
+        <v>0</v>
       </c>
       <c r="AC14" s="16" t="s">
-        <v>0</v>
+        <v>315</v>
       </c>
       <c r="AD14" s="16" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="AE14" s="16" t="s">
-        <v>322</v>
+        <v>0</v>
       </c>
       <c r="AF14" s="16" t="s">
-        <v>0</v>
+        <v>315</v>
       </c>
       <c r="AG14" s="16" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="AH14" s="16" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="AI14" s="16" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="AJ14" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="AK14" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="AL14" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="AM14" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="AN14" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="AO14" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="AP14" s="16" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="AQ14" s="16" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="AR14" s="16" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="AS14" s="16" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="AT14" s="16" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="AU14" s="16" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="AV14" s="16" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="AW14" s="16" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="AX14" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="AY14" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="AZ14" s="16" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="BA14" s="16" t="s">
-        <v>321</v>
+        <v>0</v>
       </c>
       <c r="BB14" s="16" t="s">
         <v>0</v>
       </c>
       <c r="BC14" s="16" t="s">
-        <v>0</v>
+        <v>315</v>
       </c>
       <c r="BD14" s="16" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="BE14" s="16" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>316</v>
       </c>
     </row>
-    <row r="15" spans="2:59" ht="30" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:58" ht="30" x14ac:dyDescent="0.25">
       <c r="B15" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="C15" s="10" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="D15" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E15" s="12">
         <v>0</v>
       </c>
       <c r="F15" s="12">
         <v>0.05</v>
       </c>
       <c r="G15" s="12">
         <v>0</v>
       </c>
       <c r="H15" s="12">
         <v>0</v>
       </c>
       <c r="I15" s="12">
         <v>0</v>
       </c>
       <c r="J15" s="12">
         <v>0</v>
       </c>
       <c r="K15" s="12">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="L15" s="12">
+        <v>0.05</v>
+      </c>
+      <c r="M15" s="14" t="s">
+        <v>47</v>
+      </c>
+      <c r="N15" s="12">
+        <v>0</v>
+      </c>
+      <c r="O15" s="12">
+        <v>0</v>
+      </c>
+      <c r="P15" s="12">
+        <v>0</v>
+      </c>
+      <c r="Q15" s="12">
+        <v>0</v>
+      </c>
+      <c r="R15" s="12">
+        <v>0.2</v>
+      </c>
+      <c r="S15" s="12">
+        <v>0</v>
+      </c>
+      <c r="T15" s="12">
+        <v>0</v>
+      </c>
+      <c r="U15" s="12">
+        <v>8.3400000000000002E-2</v>
+      </c>
+      <c r="V15" s="12">
+        <v>0</v>
+      </c>
+      <c r="W15" s="12">
+        <v>0.2</v>
+      </c>
+      <c r="X15" s="12">
+        <v>0</v>
+      </c>
+      <c r="Y15" s="12">
+        <v>0.05</v>
+      </c>
+      <c r="Z15" s="12">
+        <v>0</v>
+      </c>
+      <c r="AA15" s="14" t="s">
+        <v>47</v>
+      </c>
+      <c r="AB15" s="12">
+        <v>2.7E-2</v>
+      </c>
+      <c r="AC15" s="12">
+        <v>0</v>
+      </c>
+      <c r="AD15" s="12">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="AE15" s="12">
+        <v>0.5</v>
+      </c>
+      <c r="AF15" s="12">
+        <v>0</v>
+      </c>
+      <c r="AG15" s="12">
+        <v>0</v>
+      </c>
+      <c r="AH15" s="12">
+        <v>0.05</v>
+      </c>
+      <c r="AI15" s="12">
+        <v>0</v>
+      </c>
+      <c r="AJ15" s="12">
+        <v>0</v>
+      </c>
+      <c r="AK15" s="14" t="s">
+        <v>47</v>
+      </c>
+      <c r="AL15" s="12">
+        <v>0.2</v>
+      </c>
+      <c r="AM15" s="14" t="s">
+        <v>47</v>
+      </c>
+      <c r="AN15" s="12">
+        <v>0</v>
+      </c>
+      <c r="AO15" s="12">
+        <v>0</v>
+      </c>
+      <c r="AP15" s="14" t="s">
+        <v>47</v>
+      </c>
+      <c r="AQ15" s="12">
+        <v>0.15</v>
+      </c>
+      <c r="AR15" s="12">
         <v>0.1</v>
       </c>
-      <c r="M15" s="12">
-[...17 lines deleted...]
-      <c r="S15" s="12">
+      <c r="AS15" s="12">
+        <v>0</v>
+      </c>
+      <c r="AT15" s="12">
+        <v>0</v>
+      </c>
+      <c r="AU15" s="12">
+        <v>0</v>
+      </c>
+      <c r="AV15" s="12">
+        <v>0</v>
+      </c>
+      <c r="AW15" s="12">
+        <v>0.1</v>
+      </c>
+      <c r="AX15" s="12">
+        <v>0</v>
+      </c>
+      <c r="AY15" s="12">
+        <v>0</v>
+      </c>
+      <c r="AZ15" s="12">
+        <v>0.1</v>
+      </c>
+      <c r="BA15" s="12">
+        <v>0.01</v>
+      </c>
+      <c r="BB15" s="12">
         <v>0.2</v>
       </c>
-      <c r="T15" s="12">
-[...74 lines deleted...]
-      <c r="AS15" s="12">
+      <c r="BC15" s="12">
         <v>0.1</v>
       </c>
-      <c r="AT15" s="12">
-[...28 lines deleted...]
-      </c>
       <c r="BD15" s="12">
-        <v>0.1</v>
+        <v>0</v>
       </c>
       <c r="BE15" s="12">
         <v>0</v>
       </c>
-      <c r="BF15" s="12">
-[...1 lines deleted...]
-      </c>
     </row>
-    <row r="16" spans="2:59" ht="45" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:58" ht="45" x14ac:dyDescent="0.25">
       <c r="B16" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C16" s="13" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="D16" s="11" t="s">
         <v>0</v>
       </c>
       <c r="E16" s="16" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="F16" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="G16" s="16" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="H16" s="16" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="I16" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="J16" s="16" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="K16" s="16" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="L16" s="16" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="M16" s="16" t="s">
-        <v>321</v>
+        <v>0</v>
       </c>
       <c r="N16" s="16" t="s">
-        <v>0</v>
+        <v>315</v>
       </c>
       <c r="O16" s="16" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="P16" s="16" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="Q16" s="16" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="R16" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="S16" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="T16" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="U16" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="V16" s="16" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="W16" s="16" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="X16" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="Y16" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="Z16" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="AA16" s="16" t="s">
-        <v>322</v>
+        <v>0</v>
       </c>
       <c r="AB16" s="16" t="s">
-        <v>0</v>
+        <v>316</v>
       </c>
       <c r="AC16" s="16" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="AD16" s="16" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="AE16" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="AF16" s="16" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="AG16" s="16" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="AH16" s="16" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="AI16" s="16" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="AJ16" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="AK16" s="16" t="s">
-        <v>322</v>
+        <v>0</v>
       </c>
       <c r="AL16" s="16" t="s">
-        <v>0</v>
+        <v>316</v>
       </c>
       <c r="AM16" s="16" t="s">
-        <v>322</v>
+        <v>0</v>
       </c>
       <c r="AN16" s="16" t="s">
-        <v>0</v>
+        <v>316</v>
       </c>
       <c r="AO16" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="AP16" s="16" t="s">
-        <v>322</v>
+        <v>0</v>
       </c>
       <c r="AQ16" s="16" t="s">
-        <v>0</v>
+        <v>315</v>
       </c>
       <c r="AR16" s="16" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="AS16" s="16" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="AT16" s="16" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="AU16" s="16" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="AV16" s="16" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="AW16" s="16" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="AX16" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="AY16" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="AZ16" s="16" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="BA16" s="16" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="BB16" s="16" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="BC16" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="BD16" s="16" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="BE16" s="16" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>316</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:BF16">
-    <sortCondition ref="E2:BF2"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:BE16">
+    <sortCondition ref="E2:BE2"/>
   </sortState>
   <hyperlinks>
-    <hyperlink ref="AA7" r:id="rId1" xr:uid="{DAAE0D7B-617F-4C21-AFB6-FFCEF100890F}"/>
+    <hyperlink ref="Z7" r:id="rId1" xr:uid="{DAAE0D7B-617F-4C21-AFB6-FFCEF100890F}"/>
     <hyperlink ref="E11" r:id="rId2" xr:uid="{34A16660-B4F4-40CE-AB2B-F102D52ACB20}"/>
     <hyperlink ref="F11" r:id="rId3" xr:uid="{1BC4A918-0424-4721-BE87-91A7E11B086D}"/>
-    <hyperlink ref="G11" r:id="rId4" xr:uid="{25947168-67CD-463E-801B-3029835DCB6B}"/>
-[...48 lines deleted...]
-    <hyperlink ref="BF11" r:id="rId53" xr:uid="{7EC43559-6575-42AA-B533-7BE9C7A7D1B5}"/>
+    <hyperlink ref="G11" r:id="rId4" xr:uid="{CD936ECC-6B13-4039-B3E2-B6C19C9114BB}"/>
+    <hyperlink ref="H11" r:id="rId5" xr:uid="{2C6D996D-B20F-48AE-92BB-1424C0E23E82}"/>
+    <hyperlink ref="I11" r:id="rId6" xr:uid="{400C1784-ED1E-4E09-A5BD-9DD78B160903}"/>
+    <hyperlink ref="J11" r:id="rId7" xr:uid="{4D3A49D8-7FF5-4857-BDCC-E6C34B4B2F41}"/>
+    <hyperlink ref="K11" r:id="rId8" xr:uid="{02B51852-94B8-4D70-B809-F68180A7D490}"/>
+    <hyperlink ref="L11" r:id="rId9" xr:uid="{E4F3E698-01D9-4CB5-8EC0-34910607B006}"/>
+    <hyperlink ref="M11" r:id="rId10" xr:uid="{3AD50E6D-6592-4F4A-BA8A-9A016D663FE7}"/>
+    <hyperlink ref="N11" r:id="rId11" xr:uid="{2441CBD8-D256-4F92-AFA0-EAC79FC4143E}"/>
+    <hyperlink ref="O11" r:id="rId12" xr:uid="{76F7BCD7-3547-4F80-BF82-DC764424A252}"/>
+    <hyperlink ref="Q11" r:id="rId13" xr:uid="{F1C7E116-E824-45D4-904F-F4E9BA7062B6}"/>
+    <hyperlink ref="R11" r:id="rId14" xr:uid="{5A928F9B-46E1-46BC-B0B1-E17B6AC779E9}"/>
+    <hyperlink ref="S11" r:id="rId15" xr:uid="{240B57FF-5E21-48AF-98CE-222DEC99F2F3}"/>
+    <hyperlink ref="T11" r:id="rId16" xr:uid="{363B7E7D-8F93-45B6-B71C-39FEEB5B6046}"/>
+    <hyperlink ref="U11" r:id="rId17" xr:uid="{A5E0A05F-26D0-4338-A497-9E8B6CAF6B1F}"/>
+    <hyperlink ref="V11" r:id="rId18" xr:uid="{E92384BC-25B4-44E6-AC92-F72E8B6D714B}"/>
+    <hyperlink ref="W11" r:id="rId19" xr:uid="{9B0D398F-DD06-40D0-97CA-224D943A1F93}"/>
+    <hyperlink ref="X11" r:id="rId20" xr:uid="{73A09C27-17AF-43D9-89D8-FCDCAB576589}"/>
+    <hyperlink ref="Y11" r:id="rId21" xr:uid="{74435245-206C-40D5-AC79-109E1C202B5A}"/>
+    <hyperlink ref="AA11" r:id="rId22" xr:uid="{AFDFEA70-FC79-4325-8BAB-3F76538B8D9C}"/>
+    <hyperlink ref="AB11" r:id="rId23" xr:uid="{D48B8AC7-FC8A-404E-B1CA-1D127DD109DB}"/>
+    <hyperlink ref="AC11" r:id="rId24" display="Price Link (vendor can be used instructional use only, such as for career and technical education training, supplies, and equipment)." xr:uid="{A5AA6B38-1138-4462-A387-F9A7D85B8027}"/>
+    <hyperlink ref="AD11" r:id="rId25" xr:uid="{48B7BF38-B213-48EE-BA00-51D767CE5228}"/>
+    <hyperlink ref="AE11" r:id="rId26" xr:uid="{F09FB6F5-8A7E-4467-B9E4-EA65A64934ED}"/>
+    <hyperlink ref="AF11" r:id="rId27" xr:uid="{7E3FE918-697F-4E5A-BFF3-AA1B99002F92}"/>
+    <hyperlink ref="AG11" r:id="rId28" xr:uid="{B63D1518-06A9-4756-9F5D-2AD0AA5DD3E2}"/>
+    <hyperlink ref="AH11" r:id="rId29" xr:uid="{25BB8D6D-C8F1-4364-8E63-65EA484A1EBB}"/>
+    <hyperlink ref="AI11" r:id="rId30" xr:uid="{44E1A64F-C350-434E-AA8F-1D7F4C07384B}"/>
+    <hyperlink ref="AJ11" r:id="rId31" xr:uid="{6E7D0ED0-053C-4B8E-B9E2-7976BA1363CD}"/>
+    <hyperlink ref="AK11" r:id="rId32" xr:uid="{C4A0561E-02A6-4CD8-8563-3FAC1A0AF499}"/>
+    <hyperlink ref="AL11" r:id="rId33" xr:uid="{4D2577A5-5DB6-4F9B-86DD-ED7AAF71084C}"/>
+    <hyperlink ref="AM11" r:id="rId34" xr:uid="{78BF0438-D385-4EBF-B081-25F6774ADCC5}"/>
+    <hyperlink ref="AN11" r:id="rId35" xr:uid="{0FD12E52-5C98-40C2-A40A-D55D33926412}"/>
+    <hyperlink ref="AO11" r:id="rId36" xr:uid="{60ABC408-90AB-422F-A591-C5DEC2C39F29}"/>
+    <hyperlink ref="AP11" r:id="rId37" xr:uid="{212F49F3-A7AB-41F2-8010-CBE7CA9AAD39}"/>
+    <hyperlink ref="AQ11" r:id="rId38" xr:uid="{37B0AD16-B69A-415F-B895-ED1CF77D74DC}"/>
+    <hyperlink ref="AR11" r:id="rId39" xr:uid="{D29FB466-5C23-4FA8-B03F-D0FAF0EA6DB7}"/>
+    <hyperlink ref="AS11" r:id="rId40" xr:uid="{AE199395-D6D0-42B4-BD02-DA080EF3F516}"/>
+    <hyperlink ref="AT11" r:id="rId41" xr:uid="{697E8E99-8413-4058-9E26-52C2596435D6}"/>
+    <hyperlink ref="AU11" r:id="rId42" xr:uid="{07FF1DCE-61AE-4C8B-994C-BCE777667247}"/>
+    <hyperlink ref="AV11" r:id="rId43" xr:uid="{2EB91563-D19B-4D75-BD55-3A3454E10356}"/>
+    <hyperlink ref="AW11" r:id="rId44" xr:uid="{670370F2-D592-4DA1-89DC-78265F85DA73}"/>
+    <hyperlink ref="AX11" r:id="rId45" xr:uid="{7E2F7FC7-33F9-4B24-ACBD-DC49BF11D7EC}"/>
+    <hyperlink ref="AY11" r:id="rId46" xr:uid="{AF36AA03-6DF8-43CB-9DC5-60D344E03EAA}"/>
+    <hyperlink ref="AZ11" r:id="rId47" xr:uid="{091D7EB3-0BF4-48E8-9649-FB0E2143C13F}"/>
+    <hyperlink ref="BA11" r:id="rId48" xr:uid="{D434B41D-B4BF-4DEF-965D-229305361467}"/>
+    <hyperlink ref="BB11" r:id="rId49" xr:uid="{9D111867-C4CE-4775-BB1B-84F2DCFF0D55}"/>
+    <hyperlink ref="BC11" r:id="rId50" xr:uid="{52C761A2-2BB0-4DAF-94BF-E67C329D1804}"/>
+    <hyperlink ref="BD11" r:id="rId51" xr:uid="{4BD6A6EB-B904-4B26-9DDE-5E7128C7F08A}"/>
+    <hyperlink ref="BE11" r:id="rId52" xr:uid="{7EC43559-6575-42AA-B533-7BE9C7A7D1B5}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
-  <pageSetup orientation="landscape" r:id="rId54"/>
+  <pageSetup orientation="landscape" r:id="rId53"/>
   <headerFooter>
     <oddFooter>&amp;R26-7543 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>