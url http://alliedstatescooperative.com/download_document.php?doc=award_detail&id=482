--- v1 (2026-01-30)
+++ v2 (2026-03-18)
@@ -1,83 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2026\26-7543 Consulting, Instructional, and Training Resources\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BC2C54BE-F996-429E-BA07-C7163A4BBF40}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F8260FFE-5F86-4319-80D9-F285B4CC1B15}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="726" uniqueCount="417">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="727" uniqueCount="418">
   <si>
     <t/>
   </si>
   <si>
     <t>915 Gypsy LLC</t>
   </si>
   <si>
     <t>Alliance for a Healthier Generation</t>
   </si>
   <si>
     <t>Always Food Safe (The Always Food Safe Company)</t>
   </si>
   <si>
     <t>Assessment Intervention Management, LLC</t>
   </si>
   <si>
     <t>Aztec Software, LLC</t>
   </si>
   <si>
     <t>Baxter Educational (Jamie Goodwin)</t>
   </si>
   <si>
     <t>Blu Avo Group LLC</t>
   </si>
   <si>
@@ -797,53 +797,50 @@
   <si>
     <t>(915) 231-0311</t>
   </si>
   <si>
     <t>(260) 341-3630</t>
   </si>
   <si>
     <t>(210) 767-3043</t>
   </si>
   <si>
     <t>(512) 567-9637</t>
   </si>
   <si>
     <t>(214) 802-0964</t>
   </si>
   <si>
     <t>(678) 587-5331</t>
   </si>
   <si>
     <t>(518) 461-3546</t>
   </si>
   <si>
     <t>(832) 538-2500</t>
   </si>
   <si>
-    <t>(936) 522-8491</t>
-[...1 lines deleted...]
-  <si>
     <t>(616) 952-8542</t>
   </si>
   <si>
     <t>(619) 405-9973</t>
   </si>
   <si>
     <t>(800) 933-1933</t>
   </si>
   <si>
     <t>(832) 713-0296</t>
   </si>
   <si>
     <t>(312) 763-9491</t>
   </si>
   <si>
     <t>(214) 433-6954</t>
   </si>
   <si>
     <t>(915) 888-1062</t>
   </si>
   <si>
     <t>HTTP://purpleappl-ed.com</t>
   </si>
   <si>
     <t>http://www.penders.com</t>
@@ -1284,141 +1281,168 @@
     <t>Rescue Simulation Products (Rescue Safety Products, LLC)</t>
   </si>
   <si>
     <t>Robert Tinajero (Dr. Robert Tinajero, LLC)</t>
   </si>
   <si>
     <t>Texas EdTech Review (Francisca Garcia)</t>
   </si>
   <si>
     <t>Price Link (can be used for instructional use only, such as for career and technical education training, supplies, and equipment).</t>
   </si>
   <si>
     <t>All 50 states (including Washington, D.C.)</t>
   </si>
   <si>
     <t>Coaching Excellence in Organization</t>
   </si>
   <si>
     <t xml:space="preserve">El Paso City and County </t>
   </si>
   <si>
     <t>*updated 12/17/25</t>
   </si>
   <si>
     <t>*updated 1/16/26</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>(936) 522-8491</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve"> 832-844-8023</t>
+    </r>
+  </si>
+  <si>
+    <t>*updated 2/26/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <strike/>
+      <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="27">
+  <cellXfs count="28">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
@@ -1452,50 +1476,53 @@
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{37C81E97-EFFB-457C-8DCF-3AB412FC8D37}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
@@ -1823,248 +1850,251 @@
   <dimension ref="B1:BF16"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" customWidth="1"/>
     <col min="2" max="2" width="8" customWidth="1"/>
     <col min="3" max="3" width="36" customWidth="1"/>
     <col min="4" max="4" width="6" customWidth="1"/>
     <col min="5" max="57" width="30.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:58" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="F1" s="18"/>
       <c r="G1" s="17"/>
       <c r="H1" s="17"/>
       <c r="I1" s="18"/>
       <c r="J1" s="18"/>
       <c r="K1" s="2" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="L1" s="17"/>
       <c r="N1" s="18"/>
       <c r="O1" s="19"/>
       <c r="P1" s="25"/>
       <c r="Q1" s="18"/>
       <c r="S1" s="18"/>
       <c r="T1" s="18"/>
+      <c r="W1" s="27" t="s">
+        <v>417</v>
+      </c>
       <c r="X1" s="18"/>
       <c r="Y1" s="2" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="Z1" s="18"/>
       <c r="AB1" s="17"/>
       <c r="AF1" s="18"/>
       <c r="AH1" s="17"/>
       <c r="AI1" s="17"/>
       <c r="AJ1" s="18"/>
       <c r="AL1" s="18"/>
       <c r="AM1" s="19"/>
       <c r="AN1" s="18"/>
       <c r="AO1" s="18"/>
       <c r="AS1" s="17"/>
       <c r="AT1" s="17"/>
       <c r="AX1" s="18"/>
       <c r="AZ1" s="17"/>
       <c r="BC1" s="18"/>
       <c r="BD1" s="17"/>
       <c r="BE1" s="18"/>
     </row>
     <row r="2" spans="2:58" ht="45" x14ac:dyDescent="0.25">
       <c r="D2" s="5" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="E2" s="15" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="F2" s="15" t="s">
         <v>1</v>
       </c>
       <c r="G2" s="15" t="s">
         <v>2</v>
       </c>
       <c r="H2" s="15" t="s">
         <v>3</v>
       </c>
       <c r="I2" s="15" t="s">
         <v>4</v>
       </c>
       <c r="J2" s="15" t="s">
         <v>5</v>
       </c>
       <c r="K2" s="15" t="s">
         <v>6</v>
       </c>
       <c r="L2" s="15" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="M2" s="15" t="s">
         <v>7</v>
       </c>
       <c r="N2" s="15" t="s">
         <v>8</v>
       </c>
       <c r="O2" s="15" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="P2" s="15" t="s">
         <v>9</v>
       </c>
       <c r="Q2" s="15" t="s">
         <v>10</v>
       </c>
       <c r="R2" s="15" t="s">
         <v>11</v>
       </c>
       <c r="S2" s="24" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="T2" s="15" t="s">
         <v>12</v>
       </c>
       <c r="U2" s="15" t="s">
         <v>13</v>
       </c>
       <c r="V2" s="15" t="s">
         <v>51</v>
       </c>
       <c r="W2" s="15" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="X2" s="15" t="s">
         <v>14</v>
       </c>
       <c r="Y2" s="15" t="s">
         <v>15</v>
       </c>
       <c r="Z2" s="15" t="s">
         <v>16</v>
       </c>
       <c r="AA2" s="15" t="s">
         <v>17</v>
       </c>
       <c r="AB2" s="15" t="s">
         <v>18</v>
       </c>
       <c r="AC2" s="15" t="s">
         <v>19</v>
       </c>
       <c r="AD2" s="15" t="s">
         <v>20</v>
       </c>
       <c r="AE2" s="15" t="s">
+        <v>404</v>
+      </c>
+      <c r="AF2" s="15" t="s">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
       <c r="AG2" s="15" t="s">
         <v>21</v>
       </c>
       <c r="AH2" s="15" t="s">
         <v>22</v>
       </c>
       <c r="AI2" s="15" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="AJ2" s="15" t="s">
         <v>23</v>
       </c>
       <c r="AK2" s="15" t="s">
         <v>24</v>
       </c>
       <c r="AL2" s="15" t="s">
         <v>25</v>
       </c>
       <c r="AM2" s="15" t="s">
         <v>26</v>
       </c>
       <c r="AN2" s="15" t="s">
         <v>27</v>
       </c>
       <c r="AO2" s="15" t="s">
         <v>28</v>
       </c>
       <c r="AP2" s="15" t="s">
+        <v>407</v>
+      </c>
+      <c r="AQ2" s="15" t="s">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
       <c r="AR2" s="15" t="s">
         <v>50</v>
       </c>
       <c r="AS2" s="15" t="s">
         <v>29</v>
       </c>
       <c r="AT2" s="15" t="s">
         <v>30</v>
       </c>
       <c r="AU2" s="15" t="s">
         <v>31</v>
       </c>
       <c r="AV2" s="15" t="s">
         <v>32</v>
       </c>
       <c r="AW2" s="15" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="AX2" s="15" t="s">
         <v>33</v>
       </c>
       <c r="AY2" s="15" t="s">
         <v>34</v>
       </c>
       <c r="AZ2" s="15" t="s">
         <v>35</v>
       </c>
       <c r="BA2" s="15" t="s">
         <v>36</v>
       </c>
       <c r="BB2" s="15" t="s">
         <v>37</v>
       </c>
       <c r="BC2" s="15" t="s">
         <v>38</v>
       </c>
       <c r="BD2" s="15" t="s">
         <v>39</v>
       </c>
       <c r="BE2" s="15" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="3" spans="2:58" ht="30" x14ac:dyDescent="0.25">
       <c r="D3" s="5" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>90</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>89</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>88</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>87</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>86</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>85</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>84</v>
       </c>
       <c r="L3" s="3" t="s">
         <v>83</v>
       </c>
@@ -2184,72 +2214,72 @@
       </c>
       <c r="AY3" s="3" t="s">
         <v>71</v>
       </c>
       <c r="AZ3" s="3" t="s">
         <v>70</v>
       </c>
       <c r="BA3" s="3" t="s">
         <v>69</v>
       </c>
       <c r="BB3" s="3" t="s">
         <v>68</v>
       </c>
       <c r="BC3" s="3" t="s">
         <v>67</v>
       </c>
       <c r="BD3" s="3" t="s">
         <v>80</v>
       </c>
       <c r="BE3" s="3" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="4" spans="2:58" ht="60" x14ac:dyDescent="0.25">
       <c r="D4" s="5" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>141</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>140</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>139</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>138</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>137</v>
       </c>
       <c r="J4" s="3" t="s">
         <v>136</v>
       </c>
       <c r="K4" s="15" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>135</v>
       </c>
       <c r="M4" s="3" t="s">
         <v>134</v>
       </c>
       <c r="N4" s="3" t="s">
         <v>133</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>143</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>154</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>144</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>153</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>152</v>
       </c>
@@ -2259,51 +2289,51 @@
       <c r="U4" s="3" t="s">
         <v>150</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>149</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>148</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>147</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>146</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>145</v>
       </c>
       <c r="AA4" s="3" t="s">
         <v>142</v>
       </c>
       <c r="AB4" s="3" t="s">
         <v>117</v>
       </c>
       <c r="AC4" s="15" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="AD4" s="3" t="s">
         <v>115</v>
       </c>
       <c r="AE4" s="3" t="s">
         <v>114</v>
       </c>
       <c r="AF4" s="3" t="s">
         <v>113</v>
       </c>
       <c r="AG4" s="3" t="s">
         <v>112</v>
       </c>
       <c r="AH4" s="3" t="s">
         <v>111</v>
       </c>
       <c r="AI4" s="3" t="s">
         <v>110</v>
       </c>
       <c r="AJ4" s="3" t="s">
         <v>109</v>
       </c>
       <c r="AK4" s="3" t="s">
         <v>108</v>
       </c>
@@ -2348,51 +2378,51 @@
       </c>
       <c r="AY4" s="3" t="s">
         <v>123</v>
       </c>
       <c r="AZ4" s="3" t="s">
         <v>122</v>
       </c>
       <c r="BA4" s="3" t="s">
         <v>121</v>
       </c>
       <c r="BB4" s="3" t="s">
         <v>120</v>
       </c>
       <c r="BC4" s="3" t="s">
         <v>119</v>
       </c>
       <c r="BD4" s="3" t="s">
         <v>132</v>
       </c>
       <c r="BE4" s="3" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="5" spans="2:58" ht="30" x14ac:dyDescent="0.25">
       <c r="D5" s="5" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>194</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>193</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>192</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>191</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>190</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>189</v>
       </c>
       <c r="K5" s="3" t="s">
         <v>188</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>187</v>
       </c>
@@ -2512,108 +2542,108 @@
       </c>
       <c r="AY5" s="3" t="s">
         <v>175</v>
       </c>
       <c r="AZ5" s="3" t="s">
         <v>174</v>
       </c>
       <c r="BA5" s="3" t="s">
         <v>173</v>
       </c>
       <c r="BB5" s="3" t="s">
         <v>172</v>
       </c>
       <c r="BC5" s="3" t="s">
         <v>171</v>
       </c>
       <c r="BD5" s="3" t="s">
         <v>184</v>
       </c>
       <c r="BE5" s="3" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="6" spans="2:58" x14ac:dyDescent="0.25">
       <c r="D6" s="5" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>247</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>246</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>245</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>244</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>243</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>242</v>
       </c>
       <c r="K6" s="3" t="s">
         <v>241</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>240</v>
       </c>
       <c r="M6" s="3" t="s">
         <v>239</v>
       </c>
       <c r="N6" s="3" t="s">
         <v>238</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>249</v>
       </c>
       <c r="P6" s="3" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>250</v>
       </c>
       <c r="R6" s="3" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="S6" s="3" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="T6" s="3" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="U6" s="3" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="V6" s="3" t="s">
-        <v>255</v>
-[...1 lines deleted...]
-      <c r="W6" s="3" t="s">
         <v>254</v>
+      </c>
+      <c r="W6" s="24" t="s">
+        <v>416</v>
       </c>
       <c r="X6" s="3" t="s">
         <v>253</v>
       </c>
       <c r="Y6" s="3" t="s">
         <v>252</v>
       </c>
       <c r="Z6" s="3" t="s">
         <v>251</v>
       </c>
       <c r="AA6" s="3" t="s">
         <v>248</v>
       </c>
       <c r="AB6" s="3" t="s">
         <v>222</v>
       </c>
       <c r="AC6" s="3" t="s">
         <v>220</v>
       </c>
       <c r="AD6" s="3" t="s">
         <v>219</v>
       </c>
       <c r="AE6" s="3" t="s">
         <v>218</v>
       </c>
@@ -2671,871 +2701,871 @@
       <c r="AW6" s="3" t="s">
         <v>230</v>
       </c>
       <c r="AX6" s="3" t="s">
         <v>229</v>
       </c>
       <c r="AY6" s="3" t="s">
         <v>228</v>
       </c>
       <c r="AZ6" s="3" t="s">
         <v>227</v>
       </c>
       <c r="BA6" s="3" t="s">
         <v>226</v>
       </c>
       <c r="BB6" s="3" t="s">
         <v>225</v>
       </c>
       <c r="BC6" s="3" t="s">
         <v>224</v>
       </c>
       <c r="BD6" s="3" t="s">
         <v>237</v>
       </c>
       <c r="BE6" s="3" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
     </row>
     <row r="7" spans="2:58" ht="30" x14ac:dyDescent="0.25">
       <c r="D7" s="5" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="E7" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="H7" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="I7" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="J7" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="K7" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="L7" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="M7" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="N7" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="O7" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="P7" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="Q7" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="R7" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="S7" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="T7" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="U7" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="V7" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="W7" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="X7" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="Y7" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="Z7" s="20" t="s">
+        <v>303</v>
+      </c>
+      <c r="AA7" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="F7" s="3" t="s">
-[...29 lines deleted...]
-      <c r="P7" s="3" t="s">
+      <c r="AB7" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="AC7" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="AD7" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="AE7" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="AF7" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="AG7" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="AH7" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="AI7" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="AJ7" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="AK7" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="AL7" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="AM7" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="AN7" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="AO7" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="AP7" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="AQ7" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="AR7" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="AS7" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="AT7" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="AU7" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="AV7" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="AW7" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="AX7" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="AY7" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="AZ7" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="BA7" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="BB7" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="BC7" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="BD7" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="BE7" s="3" t="s">
         <v>313</v>
-      </c>
-[...121 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="8" spans="2:58" x14ac:dyDescent="0.25">
       <c r="D8" s="5" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="H8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="I8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="J8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="K8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="L8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="M8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="N8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="O8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="P8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="Q8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="R8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="S8" s="3" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="T8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="U8" s="3" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="V8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="W8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="X8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="Y8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="Z8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AA8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AB8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AC8" s="3" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="AD8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AE8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AF8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AG8" s="3" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="AH8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AI8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AJ8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AK8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AL8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AM8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AN8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AO8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AP8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AQ8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AR8" s="3" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="AS8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AT8" s="3" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="AU8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AV8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AW8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AX8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AY8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AZ8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="BA8" s="3" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="BB8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="BC8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="BD8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="BE8" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
     </row>
     <row r="9" spans="2:58" ht="240" x14ac:dyDescent="0.25">
       <c r="D9" s="5" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="E9" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="H9" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="I9" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="J9" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="K9" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="L9" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="M9" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="N9" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="O9" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="P9" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="Q9" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="R9" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="S9" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="T9" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="U9" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="V9" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="W9" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="X9" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="Y9" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="Z9" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="AA9" s="3" t="s">
         <v>336</v>
       </c>
-      <c r="F9" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G9" s="3" t="s">
+      <c r="AB9" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="AC9" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="AD9" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="AE9" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="AF9" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="AG9" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="AH9" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="AI9" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="AJ9" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="AK9" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="AL9" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="AM9" s="3" t="s">
         <v>318</v>
       </c>
-      <c r="H9" s="3" t="s">
-[...2 lines deleted...]
-      <c r="I9" s="3" t="s">
+      <c r="AN9" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="AO9" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="AP9" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="AQ9" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="AR9" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="AS9" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="AT9" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="AU9" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="AV9" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="AW9" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="AX9" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="AY9" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="AZ9" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="BA9" s="3" t="s">
         <v>326</v>
       </c>
-      <c r="J9" s="3" t="s">
-[...29 lines deleted...]
-      <c r="T9" s="3" t="s">
+      <c r="BB9" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="BC9" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="BD9" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="BE9" s="3" t="s">
         <v>341</v>
-      </c>
-[...109 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="10" spans="2:58" ht="255" x14ac:dyDescent="0.25">
       <c r="D10" s="5" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="E10" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="F10" s="24" t="s">
+        <v>413</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="H10" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="I10" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="J10" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="K10" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="L10" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="M10" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="N10" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="O10" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="P10" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="Q10" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="R10" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="S10" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="T10" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="U10" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="V10" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="W10" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="X10" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="Y10" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="Z10" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="AA10" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="AB10" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="AC10" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="AD10" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="AE10" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="AF10" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="AG10" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="AH10" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="AI10" s="24" t="s">
+        <v>342</v>
+      </c>
+      <c r="AJ10" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="AK10" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="AL10" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="AM10" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="AN10" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="AO10" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="AP10" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="AQ10" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="AR10" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="AS10" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="AT10" s="3" t="s">
         <v>361</v>
       </c>
-      <c r="F10" s="24" t="s">
-[...8 lines deleted...]
-      <c r="I10" s="3" t="s">
+      <c r="AU10" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="AV10" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="AW10" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="AX10" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="AY10" s="3" t="s">
         <v>396</v>
       </c>
-      <c r="J10" s="3" t="s">
-[...14 lines deleted...]
-      <c r="O10" s="3" t="s">
+      <c r="AZ10" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="BA10" s="3" t="s">
         <v>355</v>
       </c>
-      <c r="P10" s="3" t="s">
+      <c r="BB10" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="BC10" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="BD10" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="BE10" s="3" t="s">
         <v>379</v>
-      </c>
-[...121 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="11" spans="2:58" s="21" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="D11" s="6" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="E11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="F11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="G11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="H11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="I11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="J11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="K11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="L11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="M11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="N11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="O11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="P11" s="26" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="Q11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="R11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="S11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="T11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="U11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="V11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="W11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="X11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="Y11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="Z11" s="2" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="AA11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="AB11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="AC11" s="23" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="AD11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="AE11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="AF11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="AG11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="AH11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="AI11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="AJ11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="AK11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="AL11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="AM11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="AN11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="AO11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="AP11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="AQ11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="AR11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="AS11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="AT11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="AU11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="AV11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="AW11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="AX11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="AY11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="AZ11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="BA11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="BB11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="BC11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="BD11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="BE11" s="22" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
     </row>
     <row r="12" spans="2:58" x14ac:dyDescent="0.25">
       <c r="B12" s="8" t="s">
         <v>41</v>
       </c>
       <c r="C12" s="8" t="s">
         <v>42</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>44</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>44</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>44</v>
       </c>
       <c r="I12" s="4" t="s">
@@ -3840,211 +3870,211 @@
       <c r="AY13" s="12">
         <v>0</v>
       </c>
       <c r="AZ13" s="12">
         <v>0.1</v>
       </c>
       <c r="BA13" s="14" t="s">
         <v>47</v>
       </c>
       <c r="BB13" s="14" t="s">
         <v>47</v>
       </c>
       <c r="BC13" s="12">
         <v>0</v>
       </c>
       <c r="BD13" s="12">
         <v>0</v>
       </c>
       <c r="BE13" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="2:58" ht="45" x14ac:dyDescent="0.25">
       <c r="B14" s="9"/>
       <c r="C14" s="13" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="D14" s="7"/>
       <c r="E14" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="F14" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="G14" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="H14" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="I14" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="J14" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="K14" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="L14" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="M14" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="N14" s="16" t="s">
         <v>0</v>
       </c>
       <c r="O14" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="P14" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="Q14" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="R14" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="S14" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="T14" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="U14" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="V14" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="W14" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="X14" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="Y14" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="Z14" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AA14" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AB14" s="16" t="s">
         <v>0</v>
       </c>
       <c r="AC14" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="AD14" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AE14" s="16" t="s">
         <v>0</v>
       </c>
       <c r="AF14" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="AG14" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AH14" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="AI14" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AJ14" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AK14" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AL14" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AM14" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AN14" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AO14" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AP14" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="AQ14" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="AR14" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AS14" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="AT14" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="AU14" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AV14" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="AW14" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AX14" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AY14" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AZ14" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="BA14" s="16" t="s">
         <v>0</v>
       </c>
       <c r="BB14" s="16" t="s">
         <v>0</v>
       </c>
       <c r="BC14" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="BD14" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="BE14" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
     </row>
     <row r="15" spans="2:58" ht="30" x14ac:dyDescent="0.25">
       <c r="B15" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C15" s="10" t="s">
         <v>49</v>
       </c>
       <c r="D15" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E15" s="12">
         <v>0</v>
       </c>
       <c r="F15" s="12">
         <v>0.05</v>
       </c>
       <c r="G15" s="12">
         <v>0</v>
       </c>
       <c r="H15" s="12">
         <v>0</v>
       </c>
       <c r="I15" s="12">
@@ -4178,213 +4208,213 @@
       </c>
       <c r="AZ15" s="12">
         <v>0.1</v>
       </c>
       <c r="BA15" s="12">
         <v>0.01</v>
       </c>
       <c r="BB15" s="12">
         <v>0.2</v>
       </c>
       <c r="BC15" s="12">
         <v>0.1</v>
       </c>
       <c r="BD15" s="12">
         <v>0</v>
       </c>
       <c r="BE15" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="2:58" ht="45" x14ac:dyDescent="0.25">
       <c r="B16" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C16" s="13" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="D16" s="11" t="s">
         <v>0</v>
       </c>
       <c r="E16" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="F16" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="G16" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="H16" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="I16" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="J16" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="K16" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="L16" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="M16" s="16" t="s">
         <v>0</v>
       </c>
       <c r="N16" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="O16" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="P16" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="Q16" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="R16" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="S16" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="T16" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="U16" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="V16" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="W16" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="X16" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="Y16" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="Z16" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AA16" s="16" t="s">
         <v>0</v>
       </c>
       <c r="AB16" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AC16" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="AD16" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AE16" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AF16" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="AG16" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="AH16" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="AI16" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AJ16" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AK16" s="16" t="s">
         <v>0</v>
       </c>
       <c r="AL16" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AM16" s="16" t="s">
         <v>0</v>
       </c>
       <c r="AN16" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AO16" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AP16" s="16" t="s">
         <v>0</v>
       </c>
       <c r="AQ16" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="AR16" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AS16" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="AT16" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="AU16" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AV16" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="AW16" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AX16" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AY16" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AZ16" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="BA16" s="16" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="BB16" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="BC16" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="BD16" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="BE16" s="16" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:BE16">
     <sortCondition ref="E2:BE2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="Z7" r:id="rId1" xr:uid="{DAAE0D7B-617F-4C21-AFB6-FFCEF100890F}"/>
     <hyperlink ref="E11" r:id="rId2" xr:uid="{34A16660-B4F4-40CE-AB2B-F102D52ACB20}"/>
     <hyperlink ref="F11" r:id="rId3" xr:uid="{1BC4A918-0424-4721-BE87-91A7E11B086D}"/>
     <hyperlink ref="G11" r:id="rId4" xr:uid="{CD936ECC-6B13-4039-B3E2-B6C19C9114BB}"/>
     <hyperlink ref="H11" r:id="rId5" xr:uid="{2C6D996D-B20F-48AE-92BB-1424C0E23E82}"/>
     <hyperlink ref="I11" r:id="rId6" xr:uid="{400C1784-ED1E-4E09-A5BD-9DD78B160903}"/>
     <hyperlink ref="J11" r:id="rId7" xr:uid="{4D3A49D8-7FF5-4857-BDCC-E6C34B4B2F41}"/>
     <hyperlink ref="K11" r:id="rId8" xr:uid="{02B51852-94B8-4D70-B809-F68180A7D490}"/>
     <hyperlink ref="L11" r:id="rId9" xr:uid="{E4F3E698-01D9-4CB5-8EC0-34910607B006}"/>
     <hyperlink ref="M11" r:id="rId10" xr:uid="{3AD50E6D-6592-4F4A-BA8A-9A016D663FE7}"/>
     <hyperlink ref="N11" r:id="rId11" xr:uid="{2441CBD8-D256-4F92-AFA0-EAC79FC4143E}"/>
     <hyperlink ref="O11" r:id="rId12" xr:uid="{76F7BCD7-3547-4F80-BF82-DC764424A252}"/>
     <hyperlink ref="Q11" r:id="rId13" xr:uid="{F1C7E116-E824-45D4-904F-F4E9BA7062B6}"/>
     <hyperlink ref="R11" r:id="rId14" xr:uid="{5A928F9B-46E1-46BC-B0B1-E17B6AC779E9}"/>
     <hyperlink ref="S11" r:id="rId15" xr:uid="{240B57FF-5E21-48AF-98CE-222DEC99F2F3}"/>
     <hyperlink ref="T11" r:id="rId16" xr:uid="{363B7E7D-8F93-45B6-B71C-39FEEB5B6046}"/>
     <hyperlink ref="U11" r:id="rId17" xr:uid="{A5E0A05F-26D0-4338-A497-9E8B6CAF6B1F}"/>
     <hyperlink ref="V11" r:id="rId18" xr:uid="{E92384BC-25B4-44E6-AC92-F72E8B6D714B}"/>