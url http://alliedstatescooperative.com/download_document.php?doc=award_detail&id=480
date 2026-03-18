--- v0 (2025-12-01)
+++ v1 (2026-03-18)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2026\26-7539 Grease Trap, Lift Station, Septic Tank, and Related Services\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FC3056CA-6F3A-4BD4-993F-4635D41EA17F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{848AD637-C920-4A80-A8F9-3A9EB1CEA051}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$A</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="202" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="203" uniqueCount="119">
   <si>
     <t/>
   </si>
   <si>
     <t>P&amp;Y Pump Service (P&amp;Y Mobile Wash, Inc.)</t>
   </si>
   <si>
     <t>Line #</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>No Bid</t>
   </si>
   <si>
     <t>1.1</t>
   </si>
   <si>
@@ -210,77 +210,71 @@
   <si>
     <t>Rosalio Guillen</t>
   </si>
   <si>
     <t>Brunson Office</t>
   </si>
   <si>
     <t>Vanessa Salas &amp; Lidia Tellez</t>
   </si>
   <si>
     <t>Peter Pedregon</t>
   </si>
   <si>
     <t>1221 Tower Trail Ln, El Paso, Texas 79907</t>
   </si>
   <si>
     <t>9365 Escobar Dr El Paso Tx 79907</t>
   </si>
   <si>
     <t>1010 Horizon Blvd. Socorro, TX 79927</t>
   </si>
   <si>
     <t>P.O. Box 27107 El Paso TX 79926</t>
   </si>
   <si>
-    <t>rguillen@dh-united.com</t>
-[...1 lines deleted...]
-  <si>
     <t>devin@brunsonpump.com</t>
   </si>
   <si>
     <t>lidia@ivansep.com</t>
   </si>
   <si>
     <t>peterpedregon@gmail.com</t>
   </si>
   <si>
     <t>(915) 859-8150 x1129</t>
   </si>
   <si>
     <t>(915) 858-5511</t>
   </si>
   <si>
     <t>(915) 859-3469</t>
   </si>
   <si>
     <t>(915) 629-9039</t>
   </si>
   <si>
-    <t>https://dh-united.com/services/environmental/</t>
-[...1 lines deleted...]
-  <si>
     <t>HTTP://www.brunsonpump.com</t>
   </si>
   <si>
     <t>HTTP://www.ivanssiteservices.com</t>
   </si>
   <si>
     <t>https://www.pypumpservice.com</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Texas</t>
   </si>
   <si>
     <t>yes, Contact Ryan Smith for the additonal fees, and emergency calls</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
     <t>N/A</t>
@@ -310,53 +304,50 @@
     <t>Contact Email Address…</t>
   </si>
   <si>
     <t>Company Phone Number…</t>
   </si>
   <si>
     <t>Company Website…</t>
   </si>
   <si>
     <t>S&amp;H included in pricing…</t>
   </si>
   <si>
     <t>S&amp;H (expedite fees)…</t>
   </si>
   <si>
     <t>Areas Served…</t>
   </si>
   <si>
     <t>Price Link…</t>
   </si>
   <si>
     <t>Lift Stations and Septic Tank Services 500 Gallon</t>
   </si>
   <si>
     <t>Brunson pump service (Brunson's Investment, LLC)</t>
-  </si>
-[...1 lines deleted...]
-    <t>D&amp;H United Fueling Solutions (D&amp;H United Fueling Solutions, Inc.)</t>
   </si>
   <si>
     <t>Ivan's Site Service Inc (dba Ivan's Portable Jons, dba Ivan's Fencing Division &amp; dba Ivan's Disposal Services)</t>
   </si>
   <si>
     <t>ALT 1: $5.80 per gallon. We can service non-septic waste lift stations. For example industrial lift stations related to industrial stormwater or industrial wastewater per gallon</t>
   </si>
   <si>
     <t xml:space="preserve">Alt 1: $3.80 per gallon. We can service non-septic waste lift stations. For example industrial lift stations related to industrial stormwater or industrial wastewater per gallon </t>
   </si>
   <si>
     <t>$6000
 All Grit &amp; Sand Trap Waste must be dumped at the Republic Environmental Service in Odessa, TX</t>
   </si>
   <si>
     <t>Alt 1: Anything Lint Trap over 1000 Gallons will incur an additional .50 per gallon thereafter</t>
   </si>
   <si>
     <t>Price Link</t>
   </si>
   <si>
     <t>Alt 1:  All Grit &amp; Sand Trap Waste must be dumped in Republic Environmental Service in Odessa, TX</t>
   </si>
   <si>
     <t>Alt 1: Lift Stations: 1 to 500 Gallons is $950, anything after 500 Gallons is .50/gallon additionalSeptic Tanks: 1-1000 Gallons is $550, anything after 1000 Gallons is .50/gallon additional</t>
@@ -382,87 +373,153 @@
   <si>
     <t>Grease Trap Services every 60 Days
 251 and Greater Gallon Traps</t>
   </si>
   <si>
     <t>Lift Stations and Septic Tank Services 1,000 Gallon</t>
   </si>
   <si>
     <t>Lift Stations and Septic Tank Services More than 1,000 Gallon</t>
   </si>
   <si>
     <t>Grit &amp; Sand Trap Services
 40 – 250 Gallon Traps</t>
   </si>
   <si>
     <t>Grit &amp; Sand Trap Services
 251 and Greater Gallon Traps</t>
   </si>
   <si>
     <t>Lint Trap Services
 40 – 250 Gallon Traps</t>
   </si>
   <si>
     <t>Lint Trap Services
 251 and Greater Gallon Traps</t>
+  </si>
+  <si>
+    <t>*updated 2/3/26</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>D&amp;H United Fueling Solutions (D&amp;H United Fueling Solutions, Inc.)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> United Uptime Services Inc.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">https://dh-united.com/services/environmental/ </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>https://uniteduptime.com/</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>rguillen@dh-united.com</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> rguillen@uniteduptime.com</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
     <numFmt numFmtId="165" formatCode="\$###,###,##0.00####"/>
   </numFmts>
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
+    </font>
+    <font>
+      <strike/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
@@ -900,270 +957,272 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alliedstatescooperative.com/asc_contracts/price_list/26-7539/P%26Y%20Pump%20Service.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alliedstatescooperative.com/asc_contracts/price_list/26-7539/DH%20Pricelist.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:F59"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="2" ySplit="2" topLeftCell="C3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="H12" sqref="H12"/>
+      <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8" style="8" customWidth="1"/>
     <col min="2" max="2" width="36" style="9" customWidth="1"/>
     <col min="3" max="6" width="30.7109375" style="8" customWidth="1"/>
     <col min="7" max="7" width="14" style="8" customWidth="1"/>
     <col min="8" max="8" width="12" style="8" customWidth="1"/>
     <col min="9" max="9" width="14" style="8" customWidth="1"/>
     <col min="10" max="10" width="12" style="8" customWidth="1"/>
     <col min="11" max="11" width="14" style="8" customWidth="1"/>
     <col min="12" max="12" width="12" style="8" customWidth="1"/>
     <col min="13" max="13" width="14" style="8" customWidth="1"/>
     <col min="14" max="16384" width="9.140625" style="8"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="C1" s="7"/>
-      <c r="D1" s="18"/>
+      <c r="D1" s="18" t="s">
+        <v>115</v>
+      </c>
       <c r="E1" s="7"/>
       <c r="F1" s="7"/>
     </row>
     <row r="2" spans="1:6" ht="60" x14ac:dyDescent="0.25">
       <c r="B2" s="4" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C2" s="3" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D2" s="3" t="s">
-        <v>97</v>
+        <v>116</v>
       </c>
       <c r="E2" s="3" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B3" s="5" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>55</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="4" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="B4" s="5" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="B5" s="5" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C5" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E5" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="D5" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E5" s="2" t="s">
+      <c r="F5" s="2" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B6" s="5" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C6" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="E6" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="D6" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E6" s="2" t="s">
+      <c r="F6" s="2" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="B7" s="5" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="C7" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="E7" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>72</v>
-      </c>
-[...7 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B8" s="5" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
     </row>
     <row r="9" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="B9" s="5" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B10" s="5" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="D10" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="E10" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B11" s="6" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="C11" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="D11" s="22" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="F11" s="22" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B12" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C12" s="21" t="s">
         <v>4</v>
       </c>
       <c r="D12" s="21" t="s">
         <v>4</v>
       </c>
       <c r="E12" s="21" t="s">
         <v>4</v>
       </c>
       <c r="F12" s="21" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="13" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A13" s="12" t="s">
         <v>5</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="C13" s="13" t="s">
         <v>6</v>
       </c>
       <c r="D13" s="13" t="s">
         <v>6</v>
       </c>
       <c r="E13" s="14"/>
       <c r="F13" s="14"/>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="12" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13" t="s">
         <v>0</v>
       </c>
       <c r="E14" s="14">
         <v>1.84</v>
       </c>
       <c r="F14" s="14">
@@ -1189,51 +1248,51 @@
       </c>
     </row>
     <row r="16" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A16" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13" t="s">
         <v>0</v>
       </c>
       <c r="E16" s="14">
         <v>1.5</v>
       </c>
       <c r="F16" s="14">
         <v>4.25</v>
       </c>
     </row>
     <row r="17" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A17" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="C17" s="13" t="s">
         <v>6</v>
       </c>
       <c r="D17" s="13" t="s">
         <v>6</v>
       </c>
       <c r="E17" s="14"/>
       <c r="F17" s="14"/>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A18" s="12" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C18" s="13" t="s">
         <v>0</v>
       </c>
       <c r="D18" s="13" t="s">
         <v>0</v>
       </c>
       <c r="E18" s="14">
         <v>0.75</v>
@@ -1265,51 +1324,51 @@
     <row r="20" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A20" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="13" t="s">
         <v>0</v>
       </c>
       <c r="D20" s="13" t="s">
         <v>0</v>
       </c>
       <c r="E20" s="14">
         <v>1.5</v>
       </c>
       <c r="F20" s="14">
         <v>4.25</v>
       </c>
     </row>
     <row r="21" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A21" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="C21" s="13" t="s">
         <v>6</v>
       </c>
       <c r="D21" s="13" t="s">
         <v>6</v>
       </c>
       <c r="E21" s="14"/>
       <c r="F21" s="14"/>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A22" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="13" t="s">
         <v>0</v>
       </c>
       <c r="D22" s="13" t="s">
         <v>0</v>
       </c>
       <c r="E22" s="14">
         <v>1.84</v>
@@ -1341,51 +1400,51 @@
     <row r="24" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A24" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C24" s="13" t="s">
         <v>0</v>
       </c>
       <c r="D24" s="13" t="s">
         <v>0</v>
       </c>
       <c r="E24" s="14">
         <v>1.5</v>
       </c>
       <c r="F24" s="14">
         <v>4.25</v>
       </c>
     </row>
     <row r="25" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A25" s="12" t="s">
         <v>21</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="C25" s="13" t="s">
         <v>6</v>
       </c>
       <c r="D25" s="13" t="s">
         <v>6</v>
       </c>
       <c r="E25" s="14"/>
       <c r="F25" s="14"/>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A26" s="12" t="s">
         <v>22</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C26" s="13" t="s">
         <v>0</v>
       </c>
       <c r="D26" s="13" t="s">
         <v>0</v>
       </c>
       <c r="E26" s="14">
         <v>0.75</v>
@@ -1417,59 +1476,59 @@
     <row r="28" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A28" s="12" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="13" t="s">
         <v>0</v>
       </c>
       <c r="D28" s="13" t="s">
         <v>0</v>
       </c>
       <c r="E28" s="14">
         <v>1.5</v>
       </c>
       <c r="F28" s="14">
         <v>4.25</v>
       </c>
     </row>
     <row r="29" spans="1:6" ht="105" x14ac:dyDescent="0.25">
       <c r="A29" s="12" t="s">
         <v>25</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C29" s="14"/>
       <c r="D29" s="19" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="E29" s="14"/>
       <c r="F29" s="19" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A30" s="12" t="s">
         <v>26</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C30" s="14">
         <v>0.5</v>
       </c>
       <c r="D30" s="13" t="s">
         <v>6</v>
       </c>
       <c r="E30" s="14">
         <v>0.4</v>
       </c>
       <c r="F30" s="14">
         <v>1.8</v>
       </c>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A31" s="12" t="s">
         <v>27</v>
@@ -1493,59 +1552,59 @@
     <row r="32" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A32" s="12" t="s">
         <v>28</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C32" s="14">
         <v>2</v>
       </c>
       <c r="D32" s="14">
         <v>2.5</v>
       </c>
       <c r="E32" s="14">
         <v>1.5</v>
       </c>
       <c r="F32" s="14">
         <v>4.25</v>
       </c>
     </row>
     <row r="33" spans="1:6" ht="105" x14ac:dyDescent="0.25">
       <c r="A33" s="12" t="s">
         <v>29</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="C33" s="14"/>
       <c r="D33" s="19" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="E33" s="14"/>
       <c r="F33" s="19" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
     </row>
     <row r="34" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A34" s="12" t="s">
         <v>30</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C34" s="14">
         <v>0.5</v>
       </c>
       <c r="D34" s="13" t="s">
         <v>6</v>
       </c>
       <c r="E34" s="14">
         <v>0.4</v>
       </c>
       <c r="F34" s="14">
         <v>1.8</v>
       </c>
     </row>
     <row r="35" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A35" s="12" t="s">
         <v>31</v>
@@ -1569,59 +1628,59 @@
     <row r="36" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A36" s="12" t="s">
         <v>32</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C36" s="14">
         <v>2</v>
       </c>
       <c r="D36" s="14">
         <v>2.5</v>
       </c>
       <c r="E36" s="14">
         <v>1.5</v>
       </c>
       <c r="F36" s="14">
         <v>4.25</v>
       </c>
     </row>
     <row r="37" spans="1:6" ht="105" x14ac:dyDescent="0.25">
       <c r="A37" s="12" t="s">
         <v>33</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="C37" s="14"/>
       <c r="D37" s="19" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="E37" s="14"/>
       <c r="F37" s="19" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
     </row>
     <row r="38" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A38" s="12" t="s">
         <v>34</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C38" s="14">
         <v>0.5</v>
       </c>
       <c r="D38" s="13" t="s">
         <v>6</v>
       </c>
       <c r="E38" s="14">
         <v>0.4</v>
       </c>
       <c r="F38" s="14">
         <v>1.8</v>
       </c>
     </row>
     <row r="39" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A39" s="12" t="s">
         <v>35</v>
@@ -1645,57 +1704,57 @@
     <row r="40" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A40" s="12" t="s">
         <v>36</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C40" s="14">
         <v>2</v>
       </c>
       <c r="D40" s="14">
         <v>2.5</v>
       </c>
       <c r="E40" s="14">
         <v>1.5</v>
       </c>
       <c r="F40" s="14">
         <v>4.25</v>
       </c>
     </row>
     <row r="41" spans="1:6" ht="60" x14ac:dyDescent="0.25">
       <c r="A41" s="12" t="s">
         <v>37</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="C41" s="14"/>
       <c r="D41" s="14"/>
       <c r="E41" s="14"/>
       <c r="F41" s="19" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
     </row>
     <row r="42" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A42" s="12" t="s">
         <v>38</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C42" s="14">
         <v>3</v>
       </c>
       <c r="D42" s="14">
         <v>2.75</v>
       </c>
       <c r="E42" s="14">
         <v>3.5</v>
       </c>
       <c r="F42" s="14">
         <v>4.5</v>
       </c>
     </row>
     <row r="43" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A43" s="12" t="s">
         <v>39</v>
@@ -1719,123 +1778,123 @@
     <row r="44" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A44" s="12" t="s">
         <v>40</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C44" s="14">
         <v>2</v>
       </c>
       <c r="D44" s="14">
         <v>2.5</v>
       </c>
       <c r="E44" s="14">
         <v>1.5</v>
       </c>
       <c r="F44" s="14">
         <v>4.25</v>
       </c>
     </row>
     <row r="45" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A45" s="12" t="s">
         <v>41</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="C45" s="14"/>
       <c r="D45" s="14"/>
       <c r="E45" s="14"/>
       <c r="F45" s="14"/>
     </row>
     <row r="46" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A46" s="12" t="s">
         <v>42</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C46" s="14">
         <v>3</v>
       </c>
       <c r="D46" s="14">
         <v>2.75</v>
       </c>
       <c r="E46" s="14">
         <v>3.5</v>
       </c>
       <c r="F46" s="14">
         <v>4.5</v>
       </c>
     </row>
     <row r="47" spans="1:6" ht="75" x14ac:dyDescent="0.25">
       <c r="A47" s="12" t="s">
         <v>43</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C47" s="14">
         <v>400</v>
       </c>
       <c r="D47" s="14">
         <v>990</v>
       </c>
       <c r="E47" s="14">
         <v>805</v>
       </c>
       <c r="F47" s="19" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
     </row>
     <row r="48" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A48" s="12" t="s">
         <v>44</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C48" s="14">
         <v>2</v>
       </c>
       <c r="D48" s="14">
         <v>2.5</v>
       </c>
       <c r="E48" s="14">
         <v>1.5</v>
       </c>
       <c r="F48" s="14">
         <v>4.25</v>
       </c>
     </row>
     <row r="49" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A49" s="12" t="s">
         <v>45</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="C49" s="14"/>
       <c r="D49" s="13"/>
       <c r="E49" s="14"/>
       <c r="F49" s="14"/>
     </row>
     <row r="50" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A50" s="12" t="s">
         <v>46</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C50" s="14">
         <v>3</v>
       </c>
       <c r="D50" s="13" t="s">
         <v>6</v>
       </c>
       <c r="E50" s="14">
         <v>3.5</v>
       </c>
       <c r="F50" s="14">
         <v>3</v>
       </c>
@@ -1863,57 +1922,57 @@
     <row r="52" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A52" s="12" t="s">
         <v>48</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C52" s="14">
         <v>2</v>
       </c>
       <c r="D52" s="13" t="s">
         <v>6</v>
       </c>
       <c r="E52" s="14">
         <v>1.5</v>
       </c>
       <c r="F52" s="14">
         <v>4.25</v>
       </c>
     </row>
     <row r="53" spans="1:6" ht="60" x14ac:dyDescent="0.25">
       <c r="A53" s="12" t="s">
         <v>49</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="C53" s="14"/>
       <c r="D53" s="13"/>
       <c r="E53" s="14"/>
       <c r="F53" s="19" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
     </row>
     <row r="54" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A54" s="12" t="s">
         <v>50</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C54" s="14">
         <v>3</v>
       </c>
       <c r="D54" s="13" t="s">
         <v>6</v>
       </c>
       <c r="E54" s="14">
         <v>3.5</v>
       </c>
       <c r="F54" s="14">
         <v>3</v>
       </c>
     </row>
     <row r="55" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A55" s="12" t="s">
         <v>51</v>
@@ -1957,59 +2016,59 @@
     <row r="57" spans="1:6" ht="60" x14ac:dyDescent="0.25">
       <c r="A57" s="12" t="s">
         <v>53</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>6</v>
       </c>
       <c r="D57" s="15">
         <v>0</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>6</v>
       </c>
       <c r="F57" s="15">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A58" s="16" t="s">
         <v>0</v>
       </c>
       <c r="B58" s="17" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C58" s="13"/>
       <c r="D58" s="13" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="E58" s="13"/>
       <c r="F58" s="13" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
     </row>
     <row r="59" spans="1:6" x14ac:dyDescent="0.25">
       <c r="C59" s="20"/>
       <c r="E59" s="20"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="C2:F59">
     <sortCondition ref="C2:F2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="D11" r:id="rId1" xr:uid="{53999A5F-FE9F-4306-988E-21629D98FB77}"/>
     <hyperlink ref="F11" r:id="rId2" xr:uid="{F19F99ED-75D8-4BFB-A14A-7B6856AEA7DF}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
   <pageSetup orientation="landscape"/>
   <headerFooter>
     <oddFooter>&amp;R26-7539 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>