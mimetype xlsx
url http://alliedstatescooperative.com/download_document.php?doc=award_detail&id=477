--- v0 (2025-10-21)
+++ v1 (2026-03-18)
@@ -1,71 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2025\25-7531 Printing Services, Promotional Supplies and Related (Supplemental)\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A7AAFE6B-8350-441D-982B-3062649AB320}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0598FE99-DA5A-4DB9-9963-77E136FAECC5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="16440" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Lines!$A$1:$Q$30</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$B,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="428" uniqueCount="225">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="429" uniqueCount="226">
   <si>
     <t/>
   </si>
   <si>
     <t>Bienali Promotions, LLC</t>
   </si>
   <si>
     <t>Chuco Relic LLC</t>
   </si>
   <si>
     <t>Commercial Screen Printing, INC</t>
   </si>
   <si>
     <t>ELITE Promotions</t>
   </si>
   <si>
     <t>Everest Trading Corporation</t>
   </si>
   <si>
     <t>Marrs Embroidery and Screen Printing Inc</t>
   </si>
   <si>
     <t>Rol-N Enterprise, Inc.</t>
   </si>
   <si>
@@ -697,50 +697,53 @@
     <t>2400 SW 6th Ave, Amarillo, Texas  79106</t>
   </si>
   <si>
     <t>http://dsigraphics.com</t>
   </si>
   <si>
     <t>Roman Catarino</t>
   </si>
   <si>
     <t>821 N Raynor El Paso TX 79903</t>
   </si>
   <si>
     <t>roman@dsigraphics.com</t>
   </si>
   <si>
     <t>Depending on workload, please contact Roman Catarino for more information</t>
   </si>
   <si>
     <t>El Paso County and its surroundings</t>
   </si>
   <si>
     <t>HTTP://dsigraphics.com</t>
   </si>
   <si>
     <t>$35.00 one color imprint (includes film, screen and set up for one color) does not included digitizing fee. (Add $10.00 per additional screen)  $3.00 (1color imprint) Additional color add $0.50 ( More than 300 unit same design $2.50  1-2 Color Imprint))</t>
+  </si>
+  <si>
+    <t>*updated 1/26/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
     <numFmt numFmtId="165" formatCode="\$###,###,##0.00####"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1212,65 +1215,67 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/25-7531/Display%20Services.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/25-7531/Rol-N.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/25-7531/Texas%20Music%20Festivals-combined%20pricing.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dsigraphics.com/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/25-7531/Commercial%20Screenprinting.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/25-7531/Mercury.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/25-7531/Terry%20In%20Texas.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roman@dsigraphics.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/25-7531/Team%20Express-%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dsigraphics.com/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/25-7531/CHUCO%20RELIC%20SCREEN%20PRINTING%20PRICING%20LIST%20%26%20CATALOG%20(2025).pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/25-7531/Marrs%20Embroidery.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/25-7531/C%26B%20Pricing%20Sheet.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/25-7531/Stan%20Miller-Pricing%20Combined.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/25-7531/Everest_Catalog_Price%20List.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/25-7531/Bienali%20Price%20Link.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/25-7531/Elite%20Promotions%20Catalog.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/25-7531/Spark%20Multinational%20Pricing-Combined.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:R30"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <pane xSplit="2" ySplit="2" topLeftCell="C3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="C3" sqref="C3"/>
+      <selection pane="bottomRight" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8" style="1" customWidth="1"/>
     <col min="2" max="2" width="36" style="1" customWidth="1"/>
     <col min="3" max="17" width="30.7109375" style="1" customWidth="1"/>
     <col min="18" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" x14ac:dyDescent="0.25">
       <c r="C1" s="7"/>
       <c r="D1" s="7"/>
-      <c r="F1" s="7"/>
+      <c r="F1" s="7" t="s">
+        <v>225</v>
+      </c>
       <c r="G1" s="7"/>
       <c r="H1" s="7"/>
       <c r="J1" s="7"/>
       <c r="L1" s="7"/>
       <c r="M1" s="7"/>
       <c r="O1" s="7"/>
       <c r="Q1" s="7"/>
     </row>
     <row r="2" spans="1:18" ht="60" x14ac:dyDescent="0.25">
       <c r="B2" s="11" t="s">
         <v>171</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>182</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="G2" s="3" t="s">