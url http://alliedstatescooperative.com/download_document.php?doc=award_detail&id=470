--- v0 (2025-10-19)
+++ v1 (2026-03-18)
@@ -1,77 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="X:\Bids\2025\25-7520 Payment Service Provider\Award Summary and Award Detail\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\Bids\2025\25-7520 Payment Service Provider\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5A2B3166-13EF-48FC-B690-0555ADCE38A9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2682EC59-7E69-4599-9B1C-9F6F1345E359}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-105" windowWidth="29040" windowHeight="16440" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="105" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="90" uniqueCount="61">
   <si>
     <t/>
   </si>
   <si>
-    <t>Adcomp Systems Inc</t>
-[...1 lines deleted...]
-  <si>
     <t>LexisNexisVitalChek Network Inc.</t>
   </si>
   <si>
     <t>PayGen, LLC</t>
   </si>
   <si>
     <t>Line #</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>QTY</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Lot 1: 1st Year Costs</t>
   </si>
   <si>
     <t>1.1</t>
@@ -100,168 +97,150 @@
   <si>
     <t>1.5</t>
   </si>
   <si>
     <t>Percent Discountfrom Pricelist/Fee Schedule - 1st Year Support/Maintenance</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Costs After the Initial 1stYear (For example, Year 2, Year 3, etc.)</t>
   </si>
   <si>
     <t>2.1</t>
   </si>
   <si>
     <t>Percent Discountfrom Pricelist/Catalog - Software/Licensing Costs</t>
   </si>
   <si>
     <t>2.2</t>
   </si>
   <si>
     <t>Percent Discountfrom Pricelist/Fee Schedule - Support/Maintenance</t>
   </si>
   <si>
-    <t>Dave Finer</t>
-[...1 lines deleted...]
-  <si>
     <t>Katie James</t>
   </si>
   <si>
     <t>Molli Novota</t>
   </si>
   <si>
     <t>Jerry Portocalis</t>
   </si>
   <si>
     <t>840 Crescent Centre Drive Suite 300, Franklin, TN  37067</t>
   </si>
   <si>
     <t>100 Somerset Corporate Blvd, 2nd Floor, Bridgewater, NJ 08807</t>
   </si>
   <si>
     <t>11605 N. Community House Road, Suite 300, Charlotte, NC 28277</t>
   </si>
   <si>
-    <t>davefiner@adcompsystems.com</t>
-[...1 lines deleted...]
-  <si>
     <t>kjames@vitalchek.com</t>
   </si>
   <si>
     <t>jportocalis@paymentus.com</t>
   </si>
   <si>
-    <t>(508) 509-4780</t>
-[...1 lines deleted...]
-  <si>
     <t>(979) 204-2759</t>
   </si>
   <si>
     <t>(908) 531-7053</t>
   </si>
   <si>
     <t>(980) 255-3000</t>
   </si>
   <si>
-    <t>https://www.adcompsystems.com/</t>
-[...1 lines deleted...]
-  <si>
     <t>HTTP://www.risk.lexisnexis.com</t>
   </si>
   <si>
     <t>https://www.paygencorp.com</t>
   </si>
   <si>
     <t>https://www.paymentus.com/</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>No. Not applicable.</t>
   </si>
   <si>
-    <t>Primary region is Texas and the Southeast, but we have customers all over the USA.</t>
-[...1 lines deleted...]
-  <si>
     <t>United States</t>
   </si>
   <si>
     <t>Paymentus provides services for all 50 states.</t>
   </si>
   <si>
     <t>Does the pricing as found on your catalog/pricelist/fee schedule already reflect the discount?</t>
   </si>
   <si>
     <t>Company Name…</t>
   </si>
   <si>
     <t>Company Contact…</t>
   </si>
   <si>
     <t>Company Address…</t>
   </si>
   <si>
     <t>Contact Email Address…</t>
   </si>
   <si>
     <t>Company Phone Number…</t>
   </si>
   <si>
     <t>Company Website…</t>
   </si>
   <si>
     <t>S&amp;H included in pricing…</t>
   </si>
   <si>
     <t>S&amp;H (expedite fees)…</t>
   </si>
   <si>
     <t>Areas Served…</t>
   </si>
   <si>
     <t>Price Link…</t>
   </si>
   <si>
     <t xml:space="preserve">LN VCN can accommodate and serve at a multi-state and national level. </t>
   </si>
   <si>
     <t>Price Link</t>
   </si>
   <si>
     <t>Please contact Purchasing for pricing.</t>
-  </si>
-[...1 lines deleted...]
-    <t>1720 S. Edmonds Lane, Suite 201, Lewisville, TX 75067</t>
   </si>
   <si>
     <t>Paymentus Group, Inc.</t>
   </si>
   <si>
     <t>molli.novota@paygencorp.com</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -323,51 +302,51 @@
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="23">
+  <cellXfs count="22">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
@@ -381,53 +360,50 @@
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
@@ -729,545 +705,477 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7520/LexisNexis.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7520/AdComp%20Systems.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7520/LexisNexis.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="B1:I23"/>
+  <dimension ref="B1:H23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="G6" sqref="G6"/>
+      <selection pane="bottomRight" activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="6" customWidth="1"/>
     <col min="2" max="2" width="8" style="6" customWidth="1"/>
     <col min="3" max="3" width="36" style="6" customWidth="1"/>
     <col min="4" max="4" width="6" style="6" customWidth="1"/>
-    <col min="5" max="8" width="30.7109375" style="6" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="19" max="16384" width="9.140625" style="6"/>
+    <col min="5" max="7" width="30.7109375" style="6" customWidth="1"/>
+    <col min="8" max="8" width="12" style="6" customWidth="1"/>
+    <col min="9" max="9" width="14" style="6" customWidth="1"/>
+    <col min="10" max="10" width="12" style="6" customWidth="1"/>
+    <col min="11" max="11" width="14" style="6" customWidth="1"/>
+    <col min="12" max="12" width="12" style="6" customWidth="1"/>
+    <col min="13" max="13" width="14" style="6" customWidth="1"/>
+    <col min="14" max="14" width="12" style="6" customWidth="1"/>
+    <col min="15" max="15" width="14" style="6" customWidth="1"/>
+    <col min="16" max="16" width="12" style="6" customWidth="1"/>
+    <col min="17" max="17" width="14" style="6" customWidth="1"/>
+    <col min="18" max="16384" width="9.140625" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:9" s="1" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:8" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="E1" s="19"/>
       <c r="F1" s="19"/>
       <c r="G1" s="19"/>
-      <c r="H1" s="19"/>
-[...1 lines deleted...]
-    <row r="2" spans="2:9" s="7" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+    </row>
+    <row r="2" spans="2:8" s="7" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="D2" s="3" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="E2" s="18" t="s">
         <v>1</v>
       </c>
       <c r="F2" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="G2" s="18" t="s">
+      <c r="G2" s="21" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="3" spans="2:8" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D3" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="E3" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="G3" s="2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="4" spans="2:8" s="7" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="D4" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="E4" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F4" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="G4" s="2" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="5" spans="2:8" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D5" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="G5" s="2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6" spans="2:8" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D6" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" s="2" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7" spans="2:8" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D7" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="E7" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="F7" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="G7" s="2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="8" spans="2:8" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D8" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="E8" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F8" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="G8" s="2" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="9" spans="2:8" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D9" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F9" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="G9" s="2" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="10" spans="2:8" s="7" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="D10" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E10" s="17" t="s">
+        <v>56</v>
+      </c>
+      <c r="F10" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="11" spans="2:8" s="7" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="D11" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E11" s="20" t="s">
+        <v>57</v>
+      </c>
+      <c r="F11" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="G11" s="18" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="12" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B12" s="10" t="s">
         <v>3</v>
       </c>
-      <c r="H2" s="22" t="s">
-[...157 lines deleted...]
-      <c r="B12" s="10" t="s">
+      <c r="C12" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="C12" s="10" t="s">
+      <c r="D12" s="10" t="s">
         <v>5</v>
       </c>
-      <c r="D12" s="10" t="s">
+      <c r="E12" s="8" t="s">
         <v>6</v>
       </c>
-      <c r="E12" s="8" t="s">
+      <c r="F12" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="G12" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="H12" s="9" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B13" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="F12" s="8" t="s">
-[...13 lines deleted...]
-      <c r="B13" s="11" t="s">
+      <c r="C13" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="C13" s="2" t="s">
+      <c r="D13" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="E13" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="F13" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="G13" s="12" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="2:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="B14" s="11" t="s">
         <v>9</v>
       </c>
-      <c r="D13" s="12" t="s">
-[...16 lines deleted...]
-      <c r="B14" s="11" t="s">
+      <c r="C14" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="C14" s="2" t="s">
+      <c r="D14" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="E14" s="13">
+        <v>0</v>
+      </c>
+      <c r="F14" s="13">
+        <v>0</v>
+      </c>
+      <c r="G14" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="2:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="B15" s="11" t="s">
         <v>11</v>
       </c>
-      <c r="D14" s="12" t="s">
-[...16 lines deleted...]
-      <c r="B15" s="11" t="s">
+      <c r="C15" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C15" s="2" t="s">
+      <c r="D15" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="E15" s="13">
+        <v>0</v>
+      </c>
+      <c r="F15" s="13">
+        <v>0</v>
+      </c>
+      <c r="G15" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="2:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="B16" s="11" t="s">
         <v>13</v>
       </c>
-      <c r="D15" s="12" t="s">
-[...16 lines deleted...]
-      <c r="B16" s="11" t="s">
+      <c r="C16" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="C16" s="2" t="s">
+      <c r="D16" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="E16" s="13">
+        <v>0</v>
+      </c>
+      <c r="F16" s="13">
+        <v>0</v>
+      </c>
+      <c r="G16" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="2:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="B17" s="11" t="s">
         <v>15</v>
       </c>
-      <c r="D16" s="12" t="s">
-[...16 lines deleted...]
-      <c r="B17" s="11" t="s">
+      <c r="C17" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="C17" s="2" t="s">
+      <c r="D17" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="E17" s="13">
+        <v>0</v>
+      </c>
+      <c r="F17" s="13">
+        <v>0</v>
+      </c>
+      <c r="G17" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="2:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="B18" s="11" t="s">
         <v>17</v>
       </c>
-      <c r="D17" s="12" t="s">
-[...16 lines deleted...]
-      <c r="B18" s="11" t="s">
+      <c r="C18" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="C18" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D18" s="12" t="s">
         <v>0</v>
       </c>
       <c r="E18" s="13">
-        <v>0.1</v>
+        <v>0</v>
       </c>
       <c r="F18" s="13">
         <v>0</v>
       </c>
       <c r="G18" s="13">
         <v>0</v>
       </c>
-      <c r="H18" s="13">
-[...3 lines deleted...]
-    <row r="19" spans="2:8" ht="45" x14ac:dyDescent="0.25">
+    </row>
+    <row r="19" spans="2:7" ht="45" x14ac:dyDescent="0.25">
       <c r="B19" s="11"/>
       <c r="C19" s="2" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="D19" s="12"/>
       <c r="E19" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="F19" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="G19" s="15" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="20" spans="2:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="B20" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="E20" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="F20" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="G20" s="14" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="2:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="B21" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="D21" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="E21" s="13">
+        <v>0</v>
+      </c>
+      <c r="F21" s="13">
+        <v>0</v>
+      </c>
+      <c r="G21" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="2:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="B22" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="C22" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D22" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="E22" s="13">
+        <v>0</v>
+      </c>
+      <c r="F22" s="13">
+        <v>0</v>
+      </c>
+      <c r="G22" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="2:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="B23" s="16" t="s">
+        <v>0</v>
+      </c>
+      <c r="C23" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="F19" s="15" t="s">
-[...84 lines deleted...]
-      </c>
       <c r="D23" s="16" t="s">
         <v>0</v>
       </c>
       <c r="E23" s="15" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="F23" s="15" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="G23" s="15" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:H23">
-    <sortCondition ref="E2:H2"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:G23">
+    <sortCondition ref="E2:G2"/>
   </sortState>
   <hyperlinks>
-    <hyperlink ref="E11" r:id="rId1" xr:uid="{48A35FF8-F312-4CA8-85C0-2F4286D5E9BA}"/>
-    <hyperlink ref="F11" r:id="rId2" xr:uid="{F555A7B8-ECB3-4B2F-A11C-4ECB57E1C010}"/>
+    <hyperlink ref="E11" r:id="rId1" xr:uid="{F555A7B8-ECB3-4B2F-A11C-4ECB57E1C010}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
-  <pageSetup orientation="landscape" r:id="rId3"/>
+  <pageSetup orientation="landscape" r:id="rId2"/>
   <headerFooter>
     <oddFooter>&amp;R25-7520 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>