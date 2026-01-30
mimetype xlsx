--- v0 (2025-10-19)
+++ v1 (2026-01-30)
@@ -1,185 +1,173 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2025\25-7516 Non-Instructional Setting - Administrative, Consulting, Management &amp; Training Services (Supplemental)\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6D9CE574-71EA-48D9-AA1D-195372AE464C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{671953A9-94DB-490D-AEB1-F45A660B07F7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$A</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="143" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146" uniqueCount="97">
   <si>
     <t/>
   </si>
   <si>
     <t>Avaap (Avaap U.S.A. LLC)</t>
   </si>
   <si>
     <t>BNX Financial Solutions, LLC DBA BNX Business Advisors</t>
   </si>
   <si>
     <t>Charles E. Black Jr. &amp; Assoc.Inc.</t>
   </si>
   <si>
     <t>Turner &amp; Townsend Heery, LLC</t>
   </si>
   <si>
     <t>YIIU (Kristal Eley LLC)</t>
   </si>
   <si>
     <t>Line #</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>SERVICES. Percent discount off pricelist/fee schedule.</t>
   </si>
   <si>
     <t>No Bid</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PRODUCTS. Percent discount off catalog/pricelist.</t>
   </si>
   <si>
-    <t>Gabriel Gonzalez, Senior Project Manager</t>
-[...1 lines deleted...]
-  <si>
     <t>Edward Hernandez, edward.hernandez@gordian.com, 864-734-6098</t>
   </si>
   <si>
     <t>Rebecca Stribling</t>
   </si>
   <si>
-    <t>Jason Coggins</t>
-[...1 lines deleted...]
-  <si>
     <t>Charles E. Black Jr.</t>
   </si>
   <si>
     <t>Yara Banks</t>
   </si>
   <si>
     <t>Russell Parker</t>
   </si>
   <si>
     <t>Kristal Eley</t>
   </si>
   <si>
     <t>221 N Kansas St Ste 2100, El Paso, TX 79901 (Local Office); 3550 Lenox Road NE, Suite 2300, Atlanta, GA 30326 (corporate office)</t>
   </si>
   <si>
     <t>30 Patewood Drive, Building 2, #350, Greenville, SC 29615</t>
   </si>
   <si>
     <t>P. O. Box 2156, Austin, TX 78768</t>
   </si>
   <si>
     <t>3010 LBJ Freeway, Suite 1200, #450, Dallas, TX 75234</t>
   </si>
   <si>
     <t>6294 Los Bancos Dr.   El Paso Texas 79912</t>
   </si>
   <si>
     <t>11111 San Jose Blvd #1057 Ste 56 Jacksonville, FL 32223</t>
   </si>
   <si>
     <t>79 Beacon Hill Road, Califon, NJ 07830</t>
   </si>
   <si>
     <t>nekita.adams@adamsconsultingtower.com</t>
   </si>
   <si>
-    <t>Gabriel.Gonzalez1@turntown.com</t>
-[...1 lines deleted...]
-  <si>
     <t>edward.hernandez@gordian.com</t>
   </si>
   <si>
     <t>info@wabsa.com</t>
   </si>
   <si>
-    <t>jcoggins@kelloggllc.com</t>
-[...1 lines deleted...]
-  <si>
     <t>chasblk@aol.com</t>
   </si>
   <si>
     <t>yarab@bnxba.com</t>
   </si>
   <si>
     <t>russell.parker@avaap.com</t>
   </si>
   <si>
     <t>keley@yourimageisyou.com</t>
   </si>
   <si>
     <t>(817) 323-8673</t>
   </si>
   <si>
     <t>(915) 479-7879</t>
   </si>
   <si>
     <t>(864) 734-6098</t>
   </si>
   <si>
     <t>(210) 979-6633</t>
   </si>
   <si>
     <t>(405) 561-0221</t>
@@ -284,137 +272,243 @@
     <t>Company Phone Number…</t>
   </si>
   <si>
     <t>Company Website…</t>
   </si>
   <si>
     <t>S&amp;H included in pricing…</t>
   </si>
   <si>
     <t>S&amp;H (expedite fees)…</t>
   </si>
   <si>
     <t>Areas Served…</t>
   </si>
   <si>
     <t>Price Link…</t>
   </si>
   <si>
     <t>Price Link</t>
   </si>
   <si>
     <t>The Gordian Group; The Gordian Group Inc.</t>
   </si>
   <si>
     <t>Contact Purchasing for Pricing</t>
-  </si>
-[...1 lines deleted...]
-    <t>Walsh Gallegos Trevino Russo &amp; Kyle P.C. (Walsh Gallegos Kyle Robinson &amp; Roalson P.C.)</t>
   </si>
   <si>
     <t>Adams Consulting Tower</t>
   </si>
   <si>
     <t>Nekita Adams</t>
   </si>
   <si>
     <t>All Allied States</t>
   </si>
   <si>
     <t>Kellogg &amp; Sovereign Consulting (Sigma Technology Fund); Sigma Technology Fund, LLC. dba Kellogg &amp; Sovereign Consulting</t>
   </si>
   <si>
     <t xml:space="preserve">No  </t>
   </si>
   <si>
     <t>All States</t>
   </si>
   <si>
     <t>7404 Summer Meadows Drive, Fort Worth, Texas 76123</t>
   </si>
   <si>
     <t>1400 Goodale Blvd. Suite 100, Columbus, OH 43212</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">This bid does NOT include JOC Services or JOC Contracts for Construction
 </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 Price Link</t>
     </r>
   </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Gabriel Gonzalez, Senior Project Manager</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve">
+Gary Whittle</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Gabriel.Gonzalez1@turntown.com</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve">
+gary.whittle@turntown.com</t>
+    </r>
+  </si>
+  <si>
+    <t>*updated 12/1/2025</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Walsh Gallegos Trevino Russo &amp; Kyle P.C. (Walsh Gallegos Kyle Robinson &amp; Roalson P.C.) </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Walsh Gallegos Kyle Robinson &amp; De Los Santos P.C.</t>
+    </r>
+  </si>
+  <si>
+    <t>*updated 11/5/25, 1/8/26</t>
+  </si>
+  <si>
+    <t>*updated 1/26/2026</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Jason Coggins</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve"> Jason Ramey</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>jcoggins@kelloggllc.com</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve"> jramey@kelloggllc.com</t>
+    </r>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
+      <family val="2"/>
     </font>
     <font>
       <u/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <strike/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
@@ -451,110 +545,113 @@
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="23">
+  <cellXfs count="24">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -857,397 +954,403 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/25-7516/YIIU_Pricing_.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/25-7516/BNX%20price%20list.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/25-7516/Turner.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/25-7516/Avaap%20Price%20Proposal%20ASC_Final.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/25-7516/Adams%20Consulting%20Tower.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/25-7516/Kellogg%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/25-7516/Gordian%20Response%20and%20Pricing%20combined.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/25-7516/Charles%20E%20Black%20Price%20List%202025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:L17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="2" ySplit="2" topLeftCell="F3" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="2" topLeftCell="C3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="M10" sqref="M10"/>
+      <selection pane="bottomRight" activeCell="H4" sqref="H4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8" style="1" customWidth="1"/>
     <col min="2" max="2" width="36" style="1" customWidth="1"/>
     <col min="3" max="11" width="30.7109375" style="1" customWidth="1"/>
     <col min="12" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A1" s="17"/>
-      <c r="C1" s="19"/>
-[...9 lines deleted...]
-    <row r="2" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+      <c r="F1" s="19"/>
+      <c r="G1" s="18" t="s">
+        <v>94</v>
+      </c>
+      <c r="H1" s="18"/>
+      <c r="I1" s="19" t="s">
+        <v>91</v>
+      </c>
+      <c r="J1" s="23" t="s">
+        <v>93</v>
+      </c>
+      <c r="K1" s="18"/>
+    </row>
+    <row r="2" spans="1:12" ht="75" x14ac:dyDescent="0.25">
       <c r="B2" s="2" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="C2" s="8" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="D2" s="8" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="F2" s="8" t="s">
         <v>3</v>
       </c>
       <c r="G2" s="8" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="H2" s="8" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="I2" s="8" t="s">
         <v>4</v>
       </c>
       <c r="J2" s="8" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="K2" s="8" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:12" ht="45" x14ac:dyDescent="0.25">
       <c r="B3" s="2" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="C3" s="9" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D3" s="9" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E3" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="G3" s="22" t="s">
+        <v>95</v>
+      </c>
+      <c r="H3" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="I3" s="22" t="s">
+        <v>89</v>
+      </c>
+      <c r="J3" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="K3" s="9" t="s">
         <v>19</v>
-      </c>
-[...16 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="75" x14ac:dyDescent="0.25">
       <c r="B4" s="2" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="C4" s="9" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="D4" s="9" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="E4" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="G4" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="I4" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="J4" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="K4" s="9" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="B5" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="C5" s="9" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="9" t="s">
-[...14 lines deleted...]
-      <c r="K4" s="9" t="s">
+      <c r="D5" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="G5" s="22" t="s">
+        <v>96</v>
+      </c>
+      <c r="H5" s="9" t="s">
         <v>28</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C5" s="9" t="s">
+      <c r="I5" s="22" t="s">
+        <v>90</v>
+      </c>
+      <c r="J5" s="9" t="s">
         <v>29</v>
       </c>
-      <c r="D5" s="9" t="s">
-[...8 lines deleted...]
-      <c r="G5" s="9" t="s">
+      <c r="K5" s="9" t="s">
         <v>33</v>
-      </c>
-[...10 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B6" s="2" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="C6" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="E6" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="G6" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="D6" s="9" t="s">
-[...8 lines deleted...]
-      <c r="G6" s="9" t="s">
+      <c r="H6" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="I6" s="9" t="s">
+        <v>35</v>
+      </c>
+      <c r="J6" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="K6" s="9" t="s">
         <v>42</v>
-      </c>
-[...10 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="7" spans="1:12" ht="30" x14ac:dyDescent="0.25">
       <c r="B7" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="C7" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="E7" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="F7" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="G7" s="9" t="s">
         <v>47</v>
       </c>
-      <c r="D7" s="9" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H7" s="9" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="I7" s="9" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="J7" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="K7" s="9" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="8" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B8" s="2" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="C8" s="9" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D8" s="9" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="E8" s="9" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="F8" s="9" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="G8" s="9" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="H8" s="9" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I8" s="9" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="J8" s="9" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K8" s="9" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
     </row>
     <row r="9" spans="1:12" ht="90" x14ac:dyDescent="0.25">
       <c r="B9" s="2" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="C9" s="9" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="D9" s="9" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="E9" s="9" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="F9" s="9" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="G9" s="9" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="H9" s="9" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="I9" s="9" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="J9" s="9" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="K9" s="9" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="10" spans="1:12" ht="30" x14ac:dyDescent="0.25">
       <c r="B10" s="2" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="C10" s="9" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="D10" s="9" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="E10" s="9" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="F10" s="9" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="G10" s="9" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="H10" s="9" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I10" s="9" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="J10" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K10" s="9" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="L10" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="75" x14ac:dyDescent="0.25">
       <c r="B11" s="6" t="s">
-        <v>80</v>
-[...20 lines deleted...]
-        <v>81</v>
+        <v>76</v>
+      </c>
+      <c r="C11" s="20" t="s">
+        <v>77</v>
+      </c>
+      <c r="D11" s="20" t="s">
+        <v>77</v>
+      </c>
+      <c r="E11" s="20" t="s">
+        <v>77</v>
+      </c>
+      <c r="F11" s="20" t="s">
+        <v>77</v>
+      </c>
+      <c r="G11" s="20" t="s">
+        <v>77</v>
+      </c>
+      <c r="H11" s="21" t="s">
+        <v>88</v>
+      </c>
+      <c r="I11" s="20" t="s">
+        <v>77</v>
       </c>
       <c r="J11" s="8" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>79</v>
+      </c>
+      <c r="K11" s="20" t="s">
+        <v>77</v>
       </c>
     </row>
     <row r="12" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C12" s="10" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="10" t="s">
         <v>8</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>8</v>
       </c>
       <c r="F12" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G12" s="10" t="s">
         <v>8</v>
       </c>
       <c r="H12" s="10" t="s">
@@ -1282,155 +1385,155 @@
       <c r="E13" s="11">
         <v>0.01</v>
       </c>
       <c r="F13" s="11">
         <v>0.02</v>
       </c>
       <c r="G13" s="11">
         <v>0</v>
       </c>
       <c r="H13" s="11">
         <v>0</v>
       </c>
       <c r="I13" s="11">
         <v>0.05</v>
       </c>
       <c r="J13" s="11">
         <v>0</v>
       </c>
       <c r="K13" s="11">
         <v>0.03</v>
       </c>
     </row>
     <row r="14" spans="1:12" ht="45" x14ac:dyDescent="0.25">
       <c r="A14" s="7"/>
       <c r="B14" s="13" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="C14" s="16" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="D14" s="16" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="E14" s="16" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="F14" s="16" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="G14" s="16" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="H14" s="16" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I14" s="16" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="J14" s="16" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K14" s="16" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="30" x14ac:dyDescent="0.25">
       <c r="A15" s="7" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="11" t="s">
         <v>11</v>
       </c>
       <c r="D15" s="11" t="s">
         <v>11</v>
       </c>
       <c r="E15" s="11" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="11" t="s">
         <v>11</v>
       </c>
       <c r="G15" s="11" t="s">
         <v>11</v>
       </c>
       <c r="H15" s="11">
         <v>0</v>
       </c>
       <c r="I15" s="11" t="s">
         <v>11</v>
       </c>
       <c r="J15" s="11">
         <v>0.05</v>
       </c>
       <c r="K15" s="11" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:12" ht="45" x14ac:dyDescent="0.25">
       <c r="A16" s="14" t="s">
         <v>0</v>
       </c>
       <c r="B16" s="13" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="C16" s="16"/>
       <c r="D16" s="16"/>
       <c r="E16" s="16"/>
       <c r="F16" s="16"/>
       <c r="G16" s="16"/>
       <c r="H16" s="16" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I16" s="16"/>
       <c r="J16" s="16" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K16" s="16"/>
       <c r="L16" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="75" x14ac:dyDescent="0.25">
       <c r="A17" s="15"/>
       <c r="B17" s="13" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="C17" s="16"/>
       <c r="D17" s="16"/>
       <c r="E17" s="16"/>
       <c r="F17" s="16"/>
       <c r="G17" s="16"/>
       <c r="H17" s="16" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="I17" s="16"/>
       <c r="J17" s="16" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="K17" s="16"/>
       <c r="L17" s="5" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="C1:K16">
     <sortCondition ref="C2:K2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="C11" r:id="rId1" xr:uid="{211B626F-42ED-4FD2-A37B-474AF0AAAD5C}"/>
     <hyperlink ref="D11" r:id="rId2" xr:uid="{891E7535-83E0-4F33-BB8D-0651DC9F53FF}"/>
     <hyperlink ref="E11" r:id="rId3" xr:uid="{2A932D85-87AA-4867-8418-4B1D75C56326}"/>
     <hyperlink ref="F11" r:id="rId4" xr:uid="{0CAF294C-1A35-4B53-8629-991D5B3188D5}"/>
     <hyperlink ref="H11" r:id="rId5" display="Price Link" xr:uid="{7AB504E1-606E-485D-8399-808A9308DC80}"/>
     <hyperlink ref="G11" r:id="rId6" xr:uid="{19419891-1B5C-4916-8AE4-78D9C7DF64A8}"/>
     <hyperlink ref="I11" r:id="rId7" xr:uid="{72D69CD5-47FC-4432-9188-9B5DED6F0104}"/>
     <hyperlink ref="K11" r:id="rId8" xr:uid="{D070534B-433B-4745-9131-E6F99894A488}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
   <pageSetup orientation="landscape"/>
   <headerFooter>
     <oddFooter>&amp;R25-7516 - Page &amp;P</oddFooter>
   </headerFooter>