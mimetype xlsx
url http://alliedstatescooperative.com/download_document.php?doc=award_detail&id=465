--- v0 (2025-10-22)
+++ v1 (2026-01-30)
@@ -1,630 +1,531 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2025\25-7514 Guidance and Counseling, Mental Health Support (supplemental)\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9552DC1B-A94B-4D9F-A078-26748AB16DF3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{461495BF-0910-4CF7-B627-C301B7A015CC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="346" uniqueCount="211">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="274" uniqueCount="172">
   <si>
     <t/>
   </si>
   <si>
     <t>AB Staffing Solutions</t>
   </si>
   <si>
     <t>Agape Therapies &amp; Educational Services</t>
   </si>
   <si>
     <t>Assessment Intervention Management, LLC</t>
   </si>
   <si>
     <t>Beyond Therapy Educational Solutions</t>
   </si>
   <si>
     <t>Cell Staff, LLC</t>
   </si>
   <si>
     <t>CRA Therapy (Community Rehab Associates, Inc.)</t>
   </si>
   <si>
     <t>EDU Healthcare, LLC</t>
   </si>
   <si>
     <t>Junction of Function, Inc.</t>
   </si>
   <si>
     <t>Parallel Learning Behavioral Health P.C.</t>
   </si>
   <si>
     <t>Pediatric Developmental Services (The Therapy Spot LLC)</t>
   </si>
   <si>
-    <t>Sigma Resources LLC</t>
-[...1 lines deleted...]
-  <si>
     <t>Speaking of Speech and Language Therapy</t>
   </si>
   <si>
     <t>TeleHelp 24/7 (Tele-Help, Inc)</t>
   </si>
   <si>
     <t>Therapy Source, Inc.</t>
   </si>
   <si>
     <t>TinyEYE Therapy Services (TinyEYE Technologies Corporation)</t>
   </si>
   <si>
     <t>TrueCare24, Inc.</t>
   </si>
   <si>
     <t>Winward Academy</t>
   </si>
   <si>
     <t>Line #</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>QTY</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Percent discount off pricelist.</t>
   </si>
   <si>
-    <t>Neuro Therapy Systems PLLC</t>
-[...1 lines deleted...]
-  <si>
     <t>CareStaff Partners LLC</t>
   </si>
   <si>
     <t>Audrey Alba</t>
   </si>
   <si>
     <t>Ramona Moore</t>
   </si>
   <si>
     <t>Philip Puleo</t>
   </si>
   <si>
-    <t>Meghan L Tibo</t>
-[...1 lines deleted...]
-  <si>
     <t>Cottichia Burke-Rominiyi</t>
   </si>
   <si>
     <t>Robert Adams</t>
   </si>
   <si>
-    <t>Juliana Reese</t>
-[...1 lines deleted...]
-  <si>
     <t>Kenedi Genesy</t>
   </si>
   <si>
     <t>Nicole Webb</t>
   </si>
   <si>
-    <t>Brian Kaleida</t>
-[...1 lines deleted...]
-  <si>
     <t>Avi Meth</t>
   </si>
   <si>
     <t>Kendra Moore</t>
   </si>
   <si>
-    <t>Christine Durfee</t>
-[...1 lines deleted...]
-  <si>
     <t>Kelly Wilk-Downs</t>
   </si>
   <si>
-    <t>Adriana N. Garcia</t>
-[...1 lines deleted...]
-  <si>
     <t>Donny Te</t>
   </si>
   <si>
     <t>Maria Fanning</t>
   </si>
   <si>
     <t>Amy McPartlin</t>
   </si>
   <si>
     <t>Leah Warner</t>
   </si>
   <si>
     <t>Bimohit Bawa</t>
   </si>
   <si>
     <t>Mike Romano</t>
   </si>
   <si>
     <t>Mary Murphy</t>
   </si>
   <si>
     <t>Valerie Solis</t>
   </si>
   <si>
     <t>Lynne Nicol</t>
   </si>
   <si>
-    <t>Mark Riddick, Senior Director of Health and Wellness</t>
-[...1 lines deleted...]
-  <si>
     <t>Rami Isa</t>
   </si>
   <si>
     <t>Jennifer Winward</t>
   </si>
   <si>
     <t>1401 Montana Ave Ste C, El Paso, TX 79902</t>
   </si>
   <si>
     <t>109-15 Innovation Boulevard Saskatoon, SK, Canada S7N 2X8</t>
   </si>
   <si>
     <t>5215 Militia Hill Road, Plymouth Meeting, PA 19462</t>
   </si>
   <si>
     <t>2500 W. 4th Street, Wilmington, Delaware, 19805</t>
   </si>
   <si>
-    <t>1600 NE Loop 400 Ste 410, San Antonio, TX 78210</t>
-[...1 lines deleted...]
-  <si>
     <t>133 S Ridgeway Dr., Suite 1008, Cleburne, TX 76033</t>
   </si>
   <si>
     <t>5550 Peachtree Parkway, Suite 500, Peachtree Corners, GA 30092</t>
   </si>
   <si>
-    <t>2026 East Carson Street  Pittsburgh, PA 15203</t>
-[...1 lines deleted...]
-  <si>
     <t>115 Sudbrook Ln. STE APikesville, Maryland 21208</t>
   </si>
   <si>
     <t>228 Park Avenue S, #97411, New York, NY 10003</t>
   </si>
   <si>
-    <t>P.O. Box 810 Canutillo, TX 79835-5407</t>
-[...1 lines deleted...]
-  <si>
     <t>8603 Ibis Cove Cirlce, Naples, Florida 34119</t>
   </si>
   <si>
-    <t>201 Marquez, El Paso, TX 79927</t>
-[...1 lines deleted...]
-  <si>
     <t>3451 S Mercy Road,Gilbert, Arizona 85297</t>
   </si>
   <si>
     <t>11507 Lucas Road Woodstock, IL 60098</t>
   </si>
   <si>
     <t>10127 Morocco Street Ste 202 San Antonio, TX 78216</t>
   </si>
   <si>
     <t>111 Regal Row Dallas, Texas 75247</t>
   </si>
   <si>
     <t>8270 Woodland Center Blvd, Tampa, FL 33614</t>
   </si>
   <si>
     <t>5600 Davie Road, Davie, FL 33314</t>
   </si>
   <si>
     <t>3950 3rd Street North, Suite D, St. Petersburg, FL 33703</t>
   </si>
   <si>
     <t>12973 Clevedon St., El Paso, TX 79928</t>
   </si>
   <si>
     <t>18820 Statesville Rd. Cornelius, NC 28031</t>
   </si>
   <si>
-    <t>6363 De Zavala Rd, San Antonio, TX 78249</t>
-[...1 lines deleted...]
-  <si>
     <t>1715 N. Westshore Blvd STE 525, Tampa, FL 33607</t>
   </si>
   <si>
     <t>12670 High Bluff Dr, San Diego, CA 92130</t>
   </si>
   <si>
     <t>info@4gentherapy.com</t>
   </si>
   <si>
     <t>ramona.moore@tinyeye.com</t>
   </si>
   <si>
     <t>ppuleo@txsource.com</t>
   </si>
   <si>
-    <t>meghantibo@tallesttreesllc.com</t>
-[...1 lines deleted...]
-  <si>
     <t>admin@txspeechandmore.com</t>
   </si>
   <si>
     <t>Robadmsqdg@aol.com</t>
   </si>
   <si>
-    <t>juliana.reese@springhealthbehavioral.com</t>
-[...1 lines deleted...]
-  <si>
     <t>kenedi@speakingofspeechtherapy.com</t>
   </si>
   <si>
     <t>Nicole.Webb@soliant.com</t>
   </si>
   <si>
-    <t>bkaleida@sigma-resources.com</t>
-[...1 lines deleted...]
-  <si>
     <t>rfp@pdstherapy.com</t>
   </si>
   <si>
     <t>kendra.moore@parallellearning.com</t>
   </si>
   <si>
-    <t>cdurfeents@gmail.com</t>
-[...1 lines deleted...]
-  <si>
     <t>kwilk11247@aol.com</t>
   </si>
   <si>
-    <t>info@girasolsupport.com</t>
-[...1 lines deleted...]
-  <si>
     <t>mfanning@agapetxs.com</t>
   </si>
   <si>
     <t>Bids@aimeducate.com</t>
   </si>
   <si>
     <t>leahwarner@beyondtherapyes.com</t>
   </si>
   <si>
     <t>rfp_incoming@truecare24.com</t>
   </si>
   <si>
     <t>mike@carestaffpartners.com</t>
   </si>
   <si>
     <t>mary@commrehab.org</t>
   </si>
   <si>
     <t>valeriesolis17@gmail.com</t>
   </si>
   <si>
     <t>rfp@eduhealthcare.com</t>
   </si>
   <si>
-    <t>mariddick@endeavors.org</t>
-[...1 lines deleted...]
-  <si>
     <t>CONTRACTS@CELLSTAFF.COM</t>
   </si>
   <si>
     <t>jennifer@winwardacademy.com</t>
   </si>
   <si>
     <t>(915) 209-0014</t>
   </si>
   <si>
     <t>(877) 846-9393 x216</t>
   </si>
   <si>
     <t>(484) 200-8337</t>
   </si>
   <si>
-    <t>(346) 217-0804</t>
-[...1 lines deleted...]
-  <si>
     <t>(718) 593-7199</t>
   </si>
   <si>
     <t>(888) 247-5767</t>
   </si>
   <si>
-    <t>(210) 370-3099</t>
-[...1 lines deleted...]
-  <si>
     <t>(817) 767-3130</t>
   </si>
   <si>
     <t>(770) 225-3160</t>
   </si>
   <si>
-    <t>(724) 575-0657</t>
-[...1 lines deleted...]
-  <si>
     <t>(410) 358-1997</t>
   </si>
   <si>
     <t>(914) 377-5655</t>
   </si>
   <si>
-    <t>(503) 798-3930</t>
-[...1 lines deleted...]
-  <si>
     <t>(239) 777-4009</t>
   </si>
   <si>
     <t>(888) 515-3900</t>
   </si>
   <si>
     <t>(815) 236-5057</t>
   </si>
   <si>
     <t>(210) 838-5351</t>
   </si>
   <si>
     <t>(908) 763-9111</t>
   </si>
   <si>
     <t>(415) 370-6558</t>
   </si>
   <si>
     <t>(844) 876-5501</t>
   </si>
   <si>
     <t>(727) 501-3034</t>
   </si>
   <si>
     <t>(915) 637-4704</t>
   </si>
   <si>
     <t>(704) 233-7715</t>
   </si>
   <si>
-    <t>(210) 431-6466</t>
-[...1 lines deleted...]
-  <si>
     <t>(855) 561-1715</t>
   </si>
   <si>
     <t>(858) 344-2188</t>
   </si>
   <si>
     <t>HTTP://www.4gentherapy.com</t>
   </si>
   <si>
     <t>https://tinyeye.com/</t>
   </si>
   <si>
     <t>HTTP://txsource.com</t>
   </si>
   <si>
-    <t>HTTP://www.tallesttreesllc.com</t>
-[...1 lines deleted...]
-  <si>
     <t>HTTP://www.TeleHelp247.org</t>
   </si>
   <si>
-    <t>HTTP://www.springhealthbehavioral.com</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.speakingofspeechtherapy.com/</t>
   </si>
   <si>
     <t>HTTP://www.soliant.com</t>
   </si>
   <si>
-    <t>https://www.sigma-resources.com/</t>
-[...1 lines deleted...]
-  <si>
     <t>HTTP://www.pdstherapy.com</t>
   </si>
   <si>
     <t>HTTP://www.parallellearning.com</t>
   </si>
   <si>
-    <t>HTTP://www.neurotherapysystemsllc.com</t>
-[...1 lines deleted...]
-  <si>
     <t>HTTP://www.junctionoffunction.com</t>
   </si>
   <si>
-    <t>https://www.girasolsupport.com/</t>
-[...1 lines deleted...]
-  <si>
     <t>HTTP://www.abstaffing.com</t>
   </si>
   <si>
     <t>HTTP://agapetherapiesandedu.com</t>
   </si>
   <si>
     <t>https://www.aimeducate.com/</t>
   </si>
   <si>
     <t>https://www.beyondtherapyes.com/</t>
   </si>
   <si>
     <t>HTTP://www.TrueCare24.com</t>
   </si>
   <si>
     <t>HTTP://www.carestaffpartners.com</t>
   </si>
   <si>
     <t>HTTP://cratherapy.com</t>
   </si>
   <si>
     <t>HTTP://www.eduhealthcare.com</t>
   </si>
   <si>
-    <t>https://endeavors.org/</t>
-[...1 lines deleted...]
-  <si>
     <t>HTTP://www.cellstaff.com</t>
   </si>
   <si>
     <t>https://www.winwardacademy.com/</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Texas</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
     <t>Not applicable.</t>
   </si>
   <si>
     <t>N/A - No</t>
   </si>
   <si>
     <t>We are a staffing agency .  Shipping does not apply.</t>
   </si>
   <si>
     <t>Any school/district within the state. TinyEYE can also serve other states, however pricing would need to be negotiated separately based on relative cost to serve.</t>
   </si>
   <si>
     <t>Alabama, Arizona, Colorado, Connecticut, Delaware, Florida, Georgia, Illinois, Indiana, Kansas, Louisiana, Maryland, Massachusetts, Michigan, Minnesota, Missouri, Montana, New Hampshire, New Jersey, New Mexico, New York, North Carolina, Ohio, Pennsylvania, South Carolina, Tennessee, Texas, Virginia, Washington DC, Washington, West Virginia, Wisconsin</t>
   </si>
   <si>
     <t>We are willing to provide services throughout the state of Texas.</t>
   </si>
   <si>
     <t>Texas, Florida, Georgia, California, Delaware, Maryland, Missouri, Massachusetts, New York, Virginia, and North Carolina</t>
   </si>
   <si>
     <t>Texas, Arizona</t>
   </si>
   <si>
     <t>Soliant's professionals are licensed and ready to service the all ESC Region 19 Purchasing Cooperative Members.</t>
   </si>
   <si>
-    <t>Nationally</t>
-[...1 lines deleted...]
-  <si>
     <t>PDS can serve the entire country.</t>
   </si>
   <si>
     <t>We operate in 27 states and follow all state, federal and local laws accordingly. The following districts we serve in Texas are:  Marshall ISD, Dickinson ISD, Bryan ISD, Burnet CISD, West Central Texas SSA, West Wichita Co-Op, Glen Rose ISD,  Alief ISD,  Killeen ISD</t>
   </si>
   <si>
     <t>All of Texas</t>
   </si>
   <si>
-    <t>El Paso, Canutillo, Clint, Socorro, San Elizario</t>
-[...1 lines deleted...]
-  <si>
     <t>We staff in all 50 states and are licensed in all of them.</t>
   </si>
   <si>
     <t>WI, IN, CO, CA, NM, KY, MO, MN, OR, UT, WA, ND, GA, AZ, TX, IL, FL, IL,</t>
   </si>
   <si>
     <t>We are based on Texas, and willing to service any area within Texas. Additionally, we also work with Pennsylvania, Maryland, Delaware, Arkansas and Washington. We are willing to work with any state or city in the country, and will go through the process to complete any state mandated legal requirements needed to service that state.</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
     <t>Alabama, Arkansas, Arizona, Colorado, Connecticut, District of Columbia, Florida, Georgia, Iowa, Kansas, Maryland, Minnesota, Missouri, Nevada, New Mexico, North Carolina, Oklahoma, Oregon, Pennsylvania, South Carolina, Texas, Utah, Vermont, Virginia</t>
   </si>
   <si>
     <t>Licensed in Texas. Desert Star Therapy can provide services in El Paso, Texas and via virtual services.</t>
   </si>
   <si>
     <t>We are Nationwide.</t>
   </si>
   <si>
-    <t>All of Texas, parts of Arizona and New Mexico and Florida and North Carolina</t>
-[...1 lines deleted...]
-  <si>
     <t>Cell Staff, LLC can serve all 50 States of the United States</t>
   </si>
   <si>
     <t>Winward Academy curriculum and services are proudly delivered to all states.</t>
   </si>
   <si>
     <t>Does the pricing as found on your pricelist/fee schedule already reflect the discount?</t>
   </si>
   <si>
     <t>Company Name…</t>
   </si>
   <si>
     <t>Company Contact…</t>
   </si>
   <si>
     <t>Company Address…</t>
   </si>
   <si>
     <t>Contact Email Address…</t>
   </si>
   <si>
     <t>Company Phone Number…</t>
   </si>
   <si>
     <t>Company Website…</t>
@@ -632,72 +533,54 @@
   <si>
     <t>S&amp;H included in pricing…</t>
   </si>
   <si>
     <t>S&amp;H (expedite fees)…</t>
   </si>
   <si>
     <t>Areas Served…</t>
   </si>
   <si>
     <t>Price Link…</t>
   </si>
   <si>
     <t>Price Link</t>
   </si>
   <si>
     <t>El paso</t>
   </si>
   <si>
     <t>4 Gen Therapy Services LLC (Audrey Alba)</t>
   </si>
   <si>
     <t>Desert Star Therapy LLC (Valerie Solis)</t>
   </si>
   <si>
-    <t>Family Endeavors, Inc. (dba Endeavors)</t>
-[...7 lines deleted...]
-  <si>
     <t>Texas Speech and More (Happy Speech and Language Services, LLC)</t>
   </si>
   <si>
     <t>5218 Prairie Terrace Lane, Fulshear, TX 77441</t>
-  </si>
-[...7 lines deleted...]
-    <t>8958 Green Ray Drive, Houston, TX 77095</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>donny.te@gmail.com</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> dte@abstaffing.com</t>
     </r>
   </si>
   <si>
     <t>*updated 3/4/25</t>
   </si>
   <si>
     <t>Soliant Health LLC</t>
@@ -1178,1281 +1061,1035 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/CRA%20Therapy.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Junction%20of%20Function.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Soliant%20Health.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Winward.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Agape%20Therapies.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Texas%20Speech%20and%20More.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Cell%20Staff.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Girasol%20Support%20Servies.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Sigma%20Resources.xlsx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/TrueCare24.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/AB%20Staffing.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Pediatric%20Developmental.xlsx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/TeleHelp.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/4%20Gen%20Therapy.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/CareStaff%20Partners.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Family%20Endeavors.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/TinyEYE%20Therapy.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Beyond%20therapy.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Parallel%20Learning.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Therapy%20Source.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/EDU%20Healthcare.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Speaking%20of%20Speech.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Assessment%20Intervention.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Desert%20Star.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Neuro%20Therapy.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/The%20Tallest%20Trees.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/SpringHealth.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/CRA%20Therapy.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Pediatric%20Developmental.xlsx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Therapy%20Source.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Agape%20Therapies.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Winward.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Cell%20Staff.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Parallel%20Learning.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Texas%20Speech%20and%20More.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/AB%20Staffing.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/TeleHelp.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/TrueCare24.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/4%20Gen%20Therapy.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/CareStaff%20Partners.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Junction%20of%20Function.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Beyond%20therapy.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Speaking%20of%20Speech.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/EDU%20Healthcare.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/TinyEYE%20Therapy.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Assessment%20Intervention.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Desert%20Star.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Soliant%20Health.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="B1:AF14"/>
+  <dimension ref="B1:Z14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
+      <selection pane="bottomRight" activeCell="E3" sqref="E3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
     <col min="3" max="3" width="36" style="1" customWidth="1"/>
     <col min="4" max="4" width="6" style="1" customWidth="1"/>
-    <col min="5" max="31" width="30.7109375" style="5" customWidth="1"/>
-    <col min="32" max="16384" width="9.140625" style="1"/>
+    <col min="5" max="25" width="30.7109375" style="5" customWidth="1"/>
+    <col min="26" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:32" s="4" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:26" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="E1" s="3"/>
       <c r="F1" s="23" t="s">
-        <v>208</v>
+        <v>169</v>
       </c>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="5"/>
-      <c r="O1" s="6"/>
-[...10 lines deleted...]
-      <c r="X1" s="6"/>
+      <c r="O1" s="2"/>
+      <c r="P1" s="20"/>
+      <c r="Q1" s="6"/>
+      <c r="R1" s="20" t="s">
+        <v>171</v>
+      </c>
+      <c r="S1" s="2"/>
+      <c r="T1" s="3"/>
+      <c r="U1" s="5"/>
+      <c r="V1" s="3"/>
+      <c r="W1" s="6"/>
+      <c r="X1" s="5"/>
       <c r="Y1" s="3"/>
-      <c r="Z1" s="5"/>
-[...4 lines deleted...]
-      <c r="AE1" s="3"/>
     </row>
-    <row r="2" spans="2:32" ht="60" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:26" ht="45" x14ac:dyDescent="0.25">
       <c r="D2" s="7" t="s">
-        <v>185</v>
+        <v>152</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>197</v>
+        <v>164</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="I2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="J2" s="2" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>198</v>
+        <v>165</v>
       </c>
       <c r="N2" s="2" t="s">
         <v>7</v>
       </c>
       <c r="O2" s="2" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>8</v>
+      </c>
+      <c r="P2" s="2" t="s">
+        <v>9</v>
       </c>
       <c r="Q2" s="2" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="R2" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="R2" s="18" t="s">
+        <v>170</v>
+      </c>
+      <c r="S2" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="T2" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="U2" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="V2" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="W2" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="X2" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="Y2" s="2" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="3" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="D3" s="7" t="s">
+        <v>153</v>
+      </c>
+      <c r="E3" s="8" t="s">
         <v>24</v>
       </c>
-      <c r="S2" s="2" t="s">
-[...35 lines deleted...]
-      <c r="AE2" s="2" t="s">
+      <c r="F3" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="I3" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="J3" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="K3" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="L3" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="M3" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="N3" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="O3" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q3" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="R3" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="S3" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="T3" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="U3" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="V3" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="W3" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="X3" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="Y3" s="8" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="4" spans="2:26" ht="45" x14ac:dyDescent="0.25">
+      <c r="D4" s="7" t="s">
+        <v>154</v>
+      </c>
+      <c r="E4" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="F4" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="G4" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H4" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="I4" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="J4" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="K4" s="8" t="s">
+        <v>63</v>
+      </c>
+      <c r="L4" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="M4" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="N4" s="8" t="s">
+        <v>62</v>
+      </c>
+      <c r="O4" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="P4" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="Q4" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="R4" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="S4" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="T4" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="U4" s="8" t="s">
+        <v>167</v>
+      </c>
+      <c r="V4" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="W4" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="X4" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="Y4" s="8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="5" spans="2:26" ht="30" x14ac:dyDescent="0.25">
+      <c r="D5" s="7" t="s">
+        <v>155</v>
+      </c>
+      <c r="E5" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="F5" s="19" t="s">
+        <v>168</v>
+      </c>
+      <c r="G5" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="H5" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="I5" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="J5" s="8" t="s">
+        <v>79</v>
+      </c>
+      <c r="K5" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="L5" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="M5" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="N5" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="O5" s="8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P5" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="Q5" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="R5" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="S5" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="T5" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="U5" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="V5" s="8" t="s">
+        <v>67</v>
+      </c>
+      <c r="W5" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="X5" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="Y5" s="8" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="6" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="D6" s="7" t="s">
+        <v>156</v>
+      </c>
+      <c r="E6" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="F6" s="8" t="s">
+        <v>95</v>
+      </c>
+      <c r="G6" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="H6" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="I6" s="8" t="s">
+        <v>98</v>
+      </c>
+      <c r="J6" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="K6" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="L6" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="M6" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="N6" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="O6" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="P6" s="8" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q6" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="R6" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="S6" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="T6" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="U6" s="8" t="s">
+        <v>88</v>
+      </c>
+      <c r="V6" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="W6" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="X6" s="8" t="s">
+        <v>99</v>
+      </c>
+      <c r="Y6" s="8" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="7" spans="2:26" ht="30" x14ac:dyDescent="0.25">
+      <c r="D7" s="7" t="s">
+        <v>157</v>
+      </c>
+      <c r="E7" s="8" t="s">
+        <v>106</v>
+      </c>
+      <c r="F7" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="G7" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="H7" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="I7" s="8" t="s">
+        <v>118</v>
+      </c>
+      <c r="J7" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="K7" s="8" t="s">
+        <v>123</v>
+      </c>
+      <c r="L7" s="8" t="s">
+        <v>121</v>
+      </c>
+      <c r="M7" s="8" t="s">
+        <v>125</v>
+      </c>
+      <c r="N7" s="8" t="s">
+        <v>122</v>
+      </c>
+      <c r="O7" s="8" t="s">
+        <v>114</v>
+      </c>
+      <c r="P7" s="8" t="s">
+        <v>113</v>
+      </c>
+      <c r="Q7" s="8" t="s">
+        <v>112</v>
+      </c>
+      <c r="R7" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="S7" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="T7" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="U7" s="8" t="s">
+        <v>125</v>
+      </c>
+      <c r="V7" s="8" t="s">
+        <v>108</v>
+      </c>
+      <c r="W7" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="X7" s="8" t="s">
+        <v>119</v>
+      </c>
+      <c r="Y7" s="8" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="8" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="D8" s="7" t="s">
+        <v>158</v>
+      </c>
+      <c r="E8" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="F8" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="G8" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="H8" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="I8" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="J8" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="K8" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="L8" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="M8" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="N8" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="O8" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="P8" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="Q8" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="R8" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="S8" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="T8" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="U8" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="V8" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="W8" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="X8" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="Y8" s="8" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="9" spans="2:26" ht="30" x14ac:dyDescent="0.25">
+      <c r="D9" s="7" t="s">
+        <v>159</v>
+      </c>
+      <c r="E9" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="F9" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="G9" s="8" t="s">
+        <v>125</v>
+      </c>
+      <c r="H9" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="I9" s="8" t="s">
+        <v>125</v>
+      </c>
+      <c r="J9" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="K9" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="L9" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="M9" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="N9" s="8" t="s">
+        <v>129</v>
+      </c>
+      <c r="O9" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="P9" s="8" t="s">
+        <v>129</v>
+      </c>
+      <c r="Q9" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="R9" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="S9" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="T9" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="U9" s="8" t="s">
+        <v>130</v>
+      </c>
+      <c r="V9" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="W9" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="X9" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="Y9" s="8" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="10" spans="2:26" ht="195" x14ac:dyDescent="0.25">
+      <c r="D10" s="7" t="s">
+        <v>160</v>
+      </c>
+      <c r="E10" s="8" t="s">
+        <v>163</v>
+      </c>
+      <c r="F10" s="8" t="s">
+        <v>142</v>
+      </c>
+      <c r="G10" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="H10" s="8" t="s">
+        <v>128</v>
+      </c>
+      <c r="I10" s="8" t="s">
+        <v>144</v>
+      </c>
+      <c r="J10" s="8" t="s">
+        <v>128</v>
+      </c>
+      <c r="K10" s="8" t="s">
+        <v>149</v>
+      </c>
+      <c r="L10" s="8" t="s">
+        <v>146</v>
+      </c>
+      <c r="M10" s="8" t="s">
+        <v>147</v>
+      </c>
+      <c r="N10" s="8" t="s">
+        <v>148</v>
+      </c>
+      <c r="O10" s="8" t="s">
+        <v>141</v>
+      </c>
+      <c r="P10" s="8" t="s">
+        <v>140</v>
+      </c>
+      <c r="Q10" s="8" t="s">
+        <v>139</v>
+      </c>
+      <c r="R10" s="8" t="s">
+        <v>138</v>
+      </c>
+      <c r="S10" s="8" t="s">
+        <v>137</v>
+      </c>
+      <c r="T10" s="8" t="s">
+        <v>136</v>
+      </c>
+      <c r="U10" s="8" t="s">
+        <v>135</v>
+      </c>
+      <c r="V10" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="W10" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="X10" s="8" t="s">
+        <v>145</v>
+      </c>
+      <c r="Y10" s="8" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="11" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="D11" s="9" t="s">
+        <v>161</v>
+      </c>
+      <c r="E11" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="F11" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="G11" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="H11" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="I11" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="J11" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="K11" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="L11" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="M11" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="N11" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="O11" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="P11" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="Q11" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="R11" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="S11" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="T11" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="U11" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="V11" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="W11" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="X11" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="Y11" s="22" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="12" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="B12" s="10" t="s">
         <v>17</v>
       </c>
+      <c r="C12" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="H12" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="I12" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="J12" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="K12" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="L12" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="M12" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="N12" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="O12" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q12" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="R12" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="S12" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="T12" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="U12" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="V12" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="W12" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="X12" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="Y12" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="Z12" s="12" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="3" spans="2:32" ht="30" x14ac:dyDescent="0.25">
-[...783 lines deleted...]
-      <c r="E12" s="11" t="s">
+    <row r="13" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="B13" s="13" t="s">
         <v>21</v>
       </c>
-      <c r="F12" s="11" t="s">
-[...82 lines deleted...]
-      <c r="B13" s="13" t="s">
+      <c r="C13" s="14" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="D13" s="14" t="s">
         <v>0</v>
       </c>
       <c r="E13" s="15">
         <v>0</v>
       </c>
       <c r="F13" s="15">
         <v>0</v>
       </c>
       <c r="G13" s="15">
         <v>0</v>
       </c>
       <c r="H13" s="15">
         <v>0</v>
       </c>
       <c r="I13" s="15">
         <v>0</v>
       </c>
       <c r="J13" s="15">
         <v>0.01</v>
       </c>
       <c r="K13" s="15">
         <v>0</v>
       </c>
       <c r="L13" s="15">
         <v>0</v>
       </c>
       <c r="M13" s="15">
         <v>0.05</v>
       </c>
       <c r="N13" s="15">
         <v>0</v>
       </c>
       <c r="O13" s="15">
-        <v>0</v>
+        <v>0.2</v>
       </c>
       <c r="P13" s="15">
-        <v>0.15</v>
+        <v>0.03</v>
       </c>
       <c r="Q13" s="15">
-        <v>0.2</v>
+        <v>0.03</v>
       </c>
       <c r="R13" s="15">
         <v>0</v>
       </c>
       <c r="S13" s="15">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="T13" s="15">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
       <c r="U13" s="15">
-        <v>0.2</v>
+        <v>0.05</v>
       </c>
       <c r="V13" s="15">
         <v>0</v>
       </c>
       <c r="W13" s="15">
+        <v>0.05</v>
+      </c>
+      <c r="X13" s="15">
+        <v>0.05</v>
+      </c>
+      <c r="Y13" s="15">
         <v>0</v>
       </c>
-      <c r="X13" s="15">
-[...22 lines deleted...]
-      </c>
     </row>
-    <row r="14" spans="2:32" ht="45" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:26" ht="45" x14ac:dyDescent="0.25">
       <c r="B14" s="16" t="s">
         <v>0</v>
       </c>
       <c r="C14" s="8" t="s">
-        <v>184</v>
+        <v>151</v>
       </c>
       <c r="D14" s="16" t="s">
         <v>0</v>
       </c>
       <c r="E14" s="17" t="s">
-        <v>157</v>
+        <v>127</v>
       </c>
       <c r="F14" s="17" t="s">
-        <v>156</v>
+        <v>126</v>
       </c>
       <c r="G14" s="17" t="s">
-        <v>157</v>
+        <v>127</v>
       </c>
       <c r="H14" s="17" t="s">
-        <v>157</v>
+        <v>127</v>
       </c>
       <c r="I14" s="17" t="s">
-        <v>157</v>
+        <v>127</v>
       </c>
       <c r="J14" s="17" t="s">
-        <v>156</v>
+        <v>126</v>
       </c>
       <c r="K14" s="17" t="s">
-        <v>157</v>
+        <v>127</v>
       </c>
       <c r="L14" s="17" t="s">
-        <v>157</v>
+        <v>127</v>
       </c>
       <c r="M14" s="17" t="s">
-        <v>157</v>
+        <v>127</v>
       </c>
       <c r="N14" s="17" t="s">
-        <v>156</v>
+        <v>126</v>
       </c>
       <c r="O14" s="17" t="s">
-        <v>157</v>
+        <v>126</v>
       </c>
       <c r="P14" s="17" t="s">
-        <v>156</v>
+        <v>126</v>
       </c>
       <c r="Q14" s="17" t="s">
-        <v>156</v>
+        <v>127</v>
       </c>
       <c r="R14" s="17" t="s">
-        <v>157</v>
+        <v>127</v>
       </c>
       <c r="S14" s="17" t="s">
-        <v>156</v>
+        <v>127</v>
       </c>
       <c r="T14" s="17" t="s">
-        <v>157</v>
+        <v>127</v>
       </c>
       <c r="U14" s="17" t="s">
-        <v>157</v>
+        <v>127</v>
       </c>
       <c r="V14" s="17" t="s">
-        <v>157</v>
+        <v>126</v>
       </c>
       <c r="W14" s="17" t="s">
-        <v>157</v>
+        <v>127</v>
       </c>
       <c r="X14" s="17" t="s">
-        <v>156</v>
+        <v>126</v>
       </c>
       <c r="Y14" s="17" t="s">
-        <v>157</v>
-[...16 lines deleted...]
-      <c r="AE14" s="17" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:AE14">
-    <sortCondition ref="E2:AE2"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:Y14">
+    <sortCondition ref="E2:Y2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="E11" r:id="rId1" xr:uid="{552861DD-5A88-43F9-8AD5-BA892F3958C3}"/>
     <hyperlink ref="F11" r:id="rId2" xr:uid="{8CA6B77A-7541-432D-B349-4952C63B011C}"/>
     <hyperlink ref="G11" r:id="rId3" xr:uid="{EEE9B139-54ED-426C-9C42-93FFC3875734}"/>
     <hyperlink ref="H11" r:id="rId4" xr:uid="{8944C09E-B7E6-463C-8E8A-3D2FB2A2BF9E}"/>
     <hyperlink ref="I11" r:id="rId5" xr:uid="{4D6EDEA6-C023-44DE-A850-F26842F10B91}"/>
     <hyperlink ref="J11" r:id="rId6" xr:uid="{99C09E50-1D4E-4812-84CF-54D347B1CDB5}"/>
     <hyperlink ref="K11" r:id="rId7" xr:uid="{7CF3E63A-2620-4AD9-89D3-4B1EE2E3BBD8}"/>
     <hyperlink ref="L11" r:id="rId8" xr:uid="{FF3A27F7-E13F-496C-A34B-788E678CF71C}"/>
     <hyperlink ref="M11" r:id="rId9" xr:uid="{43DAA403-F6C4-4DBF-9706-C1EA10365556}"/>
     <hyperlink ref="N11" r:id="rId10" xr:uid="{1E9C415E-35FA-4313-9885-CD303FBE167E}"/>
-    <hyperlink ref="O11" r:id="rId11" xr:uid="{15D4AF5C-281E-4510-A098-90C85F8B18F8}"/>
-[...15 lines deleted...]
-    <hyperlink ref="X11" r:id="rId27" xr:uid="{00B6890E-DBD9-4531-A753-08ABCE6BFE24}"/>
+    <hyperlink ref="O11" r:id="rId11" xr:uid="{A28BC76F-C9A2-4111-9AAB-A0BEAE74545A}"/>
+    <hyperlink ref="P11" r:id="rId12" xr:uid="{77A82F0E-3116-4520-BEEA-D3EAC1910E08}"/>
+    <hyperlink ref="Q11" r:id="rId13" xr:uid="{BFC8E47D-0C02-4964-A2B1-E877B28BE411}"/>
+    <hyperlink ref="R11" r:id="rId14" xr:uid="{13E7112B-F5D1-4BB4-8F02-F1B5D3CFC4E3}"/>
+    <hyperlink ref="S11" r:id="rId15" xr:uid="{1C6B79EA-E40A-4BA5-9D45-9E2897495675}"/>
+    <hyperlink ref="T11" r:id="rId16" xr:uid="{AD2B3CEC-4C5B-4505-AC70-45BEE88BC61A}"/>
+    <hyperlink ref="U11" r:id="rId17" xr:uid="{07E221D1-32A1-4FE7-A41F-E81D0AF6E541}"/>
+    <hyperlink ref="V11" r:id="rId18" xr:uid="{12263750-D5DC-41C8-BE6A-C75401D2ECFA}"/>
+    <hyperlink ref="W11" r:id="rId19" xr:uid="{C1025A26-D6B8-4278-AFC1-FDE0FCD6CFDD}"/>
+    <hyperlink ref="X11" r:id="rId20" xr:uid="{A317F703-39DC-473A-BB5B-A87345C61E0E}"/>
+    <hyperlink ref="Y11" r:id="rId21" xr:uid="{7EB2571A-3B26-407B-B73B-47042984D4D2}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
-  <pageSetup orientation="landscape" r:id="rId28"/>
+  <pageSetup orientation="landscape" r:id="rId22"/>
   <headerFooter>
     <oddFooter>&amp;R25-7514 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>