--- v1 (2026-01-30)
+++ v2 (2026-03-18)
@@ -1,83 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2025\25-7514 Guidance and Counseling, Mental Health Support (supplemental)\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{461495BF-0910-4CF7-B627-C301B7A015CC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F6179D3B-7DEF-4E63-A5D2-0ADFF1DF260A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="274" uniqueCount="172">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="275" uniqueCount="173">
   <si>
     <t/>
   </si>
   <si>
     <t>AB Staffing Solutions</t>
   </si>
   <si>
     <t>Agape Therapies &amp; Educational Services</t>
   </si>
   <si>
     <t>Assessment Intervention Management, LLC</t>
   </si>
   <si>
     <t>Beyond Therapy Educational Solutions</t>
   </si>
   <si>
     <t>Cell Staff, LLC</t>
   </si>
   <si>
     <t>CRA Therapy (Community Rehab Associates, Inc.)</t>
   </si>
   <si>
     <t>EDU Healthcare, LLC</t>
   </si>
   <si>
@@ -565,50 +565,53 @@
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>donny.te@gmail.com</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> dte@abstaffing.com</t>
     </r>
   </si>
   <si>
     <t>*updated 3/4/25</t>
   </si>
   <si>
     <t>Soliant Health LLC</t>
   </si>
   <si>
     <t>*updated 10/1/25</t>
+  </si>
+  <si>
+    <t>*updated 3/10/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
@@ -654,51 +657,51 @@
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="24">
+  <cellXfs count="25">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
@@ -723,50 +726,51 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -1061,86 +1065,88 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/CRA%20Therapy.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Pediatric%20Developmental.xlsx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Therapy%20Source.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Agape%20Therapies.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Winward.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Cell%20Staff.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Parallel%20Learning.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Texas%20Speech%20and%20More.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/AB%20Staffing.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/TeleHelp.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/TrueCare24.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/4%20Gen%20Therapy.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/CareStaff%20Partners.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Junction%20of%20Function.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Beyond%20therapy.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Speaking%20of%20Speech.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/EDU%20Healthcare.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/TinyEYE%20Therapy.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Assessment%20Intervention.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Desert%20Star.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Soliant%20Health.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/CRA%20Therapy.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Soliant%20Health.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/TinyEYE%20Therapy.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Agape%20Therapies.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/var/www/html/www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Pediatric%20Developmental%20Services.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Cell%20Staff.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Parallel%20Learning.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Therapy%20Source.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/AB%20Staffing.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Texas%20Speech%20and%20More.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Winward.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/4%20Gen%20Therapy.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/CareStaff%20Partners.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Junction%20of%20Function.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Beyond%20therapy.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/TeleHelp.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/EDU%20Healthcare.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/TrueCare24.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Assessment%20Intervention.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Desert%20Star.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Speaking%20of%20Speech.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B1:Z14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight" activeCell="E3" sqref="E3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
     <col min="3" max="3" width="36" style="1" customWidth="1"/>
     <col min="4" max="4" width="6" style="1" customWidth="1"/>
     <col min="5" max="25" width="30.7109375" style="5" customWidth="1"/>
     <col min="26" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:26" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="E1" s="3"/>
       <c r="F1" s="23" t="s">
         <v>169</v>
       </c>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
-      <c r="M1" s="3"/>
+      <c r="M1" s="23" t="s">
+        <v>172</v>
+      </c>
       <c r="N1" s="5"/>
       <c r="O1" s="2"/>
       <c r="P1" s="20"/>
       <c r="Q1" s="6"/>
       <c r="R1" s="20" t="s">
         <v>171</v>
       </c>
       <c r="S1" s="2"/>
       <c r="T1" s="3"/>
       <c r="U1" s="5"/>
       <c r="V1" s="3"/>
       <c r="W1" s="6"/>
       <c r="X1" s="5"/>
       <c r="Y1" s="3"/>
     </row>
     <row r="2" spans="2:26" ht="45" x14ac:dyDescent="0.25">
       <c r="D2" s="7" t="s">
         <v>152</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>164</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>1</v>
       </c>
@@ -1764,51 +1770,51 @@
       </c>
       <c r="I11" s="21" t="s">
         <v>162</v>
       </c>
       <c r="J11" s="21" t="s">
         <v>162</v>
       </c>
       <c r="K11" s="21" t="s">
         <v>162</v>
       </c>
       <c r="L11" s="21" t="s">
         <v>162</v>
       </c>
       <c r="M11" s="21" t="s">
         <v>162</v>
       </c>
       <c r="N11" s="21" t="s">
         <v>162</v>
       </c>
       <c r="O11" s="21" t="s">
         <v>162</v>
       </c>
       <c r="P11" s="21" t="s">
         <v>162</v>
       </c>
-      <c r="Q11" s="21" t="s">
+      <c r="Q11" s="24" t="s">
         <v>162</v>
       </c>
       <c r="R11" s="21" t="s">
         <v>162</v>
       </c>
       <c r="S11" s="21" t="s">
         <v>162</v>
       </c>
       <c r="T11" s="21" t="s">
         <v>162</v>
       </c>
       <c r="U11" s="21" t="s">
         <v>162</v>
       </c>
       <c r="V11" s="21" t="s">
         <v>162</v>
       </c>
       <c r="W11" s="21" t="s">
         <v>162</v>
       </c>
       <c r="X11" s="21" t="s">
         <v>162</v>
       </c>
       <c r="Y11" s="22" t="s">
         <v>162</v>
@@ -2034,59 +2040,59 @@
       </c>
       <c r="X14" s="17" t="s">
         <v>126</v>
       </c>
       <c r="Y14" s="17" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:Y14">
     <sortCondition ref="E2:Y2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="E11" r:id="rId1" xr:uid="{552861DD-5A88-43F9-8AD5-BA892F3958C3}"/>
     <hyperlink ref="F11" r:id="rId2" xr:uid="{8CA6B77A-7541-432D-B349-4952C63B011C}"/>
     <hyperlink ref="G11" r:id="rId3" xr:uid="{EEE9B139-54ED-426C-9C42-93FFC3875734}"/>
     <hyperlink ref="H11" r:id="rId4" xr:uid="{8944C09E-B7E6-463C-8E8A-3D2FB2A2BF9E}"/>
     <hyperlink ref="I11" r:id="rId5" xr:uid="{4D6EDEA6-C023-44DE-A850-F26842F10B91}"/>
     <hyperlink ref="J11" r:id="rId6" xr:uid="{99C09E50-1D4E-4812-84CF-54D347B1CDB5}"/>
     <hyperlink ref="K11" r:id="rId7" xr:uid="{7CF3E63A-2620-4AD9-89D3-4B1EE2E3BBD8}"/>
     <hyperlink ref="L11" r:id="rId8" xr:uid="{FF3A27F7-E13F-496C-A34B-788E678CF71C}"/>
     <hyperlink ref="M11" r:id="rId9" xr:uid="{43DAA403-F6C4-4DBF-9706-C1EA10365556}"/>
     <hyperlink ref="N11" r:id="rId10" xr:uid="{1E9C415E-35FA-4313-9885-CD303FBE167E}"/>
     <hyperlink ref="O11" r:id="rId11" xr:uid="{A28BC76F-C9A2-4111-9AAB-A0BEAE74545A}"/>
     <hyperlink ref="P11" r:id="rId12" xr:uid="{77A82F0E-3116-4520-BEEA-D3EAC1910E08}"/>
-    <hyperlink ref="Q11" r:id="rId13" xr:uid="{BFC8E47D-0C02-4964-A2B1-E877B28BE411}"/>
-[...7 lines deleted...]
-    <hyperlink ref="Y11" r:id="rId21" xr:uid="{7EB2571A-3B26-407B-B73B-47042984D4D2}"/>
+    <hyperlink ref="R11" r:id="rId13" xr:uid="{13E7112B-F5D1-4BB4-8F02-F1B5D3CFC4E3}"/>
+    <hyperlink ref="S11" r:id="rId14" xr:uid="{1C6B79EA-E40A-4BA5-9D45-9E2897495675}"/>
+    <hyperlink ref="T11" r:id="rId15" xr:uid="{AD2B3CEC-4C5B-4505-AC70-45BEE88BC61A}"/>
+    <hyperlink ref="U11" r:id="rId16" xr:uid="{07E221D1-32A1-4FE7-A41F-E81D0AF6E541}"/>
+    <hyperlink ref="V11" r:id="rId17" xr:uid="{12263750-D5DC-41C8-BE6A-C75401D2ECFA}"/>
+    <hyperlink ref="W11" r:id="rId18" xr:uid="{C1025A26-D6B8-4278-AFC1-FDE0FCD6CFDD}"/>
+    <hyperlink ref="X11" r:id="rId19" xr:uid="{A317F703-39DC-473A-BB5B-A87345C61E0E}"/>
+    <hyperlink ref="Y11" r:id="rId20" xr:uid="{7EB2571A-3B26-407B-B73B-47042984D4D2}"/>
+    <hyperlink ref="Q11" r:id="rId21" xr:uid="{F31FFBF9-8558-4C2C-B146-188E27EE1C54}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
   <pageSetup orientation="landscape" r:id="rId22"/>
   <headerFooter>
     <oddFooter>&amp;R25-7514 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>