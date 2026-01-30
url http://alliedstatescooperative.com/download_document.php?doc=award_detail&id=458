--- v0 (2025-10-19)
+++ v1 (2026-01-30)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2024\24-7504 Work Uniforms, Shoes and Related\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{29F8E2B3-0395-42E6-AAFE-5D550217E4F7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8A7F9910-96DB-438B-A8BE-E849A42E205D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$A</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -971,51 +971,51 @@
   <si>
     <t>Yes, please contact sales rep for additional fees</t>
   </si>
   <si>
     <t>HMART Uniform and Tactical Supply (Abraham Peinado)</t>
   </si>
   <si>
     <t>2430 East Yandell Drive, El Paso, TX  79903</t>
   </si>
   <si>
     <t>2027 Industrial Ave., San Angelo, TX  76904</t>
   </si>
   <si>
     <t>413 S Mesa St., El Paso, TX  79901</t>
   </si>
   <si>
     <t>11982 Roseann Ct., El Paso, TX  79936</t>
   </si>
   <si>
     <t>6928-A Commerce Ave., Dallas, TX  75265-0481</t>
   </si>
   <si>
     <t>*updated 1/16/25, 1/23/25</t>
   </si>
   <si>
-    <t>*updated 10/25/24, 1/17/25, 3/20/25, 4/21/25, 5/28/25, 6/2/25, 6/26/25, 7/21/25, 8/7/25, 8/14/25, 8/26/25, 9/29/25</t>
+    <t>*updated 10/25/24, 1/17/25, 3/20/25, 4/21/25, 5/28/25, 6/2/25, 6/26/25, 7/21/25, 8/7/25, 8/14/25, 8/26/25, 9/29/25, 12/8/25, 12/17/25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
     <numFmt numFmtId="165" formatCode="\$###,###,##0.00####"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1099,51 +1099,51 @@
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="32">
+  <cellXfs count="33">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
@@ -1194,50 +1194,51 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="3" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -1532,73 +1533,73 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7504/Shoes%20for%20Crews.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7504/AJs%20pricing%20combined.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7504/La%20Estrella%20Screenprinting%20Pricing%20Combined.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Work%20Wear%20Pricelist.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7504/A%26A%20CatalogWebpageLinks_A%26A_09.16.2024.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@gandyink.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7504/La%20Estrella%20Pricing%20-%20combined.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7504/Bazaar.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/var/www/html/www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7504/HMART.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7504/Unifirst%20Combined%20pricelist.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7504/Commerical%20Screenprinting%20website%20link.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7504/Spark.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7504/Shoes%20for%20Crews.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7504/AJs%20pricing%20combined.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7504/La%20Estrella%20Screenprinting%20Pricing%20Combined.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7504/Workwear%20Uniforms.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7504/A%26A%20CatalogWebpageLinks_A%26A_09.16.2024.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@gandyink.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7504/La%20Estrella%20Pricing%20-%20combined.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7504/Bazaar.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/var/www/html/www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7504/HMART.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7504/Unifirst%20Combined%20pricelist.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7504/Commerical%20Screenprinting%20website%20link.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7504/Spark.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:CY90"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="2" ySplit="2" topLeftCell="C3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8" style="8" customWidth="1"/>
     <col min="2" max="2" width="36" style="8" customWidth="1"/>
     <col min="3" max="14" width="30.7109375" style="8" customWidth="1"/>
     <col min="15" max="16384" width="9.140625" style="8"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="60" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:14" ht="75" x14ac:dyDescent="0.25">
       <c r="C1" s="15"/>
       <c r="D1" s="13"/>
       <c r="E1" s="6"/>
       <c r="F1" s="15"/>
       <c r="G1" s="15"/>
       <c r="H1" s="15"/>
       <c r="I1" s="6"/>
       <c r="J1" s="6"/>
       <c r="K1" s="6"/>
       <c r="L1" s="6"/>
       <c r="M1" s="15" t="s">
         <v>301</v>
       </c>
       <c r="N1" s="15" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="2" spans="1:14" ht="60" x14ac:dyDescent="0.25">
       <c r="B2" s="7" t="s">
         <v>256</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>266</v>
       </c>
       <c r="D2" s="2" t="s">
@@ -1978,51 +1979,51 @@
       </c>
       <c r="F11" s="31" t="s">
         <v>268</v>
       </c>
       <c r="G11" s="18" t="s">
         <v>155</v>
       </c>
       <c r="H11" s="31" t="s">
         <v>268</v>
       </c>
       <c r="I11" s="31" t="s">
         <v>268</v>
       </c>
       <c r="J11" s="31" t="s">
         <v>268</v>
       </c>
       <c r="K11" s="31" t="s">
         <v>268</v>
       </c>
       <c r="L11" s="31" t="s">
         <v>268</v>
       </c>
       <c r="M11" s="31" t="s">
         <v>268</v>
       </c>
-      <c r="N11" s="31" t="s">
+      <c r="N11" s="32" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A12" s="9" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>9</v>
       </c>
@@ -5196,51 +5197,51 @@
         <v>283</v>
       </c>
       <c r="L90" s="11"/>
       <c r="M90" s="11"/>
       <c r="N90" s="16" t="s">
         <v>280</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="C1:N89">
     <sortCondition ref="C2:N2"/>
   </sortState>
   <phoneticPr fontId="5" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId1" xr:uid="{6930E08E-5DA9-441B-AA4E-8DA133A51316}"/>
     <hyperlink ref="C11" r:id="rId2" xr:uid="{B254E7BA-5A82-4F50-9358-933CB666DAF6}"/>
     <hyperlink ref="D11" r:id="rId3" xr:uid="{DD6EC503-3F41-47AA-8B48-4CAE19A012ED}"/>
     <hyperlink ref="F11" r:id="rId4" xr:uid="{F1BBC3CA-3C4D-4B43-AD07-E2421D22686C}"/>
     <hyperlink ref="H11" r:id="rId5" xr:uid="{601C6191-34AB-457B-B6EC-7FF36193C5F4}"/>
     <hyperlink ref="I11" r:id="rId6" xr:uid="{A3DD79E7-8463-4B46-B3C4-436FA3A60F96}"/>
     <hyperlink ref="J11" r:id="rId7" xr:uid="{A56040E5-DA5C-404C-80A5-07A959954ADE}"/>
     <hyperlink ref="K11" r:id="rId8" xr:uid="{CE49FB60-86E3-4AA1-919C-27DB007BF82F}"/>
     <hyperlink ref="L11" r:id="rId9" xr:uid="{381206D6-DAD5-454D-8A44-3E1B27022506}"/>
     <hyperlink ref="M11" r:id="rId10" xr:uid="{4FDD2AF4-B09E-4043-A3A7-7233A7B4425E}"/>
     <hyperlink ref="E11" r:id="rId11" xr:uid="{7C48C89B-1E2A-4471-8942-9A81C1AEC318}"/>
-    <hyperlink ref="N11" r:id="rId12" xr:uid="{1D8332F5-8A0E-4AF7-9C14-05ECB1057E7B}"/>
+    <hyperlink ref="N11" r:id="rId12" xr:uid="{47B65FFD-456E-4632-BAF1-F778678889D9}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
   <pageSetup orientation="landscape" r:id="rId13"/>
   <headerFooter>
     <oddFooter>&amp;R24-7504 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>