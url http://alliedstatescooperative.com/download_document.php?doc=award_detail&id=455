--- v0 (2025-10-21)
+++ v1 (2026-01-30)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2024\24-7499 Printing Services, Promotional Supplies, and Related (Supplemental)\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E4011267-7012-4EBC-B9F5-7DA3A443E5AB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8E4B35A5-8E6B-455B-8D43-B3A41D10A3DF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$A</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="244" uniqueCount="124">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="245" uniqueCount="125">
   <si>
     <t/>
   </si>
   <si>
     <t>Continental Promos, LLC.</t>
   </si>
   <si>
     <t>Educational Products Inc.</t>
   </si>
   <si>
     <t>El Paso Office Products (El Paso Office Products, LLC.)</t>
   </si>
   <si>
     <t>MT Needles Embroidery LLC</t>
   </si>
   <si>
     <t>Line #</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
@@ -404,50 +404,53 @@
     <t>AQS Jeans LLC (Angel Armando Ramos)</t>
   </si>
   <si>
     <t>Cari Trading Company LLC (Kavita Ahuja)</t>
   </si>
   <si>
     <t>Rodrigo Touche</t>
   </si>
   <si>
     <t>623 Langtry Street, El Paso, Texas 79902</t>
   </si>
   <si>
     <t>HMART Uniform and Tactical Supply (Abraham Peinado)</t>
   </si>
   <si>
     <t>Norma Navarrete</t>
   </si>
   <si>
     <t>416 S. El Paso, Street, El Paso, Texas  79901</t>
   </si>
   <si>
     <t>Gandy Ink (G&amp;G Investments Inc.)</t>
   </si>
   <si>
     <t>*updated 9/12/24, 10/16/24, 10/8/25</t>
+  </si>
+  <si>
+    <t>*Update 1/28/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
@@ -920,74 +923,76 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7499/MT%20NEEDLES%20COMBINED%20PRICING.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7499/Cari%20Trading%20Company%20Price%20List.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7499/HMART.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7499/AQS%20Jeans%20Catalog.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gandyink.com/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7499/El%20Paso%20Office%20Products%20Online%20Catalog.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7499/Educational%20Products.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7499/Continental%20Promos.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aqsjeans409@gmail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:K30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="2" ySplit="2" topLeftCell="C3" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="2" topLeftCell="D3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight"/>
+      <selection pane="bottomRight" activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8" style="1" customWidth="1"/>
     <col min="2" max="2" width="36" style="1" customWidth="1"/>
     <col min="3" max="10" width="30.7109375" style="2" customWidth="1"/>
     <col min="11" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="C1" s="16" t="s">
         <v>123</v>
       </c>
       <c r="D1" s="16"/>
       <c r="E1" s="16"/>
       <c r="F1" s="16"/>
       <c r="G1" s="16"/>
       <c r="I1" s="16"/>
-      <c r="J1" s="16"/>
+      <c r="J1" s="16" t="s">
+        <v>124</v>
+      </c>
     </row>
     <row r="2" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="B2" s="9" t="s">
         <v>85</v>
       </c>
       <c r="C2" s="12" t="s">
         <v>115</v>
       </c>
       <c r="D2" s="12" t="s">
         <v>116</v>
       </c>
       <c r="E2" s="12" t="s">
         <v>1</v>
       </c>
       <c r="F2" s="12" t="s">
         <v>2</v>
       </c>
       <c r="G2" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H2" s="12" t="s">
         <v>122</v>
       </c>
       <c r="I2" s="12" t="s">
         <v>119</v>