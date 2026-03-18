--- v0 (2025-10-19)
+++ v1 (2026-03-18)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2024\24-7494 JOC - State of Texas\Award Summary and Award Detail\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\Bids\2024\24-7494 JOC - State of Texas\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F9B5653C-E254-40FA-AEB8-F284745B5DFD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1907C550-50EC-42C6-BB7D-A679579C6367}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$B:$B</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="337" uniqueCount="204">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="344" uniqueCount="206">
   <si>
     <t/>
   </si>
   <si>
     <t>AO General Contractor, Inc.</t>
   </si>
   <si>
     <t>Acebo Solutions, LLC</t>
   </si>
   <si>
     <t>Gracen Engineering &amp; Construction, Inc.</t>
   </si>
   <si>
     <t>HVAC Control Systems Inc</t>
   </si>
   <si>
     <t>Burman Construction, LLC</t>
   </si>
   <si>
     <t>Jordan Foster Construction LLC</t>
   </si>
   <si>
     <t>SYNERGY PROJECT CONTRACTORS, INC</t>
   </si>
   <si>
@@ -217,53 +217,50 @@
   <si>
     <t>Ruben Gonzalez</t>
   </si>
   <si>
     <t>Samantha Shelton</t>
   </si>
   <si>
     <t>Jorge Vazquez</t>
   </si>
   <si>
     <t>Ramon T Salgado</t>
   </si>
   <si>
     <t>Luis Luna</t>
   </si>
   <si>
     <t>Carmen Ortiz</t>
   </si>
   <si>
     <t>Marco Marquez</t>
   </si>
   <si>
     <t>Eric Ortiz</t>
   </si>
   <si>
-    <t>Simon Woodart</t>
-[...1 lines deleted...]
-  <si>
     <t>Company Address…</t>
   </si>
   <si>
     <t>5312 Santa Teresa Dr, El Paso, TX 79932</t>
   </si>
   <si>
     <t>2222 Texas Ave. El Paso TX 79901</t>
   </si>
   <si>
     <t>1211 Pleasanton Road, San Antonio, Texas 78214</t>
   </si>
   <si>
     <t>1050 Diesel Dr El Paso, Texas 79907</t>
   </si>
   <si>
     <t>4509 Osborne Drive, El Paso, TX 79922</t>
   </si>
   <si>
     <t>204 N. Eucalyptus St., El Paso, TX 79901</t>
   </si>
   <si>
     <t>6320 Research Road, Frisco, TX 75033</t>
   </si>
   <si>
     <t>5417 Dailey Ave, El Paso, Texas, 79905</t>
@@ -307,53 +304,50 @@
   <si>
     <t>233 N. Mesa Hills Drive El Paso, Texas 79912</t>
   </si>
   <si>
     <t>10279 Dyer St. El Paso, TX. 79924</t>
   </si>
   <si>
     <t>11940 Don Haskins Dr. Ste. B146, El Paso, TX 79936</t>
   </si>
   <si>
     <t>700 N Copia St, El Paso, TX 79903</t>
   </si>
   <si>
     <t>3318 Rosa Ave, El Paso, TX, 79905</t>
   </si>
   <si>
     <t>4021 Johnson Ave. El Paso, TX 79930</t>
   </si>
   <si>
     <t>1405 Vanderbilt Dr El Paso, TX 79935</t>
   </si>
   <si>
     <t>1401 Montana Ste B5, El Paso, TX 79902</t>
   </si>
   <si>
-    <t>2910 Frutas, El Paso TX 79905</t>
-[...1 lines deleted...]
-  <si>
     <t>Contact Email Address…</t>
   </si>
   <si>
     <t>victor@acebosolutions.com</t>
   </si>
   <si>
     <t>artcervantes@aco-inc.com</t>
   </si>
   <si>
     <t>atanacio@amstarincgc.com</t>
   </si>
   <si>
     <t>ao@aogcon.com</t>
   </si>
   <si>
     <t>n.camarena@azteccontractors.com</t>
   </si>
   <si>
     <t>estimating@burmanep.com</t>
   </si>
   <si>
     <t>davewilson@coreconstruction.com</t>
   </si>
   <si>
     <t>mario@eglconstruction.com</t>
@@ -388,62 +382,56 @@
   <si>
     <t>fguillen@keystone-ce.net</t>
   </si>
   <si>
     <t>ydiaz@miradorenterprises.com</t>
   </si>
   <si>
     <t>cesarm@nine-degrees.com</t>
   </si>
   <si>
     <t>ruben.gonzalez@noblegeneral.com</t>
   </si>
   <si>
     <t>sshelton@pcautomatedcontrols.com</t>
   </si>
   <si>
     <t>jorge@phoenix-gc.com</t>
   </si>
   <si>
     <t>info@pridegc.com</t>
   </si>
   <si>
     <t>lluna@spc-pm.com</t>
   </si>
   <si>
-    <t>roofing@theroofandmetal.com</t>
-[...1 lines deleted...]
-  <si>
     <t>m.marquez@tranetechnologies.com</t>
   </si>
   <si>
     <t>unitedroofing1@aol.com</t>
   </si>
   <si>
-    <t>swoodart@woodart.llc</t>
-[...1 lines deleted...]
-  <si>
     <t>Company Phone Number…</t>
   </si>
   <si>
     <t>(915) 270-1432</t>
   </si>
   <si>
     <t>(915) 920-0576</t>
   </si>
   <si>
     <t>(210) 927-5705</t>
   </si>
   <si>
     <t>(915) 860-4871</t>
   </si>
   <si>
     <t>(915) 342-7994</t>
   </si>
   <si>
     <t>(915) 444-8707</t>
   </si>
   <si>
     <t>(214) 684-9320</t>
   </si>
   <si>
     <t>(915) 525-2302</t>
@@ -647,164 +635,255 @@
     <t>Non-Regular Working Hours - Zone 2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Zone 3 - South-West Texas</t>
   </si>
   <si>
     <t>3.1</t>
   </si>
   <si>
     <t>Regular Working Hours - Zone 3</t>
   </si>
   <si>
     <t>3.2</t>
   </si>
   <si>
     <t>Non-Regular Working Hours - Zone 3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Non Pre-Priced Items</t>
+  </si>
+  <si>
+    <t>*updated 2/12/26</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>roofing@theroofandmetal.com</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve"> office@theroofandmetal.com</t>
+    </r>
+  </si>
+  <si>
+    <t>*updated 3/12/26</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Simon Woodart</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve">
+Ivonne Woodart</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>swoodart@woodart.llc</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve">
+ivonne@woodart.llc</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>2910 Frutas, El Paso TX 79905</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+7300 Dale Rd, El Paso, TX 79915</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <strike/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="14">
+  <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{A1663133-C709-4467-A465-6D6CB6D9CE2B}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1137,50 +1216,56 @@
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
     <col min="3" max="3" width="36" style="1" customWidth="1"/>
     <col min="4" max="4" width="6" style="1" customWidth="1"/>
     <col min="5" max="33" width="30.7109375" style="1" customWidth="1"/>
     <col min="34" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:34" x14ac:dyDescent="0.25">
       <c r="E1" s="13"/>
       <c r="F1" s="12"/>
       <c r="G1" s="12"/>
       <c r="H1" s="12"/>
       <c r="I1" s="12"/>
       <c r="J1" s="12"/>
       <c r="L1" s="12"/>
       <c r="M1" s="12"/>
       <c r="P1" s="12"/>
       <c r="Q1" s="12"/>
       <c r="R1" s="12"/>
       <c r="S1" s="12"/>
       <c r="T1" s="12"/>
       <c r="U1" s="12"/>
       <c r="V1" s="12"/>
       <c r="AA1" s="12"/>
+      <c r="AD1" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="AG1" s="1" t="s">
+        <v>202</v>
+      </c>
     </row>
     <row r="2" spans="2:34" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="D2" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E2" s="10" t="s">
         <v>2</v>
       </c>
       <c r="F2" s="10" t="s">
         <v>14</v>
       </c>
       <c r="G2" s="10" t="s">
         <v>19</v>
       </c>
       <c r="H2" s="10" t="s">
         <v>1</v>
       </c>
       <c r="I2" s="10" t="s">
         <v>18</v>
       </c>
       <c r="J2" s="10" t="s">
         <v>5</v>
       </c>
       <c r="K2" s="10" t="s">
         <v>24</v>
@@ -1230,51 +1315,51 @@
       <c r="Z2" s="10" t="s">
         <v>22</v>
       </c>
       <c r="AA2" s="10" t="s">
         <v>20</v>
       </c>
       <c r="AB2" s="10" t="s">
         <v>8</v>
       </c>
       <c r="AC2" s="10" t="s">
         <v>7</v>
       </c>
       <c r="AD2" s="10" t="s">
         <v>28</v>
       </c>
       <c r="AE2" s="10" t="s">
         <v>17</v>
       </c>
       <c r="AF2" s="10" t="s">
         <v>29</v>
       </c>
       <c r="AG2" s="10" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="3" spans="2:34" s="6" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:34" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="D3" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>32</v>
       </c>
       <c r="F3" s="5" t="s">
         <v>33</v>
       </c>
       <c r="G3" s="5" t="s">
         <v>34</v>
       </c>
       <c r="H3" s="5" t="s">
         <v>35</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>36</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>37</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>38</v>
       </c>
       <c r="L3" s="5" t="s">
@@ -1318,601 +1403,601 @@
       </c>
       <c r="Y3" s="5" t="s">
         <v>52</v>
       </c>
       <c r="Z3" s="5" t="s">
         <v>53</v>
       </c>
       <c r="AA3" s="5" t="s">
         <v>54</v>
       </c>
       <c r="AB3" s="5" t="s">
         <v>55</v>
       </c>
       <c r="AC3" s="5" t="s">
         <v>56</v>
       </c>
       <c r="AD3" s="5" t="s">
         <v>57</v>
       </c>
       <c r="AE3" s="5" t="s">
         <v>58</v>
       </c>
       <c r="AF3" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="AG3" s="5" t="s">
-        <v>60</v>
+      <c r="AG3" s="14" t="s">
+        <v>203</v>
       </c>
     </row>
     <row r="4" spans="2:34" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="D4" s="9" t="s">
+        <v>60</v>
+      </c>
+      <c r="E4" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="E4" s="5" t="s">
+      <c r="F4" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="F4" s="5" t="s">
+      <c r="G4" s="5" t="s">
         <v>63</v>
       </c>
-      <c r="G4" s="5" t="s">
+      <c r="H4" s="5" t="s">
         <v>64</v>
       </c>
-      <c r="H4" s="5" t="s">
+      <c r="I4" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="J4" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="J4" s="5" t="s">
+      <c r="K4" s="5" t="s">
         <v>67</v>
       </c>
-      <c r="K4" s="5" t="s">
+      <c r="L4" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="L4" s="5" t="s">
+      <c r="M4" s="5" t="s">
         <v>69</v>
       </c>
-      <c r="M4" s="5" t="s">
+      <c r="N4" s="5" t="s">
         <v>70</v>
       </c>
-      <c r="N4" s="5" t="s">
+      <c r="O4" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="O4" s="5" t="s">
+      <c r="P4" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="P4" s="5" t="s">
+      <c r="Q4" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="Q4" s="5" t="s">
+      <c r="R4" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="R4" s="5" t="s">
+      <c r="S4" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="S4" s="5" t="s">
+      <c r="T4" s="5" t="s">
         <v>76</v>
       </c>
-      <c r="T4" s="5" t="s">
+      <c r="U4" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="U4" s="5" t="s">
+      <c r="V4" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="V4" s="5" t="s">
+      <c r="W4" s="5" t="s">
         <v>79</v>
       </c>
-      <c r="W4" s="5" t="s">
+      <c r="X4" s="5" t="s">
         <v>80</v>
       </c>
-      <c r="X4" s="5" t="s">
+      <c r="Y4" s="5" t="s">
         <v>81</v>
       </c>
-      <c r="Y4" s="5" t="s">
+      <c r="Z4" s="5" t="s">
         <v>82</v>
       </c>
-      <c r="Z4" s="5" t="s">
+      <c r="AA4" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="AA4" s="5" t="s">
+      <c r="AB4" s="5" t="s">
         <v>84</v>
       </c>
-      <c r="AB4" s="5" t="s">
+      <c r="AC4" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="AC4" s="5" t="s">
+      <c r="AD4" s="5" t="s">
         <v>86</v>
       </c>
-      <c r="AD4" s="5" t="s">
+      <c r="AE4" s="5" t="s">
         <v>87</v>
       </c>
-      <c r="AE4" s="5" t="s">
+      <c r="AF4" s="5" t="s">
         <v>88</v>
       </c>
-      <c r="AF4" s="5" t="s">
-[...3 lines deleted...]
-        <v>90</v>
+      <c r="AG4" s="14" t="s">
+        <v>205</v>
       </c>
     </row>
     <row r="5" spans="2:34" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="D5" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="F5" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="E5" s="5" t="s">
+      <c r="G5" s="5" t="s">
         <v>92</v>
       </c>
-      <c r="F5" s="5" t="s">
+      <c r="H5" s="5" t="s">
         <v>93</v>
       </c>
-      <c r="G5" s="5" t="s">
+      <c r="I5" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="H5" s="5" t="s">
+      <c r="J5" s="5" t="s">
         <v>95</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="K5" s="5" t="s">
         <v>96</v>
       </c>
-      <c r="J5" s="5" t="s">
+      <c r="L5" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="K5" s="5" t="s">
+      <c r="M5" s="5" t="s">
         <v>98</v>
       </c>
-      <c r="L5" s="5" t="s">
+      <c r="N5" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="M5" s="5" t="s">
+      <c r="O5" s="5" t="s">
         <v>100</v>
       </c>
-      <c r="N5" s="5" t="s">
+      <c r="P5" s="5" t="s">
         <v>101</v>
       </c>
-      <c r="O5" s="5" t="s">
+      <c r="Q5" s="5" t="s">
         <v>102</v>
       </c>
-      <c r="P5" s="5" t="s">
+      <c r="R5" s="5" t="s">
         <v>103</v>
       </c>
-      <c r="Q5" s="5" t="s">
+      <c r="S5" s="5" t="s">
         <v>104</v>
       </c>
-      <c r="R5" s="5" t="s">
+      <c r="T5" s="5" t="s">
         <v>105</v>
       </c>
-      <c r="S5" s="5" t="s">
+      <c r="U5" s="5" t="s">
         <v>106</v>
       </c>
-      <c r="T5" s="5" t="s">
+      <c r="V5" s="5" t="s">
         <v>107</v>
       </c>
-      <c r="U5" s="5" t="s">
+      <c r="W5" s="5" t="s">
         <v>108</v>
       </c>
-      <c r="V5" s="5" t="s">
+      <c r="X5" s="5" t="s">
         <v>109</v>
       </c>
-      <c r="W5" s="5" t="s">
+      <c r="Y5" s="5" t="s">
         <v>110</v>
       </c>
-      <c r="X5" s="5" t="s">
+      <c r="Z5" s="5" t="s">
         <v>111</v>
       </c>
-      <c r="Y5" s="5" t="s">
+      <c r="AA5" s="5" t="s">
         <v>112</v>
       </c>
-      <c r="Z5" s="5" t="s">
+      <c r="AB5" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="AA5" s="5" t="s">
+      <c r="AC5" s="5" t="s">
         <v>114</v>
       </c>
-      <c r="AB5" s="5" t="s">
+      <c r="AD5" s="14" t="s">
+        <v>201</v>
+      </c>
+      <c r="AE5" s="5" t="s">
         <v>115</v>
       </c>
-      <c r="AC5" s="5" t="s">
+      <c r="AF5" s="5" t="s">
         <v>116</v>
       </c>
-      <c r="AD5" s="5" t="s">
-[...9 lines deleted...]
-        <v>120</v>
+      <c r="AG5" s="14" t="s">
+        <v>204</v>
       </c>
     </row>
     <row r="6" spans="2:34" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="D6" s="9" t="s">
+        <v>117</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="G6" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="H6" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="E6" s="5" t="s">
+      <c r="I6" s="5" t="s">
         <v>122</v>
       </c>
-      <c r="F6" s="5" t="s">
+      <c r="J6" s="5" t="s">
         <v>123</v>
       </c>
-      <c r="G6" s="5" t="s">
+      <c r="K6" s="5" t="s">
         <v>124</v>
       </c>
-      <c r="H6" s="5" t="s">
+      <c r="L6" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="I6" s="5" t="s">
+      <c r="M6" s="5" t="s">
         <v>126</v>
       </c>
-      <c r="J6" s="5" t="s">
+      <c r="N6" s="5" t="s">
         <v>127</v>
       </c>
-      <c r="K6" s="5" t="s">
+      <c r="O6" s="5" t="s">
         <v>128</v>
       </c>
-      <c r="L6" s="5" t="s">
+      <c r="P6" s="5" t="s">
         <v>129</v>
       </c>
-      <c r="M6" s="5" t="s">
+      <c r="Q6" s="5" t="s">
         <v>130</v>
       </c>
-      <c r="N6" s="5" t="s">
+      <c r="R6" s="5" t="s">
         <v>131</v>
       </c>
-      <c r="O6" s="5" t="s">
+      <c r="S6" s="5" t="s">
         <v>132</v>
       </c>
-      <c r="P6" s="5" t="s">
+      <c r="T6" s="5" t="s">
         <v>133</v>
       </c>
-      <c r="Q6" s="5" t="s">
+      <c r="U6" s="5" t="s">
         <v>134</v>
       </c>
-      <c r="R6" s="5" t="s">
+      <c r="V6" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="S6" s="5" t="s">
+      <c r="W6" s="5" t="s">
         <v>136</v>
       </c>
-      <c r="T6" s="5" t="s">
+      <c r="X6" s="5" t="s">
         <v>137</v>
       </c>
-      <c r="U6" s="5" t="s">
+      <c r="Y6" s="5" t="s">
         <v>138</v>
       </c>
-      <c r="V6" s="5" t="s">
+      <c r="Z6" s="5" t="s">
         <v>139</v>
       </c>
-      <c r="W6" s="5" t="s">
+      <c r="AA6" s="5" t="s">
         <v>140</v>
       </c>
-      <c r="X6" s="5" t="s">
+      <c r="AB6" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="Y6" s="5" t="s">
+      <c r="AC6" s="5" t="s">
         <v>142</v>
       </c>
-      <c r="Z6" s="5" t="s">
+      <c r="AD6" s="5" t="s">
         <v>143</v>
       </c>
-      <c r="AA6" s="5" t="s">
+      <c r="AE6" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="AB6" s="5" t="s">
+      <c r="AF6" s="5" t="s">
         <v>145</v>
       </c>
-      <c r="AC6" s="5" t="s">
+      <c r="AG6" s="5" t="s">
         <v>146</v>
-      </c>
-[...10 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="7" spans="2:34" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="D7" s="9" t="s">
+        <v>147</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="G7" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="H7" s="5" t="s">
         <v>151</v>
       </c>
-      <c r="E7" s="5" t="s">
+      <c r="I7" s="5" t="s">
         <v>152</v>
       </c>
-      <c r="F7" s="5" t="s">
+      <c r="J7" s="5" t="s">
         <v>153</v>
       </c>
-      <c r="G7" s="5" t="s">
+      <c r="K7" s="5" t="s">
         <v>154</v>
       </c>
-      <c r="H7" s="5" t="s">
+      <c r="L7" s="5" t="s">
         <v>155</v>
       </c>
-      <c r="I7" s="5" t="s">
+      <c r="M7" s="5" t="s">
         <v>156</v>
       </c>
-      <c r="J7" s="5" t="s">
+      <c r="N7" s="5" t="s">
         <v>157</v>
       </c>
-      <c r="K7" s="5" t="s">
+      <c r="O7" s="5" t="s">
         <v>158</v>
       </c>
-      <c r="L7" s="5" t="s">
+      <c r="P7" s="5" t="s">
         <v>159</v>
       </c>
-      <c r="M7" s="5" t="s">
+      <c r="Q7" s="5" t="s">
         <v>160</v>
       </c>
-      <c r="N7" s="5" t="s">
+      <c r="R7" s="5" t="s">
         <v>161</v>
       </c>
-      <c r="O7" s="5" t="s">
+      <c r="S7" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="T7" s="5" t="s">
         <v>162</v>
       </c>
-      <c r="P7" s="5" t="s">
+      <c r="U7" s="5" t="s">
         <v>163</v>
       </c>
-      <c r="Q7" s="5" t="s">
+      <c r="V7" s="5" t="s">
         <v>164</v>
       </c>
-      <c r="R7" s="5" t="s">
+      <c r="W7" s="5" t="s">
         <v>165</v>
       </c>
-      <c r="S7" s="5" t="s">
-[...2 lines deleted...]
-      <c r="T7" s="5" t="s">
+      <c r="X7" s="5" t="s">
         <v>166</v>
       </c>
-      <c r="U7" s="5" t="s">
+      <c r="Y7" s="5" t="s">
         <v>167</v>
       </c>
-      <c r="V7" s="5" t="s">
+      <c r="Z7" s="5" t="s">
         <v>168</v>
       </c>
-      <c r="W7" s="5" t="s">
+      <c r="AA7" s="5" t="s">
         <v>169</v>
       </c>
-      <c r="X7" s="5" t="s">
+      <c r="AB7" s="5" t="s">
         <v>170</v>
       </c>
-      <c r="Y7" s="5" t="s">
+      <c r="AC7" s="5" t="s">
         <v>171</v>
       </c>
-      <c r="Z7" s="5" t="s">
+      <c r="AD7" s="5" t="s">
         <v>172</v>
       </c>
-      <c r="AA7" s="5" t="s">
+      <c r="AE7" s="5" t="s">
         <v>173</v>
       </c>
-      <c r="AB7" s="5" t="s">
+      <c r="AF7" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="AG7" s="5" t="s">
         <v>174</v>
-      </c>
-[...13 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="8" spans="2:34" x14ac:dyDescent="0.25">
       <c r="B8" s="2" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="E8" s="7" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="F8" s="7" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="G8" s="7" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="H8" s="7" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="I8" s="7" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="J8" s="7" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="K8" s="7" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="L8" s="7" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="M8" s="7" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="N8" s="7" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="O8" s="7" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="P8" s="7" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="Q8" s="7" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="R8" s="7" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="S8" s="7" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="T8" s="7" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="U8" s="7" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="V8" s="7" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="W8" s="7" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="X8" s="7" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="Y8" s="7" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="Z8" s="7" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="AA8" s="7" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="AB8" s="7" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="AC8" s="7" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="AD8" s="7" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="AE8" s="7" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="AF8" s="7" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="AG8" s="7" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="AH8" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="2:34" x14ac:dyDescent="0.25">
       <c r="B9" s="4" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="D9" s="5">
         <v>1</v>
       </c>
       <c r="E9" s="11" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="F9" s="11"/>
       <c r="G9" s="11"/>
       <c r="H9" s="11" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="I9" s="11"/>
       <c r="J9" s="11" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="K9" s="11"/>
       <c r="L9" s="11"/>
       <c r="M9" s="11" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="N9" s="11"/>
       <c r="O9" s="11"/>
       <c r="P9" s="11" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="Q9" s="11"/>
       <c r="R9" s="11" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="S9" s="11"/>
       <c r="T9" s="11" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="U9" s="11"/>
       <c r="V9" s="11" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="W9" s="11" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="X9" s="11" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="Y9" s="11"/>
       <c r="Z9" s="11"/>
       <c r="AA9" s="11"/>
       <c r="AB9" s="11" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="AC9" s="11" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="AD9" s="11"/>
       <c r="AE9" s="11"/>
       <c r="AF9" s="11"/>
       <c r="AG9" s="11" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
     </row>
     <row r="10" spans="2:34" x14ac:dyDescent="0.25">
       <c r="B10" s="4" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="D10" s="5">
         <v>1</v>
       </c>
       <c r="E10" s="11" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="F10" s="11">
         <v>1.22</v>
       </c>
       <c r="G10" s="11">
         <v>1.32</v>
       </c>
       <c r="H10" s="11" t="s">
         <v>0</v>
       </c>
       <c r="I10" s="11">
         <v>1.3</v>
       </c>
       <c r="J10" s="11" t="s">
         <v>0</v>
       </c>
       <c r="K10" s="11">
         <v>1.26</v>
       </c>
       <c r="L10" s="11">
         <v>1.18</v>
       </c>
       <c r="M10" s="11" t="s">
         <v>0</v>
       </c>
@@ -1957,60 +2042,60 @@
       </c>
       <c r="AA10" s="11">
         <v>1.33</v>
       </c>
       <c r="AB10" s="11" t="s">
         <v>0</v>
       </c>
       <c r="AC10" s="11" t="s">
         <v>0</v>
       </c>
       <c r="AD10" s="11">
         <v>1.35</v>
       </c>
       <c r="AE10" s="11">
         <v>1.28</v>
       </c>
       <c r="AF10" s="11">
         <v>1.35</v>
       </c>
       <c r="AG10" s="11" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="2:34" x14ac:dyDescent="0.25">
       <c r="B11" s="4" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="D11" s="5">
         <v>1</v>
       </c>
       <c r="E11" s="11" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="F11" s="11">
         <v>1.32</v>
       </c>
       <c r="G11" s="11">
         <v>1.37</v>
       </c>
       <c r="H11" s="11" t="s">
         <v>0</v>
       </c>
       <c r="I11" s="11">
         <v>1.32</v>
       </c>
       <c r="J11" s="11" t="s">
         <v>0</v>
       </c>
       <c r="K11" s="11">
         <v>1.31</v>
       </c>
       <c r="L11" s="11">
         <v>1.2</v>
       </c>
       <c r="M11" s="11" t="s">
         <v>0</v>
       </c>
@@ -2055,122 +2140,122 @@
       </c>
       <c r="AA11" s="11">
         <v>1.38</v>
       </c>
       <c r="AB11" s="11" t="s">
         <v>0</v>
       </c>
       <c r="AC11" s="11" t="s">
         <v>0</v>
       </c>
       <c r="AD11" s="11">
         <v>1.35</v>
       </c>
       <c r="AE11" s="11">
         <v>1.28</v>
       </c>
       <c r="AF11" s="11">
         <v>1.35</v>
       </c>
       <c r="AG11" s="11" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="2:34" x14ac:dyDescent="0.25">
       <c r="B12" s="4" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="D12" s="5">
         <v>1</v>
       </c>
       <c r="E12" s="11" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="F12" s="11"/>
       <c r="G12" s="11"/>
       <c r="H12" s="11" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="I12" s="11"/>
       <c r="J12" s="11" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="K12" s="11"/>
       <c r="L12" s="11"/>
       <c r="M12" s="11"/>
       <c r="N12" s="11"/>
       <c r="O12" s="11"/>
       <c r="P12" s="11" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="Q12" s="11"/>
       <c r="R12" s="11" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="S12" s="11"/>
       <c r="T12" s="11" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="U12" s="11"/>
       <c r="V12" s="11" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="W12" s="11"/>
       <c r="X12" s="11" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="Y12" s="11"/>
       <c r="Z12" s="11"/>
       <c r="AA12" s="11"/>
       <c r="AB12" s="11" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="AC12" s="11" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="AD12" s="11"/>
       <c r="AE12" s="11"/>
       <c r="AF12" s="11"/>
       <c r="AG12" s="11" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
     </row>
     <row r="13" spans="2:34" x14ac:dyDescent="0.25">
       <c r="B13" s="4" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="D13" s="5">
         <v>1</v>
       </c>
       <c r="E13" s="11" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="F13" s="11">
         <v>1.25</v>
       </c>
       <c r="G13" s="11">
         <v>1.32</v>
       </c>
       <c r="H13" s="11" t="s">
         <v>0</v>
       </c>
       <c r="I13" s="11">
         <v>1.3</v>
       </c>
       <c r="J13" s="11" t="s">
         <v>0</v>
       </c>
       <c r="K13" s="11">
         <v>1.28</v>
       </c>
       <c r="L13" s="11">
         <v>1.18</v>
       </c>
       <c r="M13" s="11">
         <v>1.2</v>
       </c>
@@ -2215,60 +2300,60 @@
       </c>
       <c r="AA13" s="11">
         <v>1.33</v>
       </c>
       <c r="AB13" s="11" t="s">
         <v>0</v>
       </c>
       <c r="AC13" s="11" t="s">
         <v>0</v>
       </c>
       <c r="AD13" s="11">
         <v>1.35</v>
       </c>
       <c r="AE13" s="11">
         <v>1.28</v>
       </c>
       <c r="AF13" s="11">
         <v>1.35</v>
       </c>
       <c r="AG13" s="11" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="2:34" x14ac:dyDescent="0.25">
       <c r="B14" s="4" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="D14" s="5">
         <v>1</v>
       </c>
       <c r="E14" s="11" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="F14" s="11">
         <v>1.35</v>
       </c>
       <c r="G14" s="11">
         <v>1.37</v>
       </c>
       <c r="H14" s="11" t="s">
         <v>0</v>
       </c>
       <c r="I14" s="11">
         <v>1.32</v>
       </c>
       <c r="J14" s="11" t="s">
         <v>0</v>
       </c>
       <c r="K14" s="11">
         <v>1.33</v>
       </c>
       <c r="L14" s="11">
         <v>1.2</v>
       </c>
       <c r="M14" s="11">
         <v>1.25</v>
       </c>
@@ -2313,94 +2398,94 @@
       </c>
       <c r="AA14" s="11">
         <v>1.38</v>
       </c>
       <c r="AB14" s="11" t="s">
         <v>0</v>
       </c>
       <c r="AC14" s="11" t="s">
         <v>0</v>
       </c>
       <c r="AD14" s="11">
         <v>1.35</v>
       </c>
       <c r="AE14" s="11">
         <v>1.28</v>
       </c>
       <c r="AF14" s="11">
         <v>1.35</v>
       </c>
       <c r="AG14" s="11" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="2:34" x14ac:dyDescent="0.25">
       <c r="B15" s="4" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="D15" s="5">
         <v>1</v>
       </c>
       <c r="E15" s="11"/>
       <c r="F15" s="11"/>
       <c r="G15" s="11"/>
       <c r="H15" s="11"/>
       <c r="I15" s="11"/>
       <c r="J15" s="11"/>
       <c r="K15" s="11"/>
       <c r="L15" s="11"/>
       <c r="M15" s="11"/>
       <c r="N15" s="11"/>
       <c r="O15" s="11"/>
       <c r="P15" s="11"/>
       <c r="Q15" s="11"/>
       <c r="R15" s="11"/>
       <c r="S15" s="11"/>
       <c r="T15" s="11"/>
       <c r="U15" s="11"/>
       <c r="V15" s="11"/>
       <c r="W15" s="11"/>
       <c r="X15" s="11"/>
       <c r="Y15" s="11"/>
       <c r="Z15" s="11"/>
       <c r="AA15" s="11"/>
       <c r="AB15" s="11"/>
       <c r="AC15" s="11"/>
       <c r="AD15" s="11"/>
       <c r="AE15" s="11"/>
       <c r="AF15" s="11"/>
       <c r="AG15" s="11"/>
     </row>
     <row r="16" spans="2:34" x14ac:dyDescent="0.25">
       <c r="B16" s="4" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="D16" s="5">
         <v>1</v>
       </c>
       <c r="E16" s="11">
         <v>1.3</v>
       </c>
       <c r="F16" s="11">
         <v>1.22</v>
       </c>
       <c r="G16" s="11">
         <v>1.32</v>
       </c>
       <c r="H16" s="11">
         <v>1.17</v>
       </c>
       <c r="I16" s="11">
         <v>1.3</v>
       </c>
       <c r="J16" s="11">
         <v>1.28</v>
       </c>
       <c r="K16" s="11">
         <v>1.3</v>
       </c>
@@ -2451,54 +2536,54 @@
       </c>
       <c r="AA16" s="11">
         <v>1.29</v>
       </c>
       <c r="AB16" s="11">
         <v>1.35</v>
       </c>
       <c r="AC16" s="11">
         <v>1.28</v>
       </c>
       <c r="AD16" s="11">
         <v>1.35</v>
       </c>
       <c r="AE16" s="11">
         <v>1.28</v>
       </c>
       <c r="AF16" s="11">
         <v>1.35</v>
       </c>
       <c r="AG16" s="11">
         <v>1.35</v>
       </c>
     </row>
     <row r="17" spans="2:33" x14ac:dyDescent="0.25">
       <c r="B17" s="4" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="D17" s="5">
         <v>1</v>
       </c>
       <c r="E17" s="11">
         <v>1.35</v>
       </c>
       <c r="F17" s="11">
         <v>1.27</v>
       </c>
       <c r="G17" s="11">
         <v>1.37</v>
       </c>
       <c r="H17" s="11">
         <v>1.27</v>
       </c>
       <c r="I17" s="11">
         <v>1.32</v>
       </c>
       <c r="J17" s="11">
         <v>1.33</v>
       </c>
       <c r="K17" s="11">
         <v>1.35</v>
       </c>
@@ -2549,54 +2634,54 @@
       </c>
       <c r="AA17" s="11">
         <v>1.34</v>
       </c>
       <c r="AB17" s="11">
         <v>1.4</v>
       </c>
       <c r="AC17" s="11">
         <v>1.39</v>
       </c>
       <c r="AD17" s="11">
         <v>1.35</v>
       </c>
       <c r="AE17" s="11">
         <v>1.28</v>
       </c>
       <c r="AF17" s="11">
         <v>1.35</v>
       </c>
       <c r="AG17" s="11">
         <v>1.5</v>
       </c>
     </row>
     <row r="18" spans="2:33" x14ac:dyDescent="0.25">
       <c r="B18" s="4" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D18" s="5">
         <v>1</v>
       </c>
       <c r="E18" s="11">
         <v>1.1000000000000001</v>
       </c>
       <c r="F18" s="11">
         <v>1.25</v>
       </c>
       <c r="G18" s="11">
         <v>1.1499999999999999</v>
       </c>
       <c r="H18" s="11">
         <v>1.17</v>
       </c>
       <c r="I18" s="11">
         <v>1.3</v>
       </c>
       <c r="J18" s="11">
         <v>1.3</v>
       </c>
       <c r="K18" s="11">
         <v>1.2</v>
       </c>