--- v0 (2025-10-19)
+++ v1 (2026-03-18)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2024\24-7493 JOC - State of NM\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DFF66520-C4D1-43AD-833F-322D33631D32}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6005AB0B-47D2-466C-9873-ED626DDD55C5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="62">
   <si>
     <t/>
   </si>
   <si>
     <t>G. Sandoval Construction, Inc.</t>
   </si>
   <si>
     <t>Grass Masters LLC DBA Global Maven Enterprises, LLC</t>
   </si>
   <si>
     <t>J &amp; M Heritage Construction Company LLC</t>
   </si>
   <si>
     <t>Trane U.S. Inc</t>
   </si>
   <si>
     <t>Line #</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>QTY</t>
   </si>
   <si>
@@ -133,53 +133,50 @@
   <si>
     <t>101 Maguey Ct, Suite 2, Sunland Park, NM 88063</t>
   </si>
   <si>
     <t>4021 Johnson Ave. El Paso, TX 79930</t>
   </si>
   <si>
     <t>melissa@sandoval-lc.com</t>
   </si>
   <si>
     <t>customerservice@gmellcusa.com</t>
   </si>
   <si>
     <t>jmheritagecc@gmail.com</t>
   </si>
   <si>
     <t>m.marquez@tranetechnologies.com</t>
   </si>
   <si>
     <t>anthony@ase-nm.com</t>
   </si>
   <si>
     <t>cesarm@nine-degrees.com</t>
   </si>
   <si>
-    <t>roofing@theroofandmetal.com</t>
-[...1 lines deleted...]
-  <si>
     <t>(575) 649-0942</t>
   </si>
   <si>
     <t>(575) 571-7417</t>
   </si>
   <si>
     <t>(915) 630-8665</t>
   </si>
   <si>
     <t>(915) 407-6276</t>
   </si>
   <si>
     <t>(575) 642-8384</t>
   </si>
   <si>
     <t>(915) 533-8482</t>
   </si>
   <si>
     <t>(915) 566-2236</t>
   </si>
   <si>
     <t>HTTP://www.sandoval-lc.com</t>
   </si>
   <si>
     <t>http://www.gmellcusa.com</t>
@@ -203,73 +200,100 @@
     <t>Company Name…</t>
   </si>
   <si>
     <t>Company Contact…</t>
   </si>
   <si>
     <t>Company Address…</t>
   </si>
   <si>
     <t>Contact Email Address…</t>
   </si>
   <si>
     <t>Company Phone Number…</t>
   </si>
   <si>
     <t>Company Website…</t>
   </si>
   <si>
     <t>ASE Construction, LLC (Anthony Lucero)</t>
   </si>
   <si>
     <t>Nine Degrees Construction LLC</t>
   </si>
   <si>
     <t>The Roof &amp; Metal Co. (C. Ortiz, Corp.)</t>
+  </si>
+  <si>
+    <t>*updated 2/12/26</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">roofing@theroofandmetal.com </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t>office@theroofandmetal.com</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <strike/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
@@ -679,220 +703,223 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B1:L13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="B2" sqref="B2"/>
+      <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
     <col min="3" max="3" width="36" style="1" customWidth="1"/>
     <col min="4" max="4" width="6" style="1" customWidth="1"/>
     <col min="5" max="11" width="30.7109375" style="1" customWidth="1"/>
     <col min="12" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:12" x14ac:dyDescent="0.25">
       <c r="G1" s="15"/>
+      <c r="J1" s="1" t="s">
+        <v>60</v>
+      </c>
     </row>
     <row r="2" spans="2:12" s="8" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="D2" s="6" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="E2" s="13" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="F2" s="11" t="s">
         <v>1</v>
       </c>
       <c r="G2" s="11" t="s">
         <v>2</v>
       </c>
       <c r="H2" s="11" t="s">
         <v>3</v>
       </c>
       <c r="I2" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="J2" s="13" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="K2" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="2:12" s="8" customFormat="1" x14ac:dyDescent="0.25">
       <c r="D3" s="7" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E3" s="14" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G3" s="5" t="s">
         <v>18</v>
       </c>
       <c r="H3" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>22</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>23</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="2:12" s="8" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="D4" s="7" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>28</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>24</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="2:12" s="8" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="D5" s="7" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>35</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>31</v>
       </c>
       <c r="G5" s="5" t="s">
         <v>32</v>
       </c>
       <c r="H5" s="5" t="s">
         <v>33</v>
       </c>
       <c r="I5" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="J5" s="5" t="s">
-        <v>37</v>
+      <c r="J5" s="14" t="s">
+        <v>61</v>
       </c>
       <c r="K5" s="5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="2:12" s="8" customFormat="1" x14ac:dyDescent="0.25">
       <c r="D6" s="7" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="E6" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="G6" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="I6" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="F6" s="5" t="s">
-[...5 lines deleted...]
-      <c r="H6" s="5" t="s">
+      <c r="J6" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K6" s="5" t="s">
         <v>40</v>
-      </c>
-[...7 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="7" spans="2:12" s="8" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="D7" s="7" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E7" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G7" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="I7" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="F7" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G7" s="5" t="s">
+      <c r="J7" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K7" s="5" t="s">
         <v>46</v>
-      </c>
-[...10 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="8" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B8" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>8</v>
       </c>
       <c r="F8" s="9" t="s">
         <v>8</v>
       </c>
       <c r="G8" s="9" t="s">
         <v>8</v>
       </c>
       <c r="H8" s="9" t="s">
         <v>8</v>
       </c>
       <c r="I8" s="9" t="s">