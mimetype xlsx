--- v0 (2025-10-21)
+++ v1 (2026-01-30)
@@ -1,83 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2024\24-7491 Consulting, Instructional, and Training Resources\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A7798EB5-EC70-4579-BA8F-490C58809414}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{852613D4-13C5-4E1E-80AB-A1881B7F8C47}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$B:$B</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1691" uniqueCount="927">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1654" uniqueCount="910">
   <si>
     <t/>
   </si>
   <si>
     <t>240 Tutoring, Inc.</t>
   </si>
   <si>
     <t>Open Up Resources</t>
   </si>
   <si>
     <t>Pathful, Inc.</t>
   </si>
   <si>
     <t>PENCIL CUP OFFICE PRODUCTS, INC</t>
   </si>
   <si>
     <t>Pikitin Learning Projects</t>
   </si>
   <si>
     <t>Preeminence Professional Consulting Agency LLC</t>
   </si>
   <si>
     <t>Proximity Learning Inc.</t>
   </si>
   <si>
@@ -215,68 +215,62 @@
   <si>
     <t>Carolina Biological Supply Company</t>
   </si>
   <si>
     <t>Center for Applied Linguistics</t>
   </si>
   <si>
     <t>Cerebellum Corporation</t>
   </si>
   <si>
     <t>CHARACTER DEVELOPMENT AND LEADERSHIP LLC</t>
   </si>
   <si>
     <t>Blick Art Materials (Blick Art Materials LLC)</t>
   </si>
   <si>
     <t>Charles E. Black Jr. &amp; Assoc.Inc.</t>
   </si>
   <si>
     <t>Beyond Play LLC (Beyond Play)</t>
   </si>
   <si>
     <t>ACP Direct (Affordable Computer Products, Inc.)</t>
   </si>
   <si>
-    <t>Aloe Software Group LLC</t>
-[...1 lines deleted...]
-  <si>
     <t>Anissa Moore dba Anissa Moore Educational Consulting (Anissa Moore)</t>
   </si>
   <si>
     <t>Apply EBP, LLC</t>
   </si>
   <si>
     <t>Barnes &amp; Noble Booksellers, Inc.</t>
   </si>
   <si>
     <t>Beable Education, Inc.</t>
   </si>
   <si>
-    <t>Class Companion</t>
-[...1 lines deleted...]
-  <si>
     <t>Freedom Rhythm, PLLC</t>
   </si>
   <si>
     <t>GPR Ventures, LLC (Deborah D Graham)</t>
   </si>
   <si>
     <t>Hello World CS (HW Tech Studio, Inc)</t>
   </si>
   <si>
     <t>HeyTutor (HeyTutor, Inc.)</t>
   </si>
   <si>
     <t>HighScope Educational Research Foundation</t>
   </si>
   <si>
     <t>Hiperware Labs Inc</t>
   </si>
   <si>
     <t>Inspiration Motivation Application LLC (Aurora Anaya- Dyer)</t>
   </si>
   <si>
     <t>IXL Learning, Inc.</t>
   </si>
   <si>
     <t>FEV Tutor (Focus Care, Inc.)</t>
@@ -332,53 +326,50 @@
   <si>
     <t>QTY</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Products. Percent discount off catalog/pricelist.</t>
   </si>
   <si>
     <t>No Bid</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Services. Percent discount off pricelist/fee schedule.</t>
   </si>
   <si>
     <t>Pitsco Education, LLC</t>
   </si>
   <si>
-    <t>Learning Plus Consulting, Inc</t>
-[...1 lines deleted...]
-  <si>
     <t>Teacher Created Materials, Inc.</t>
   </si>
   <si>
     <t>kid-grit, LLC</t>
   </si>
   <si>
     <t>Shmoop University, Inc.</t>
   </si>
   <si>
     <t>CEV Multimedia, LLC</t>
   </si>
   <si>
     <t>CharacterStrong LLC</t>
   </si>
   <si>
     <t>Activa Products, Inc.</t>
   </si>
   <si>
     <t>Friendzy, INC.</t>
   </si>
   <si>
     <t>Empowering Writers, LLC</t>
   </si>
   <si>
     <t>Nacole Whittington</t>
@@ -407,53 +398,50 @@
   <si>
     <t>Anesha A Fuller</t>
   </si>
   <si>
     <t>Vianey Oritz</t>
   </si>
   <si>
     <t>Evan Erdberg, Founder and CEO</t>
   </si>
   <si>
     <t>Fran Mure</t>
   </si>
   <si>
     <t>Carmen Byers</t>
   </si>
   <si>
     <t>Cory Gill</t>
   </si>
   <si>
     <t>Stan Lewis</t>
   </si>
   <si>
     <t>Alice Nine</t>
   </si>
   <si>
-    <t>Debra L Bannon, President</t>
-[...1 lines deleted...]
-  <si>
     <t>Bernice Torres</t>
   </si>
   <si>
     <t>Gladys Ochoa</t>
   </si>
   <si>
     <t>Christopher Williams</t>
   </si>
   <si>
     <t>Mia McCarthy</t>
   </si>
   <si>
     <t>Orders Department</t>
   </si>
   <si>
     <t>Kimberly Grant</t>
   </si>
   <si>
     <t>Renee A. Petsche</t>
   </si>
   <si>
     <t>Hilary Cooper, Manager, Sales &amp; Client Partnerships</t>
   </si>
   <si>
     <t>Lance Frank</t>
@@ -599,74 +587,68 @@
   <si>
     <t>Becca Sneen</t>
   </si>
   <si>
     <t>Megan Miller</t>
   </si>
   <si>
     <t>Charles E. Black Jr.</t>
   </si>
   <si>
     <t>Terri Cofer</t>
   </si>
   <si>
     <t>Vanessa Morris</t>
   </si>
   <si>
     <t>Natasha Moreno</t>
   </si>
   <si>
     <t>Gregory Laufer</t>
   </si>
   <si>
     <t>Xing Zhang</t>
   </si>
   <si>
-    <t>Kim Garcia</t>
-[...1 lines deleted...]
-  <si>
     <t>Anissa Moore</t>
   </si>
   <si>
     <t>Carlo Vialu</t>
   </si>
   <si>
     <t>Marjorie Briley</t>
   </si>
   <si>
     <t>Chris Ovalle</t>
   </si>
   <si>
     <t>Saki Dodelson</t>
   </si>
   <si>
     <t>Jennifer Betters-Bubon</t>
   </si>
   <si>
-    <t>Alesha Mouzon</t>
-[...1 lines deleted...]
-  <si>
     <t>Tiffany Tajiri</t>
   </si>
   <si>
     <t>Ayelet Breiner</t>
   </si>
   <si>
     <t>Kim Shipton-Lopez - Administrative Assistant</t>
   </si>
   <si>
     <t>Deborah D. Graham</t>
   </si>
   <si>
     <t>Austen Marek</t>
   </si>
   <si>
     <t>Joanna Valadez</t>
   </si>
   <si>
     <t>Chris Buja</t>
   </si>
   <si>
     <t>Aurora Anaya-Dyer</t>
   </si>
   <si>
     <t>David Lee</t>
@@ -749,53 +731,50 @@
   <si>
     <t>136 Dennis Street Roselle, NJ 07203</t>
   </si>
   <si>
     <t>PO BOX 962505 EL PASO TX 79996</t>
   </si>
   <si>
     <t>1800 E 4th St Ste 131, Austin, TX 78702</t>
   </si>
   <si>
     <t>22 Railroad Avenue, Glen Head, NY 11545</t>
   </si>
   <si>
     <t>3662 Doniphan Dr. El Paso, Texas 79922</t>
   </si>
   <si>
     <t>1194 Flint Meadow Dr, Kaysville, UT 84037</t>
   </si>
   <si>
     <t>791 N Hwy 77 N Ste 501-C, #112; Waxahachie, TX. 75165</t>
   </si>
   <si>
     <t>5725 SE Stark St., Portland, OR 97215</t>
   </si>
   <si>
-    <t>6102 Norwaldo Ave., Indianapolis, IN  46220</t>
-[...1 lines deleted...]
-  <si>
     <t>10531 Gulfdale San Antonio Texas 78216</t>
   </si>
   <si>
     <t>10 New Maple Ave, Suite 303, Pine Brook, New Jersey, 07058</t>
   </si>
   <si>
     <t>8312 Aqueduct Rd., Potomac, MD 20854-6236</t>
   </si>
   <si>
     <t>14902 Preston Rd. Suite 404-805 Dallas, TX. 75254</t>
   </si>
   <si>
     <t>3505 County Road 42 West, Burnsville, MN 55306</t>
   </si>
   <si>
     <t>8524 Hwy 6N #466 Houston,TX,77095</t>
   </si>
   <si>
     <t>45 Meandering Way, Round Rock, TX 78664</t>
   </si>
   <si>
     <t>4601 DTC Boulevard, Suite 500 - Denver CO 80237</t>
   </si>
   <si>
     <t>55 E 59th street, 9th Floor, New York, NY 10022</t>
@@ -938,74 +917,68 @@
   <si>
     <t>1402 Lake Tapps PKWY SE Ste F104 #128, Auburn, WA 98092</t>
   </si>
   <si>
     <t>PO Box 1267 Galesburg, IL 61402</t>
   </si>
   <si>
     <t>6294 Los Bancos Dr. El Paso, Texas 79912-1866</t>
   </si>
   <si>
     <t>1442-A Walnut St #52, Berkeley, CA 94709</t>
   </si>
   <si>
     <t>PO Box 703168, Dallas, TX 75370</t>
   </si>
   <si>
     <t>8900 FM 1998 Marshall, TX 75672</t>
   </si>
   <si>
     <t>10365 Railroad Drive, STE A, DPT#13025, El Paso, TX 79924</t>
   </si>
   <si>
     <t>220 Cupertino Way, San Mateo, CA 94403</t>
   </si>
   <si>
-    <t>1102 N. William Street, Victoria, TX 77901</t>
-[...1 lines deleted...]
-  <si>
     <t>10539 Rainbow View  Helotes, TX  78023</t>
   </si>
   <si>
     <t>1919 Madison Ave. #405, New York, NY 10035</t>
   </si>
   <si>
     <t>304 Albany Avenue Shreveport, LA 71105</t>
   </si>
   <si>
     <t>33 East 17th Street Attn: Business Development New York, NY 10003</t>
   </si>
   <si>
     <t>36 Airport Rd, Ste. 200, Lakewood, NJ 08701</t>
   </si>
   <si>
     <t>127 E Prospect St., Stoughton, WI 53589</t>
   </si>
   <si>
-    <t>58 West Portal Ave #529 San Francisco CA 94127 United States</t>
-[...1 lines deleted...]
-  <si>
     <t>6357 La Posta El Paso TX 79912</t>
   </si>
   <si>
     <t>5285 Meadows Rd Suite 161 Lake Oswego, OR 97035</t>
   </si>
   <si>
     <t>PO Box 11 Merion, PA 19066</t>
   </si>
   <si>
     <t>PO Box 13154 Las Cruces, NM 88013</t>
   </si>
   <si>
     <t>27 Camden Oaks LN, Montgomery, TX 77356</t>
   </si>
   <si>
     <t>3616 Far West Blvd. Ste. 117 (#409), Austin, TX 78628</t>
   </si>
   <si>
     <t>8939 S Sepulveda Blvd #102, Los Angeles, CA 90045</t>
   </si>
   <si>
     <t>600 N. River St. Ypsilanti, MI  48198</t>
   </si>
   <si>
     <t>915 Broadway St, #117 Vancouver WA 98660-3278</t>
@@ -1091,53 +1064,50 @@
   <si>
     <t>preeminencepros@gmail.com</t>
   </si>
   <si>
     <t>sgoode@pro-action.org</t>
   </si>
   <si>
     <t>sales@proxlearn.com</t>
   </si>
   <si>
     <t>Fran@rallyeducation.com</t>
   </si>
   <si>
     <t>cbyers@rasadazzle.com</t>
   </si>
   <si>
     <t>cory.gill@readinghorizons.com</t>
   </si>
   <si>
     <t>nwardjourney@gmail.com</t>
   </si>
   <si>
     <t>alice@nine-enterprises.com</t>
   </si>
   <si>
-    <t>deb@learningplusconsulting.org</t>
-[...1 lines deleted...]
-  <si>
     <t>learningzoneinfo@yahoo.com</t>
   </si>
   <si>
     <t>acorrea@lectorum.com</t>
   </si>
   <si>
     <t>finance@pbc.guru</t>
   </si>
   <si>
     <t>mia@lowmaneducation.com</t>
   </si>
   <si>
     <t>bids@mackin.com</t>
   </si>
   <si>
     <t>info@mathamaticstutoring.com</t>
   </si>
   <si>
     <t>sales@mathwarm-ups.com</t>
   </si>
   <si>
     <t>hcooper@mcrel.org</t>
   </si>
   <si>
     <t>lance@newsomatic.org</t>
@@ -1292,74 +1262,68 @@
   <si>
     <t>purchaseorders@dickblick.com</t>
   </si>
   <si>
     <t>chasblk@aol.com</t>
   </si>
   <si>
     <t>custserv@beyondplay.com</t>
   </si>
   <si>
     <t>terri@acceleratedsolutionsllc.org</t>
   </si>
   <si>
     <t>bids@acpdirect.com</t>
   </si>
   <si>
     <t>natasha@activaproducts.com</t>
   </si>
   <si>
     <t>greg@ailtq.com</t>
   </si>
   <si>
     <t>xing@airreadingclass.com</t>
   </si>
   <si>
-    <t>kim@ondatasuite.com</t>
-[...1 lines deleted...]
-  <si>
     <t>anissamoorebcba@gmail.com</t>
   </si>
   <si>
     <t>carlo@applyebp.com</t>
   </si>
   <si>
     <t>orders@ascendmath.com</t>
   </si>
   <si>
     <t>COvalle@bn.com</t>
   </si>
   <si>
     <t>rfp@beable.com</t>
   </si>
   <si>
     <t>JBETTERSBUBON@GMAIL.COM</t>
   </si>
   <si>
-    <t>schools@classcompanion.com</t>
-[...1 lines deleted...]
-  <si>
     <t>drtiffany@freedomrhythm.org</t>
   </si>
   <si>
     <t>abreiner@funandfunction.com</t>
   </si>
   <si>
     <t>gemasdevidallc@gmail.com</t>
   </si>
   <si>
     <t>debdgraham@gmail.com</t>
   </si>
   <si>
     <t>austen@helloworldcs.org</t>
   </si>
   <si>
     <t>Joanna@heytutor.com</t>
   </si>
   <si>
     <t>customerservice@highscope.org</t>
   </si>
   <si>
     <t>sales@classhero.com</t>
   </si>
   <si>
     <t>imastarlikeu@yahoo.com</t>
@@ -1448,53 +1412,50 @@
   <si>
     <t>(347) 424-8252</t>
   </si>
   <si>
     <t>(915) 532-2771</t>
   </si>
   <si>
     <t>(800) 524-8570</t>
   </si>
   <si>
     <t>(516) 671-9300</t>
   </si>
   <si>
     <t>(915) 740-3331</t>
   </si>
   <si>
     <t>(801) 200-4446</t>
   </si>
   <si>
     <t>(214) 629-7217</t>
   </si>
   <si>
     <t>(503) 233-9071</t>
   </si>
   <si>
-    <t>(317) 432-2500</t>
-[...1 lines deleted...]
-  <si>
     <t>(210) 341-4373</t>
   </si>
   <si>
     <t>(800) 345-5946 x2225</t>
   </si>
   <si>
     <t>(301) 615-8547</t>
   </si>
   <si>
     <t>(469) 910-7298</t>
   </si>
   <si>
     <t>(800) 245-9540</t>
   </si>
   <si>
     <t>(832) 598-7245</t>
   </si>
   <si>
     <t>(512) 733-2257</t>
   </si>
   <si>
     <t>(303) 632-5541</t>
   </si>
   <si>
     <t>(646) 329-6593</t>
@@ -1649,74 +1610,68 @@
   <si>
     <t>(800) 704-7744</t>
   </si>
   <si>
     <t>(915) 479-2752</t>
   </si>
   <si>
     <t>(877) 428-1244</t>
   </si>
   <si>
     <t>(301) 467-2343</t>
   </si>
   <si>
     <t>(800) 238-8009</t>
   </si>
   <si>
     <t>(903) 938-2224</t>
   </si>
   <si>
     <t>(888) 835-3695</t>
   </si>
   <si>
     <t>(469) 288-5290</t>
   </si>
   <si>
-    <t>(800) 521-2563 x101</t>
-[...1 lines deleted...]
-  <si>
     <t>(210) 823-4780</t>
   </si>
   <si>
     <t>(646) 269-9039</t>
   </si>
   <si>
     <t>(318) 865-8232</t>
   </si>
   <si>
     <t>(516) 479-7168</t>
   </si>
   <si>
     <t>(833) 866-8066</t>
   </si>
   <si>
     <t>(608) 347-1367</t>
   </si>
   <si>
-    <t>(415) 857-1226</t>
-[...1 lines deleted...]
-  <si>
     <t>(915) 525-8433</t>
   </si>
   <si>
     <t>(800) 231-6329</t>
   </si>
   <si>
     <t>(575) 636-9716</t>
   </si>
   <si>
     <t>(281) 705-3887</t>
   </si>
   <si>
     <t>(361) 549-0516</t>
   </si>
   <si>
     <t>(818) 867-3120 x869</t>
   </si>
   <si>
     <t>(800) 587-5639</t>
   </si>
   <si>
     <t>(415) 730-5511</t>
   </si>
   <si>
     <t>(915) 203-8595</t>
@@ -2003,74 +1958,68 @@
   <si>
     <t>HTTP://www.characterstrong.com</t>
   </si>
   <si>
     <t>https://www.dickblick.com</t>
   </si>
   <si>
     <t>HTTP://www.beyondplay.com</t>
   </si>
   <si>
     <t>HTTP://www.acceleratedsolutionsllc.org</t>
   </si>
   <si>
     <t>HTTP://www.acpdirect.com</t>
   </si>
   <si>
     <t>https://www.activaproducts.com</t>
   </si>
   <si>
     <t>HTTP://www.ailshopping.com</t>
   </si>
   <si>
     <t>https://airreading.com/</t>
   </si>
   <si>
-    <t>HTTP://www.ondatasuite.com</t>
-[...1 lines deleted...]
-  <si>
     <t>https://anissamoore.com/</t>
   </si>
   <si>
     <t>https://applyebp.com/</t>
   </si>
   <si>
     <t>https://www.ascendmath.com/</t>
   </si>
   <si>
     <t>https://classwork.barnesandnoble.com</t>
   </si>
   <si>
     <t>https://beable.com/</t>
   </si>
   <si>
     <t>HTTP://www.schoolcounselors4mtss.com</t>
   </si>
   <si>
-    <t>https://classcompanion.com/</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.freedomrhythm.org/</t>
   </si>
   <si>
     <t>HTTP://friendzy.co</t>
   </si>
   <si>
     <t>HTTP://www.funandfunction.com</t>
   </si>
   <si>
     <t>https://sites.google.com/view/gprventures2016/home</t>
   </si>
   <si>
     <t>HTTP://www.helloworldcs.org</t>
   </si>
   <si>
     <t>HTTP://www.HeyTutor.com</t>
   </si>
   <si>
     <t>HTTP://highscope.org</t>
   </si>
   <si>
     <t>HTTP://www.classhero.com</t>
   </si>
   <si>
     <t>HTTP://www.imastarlikeyou.com</t>
@@ -2243,53 +2192,50 @@
   <si>
     <t>Yes, contact customerservice@cerebellum.com for expediting services</t>
   </si>
   <si>
     <t>N/A; online product and no shipping is necessary</t>
   </si>
   <si>
     <t>We charge a flat rate of 7% on all shipped materials</t>
   </si>
   <si>
     <t>Yes, fees based on weight and size of order. Contact Megan Miller 800-704-7744</t>
   </si>
   <si>
     <t>Yes. Contact custserv@beyondplay.com to request a quote for the expedited shipping charges</t>
   </si>
   <si>
     <t>Yes. Freight terms will be FOB Destination, Prepay and Add. Freight charges are not included in the discount price and must be added on each purchase order. Please see attached Freight Policy form for details. Contact customer service at 800-238-8009 for a freight quote.</t>
   </si>
   <si>
     <t>FOB MARSHALL</t>
   </si>
   <si>
     <t>No Additional Shipping Fees</t>
   </si>
   <si>
-    <t>no shipping involved</t>
-[...1 lines deleted...]
-  <si>
     <t>yes, Dr. Tiffany Tajiri</t>
   </si>
   <si>
     <t>Yes please contact support@friendzy.co if expedited shipping is required</t>
   </si>
   <si>
     <t>no, Aurora G. Anaya-Dyer</t>
   </si>
   <si>
     <t>no shipping required</t>
   </si>
   <si>
     <t>No, we do not offer services that require shipping.</t>
   </si>
   <si>
     <t>yes</t>
   </si>
   <si>
     <t>Yes, if expedited shipment will incur in additional delivery fee. Please contact Daniela Duran for additional information (915)790.3247.</t>
   </si>
   <si>
     <t>Yes. Deb Matos deb@didax.com</t>
   </si>
   <si>
     <t>No - shipping is always free, even on returns</t>
@@ -2679,56 +2625,50 @@
     <t>Smekens Education (Smekens Education Solutions, Inc.) (The Literacy Store)</t>
   </si>
   <si>
     <t>SureScore, Inc.</t>
   </si>
   <si>
     <t>The Bandmans Company (The Bandmans Company Southwest)</t>
   </si>
   <si>
     <t>Traci Skrovan Consulting (Traci Skrovan)</t>
   </si>
   <si>
     <t>Van Soelen &amp; Associates (Thomas Michael Van Soelen)</t>
   </si>
   <si>
     <t xml:space="preserve">Building Wings LLC will honor pricing for all members located in all states. </t>
   </si>
   <si>
     <t>No. Free shipping on orders of $250+ with exceptions, customer pays shipping on orders less than $250 on  exceptions. Expedited orders will pay shipping, call Customer Service 800 334-5551. See included Carolina Proposal Letter for discount exclusions and freight terms</t>
   </si>
   <si>
     <t>(203) 452-8301</t>
   </si>
   <si>
     <t>(855) 419-5515</t>
-  </si>
-[...4 lines deleted...]
-    <t>Please contact Purchasing for pricing (not for ASC member use).</t>
   </si>
   <si>
     <t>4421 Camacho St., Austin, TX 78723</t>
   </si>
   <si>
     <t>101 Jefferson Drive, 1st Floor, Menlo Park, CA 94025</t>
   </si>
   <si>
     <t>*updated 6/24/24</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Yes</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
@@ -3115,102 +3055,104 @@
       </rPr>
       <t xml:space="preserve"> support@stukent.com</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>HTTP://businessu.org</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve"> cte.stukent.com</t>
     </r>
   </si>
   <si>
     <t>*updated 8/8/25</t>
   </si>
+  <si>
+    <t>*updated 11/6/25</t>
+  </si>
+  <si>
+    <t>*updated 11/18/25</t>
+  </si>
+  <si>
+    <t>*updated 1/15/26</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
-      <name val="Calibri"/>
-[...5 lines deleted...]
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <strike/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
@@ -3222,51 +3164,51 @@
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="29">
+  <cellXfs count="28">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
@@ -3295,53 +3237,50 @@
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="top"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
@@ -3646,6083 +3585,5949 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Class%20Companion.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Betters-Bubon%20(1).pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Cerebellum%20Corporation.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Fab%20Lab%20El%20Paso.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Gemas%20de%20Vida.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Mackin%20Educational%20Resources.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/NINE%20Enterprises%20Inc.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Safe%20and%20Sound.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Stem%20Detective.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/CoolSpeak.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Cambridge%20Educational%20Services.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Waterford%20Research%20Institute.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Blick%20Art%20Materials.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Dr.%20Jose%20Medina%20Educational%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Edward%20Schultz.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Inspiration%20Motivation%20Application.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Learning%20Plus%20Consulting.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Pikitin%20Leaning%20Projects.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Rasadazzle.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/The%20School%20Planner.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Adventures%20in%20Learning.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Stetson%20and%20Associates.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Teachstone.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/CEV%20Multimedia.xlsx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Condor%20Consulting%20Group.xlsx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/FEV%20Tutor.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/GPR%20Ventures.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Math-A-Matics.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/NS4ed.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Pearlized%20Mathematics%20Consulting.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Apply%20EBP.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Reading%20Horizons.xlsx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Science%20Safety.xlsx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Bookelicious.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Capstone.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/EAI%20Education.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Empowering%20Writers.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Learning%20Zone.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Traci%20Skrovan%20Consulting.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Wink%20Educational%20Consulting.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Istation.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Nward%20Journey.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Pitsco%20Education.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Studies%20Weekly.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/TechTerra%20Education.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/240%20Tutoring.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Air%20Education.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Character%20Development%20and%20Leadership.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Creative%20Learning%20Collaborative.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Hello%20World%20CS.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Preeminence%20Professional%20Consulting.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Beyond%20Play%20LLC.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Dr%20Melissa%20A%20Reeves.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Freedom%20Rhythm.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Hiperware%20Labs.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/LECTORUM%20PUBLICATIONS%2C%20INC.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/MathWarm-Ups.com.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Pencil%20Cup%20Office%20Products.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Rally!%20Education.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Rethink%20Autism.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Shmoop%20University.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Teacher%20Created%20Materials.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/The%20Flippen%20Group.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/The%20Reading%20Warehouse.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Activa%20Product.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Barnes%20and%20Noble%20Booksellers.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Books%20del%20Sur.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/CareerCraft.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Encyclopaedia%20Britannica.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Wood%20Etc.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/EdFuture.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/HeyTutor.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Junior%20Library%20Guild.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/ProAction.xlsx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/The%20Bandmans%20Company.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/U%20Startups.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Anissa%20Moore.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Open%20Up%20Resources.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Subject%20Technologies.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Accelerated%20Solutions%20LLC.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Creative%20Roar.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Character%20Strong.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Enterprise%20Risk%20Management.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Friendzy.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/McREL%20International.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Skill%20Struck.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Your%20Board%20Coach.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/TeachTown.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Library%20Speakers%20Consortium.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Reynolds%20Manufacturing%20Corporation.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Carolina%20Biological%20Supply%20Company.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Building%20Wings%20LLC.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Didax%20Educational%20Resources%20Inc.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Edpuzzle.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Just%20Right%20Reader.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Proximity%20Learning.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/The%20Play%20Project.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Van%20Soelen%20and%20Associates.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Ascend%20Education.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/HighScope%20Educational%20Research%20Foundation.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Pathful.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/SureScore.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/The%20Bridgify%20Group.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/ACP%20Direct.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Charles%20E%20Black.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Fun%20and%20Function.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/News-O-Matic.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/El%20Paso%20Office%20Products.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Center%20for%20Applied%20Linguistics.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Ereflect.png" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Lowman%20Education%2C%20LLC.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Saddleback%20Educational.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Specially%20Designed%20Education.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Conquer%20Consulting.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/BusinessU.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Education%20Resource%20Strategies.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/kid-grit.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Wakelet.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Condor%20Consulting%20Group.xlsx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Cerebellum%20Corporation.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/FEV%20Tutor.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/GPR%20Ventures.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/MathWarm-Ups.com.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Nward%20Journey.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Shmoop%20University.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Studies%20Weekly.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Preeminence%20Professional%20Consulting.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Cambridge%20Educational%20Services.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Wood%20Etc.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Blick%20Art%20Materials.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/EAI%20Education.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Empowering%20Writers.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Istation.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/LECTORUM%20PUBLICATIONS%2C%20INC.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/ProAction.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Rethink%20Autism.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/U%20Startups.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Adventures%20in%20Learning.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Subject%20Technologies.xlsx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/The%20Bandmans%20Company.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/CEV%20Multimedia.xlsx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Creative%20Learning%20Collaborative.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Freedom%20Rhythm.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Hello%20World%20CS.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/McREL%20International.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Open%20Up%20Resources.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/TeachTown.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Reynolds%20Manufacturing%20Corporation.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Skill%20Struck.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Bookelicious.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Capstone.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/EdFuture.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Encyclopaedia%20Britannica.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Library%20Speakers%20Consortium.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Van%20Soelen%20and%20Associates.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Your%20Board%20Coach.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Junior%20Library%20Guild.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Pathful.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Proximity%20Learning.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/SureScore.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/The%20Bridgify%20Group.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/240%20Tutoring.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Air%20Education.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Character%20Development%20and%20Leadership.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Creative%20Roar.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/HeyTutor.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/El%20Paso%20Office%20Products.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Beyond%20Play%20LLC.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Dr.%20Jose%20Medina%20Educational%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Friendzy.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Inspiration%20Motivation%20Application.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Lowman%20Education%2C%20LLC.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/News-O-Matic.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Pitsco%20Education.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Reading%20Horizons.xlsx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Saddleback%20Educational.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Specially%20Designed%20Education.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/TechTerra%20Education.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/The%20Reading%20Warehouse.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Traci%20Skrovan%20Consulting.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Activa%20Product.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Barnes%20and%20Noble%20Booksellers.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Books%20del%20Sur.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/CareerCraft.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Enterprise%20Risk%20Management.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Conquer%20Consulting.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Edpuzzle.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/HighScope%20Educational%20Research%20Foundation.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Just%20Right%20Reader.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Rally!%20Education.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/The%20Flippen%20Group.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Wakelet.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Anissa%20Moore.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Pencil%20Cup%20Office%20Products.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Teacher%20Created%20Materials.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Accelerated%20Solutions%20LLC.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Didax%20Educational%20Resources%20Inc.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Character%20Strong.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Ereflect.png" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Fun%20and%20Function.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/NINE%20Enterprises%20Inc.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Stem%20Detective.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/CoolSpeak.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Betters-Bubon%20(1).pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Mackin%20Educational%20Resources.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Safe%20and%20Sound.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Carolina%20Biological%20Supply%20Company.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Building%20Wings%20LLC.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Dr%20Melissa%20A%20Reeves.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Education%20Resource%20Strategies.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/kid-grit.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Rasadazzle.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/The%20School%20Planner.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Waterford%20Research%20Institute.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Ascend%20Education.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Hiperware%20Labs.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Pikitin%20Leaning%20Projects.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Teachstone.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/The%20Play%20Project.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/ACP%20Direct.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Charles%20E%20Black.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Gemas%20de%20Vida.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/NS4ed.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Apply%20EBP.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Center%20for%20Applied%20Linguistics.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Fab%20Lab%20El%20Paso.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Math-A-Matics.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Science%20Safety.xlsx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Stetson%20and%20Associates.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Pearlized%20Mathematics%20Consulting.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/BusinessU.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Edward%20Schultz.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Learning%20Zone.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/124-7491/Wink%20Educational%20Consulting.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="B1:EI16"/>
+  <dimension ref="B1:EF16"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
     <col min="3" max="3" width="36" style="1" customWidth="1"/>
     <col min="4" max="4" width="6" style="1" customWidth="1"/>
-    <col min="5" max="128" width="30.7109375" style="1" customWidth="1"/>
-    <col min="129" max="16384" width="9.140625" style="1"/>
+    <col min="5" max="125" width="30.7109375" style="1" customWidth="1"/>
+    <col min="126" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:139" s="10" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:136" s="10" customFormat="1" x14ac:dyDescent="0.25">
       <c r="E1" s="12"/>
       <c r="F1" s="12"/>
       <c r="G1" s="12"/>
       <c r="H1" s="12"/>
       <c r="I1" s="12"/>
       <c r="J1" s="13"/>
-      <c r="K1" s="25"/>
+      <c r="K1" s="12"/>
       <c r="L1" s="12"/>
       <c r="M1" s="12"/>
       <c r="N1" s="12"/>
       <c r="O1" s="12"/>
-      <c r="P1" s="12"/>
-[...2 lines deleted...]
-      </c>
+      <c r="P1" s="12" t="s">
+        <v>891</v>
+      </c>
+      <c r="Q1" s="12"/>
       <c r="R1" s="12"/>
       <c r="S1" s="12"/>
       <c r="T1" s="12"/>
       <c r="U1" s="12"/>
-      <c r="V1" s="12"/>
-[...2 lines deleted...]
-      </c>
+      <c r="V1" s="12" t="s">
+        <v>903</v>
+      </c>
+      <c r="W1" s="12"/>
       <c r="X1" s="12"/>
       <c r="Y1" s="12"/>
       <c r="Z1" s="12"/>
       <c r="AA1" s="12"/>
       <c r="AB1" s="12"/>
       <c r="AC1" s="12"/>
       <c r="AD1" s="12"/>
       <c r="AE1" s="12"/>
       <c r="AF1" s="12"/>
       <c r="AG1" s="12"/>
       <c r="AH1" s="12"/>
       <c r="AI1" s="12"/>
       <c r="AJ1" s="12"/>
       <c r="AK1" s="12"/>
       <c r="AL1" s="12"/>
-      <c r="AM1" s="12"/>
+      <c r="AM1" s="12" t="s">
+        <v>870</v>
+      </c>
       <c r="AN1" s="12"/>
       <c r="AO1" s="12" t="s">
-        <v>890</v>
+        <v>873</v>
       </c>
       <c r="AP1" s="12"/>
-      <c r="AQ1" s="12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AQ1" s="12"/>
       <c r="AR1" s="12"/>
-      <c r="AS1" s="12"/>
-[...5 lines deleted...]
-      <c r="AW1" s="12"/>
+      <c r="AS1" s="13"/>
+      <c r="AT1" s="12" t="s">
+        <v>888</v>
+      </c>
+      <c r="AU1" s="12"/>
+      <c r="AV1" s="12"/>
+      <c r="AW1" s="12" t="s">
+        <v>887</v>
+      </c>
       <c r="AX1" s="12"/>
-      <c r="AY1" s="12" t="s">
-[...2 lines deleted...]
-      <c r="AZ1" s="12"/>
+      <c r="AY1" s="12"/>
+      <c r="AZ1" s="12" t="s">
+        <v>876</v>
+      </c>
       <c r="BA1" s="12"/>
-      <c r="BB1" s="12" t="s">
-[...2 lines deleted...]
-      <c r="BC1" s="12"/>
+      <c r="BB1" s="12"/>
+      <c r="BC1" s="13" t="s">
+        <v>877</v>
+      </c>
       <c r="BD1" s="12"/>
-      <c r="BE1" s="13" t="s">
-        <v>897</v>
+      <c r="BE1" s="12" t="s">
+        <v>883</v>
       </c>
       <c r="BF1" s="12"/>
-      <c r="BG1" s="12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BG1" s="12"/>
       <c r="BH1" s="12"/>
       <c r="BI1" s="12"/>
       <c r="BJ1" s="12"/>
       <c r="BK1" s="12"/>
-      <c r="BL1" s="12"/>
-[...3 lines deleted...]
-      </c>
+      <c r="BL1" s="12" t="s">
+        <v>894</v>
+      </c>
+      <c r="BM1" s="12" t="s">
+        <v>892</v>
+      </c>
+      <c r="BN1" s="12"/>
       <c r="BO1" s="12" t="s">
-        <v>912</v>
+        <v>893</v>
       </c>
       <c r="BP1" s="12"/>
-      <c r="BQ1" s="12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BQ1" s="12"/>
       <c r="BR1" s="12"/>
       <c r="BS1" s="12"/>
-      <c r="BT1" s="12"/>
+      <c r="BT1" s="12" t="s">
+        <v>906</v>
+      </c>
       <c r="BU1" s="12"/>
-      <c r="BV1" s="12"/>
+      <c r="BV1" s="13"/>
       <c r="BW1" s="12" t="s">
-        <v>926</v>
+        <v>908</v>
       </c>
       <c r="BX1" s="12"/>
-      <c r="BY1" s="13"/>
+      <c r="BY1" s="12"/>
       <c r="BZ1" s="12"/>
       <c r="CA1" s="12"/>
-      <c r="CB1" s="12"/>
+      <c r="CB1" s="13"/>
       <c r="CC1" s="12"/>
       <c r="CD1" s="12"/>
-      <c r="CE1" s="13"/>
+      <c r="CE1" s="12" t="s">
+        <v>890</v>
+      </c>
       <c r="CF1" s="12"/>
       <c r="CG1" s="12"/>
-      <c r="CH1" s="12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="CH1" s="12"/>
       <c r="CI1" s="12"/>
-      <c r="CJ1" s="12"/>
-      <c r="CK1" s="12"/>
+      <c r="CJ1" s="12" t="s">
+        <v>907</v>
+      </c>
+      <c r="CK1" s="12" t="s">
+        <v>884</v>
+      </c>
       <c r="CL1" s="12"/>
-      <c r="CM1" s="12"/>
-[...2 lines deleted...]
-      </c>
+      <c r="CM1" s="12" t="s">
+        <v>868</v>
+      </c>
+      <c r="CN1" s="12"/>
       <c r="CO1" s="12"/>
-      <c r="CP1" s="12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="CP1" s="12"/>
       <c r="CQ1" s="12"/>
-      <c r="CR1" s="12"/>
-      <c r="CS1" s="12"/>
+      <c r="CR1" s="13"/>
+      <c r="CS1" s="12" t="s">
+        <v>889</v>
+      </c>
       <c r="CT1" s="12"/>
-      <c r="CU1" s="13"/>
-[...4 lines deleted...]
-      <c r="CX1" s="12"/>
+      <c r="CU1" s="12"/>
+      <c r="CV1" s="12"/>
+      <c r="CW1" s="13"/>
+      <c r="CX1" s="12" t="s">
+        <v>892</v>
+      </c>
       <c r="CY1" s="12"/>
-      <c r="CZ1" s="13"/>
-[...3 lines deleted...]
-      <c r="DB1" s="12"/>
+      <c r="CZ1" s="12"/>
+      <c r="DA1" s="12"/>
+      <c r="DB1" s="13"/>
       <c r="DC1" s="12"/>
       <c r="DD1" s="12"/>
-      <c r="DE1" s="13"/>
-      <c r="DF1" s="12"/>
+      <c r="DE1" s="14"/>
+      <c r="DF1" s="15"/>
       <c r="DG1" s="12"/>
-      <c r="DH1" s="14"/>
-[...10 lines deleted...]
-      <c r="DO1" s="12"/>
+      <c r="DH1" s="12"/>
+      <c r="DI1" s="13"/>
+      <c r="DJ1" s="12" t="s">
+        <v>882</v>
+      </c>
+      <c r="DK1" s="12" t="s">
+        <v>866</v>
+      </c>
+      <c r="DL1" s="12"/>
+      <c r="DM1" s="12"/>
+      <c r="DN1" s="12"/>
+      <c r="DO1" s="13" t="s">
+        <v>909</v>
+      </c>
       <c r="DP1" s="12"/>
-      <c r="DQ1" s="12"/>
-      <c r="DR1" s="13"/>
+      <c r="DQ1" s="13"/>
+      <c r="DR1" s="12"/>
       <c r="DS1" s="12"/>
-      <c r="DT1" s="13"/>
+      <c r="DT1" s="12"/>
       <c r="DU1" s="12"/>
-      <c r="DV1" s="12"/>
-[...1 lines deleted...]
-      <c r="DX1" s="12"/>
     </row>
-    <row r="2" spans="2:139" s="10" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:136" s="10" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="D2" s="6" t="s">
-        <v>826</v>
+        <v>808</v>
       </c>
       <c r="E2" s="11" t="s">
         <v>1</v>
       </c>
       <c r="F2" s="11" t="s">
-        <v>843</v>
+        <v>825</v>
       </c>
       <c r="G2" s="11" t="s">
         <v>59</v>
       </c>
       <c r="H2" s="11" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="I2" s="11" t="s">
-        <v>850</v>
+        <v>832</v>
       </c>
       <c r="J2" s="11" t="s">
-        <v>851</v>
-[...1 lines deleted...]
-      <c r="K2" s="26" t="s">
+        <v>833</v>
+      </c>
+      <c r="K2" s="11" t="s">
         <v>60</v>
       </c>
-      <c r="L2" s="11" t="s">
+      <c r="L2" s="25" t="s">
         <v>61</v>
       </c>
-      <c r="M2" s="26" t="s">
+      <c r="M2" s="11" t="s">
+        <v>834</v>
+      </c>
+      <c r="N2" s="11" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>852</v>
       </c>
       <c r="O2" s="11" t="s">
         <v>63</v>
       </c>
       <c r="P2" s="11" t="s">
-        <v>64</v>
+        <v>836</v>
       </c>
       <c r="Q2" s="11" t="s">
-        <v>854</v>
+        <v>58</v>
       </c>
       <c r="R2" s="11" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="S2" s="11" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="T2" s="11" t="s">
-        <v>46</v>
+        <v>837</v>
       </c>
       <c r="U2" s="11" t="s">
-        <v>855</v>
-[...1 lines deleted...]
-      <c r="V2" s="11" t="s">
         <v>47</v>
       </c>
-      <c r="W2" s="26" t="s">
-        <v>921</v>
+      <c r="V2" s="25" t="s">
+        <v>901</v>
+      </c>
+      <c r="W2" s="11" t="s">
+        <v>48</v>
       </c>
       <c r="X2" s="11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="Y2" s="11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z2" s="11" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA2" s="11" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AB2" s="11" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AC2" s="11" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AD2" s="11" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="AE2" s="11" t="s">
-        <v>103</v>
+        <v>55</v>
       </c>
       <c r="AF2" s="11" t="s">
-        <v>55</v>
+        <v>101</v>
       </c>
       <c r="AG2" s="11" t="s">
-        <v>104</v>
+        <v>57</v>
       </c>
       <c r="AH2" s="11" t="s">
-        <v>57</v>
+        <v>842</v>
       </c>
       <c r="AI2" s="11" t="s">
-        <v>65</v>
+        <v>843</v>
       </c>
       <c r="AJ2" s="11" t="s">
-        <v>860</v>
+        <v>844</v>
       </c>
       <c r="AK2" s="11" t="s">
-        <v>861</v>
+        <v>74</v>
       </c>
       <c r="AL2" s="11" t="s">
-        <v>862</v>
+        <v>75</v>
       </c>
       <c r="AM2" s="11" t="s">
         <v>76</v>
       </c>
       <c r="AN2" s="11" t="s">
         <v>77</v>
       </c>
       <c r="AO2" s="11" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="AP2" s="11" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="AQ2" s="11" t="s">
+        <v>846</v>
+      </c>
+      <c r="AR2" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="AS2" s="11" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>864</v>
       </c>
       <c r="AT2" s="11" t="s">
         <v>82</v>
       </c>
       <c r="AU2" s="11" t="s">
         <v>83</v>
       </c>
       <c r="AV2" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="AW2" s="11" t="s">
         <v>84</v>
       </c>
-      <c r="AW2" s="11" t="s">
+      <c r="AX2" s="11" t="s">
         <v>85</v>
       </c>
-      <c r="AX2" s="11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AY2" s="11" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>87</v>
+        <v>73</v>
+      </c>
+      <c r="AZ2" s="25" t="s">
+        <v>875</v>
       </c>
       <c r="BA2" s="11" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>895</v>
+        <v>72</v>
+      </c>
+      <c r="BB2" s="11" t="s">
+        <v>64</v>
       </c>
       <c r="BC2" s="11" t="s">
-        <v>74</v>
+        <v>103</v>
       </c>
       <c r="BD2" s="11" t="s">
+        <v>847</v>
+      </c>
+      <c r="BE2" s="11" t="s">
+        <v>848</v>
+      </c>
+      <c r="BF2" s="11" t="s">
+        <v>65</v>
+      </c>
+      <c r="BG2" s="11" t="s">
         <v>66</v>
-      </c>
-[...7 lines deleted...]
-        <v>866</v>
       </c>
       <c r="BH2" s="11" t="s">
         <v>67</v>
       </c>
       <c r="BI2" s="11" t="s">
         <v>68</v>
       </c>
       <c r="BJ2" s="11" t="s">
         <v>69</v>
       </c>
       <c r="BK2" s="11" t="s">
         <v>70</v>
       </c>
-      <c r="BL2" s="11" t="s">
+      <c r="BL2" s="25" t="s">
+        <v>895</v>
+      </c>
+      <c r="BM2" s="11" t="s">
         <v>71</v>
       </c>
-      <c r="BM2" s="11" t="s">
-[...3 lines deleted...]
-        <v>915</v>
+      <c r="BN2" s="11" t="s">
+        <v>78</v>
       </c>
       <c r="BO2" s="11" t="s">
-        <v>73</v>
+        <v>45</v>
       </c>
       <c r="BP2" s="11" t="s">
-        <v>80</v>
+        <v>98</v>
       </c>
       <c r="BQ2" s="11" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="BR2" s="11" t="s">
-        <v>101</v>
+        <v>12</v>
       </c>
       <c r="BS2" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="BT2" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="BU2" s="11" t="s">
+        <v>850</v>
+      </c>
+      <c r="BV2" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="BW2" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="BX2" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="BY2" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="BZ2" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="CA2" s="11" t="s">
+        <v>851</v>
+      </c>
+      <c r="CB2" s="11" t="s">
+        <v>852</v>
+      </c>
+      <c r="CC2" s="11" t="s">
+        <v>2</v>
+      </c>
+      <c r="CD2" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="CE2" s="11" t="s">
+        <v>853</v>
+      </c>
+      <c r="CF2" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="CG2" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="CH2" s="11" t="s">
+        <v>96</v>
+      </c>
+      <c r="CI2" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="CJ2" s="11" t="s">
+        <v>854</v>
+      </c>
+      <c r="CK2" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="CL2" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="CM2" s="25" t="s">
+        <v>869</v>
+      </c>
+      <c r="CN2" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="CO2" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="CP2" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="CQ2" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="CR2" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="CS2" s="11" t="s">
+        <v>36</v>
+      </c>
+      <c r="CT2" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="CU2" s="11" t="s">
         <v>99</v>
       </c>
-      <c r="BT2" s="11" t="s">
-[...41 lines deleted...]
-      <c r="CH2" s="11" t="s">
+      <c r="CV2" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="CW2" s="11" t="s">
+        <v>855</v>
+      </c>
+      <c r="CX2" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="CY2" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="CZ2" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="DA2" s="11" t="s">
+        <v>41</v>
+      </c>
+      <c r="DB2" s="11" t="s">
+        <v>42</v>
+      </c>
+      <c r="DC2" s="11" t="s">
+        <v>856</v>
+      </c>
+      <c r="DD2" s="11" t="s">
+        <v>97</v>
+      </c>
+      <c r="DE2" s="11" t="s">
+        <v>33</v>
+      </c>
+      <c r="DF2" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="DG2" s="11" t="s">
+        <v>31</v>
+      </c>
+      <c r="DH2" s="11" t="s">
+        <v>857</v>
+      </c>
+      <c r="DI2" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="DJ2" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="DK2" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="DL2" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="DM2" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="DN2" s="11" t="s">
+        <v>858</v>
+      </c>
+      <c r="DO2" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="DP2" s="11" t="s">
+        <v>859</v>
+      </c>
+      <c r="DQ2" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="DR2" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="DS2" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="DT2" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="DU2" s="11" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="3" spans="2:136" s="10" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="D3" s="6" t="s">
+        <v>809</v>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="F3" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="G3" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="H3" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="I3" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="J3" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="K3" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="L3" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="M3" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="N3" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="O3" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="P3" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q3" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="R3" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="S3" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="T3" s="8" t="s">
+        <v>165</v>
+      </c>
+      <c r="U3" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="V3" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="W3" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="X3" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="Y3" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="Z3" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="AA3" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="AB3" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="AC3" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="AD3" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="AE3" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="AF3" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="AG3" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="AH3" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="AI3" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="AJ3" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="AK3" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="AL3" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="AM3" s="23" t="s">
         <v>871</v>
       </c>
-      <c r="CI2" s="11" t="s">
-[...130 lines deleted...]
-      <c r="E3" s="5" t="s">
+      <c r="AN3" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="AO3" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="AP3" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="AQ3" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="AR3" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="AS3" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="AT3" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="AU3" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="AV3" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="AW3" s="23" t="s">
+        <v>885</v>
+      </c>
+      <c r="AX3" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="AY3" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="AZ3" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="BA3" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="BB3" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="BC3" s="23" t="s">
+        <v>878</v>
+      </c>
+      <c r="BD3" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="BE3" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="BF3" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="BG3" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="BH3" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="BI3" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="BJ3" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="BK3" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="BL3" s="23" t="s">
+        <v>896</v>
+      </c>
+      <c r="BM3" s="5" t="s">
+        <v>198</v>
+      </c>
+      <c r="BN3" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="BO3" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="BP3" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="BQ3" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="BR3" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="BS3" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="BT3" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="BU3" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="BV3" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="BW3" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="BX3" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="BY3" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="BZ3" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="CA3" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="CB3" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="CC3" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="CD3" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="CE3" s="5" t="s">
         <v>108</v>
-      </c>
-[...232 lines deleted...]
-        <v>122</v>
       </c>
       <c r="CF3" s="5" t="s">
         <v>109</v>
       </c>
       <c r="CG3" s="5" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="CH3" s="5" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="CI3" s="5" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="CJ3" s="5" t="s">
         <v>114</v>
       </c>
       <c r="CK3" s="5" t="s">
         <v>115</v>
       </c>
       <c r="CL3" s="5" t="s">
         <v>116</v>
       </c>
       <c r="CM3" s="5" t="s">
         <v>117</v>
       </c>
       <c r="CN3" s="5" t="s">
         <v>118</v>
       </c>
       <c r="CO3" s="5" t="s">
-        <v>119</v>
+        <v>131</v>
       </c>
       <c r="CP3" s="5" t="s">
-        <v>120</v>
+        <v>132</v>
       </c>
       <c r="CQ3" s="5" t="s">
-        <v>121</v>
+        <v>110</v>
       </c>
       <c r="CR3" s="5" t="s">
-        <v>135</v>
+        <v>149</v>
       </c>
       <c r="CS3" s="5" t="s">
-        <v>136</v>
+        <v>150</v>
       </c>
       <c r="CT3" s="5" t="s">
-        <v>113</v>
+        <v>151</v>
       </c>
       <c r="CU3" s="5" t="s">
         <v>153</v>
       </c>
       <c r="CV3" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="CW3" s="5" t="s">
         <v>154</v>
       </c>
-      <c r="CW3" s="5" t="s">
+      <c r="CX3" s="5" t="s">
         <v>155</v>
       </c>
-      <c r="CX3" s="5" t="s">
+      <c r="CY3" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="CZ3" s="5" t="s">
         <v>157</v>
       </c>
-      <c r="CY3" s="5" t="s">
-[...2 lines deleted...]
-      <c r="CZ3" s="5" t="s">
+      <c r="DA3" s="5" t="s">
         <v>158</v>
       </c>
-      <c r="DA3" s="5" t="s">
+      <c r="DB3" s="5" t="s">
         <v>159</v>
       </c>
-      <c r="DB3" s="5" t="s">
+      <c r="DC3" s="5" t="s">
         <v>160</v>
       </c>
-      <c r="DC3" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="DD3" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="DE3" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="DF3" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="DG3" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="DH3" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="DI3" s="23" t="s">
+        <v>881</v>
+      </c>
+      <c r="DJ3" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="DK3" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="DL3" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="DM3" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="DN3" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="DO3" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="DP3" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="DQ3" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="DR3" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="DS3" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="DT3" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU3" s="5" t="s">
         <v>162</v>
       </c>
-      <c r="DE3" s="5" t="s">
-[...58 lines deleted...]
-      </c>
     </row>
-    <row r="4" spans="2:139" s="10" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:136" s="10" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="D4" s="6" t="s">
+        <v>810</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>826</v>
+      </c>
+      <c r="G4" s="5" t="s">
+        <v>290</v>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>291</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>292</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>293</v>
+      </c>
+      <c r="K4" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="L4" s="5" t="s">
+        <v>295</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="N4" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="O4" s="5" t="s">
+        <v>298</v>
+      </c>
+      <c r="P4" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="Q4" s="5" t="s">
+        <v>289</v>
+      </c>
+      <c r="R4" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="S4" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="T4" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="U4" s="5" t="s">
+        <v>277</v>
+      </c>
+      <c r="V4" s="23" t="s">
+        <v>902</v>
+      </c>
+      <c r="W4" s="5" t="s">
+        <v>278</v>
+      </c>
+      <c r="X4" s="5" t="s">
+        <v>279</v>
+      </c>
+      <c r="Y4" s="5" t="s">
+        <v>280</v>
+      </c>
+      <c r="Z4" s="5" t="s">
+        <v>864</v>
+      </c>
+      <c r="AA4" s="5" t="s">
+        <v>281</v>
+      </c>
+      <c r="AB4" s="5" t="s">
+        <v>282</v>
+      </c>
+      <c r="AC4" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="AD4" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="AE4" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="AF4" s="5" t="s">
+        <v>286</v>
+      </c>
+      <c r="AG4" s="5" t="s">
+        <v>288</v>
+      </c>
+      <c r="AH4" s="5" t="s">
+        <v>312</v>
+      </c>
+      <c r="AI4" s="5" t="s">
+        <v>313</v>
+      </c>
+      <c r="AJ4" s="5" t="s">
+        <v>314</v>
+      </c>
+      <c r="AK4" s="5" t="s">
+        <v>315</v>
+      </c>
+      <c r="AL4" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="AM4" s="5" t="s">
+        <v>827</v>
+      </c>
+      <c r="AN4" s="5" t="s">
+        <v>317</v>
+      </c>
+      <c r="AO4" s="23" t="s">
+        <v>874</v>
+      </c>
+      <c r="AP4" s="5" t="s">
+        <v>327</v>
+      </c>
+      <c r="AQ4" s="5" t="s">
+        <v>319</v>
+      </c>
+      <c r="AR4" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="AS4" s="5" t="s">
+        <v>321</v>
+      </c>
+      <c r="AT4" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="AU4" s="5" t="s">
+        <v>323</v>
+      </c>
+      <c r="AV4" s="5" t="s">
+        <v>324</v>
+      </c>
+      <c r="AW4" s="5" t="s">
+        <v>325</v>
+      </c>
+      <c r="AX4" s="5" t="s">
+        <v>326</v>
+      </c>
+      <c r="AY4" s="5" t="s">
+        <v>311</v>
+      </c>
+      <c r="AZ4" s="5" t="s">
+        <v>310</v>
+      </c>
+      <c r="BA4" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="BB4" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="BC4" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="BD4" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="BE4" s="5" t="s">
+        <v>303</v>
+      </c>
+      <c r="BF4" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="BG4" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="BH4" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="BI4" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="BJ4" s="5" t="s">
+        <v>308</v>
+      </c>
+      <c r="BK4" s="5" t="s">
         <v>828</v>
       </c>
-      <c r="E4" s="5" t="s">
+      <c r="BL4" s="23" t="s">
+        <v>897</v>
+      </c>
+      <c r="BM4" s="5" t="s">
+        <v>829</v>
+      </c>
+      <c r="BN4" s="5" t="s">
+        <v>318</v>
+      </c>
+      <c r="BO4" s="5" t="s">
+        <v>274</v>
+      </c>
+      <c r="BP4" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="BQ4" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="BR4" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="BS4" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="BT4" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="BU4" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="BV4" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="BW4" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="BX4" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="BY4" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="BZ4" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="CA4" s="5" t="s">
+        <v>241</v>
+      </c>
+      <c r="CB4" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="CC4" s="5" t="s">
+        <v>865</v>
+      </c>
+      <c r="CD4" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="CE4" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="CF4" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="CG4" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="CH4" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="CI4" s="5" t="s">
         <v>224</v>
       </c>
-      <c r="F4" s="5" t="s">
-[...113 lines deleted...]
-      <c r="AR4" s="5" t="s">
+      <c r="CJ4" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="CK4" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="CL4" s="5" t="s">
+        <v>227</v>
+      </c>
+      <c r="CM4" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="CN4" s="5" t="s">
+        <v>229</v>
+      </c>
+      <c r="CO4" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="CP4" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="CQ4" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="CR4" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="CS4" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="CT4" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="CU4" s="5" t="s">
+        <v>266</v>
+      </c>
+      <c r="CV4" s="5" t="s">
+        <v>273</v>
+      </c>
+      <c r="CW4" s="5" t="s">
+        <v>267</v>
+      </c>
+      <c r="CX4" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="CY4" s="5" t="s">
+        <v>830</v>
+      </c>
+      <c r="CZ4" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="DA4" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="DB4" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="DC4" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="DD4" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="DE4" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="DF4" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="DG4" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="DH4" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="DI4" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="DJ4" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="DK4" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="DL4" s="5" t="s">
+        <v>248</v>
+      </c>
+      <c r="DM4" s="5" t="s">
+        <v>249</v>
+      </c>
+      <c r="DN4" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="DO4" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="DP4" s="5" t="s">
+        <v>252</v>
+      </c>
+      <c r="DQ4" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="DR4" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="DS4" s="5" t="s">
+        <v>255</v>
+      </c>
+      <c r="DT4" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="DU4" s="5" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="5" spans="2:136" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="D5" s="6" t="s">
+        <v>811</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>328</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="G5" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>406</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="J5" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="K5" s="5" t="s">
+        <v>409</v>
+      </c>
+      <c r="L5" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="M5" s="5" t="s">
+        <v>411</v>
+      </c>
+      <c r="N5" s="5" t="s">
+        <v>412</v>
+      </c>
+      <c r="O5" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="P5" s="5" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q5" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="R5" s="5" t="s">
+        <v>401</v>
+      </c>
+      <c r="S5" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="T5" s="5" t="s">
+        <v>389</v>
+      </c>
+      <c r="U5" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="V5" s="23" t="s">
+        <v>904</v>
+      </c>
+      <c r="W5" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="X5" s="5" t="s">
+        <v>392</v>
+      </c>
+      <c r="Y5" s="5" t="s">
+        <v>393</v>
+      </c>
+      <c r="Z5" s="5" t="s">
+        <v>394</v>
+      </c>
+      <c r="AA5" s="5" t="s">
+        <v>395</v>
+      </c>
+      <c r="AB5" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="AC5" s="5" t="s">
+        <v>397</v>
+      </c>
+      <c r="AD5" s="5" t="s">
+        <v>398</v>
+      </c>
+      <c r="AE5" s="5" t="s">
+        <v>399</v>
+      </c>
+      <c r="AF5" s="5" t="s">
+        <v>400</v>
+      </c>
+      <c r="AG5" s="5" t="s">
+        <v>402</v>
+      </c>
+      <c r="AH5" s="5" t="s">
+        <v>428</v>
+      </c>
+      <c r="AI5" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="AJ5" s="5" t="s">
+        <v>430</v>
+      </c>
+      <c r="AK5" s="5" t="s">
+        <v>431</v>
+      </c>
+      <c r="AL5" s="5" t="s">
+        <v>432</v>
+      </c>
+      <c r="AM5" s="23" t="s">
+        <v>872</v>
+      </c>
+      <c r="AN5" s="5" t="s">
+        <v>433</v>
+      </c>
+      <c r="AO5" s="5" t="s">
+        <v>435</v>
+      </c>
+      <c r="AP5" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="AQ5" s="5" t="s">
+        <v>436</v>
+      </c>
+      <c r="AR5" s="5" t="s">
+        <v>437</v>
+      </c>
+      <c r="AS5" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="AT5" s="5" t="s">
+        <v>439</v>
+      </c>
+      <c r="AU5" s="5" t="s">
+        <v>440</v>
+      </c>
+      <c r="AV5" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="AW5" s="23" t="s">
+        <v>886</v>
+      </c>
+      <c r="AX5" s="5" t="s">
+        <v>442</v>
+      </c>
+      <c r="AY5" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="AZ5" s="5" t="s">
+        <v>426</v>
+      </c>
+      <c r="BA5" s="5" t="s">
+        <v>425</v>
+      </c>
+      <c r="BB5" s="5" t="s">
+        <v>415</v>
+      </c>
+      <c r="BC5" s="27" t="s">
+        <v>879</v>
+      </c>
+      <c r="BD5" s="5" t="s">
+        <v>416</v>
+      </c>
+      <c r="BE5" s="5" t="s">
+        <v>417</v>
+      </c>
+      <c r="BF5" s="5" t="s">
+        <v>418</v>
+      </c>
+      <c r="BG5" s="5" t="s">
+        <v>419</v>
+      </c>
+      <c r="BH5" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="BI5" s="5" t="s">
+        <v>421</v>
+      </c>
+      <c r="BJ5" s="5" t="s">
+        <v>422</v>
+      </c>
+      <c r="BK5" s="5" t="s">
+        <v>423</v>
+      </c>
+      <c r="BL5" s="23" t="s">
+        <v>900</v>
+      </c>
+      <c r="BM5" s="5" t="s">
+        <v>424</v>
+      </c>
+      <c r="BN5" s="5" t="s">
+        <v>434</v>
+      </c>
+      <c r="BO5" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="BP5" s="5" t="s">
+        <v>376</v>
+      </c>
+      <c r="BQ5" s="5" t="s">
+        <v>343</v>
+      </c>
+      <c r="BR5" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="BS5" s="5" t="s">
+        <v>345</v>
+      </c>
+      <c r="BT5" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="BU5" s="5" t="s">
+        <v>347</v>
+      </c>
+      <c r="BV5" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="BW5" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="BX5" s="5" t="s">
+        <v>350</v>
+      </c>
+      <c r="BY5" s="5" t="s">
+        <v>351</v>
+      </c>
+      <c r="BZ5" s="5" t="s">
+        <v>342</v>
+      </c>
+      <c r="CA5" s="5" t="s">
+        <v>352</v>
+      </c>
+      <c r="CB5" s="5" t="s">
+        <v>341</v>
+      </c>
+      <c r="CC5" s="5" t="s">
+        <v>329</v>
+      </c>
+      <c r="CD5" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="CE5" s="5" t="s">
+        <v>331</v>
+      </c>
+      <c r="CF5" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="CG5" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="CH5" s="5" t="s">
+        <v>334</v>
+      </c>
+      <c r="CI5" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="CJ5" s="5" t="s">
         <v>336</v>
       </c>
-      <c r="AS4" s="5" t="s">
-[...249 lines deleted...]
-        <v>849</v>
+      <c r="CK5" s="5" t="s">
+        <v>337</v>
+      </c>
+      <c r="CL5" s="5" t="s">
+        <v>338</v>
+      </c>
+      <c r="CM5" s="5" t="s">
+        <v>339</v>
+      </c>
+      <c r="CN5" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="CO5" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="CP5" s="5" t="s">
+        <v>354</v>
+      </c>
+      <c r="CQ5" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="CR5" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="CS5" s="5" t="s">
+        <v>374</v>
+      </c>
+      <c r="CT5" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="CU5" s="5" t="s">
+        <v>377</v>
+      </c>
+      <c r="CV5" s="5" t="s">
+        <v>385</v>
+      </c>
+      <c r="CW5" s="5" t="s">
+        <v>378</v>
+      </c>
+      <c r="CX5" s="5" t="s">
+        <v>379</v>
+      </c>
+      <c r="CY5" s="5" t="s">
+        <v>380</v>
+      </c>
+      <c r="CZ5" s="5" t="s">
+        <v>381</v>
+      </c>
+      <c r="DA5" s="5" t="s">
+        <v>382</v>
+      </c>
+      <c r="DB5" s="5" t="s">
+        <v>383</v>
+      </c>
+      <c r="DC5" s="5" t="s">
+        <v>384</v>
+      </c>
+      <c r="DD5" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="DE5" s="5" t="s">
+        <v>370</v>
+      </c>
+      <c r="DF5" s="5" t="s">
+        <v>369</v>
+      </c>
+      <c r="DG5" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="DH5" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="DI5" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="DJ5" s="5" t="s">
+        <v>357</v>
+      </c>
+      <c r="DK5" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="DL5" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="DM5" s="5" t="s">
+        <v>360</v>
+      </c>
+      <c r="DN5" s="5" t="s">
+        <v>361</v>
+      </c>
+      <c r="DO5" s="5" t="s">
+        <v>362</v>
+      </c>
+      <c r="DP5" s="5" t="s">
+        <v>363</v>
+      </c>
+      <c r="DQ5" s="5" t="s">
+        <v>364</v>
+      </c>
+      <c r="DR5" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="DS5" s="5" t="s">
+        <v>366</v>
+      </c>
+      <c r="DT5" s="5" t="s">
+        <v>367</v>
+      </c>
+      <c r="DU5" s="5" t="s">
+        <v>386</v>
       </c>
     </row>
-    <row r="5" spans="2:139" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-[...108 lines deleted...]
-      <c r="AN5" s="5" t="s">
+    <row r="6" spans="2:136" s="10" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="D6" s="6" t="s">
+        <v>812</v>
+      </c>
+      <c r="E6" s="5" t="s">
         <v>444</v>
       </c>
-      <c r="AO5" s="23" t="s">
-[...270 lines deleted...]
-      </c>
       <c r="F6" s="5" t="s">
-        <v>533</v>
+        <v>520</v>
       </c>
       <c r="G6" s="5" t="s">
-        <v>534</v>
+        <v>521</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>535</v>
+        <v>522</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>536</v>
+        <v>523</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>537</v>
+        <v>524</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>538</v>
+        <v>525</v>
       </c>
       <c r="L6" s="5" t="s">
-        <v>539</v>
+        <v>526</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>540</v>
+        <v>527</v>
       </c>
       <c r="N6" s="5" t="s">
-        <v>541</v>
+        <v>528</v>
       </c>
       <c r="O6" s="5" t="s">
-        <v>542</v>
+        <v>529</v>
       </c>
       <c r="P6" s="5" t="s">
-        <v>543</v>
+        <v>530</v>
       </c>
       <c r="Q6" s="5" t="s">
+        <v>519</v>
+      </c>
+      <c r="R6" s="5" t="s">
+        <v>517</v>
+      </c>
+      <c r="S6" s="5" t="s">
+        <v>863</v>
+      </c>
+      <c r="T6" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="U6" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="V6" s="5" t="s">
+        <v>506</v>
+      </c>
+      <c r="W6" s="5" t="s">
+        <v>507</v>
+      </c>
+      <c r="X6" s="5" t="s">
+        <v>508</v>
+      </c>
+      <c r="Y6" s="5" t="s">
+        <v>509</v>
+      </c>
+      <c r="Z6" s="5" t="s">
+        <v>510</v>
+      </c>
+      <c r="AA6" s="5" t="s">
+        <v>511</v>
+      </c>
+      <c r="AB6" s="5" t="s">
+        <v>512</v>
+      </c>
+      <c r="AC6" s="5" t="s">
+        <v>513</v>
+      </c>
+      <c r="AD6" s="5" t="s">
+        <v>514</v>
+      </c>
+      <c r="AE6" s="5" t="s">
+        <v>515</v>
+      </c>
+      <c r="AF6" s="5" t="s">
+        <v>516</v>
+      </c>
+      <c r="AG6" s="5" t="s">
+        <v>518</v>
+      </c>
+      <c r="AH6" s="5" t="s">
         <v>544</v>
-      </c>
-[...49 lines deleted...]
-        <v>531</v>
       </c>
       <c r="AI6" s="5" t="s">
         <v>545</v>
       </c>
       <c r="AJ6" s="5" t="s">
+        <v>546</v>
+      </c>
+      <c r="AK6" s="5" t="s">
+        <v>547</v>
+      </c>
+      <c r="AL6" s="5" t="s">
+        <v>548</v>
+      </c>
+      <c r="AM6" s="5" t="s">
+        <v>549</v>
+      </c>
+      <c r="AN6" s="5" t="s">
+        <v>550</v>
+      </c>
+      <c r="AO6" s="5" t="s">
+        <v>552</v>
+      </c>
+      <c r="AP6" s="5" t="s">
+        <v>560</v>
+      </c>
+      <c r="AQ6" s="5" t="s">
+        <v>553</v>
+      </c>
+      <c r="AR6" s="5" t="s">
+        <v>554</v>
+      </c>
+      <c r="AS6" s="5" t="s">
+        <v>555</v>
+      </c>
+      <c r="AT6" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="AU6" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="AV6" s="23" t="s">
+        <v>862</v>
+      </c>
+      <c r="AW6" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="AX6" s="5" t="s">
         <v>559</v>
       </c>
-      <c r="AK6" s="5" t="s">
-[...2 lines deleted...]
-      <c r="AL6" s="5" t="s">
+      <c r="AY6" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="AZ6" s="5" t="s">
+        <v>542</v>
+      </c>
+      <c r="BA6" s="5" t="s">
+        <v>541</v>
+      </c>
+      <c r="BB6" s="5" t="s">
+        <v>531</v>
+      </c>
+      <c r="BC6" s="23" t="s">
+        <v>880</v>
+      </c>
+      <c r="BD6" s="5" t="s">
+        <v>532</v>
+      </c>
+      <c r="BE6" s="5" t="s">
+        <v>533</v>
+      </c>
+      <c r="BF6" s="5" t="s">
+        <v>534</v>
+      </c>
+      <c r="BG6" s="5" t="s">
+        <v>535</v>
+      </c>
+      <c r="BH6" s="5" t="s">
+        <v>536</v>
+      </c>
+      <c r="BI6" s="5" t="s">
+        <v>537</v>
+      </c>
+      <c r="BJ6" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="BK6" s="5" t="s">
+        <v>539</v>
+      </c>
+      <c r="BL6" s="23" t="s">
+        <v>899</v>
+      </c>
+      <c r="BM6" s="5" t="s">
+        <v>540</v>
+      </c>
+      <c r="BN6" s="5" t="s">
+        <v>551</v>
+      </c>
+      <c r="BO6" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="BP6" s="5" t="s">
+        <v>492</v>
+      </c>
+      <c r="BQ6" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="BR6" s="5" t="s">
+        <v>460</v>
+      </c>
+      <c r="BS6" s="5" t="s">
+        <v>461</v>
+      </c>
+      <c r="BT6" s="5" t="s">
+        <v>462</v>
+      </c>
+      <c r="BU6" s="5" t="s">
+        <v>463</v>
+      </c>
+      <c r="BV6" s="5" t="s">
+        <v>464</v>
+      </c>
+      <c r="BW6" s="5" t="s">
+        <v>465</v>
+      </c>
+      <c r="BX6" s="5" t="s">
+        <v>466</v>
+      </c>
+      <c r="BY6" s="5" t="s">
+        <v>467</v>
+      </c>
+      <c r="BZ6" s="5" t="s">
+        <v>458</v>
+      </c>
+      <c r="CA6" s="5" t="s">
+        <v>468</v>
+      </c>
+      <c r="CB6" s="5" t="s">
+        <v>457</v>
+      </c>
+      <c r="CC6" s="5" t="s">
+        <v>445</v>
+      </c>
+      <c r="CD6" s="5" t="s">
+        <v>446</v>
+      </c>
+      <c r="CE6" s="5" t="s">
+        <v>447</v>
+      </c>
+      <c r="CF6" s="5" t="s">
+        <v>448</v>
+      </c>
+      <c r="CG6" s="5" t="s">
+        <v>449</v>
+      </c>
+      <c r="CH6" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="CI6" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="CJ6" s="5" t="s">
+        <v>452</v>
+      </c>
+      <c r="CK6" s="5" t="s">
+        <v>453</v>
+      </c>
+      <c r="CL6" s="5" t="s">
+        <v>454</v>
+      </c>
+      <c r="CM6" s="5" t="s">
+        <v>455</v>
+      </c>
+      <c r="CN6" s="5" t="s">
+        <v>456</v>
+      </c>
+      <c r="CO6" s="5" t="s">
+        <v>469</v>
+      </c>
+      <c r="CP6" s="5" t="s">
+        <v>470</v>
+      </c>
+      <c r="CQ6" s="5" t="s">
+        <v>488</v>
+      </c>
+      <c r="CR6" s="5" t="s">
+        <v>489</v>
+      </c>
+      <c r="CS6" s="5" t="s">
+        <v>490</v>
+      </c>
+      <c r="CT6" s="5" t="s">
+        <v>491</v>
+      </c>
+      <c r="CU6" s="5" t="s">
+        <v>493</v>
+      </c>
+      <c r="CV6" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="CW6" s="5" t="s">
+        <v>494</v>
+      </c>
+      <c r="CX6" s="5" t="s">
+        <v>495</v>
+      </c>
+      <c r="CY6" s="5" t="s">
+        <v>496</v>
+      </c>
+      <c r="CZ6" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="DA6" s="5" t="s">
+        <v>498</v>
+      </c>
+      <c r="DB6" s="5" t="s">
+        <v>499</v>
+      </c>
+      <c r="DC6" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="DD6" s="5" t="s">
+        <v>487</v>
+      </c>
+      <c r="DE6" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="DF6" s="5" t="s">
+        <v>485</v>
+      </c>
+      <c r="DG6" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="DH6" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="DI6" s="5" t="s">
+        <v>472</v>
+      </c>
+      <c r="DJ6" s="5" t="s">
+        <v>473</v>
+      </c>
+      <c r="DK6" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="DL6" s="5" t="s">
+        <v>475</v>
+      </c>
+      <c r="DM6" s="5" t="s">
+        <v>476</v>
+      </c>
+      <c r="DN6" s="5" t="s">
+        <v>477</v>
+      </c>
+      <c r="DO6" s="5" t="s">
+        <v>478</v>
+      </c>
+      <c r="DP6" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="DQ6" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="DR6" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="DS6" s="5" t="s">
+        <v>482</v>
+      </c>
+      <c r="DT6" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="DU6" s="5" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="7" spans="2:136" s="10" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="D7" s="6" t="s">
+        <v>813</v>
+      </c>
+      <c r="E7" s="5" t="s">
         <v>561</v>
       </c>
-      <c r="AM6" s="5" t="s">
+      <c r="F7" s="5" t="s">
+        <v>636</v>
+      </c>
+      <c r="G7" s="5" t="s">
+        <v>637</v>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>638</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>639</v>
+      </c>
+      <c r="J7" s="5" t="s">
+        <v>640</v>
+      </c>
+      <c r="K7" s="5" t="s">
+        <v>641</v>
+      </c>
+      <c r="L7" s="5" t="s">
+        <v>642</v>
+      </c>
+      <c r="M7" s="5" t="s">
+        <v>643</v>
+      </c>
+      <c r="N7" s="5" t="s">
+        <v>644</v>
+      </c>
+      <c r="O7" s="5" t="s">
+        <v>645</v>
+      </c>
+      <c r="P7" s="5" t="s">
+        <v>646</v>
+      </c>
+      <c r="Q7" s="5" t="s">
+        <v>635</v>
+      </c>
+      <c r="R7" s="5" t="s">
+        <v>634</v>
+      </c>
+      <c r="S7" s="5" t="s">
+        <v>621</v>
+      </c>
+      <c r="T7" s="5" t="s">
+        <v>622</v>
+      </c>
+      <c r="U7" s="5" t="s">
+        <v>623</v>
+      </c>
+      <c r="V7" s="23" t="s">
+        <v>905</v>
+      </c>
+      <c r="W7" s="5" t="s">
+        <v>624</v>
+      </c>
+      <c r="X7" s="5" t="s">
+        <v>625</v>
+      </c>
+      <c r="Y7" s="5" t="s">
+        <v>626</v>
+      </c>
+      <c r="Z7" s="5" t="s">
+        <v>627</v>
+      </c>
+      <c r="AA7" s="5" t="s">
+        <v>628</v>
+      </c>
+      <c r="AB7" s="5" t="s">
+        <v>629</v>
+      </c>
+      <c r="AC7" s="5" t="s">
+        <v>630</v>
+      </c>
+      <c r="AD7" s="5" t="s">
+        <v>631</v>
+      </c>
+      <c r="AE7" s="5" t="s">
+        <v>632</v>
+      </c>
+      <c r="AF7" s="5" t="s">
+        <v>633</v>
+      </c>
+      <c r="AG7" s="8" t="s">
+        <v>685</v>
+      </c>
+      <c r="AH7" s="5" t="s">
+        <v>660</v>
+      </c>
+      <c r="AI7" s="5" t="s">
+        <v>661</v>
+      </c>
+      <c r="AJ7" s="5" t="s">
+        <v>662</v>
+      </c>
+      <c r="AK7" s="5" t="s">
+        <v>663</v>
+      </c>
+      <c r="AL7" s="5" t="s">
+        <v>664</v>
+      </c>
+      <c r="AM7" s="5" t="s">
+        <v>665</v>
+      </c>
+      <c r="AN7" s="8" t="s">
+        <v>685</v>
+      </c>
+      <c r="AO7" s="5" t="s">
+        <v>667</v>
+      </c>
+      <c r="AP7" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="AQ7" s="5" t="s">
+        <v>668</v>
+      </c>
+      <c r="AR7" s="5" t="s">
+        <v>669</v>
+      </c>
+      <c r="AS7" s="5" t="s">
+        <v>670</v>
+      </c>
+      <c r="AT7" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="AU7" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="AV7" s="5" t="s">
+        <v>672</v>
+      </c>
+      <c r="AW7" s="5" t="s">
+        <v>673</v>
+      </c>
+      <c r="AX7" s="5" t="s">
+        <v>674</v>
+      </c>
+      <c r="AY7" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="AZ7" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="BA7" s="5" t="s">
+        <v>657</v>
+      </c>
+      <c r="BB7" s="5" t="s">
+        <v>647</v>
+      </c>
+      <c r="BC7" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="BD7" s="5" t="s">
+        <v>649</v>
+      </c>
+      <c r="BE7" s="8" t="s">
+        <v>685</v>
+      </c>
+      <c r="BF7" s="5" t="s">
+        <v>650</v>
+      </c>
+      <c r="BG7" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="BH7" s="5" t="s">
+        <v>652</v>
+      </c>
+      <c r="BI7" s="5" t="s">
+        <v>653</v>
+      </c>
+      <c r="BJ7" s="5" t="s">
+        <v>654</v>
+      </c>
+      <c r="BK7" s="5" t="s">
+        <v>655</v>
+      </c>
+      <c r="BL7" s="23" t="s">
+        <v>898</v>
+      </c>
+      <c r="BM7" s="5" t="s">
+        <v>656</v>
+      </c>
+      <c r="BN7" s="5" t="s">
+        <v>666</v>
+      </c>
+      <c r="BO7" s="5" t="s">
+        <v>620</v>
+      </c>
+      <c r="BP7" s="5" t="s">
+        <v>609</v>
+      </c>
+      <c r="BQ7" s="5" t="s">
+        <v>577</v>
+      </c>
+      <c r="BR7" s="5" t="s">
+        <v>578</v>
+      </c>
+      <c r="BS7" s="5" t="s">
+        <v>579</v>
+      </c>
+      <c r="BT7" s="5" t="s">
+        <v>580</v>
+      </c>
+      <c r="BU7" s="5" t="s">
+        <v>581</v>
+      </c>
+      <c r="BV7" s="5" t="s">
+        <v>582</v>
+      </c>
+      <c r="BW7" s="5" t="s">
+        <v>583</v>
+      </c>
+      <c r="BX7" s="5" t="s">
+        <v>584</v>
+      </c>
+      <c r="BY7" s="5" t="s">
+        <v>585</v>
+      </c>
+      <c r="BZ7" s="5" t="s">
+        <v>575</v>
+      </c>
+      <c r="CA7" s="5" t="s">
+        <v>586</v>
+      </c>
+      <c r="CB7" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="CC7" s="5" t="s">
         <v>562</v>
       </c>
-      <c r="AN6" s="5" t="s">
+      <c r="CD7" s="5" t="s">
         <v>563</v>
       </c>
-      <c r="AO6" s="5" t="s">
+      <c r="CE7" s="5" t="s">
         <v>564</v>
       </c>
-      <c r="AP6" s="5" t="s">
+      <c r="CF7" s="5" t="s">
         <v>565</v>
       </c>
-      <c r="AQ6" s="5" t="s">
+      <c r="CG7" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="CH7" s="5" t="s">
         <v>567</v>
       </c>
-      <c r="AR6" s="5" t="s">
-[...2 lines deleted...]
-      <c r="AS6" s="5" t="s">
+      <c r="CI7" s="5" t="s">
         <v>568</v>
       </c>
-      <c r="AT6" s="5" t="s">
+      <c r="CJ7" s="5" t="s">
         <v>569</v>
       </c>
-      <c r="AU6" s="5" t="s">
+      <c r="CK7" s="5" t="s">
         <v>570</v>
       </c>
-      <c r="AV6" s="5" t="s">
+      <c r="CL7" s="5" t="s">
         <v>571</v>
       </c>
-      <c r="AW6" s="5" t="s">
+      <c r="CM7" s="5" t="s">
         <v>572</v>
       </c>
-      <c r="AX6" s="23" t="s">
-[...2 lines deleted...]
-      <c r="AY6" s="5" t="s">
+      <c r="CN7" s="5" t="s">
         <v>573</v>
       </c>
-      <c r="AZ6" s="5" t="s">
-[...228 lines deleted...]
-        <v>515</v>
+      <c r="CO7" s="5" t="s">
+        <v>587</v>
+      </c>
+      <c r="CP7" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="CQ7" s="5" t="s">
+        <v>605</v>
+      </c>
+      <c r="CR7" s="5" t="s">
+        <v>606</v>
+      </c>
+      <c r="CS7" s="5" t="s">
+        <v>607</v>
+      </c>
+      <c r="CT7" s="5" t="s">
+        <v>608</v>
+      </c>
+      <c r="CU7" s="5" t="s">
+        <v>610</v>
+      </c>
+      <c r="CV7" s="5" t="s">
+        <v>618</v>
+      </c>
+      <c r="CW7" s="5" t="s">
+        <v>611</v>
+      </c>
+      <c r="CX7" s="5" t="s">
+        <v>612</v>
+      </c>
+      <c r="CY7" s="5" t="s">
+        <v>613</v>
+      </c>
+      <c r="CZ7" s="5" t="s">
+        <v>614</v>
+      </c>
+      <c r="DA7" s="5" t="s">
+        <v>615</v>
+      </c>
+      <c r="DB7" s="5" t="s">
+        <v>616</v>
+      </c>
+      <c r="DC7" s="5" t="s">
+        <v>617</v>
+      </c>
+      <c r="DD7" s="5" t="s">
+        <v>604</v>
+      </c>
+      <c r="DE7" s="5" t="s">
+        <v>603</v>
+      </c>
+      <c r="DF7" s="5" t="s">
+        <v>602</v>
+      </c>
+      <c r="DG7" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="DH7" s="5" t="s">
+        <v>589</v>
+      </c>
+      <c r="DI7" s="5" t="s">
+        <v>590</v>
+      </c>
+      <c r="DJ7" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="DK7" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="DL7" s="5" t="s">
+        <v>593</v>
+      </c>
+      <c r="DM7" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="DN7" s="8" t="s">
+        <v>685</v>
+      </c>
+      <c r="DO7" s="5" t="s">
+        <v>595</v>
+      </c>
+      <c r="DP7" s="5" t="s">
+        <v>596</v>
+      </c>
+      <c r="DQ7" s="5" t="s">
+        <v>597</v>
+      </c>
+      <c r="DR7" s="5" t="s">
+        <v>598</v>
+      </c>
+      <c r="DS7" s="5" t="s">
+        <v>599</v>
+      </c>
+      <c r="DT7" s="5" t="s">
+        <v>600</v>
+      </c>
+      <c r="DU7" s="5" t="s">
+        <v>619</v>
       </c>
     </row>
-    <row r="7" spans="2:139" s="10" customFormat="1" ht="75" x14ac:dyDescent="0.25">
-[...111 lines deleted...]
-      <c r="AO7" s="5" t="s">
+    <row r="8" spans="2:136" s="10" customFormat="1" ht="210" x14ac:dyDescent="0.25">
+      <c r="D8" s="6" t="s">
+        <v>814</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="J8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="K8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="L8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="M8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="N8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="O8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="P8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="Q8" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="R8" s="8" t="s">
+        <v>677</v>
+      </c>
+      <c r="S8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="T8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="U8" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="V8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="W8" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="X8" s="8" t="s">
+        <v>839</v>
+      </c>
+      <c r="Y8" s="8" t="s">
+        <v>841</v>
+      </c>
+      <c r="Z8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="AA8" s="8" t="s">
+        <v>861</v>
+      </c>
+      <c r="AB8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="AC8" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="AD8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="AE8" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="AF8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="AG8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="AH8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="AI8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="AJ8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="AK8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="AL8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="AM8" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="AN8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="AO8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="AP8" s="5" t="s">
+        <v>845</v>
+      </c>
+      <c r="AQ8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="AR8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="AS8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="AT8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="AU8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="AV8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="AW8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="AX8" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="AY8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="AZ8" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="BA8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="BB8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="BC8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="BD8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="BE8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="BF8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="BG8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="BH8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="BI8" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="BJ8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="BK8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="BL8" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="BM8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="BN8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="BO8" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="BP8" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="BQ8" s="8" t="s">
+        <v>849</v>
+      </c>
+      <c r="BR8" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="BS8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="BT8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="BU8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="BV8" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="BW8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="BX8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="BY8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="BZ8" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="CA8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="CB8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="CC8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="CD8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="CE8" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="CF8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="CG8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="CH8" s="5" t="s">
+        <v>838</v>
+      </c>
+      <c r="CI8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="CJ8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="CK8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="CL8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="CM8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="CN8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="CO8" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="CP8" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="CQ8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="CR8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="CS8" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="CT8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="CU8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="CV8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="CW8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="CX8" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="CY8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="CZ8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="DA8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="DB8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="DC8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="DD8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="DE8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="DF8" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="DG8" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="DH8" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="DI8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="DJ8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="DK8" s="23" t="s">
+        <v>867</v>
+      </c>
+      <c r="DL8" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="DM8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="DN8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="DO8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="DP8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="DQ8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="DR8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="DS8" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="DT8" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="DU8" s="5" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="9" spans="2:136" s="10" customFormat="1" ht="225" x14ac:dyDescent="0.25">
+      <c r="D9" s="6" t="s">
+        <v>815</v>
+      </c>
+      <c r="E9" s="5" t="s">
         <v>682</v>
       </c>
-      <c r="AP7" s="8" t="s">
-[...2 lines deleted...]
-      <c r="AQ7" s="5" t="s">
+      <c r="F9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="G9" s="5" t="s">
+        <v>716</v>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>717</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>718</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="K9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="L9" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="M9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="N9" s="8" t="s">
+        <v>819</v>
+      </c>
+      <c r="O9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="P9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="Q9" s="5" t="s">
+        <v>715</v>
+      </c>
+      <c r="R9" s="5" t="s">
+        <v>714</v>
+      </c>
+      <c r="S9" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="T9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="U9" s="5" t="s">
+        <v>708</v>
+      </c>
+      <c r="V9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="W9" s="5" t="s">
+        <v>709</v>
+      </c>
+      <c r="X9" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="Y9" s="8" t="s">
+        <v>677</v>
+      </c>
+      <c r="Z9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="AA9" s="8" t="s">
+        <v>820</v>
+      </c>
+      <c r="AB9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="AC9" s="5" t="s">
+        <v>711</v>
+      </c>
+      <c r="AD9" s="5" t="s">
+        <v>712</v>
+      </c>
+      <c r="AE9" s="5" t="s">
+        <v>713</v>
+      </c>
+      <c r="AF9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="AG9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="AH9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="AI9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="AJ9" s="5" t="s">
+        <v>724</v>
+      </c>
+      <c r="AK9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="AL9" s="5" t="s">
+        <v>725</v>
+      </c>
+      <c r="AM9" s="5" t="s">
+        <v>726</v>
+      </c>
+      <c r="AN9" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="AO9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="AP9" s="5" t="s">
+        <v>731</v>
+      </c>
+      <c r="AQ9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="AR9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="AS9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="AT9" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="AU9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="AV9" s="5" t="s">
+        <v>728</v>
+      </c>
+      <c r="AW9" s="5" t="s">
+        <v>729</v>
+      </c>
+      <c r="AX9" s="5" t="s">
+        <v>730</v>
+      </c>
+      <c r="AY9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="AZ9" s="5" t="s">
+        <v>723</v>
+      </c>
+      <c r="BA9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="BB9" s="5" t="s">
+        <v>719</v>
+      </c>
+      <c r="BC9" s="5" t="s">
+        <v>720</v>
+      </c>
+      <c r="BD9" s="5" t="s">
+        <v>685</v>
+      </c>
+      <c r="BE9" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="BF9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="BG9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="BH9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="BI9" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="BJ9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="BK9" s="5" t="s">
+        <v>721</v>
+      </c>
+      <c r="BL9" s="5" t="s">
+        <v>722</v>
+      </c>
+      <c r="BM9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="BN9" s="5" t="s">
+        <v>727</v>
+      </c>
+      <c r="BO9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="BP9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="BQ9" s="8" t="s">
+        <v>821</v>
+      </c>
+      <c r="BR9" s="5" t="s">
+        <v>687</v>
+      </c>
+      <c r="BS9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="BT9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="BU9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="BV9" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="BW9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="BX9" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="BY9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="BZ9" s="5" t="s">
+        <v>691</v>
+      </c>
+      <c r="CA9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="CB9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="CC9" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="CD9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="CE9" s="5" t="s">
         <v>684</v>
       </c>
-      <c r="AR7" s="5" t="s">
-[...2 lines deleted...]
-      <c r="AS7" s="5" t="s">
+      <c r="CF9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="CG9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="CH9" s="5" t="s">
+        <v>686</v>
+      </c>
+      <c r="CI9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="CJ9" s="5" t="s">
+        <v>687</v>
+      </c>
+      <c r="CK9" s="5" t="s">
+        <v>688</v>
+      </c>
+      <c r="CL9" s="5" t="s">
+        <v>689</v>
+      </c>
+      <c r="CM9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="CN9" s="5" t="s">
+        <v>690</v>
+      </c>
+      <c r="CO9" s="5" t="s">
         <v>685</v>
-      </c>
-[...896 lines deleted...]
-        <v>706</v>
       </c>
       <c r="CP9" s="5" t="s">
         <v>694</v>
       </c>
       <c r="CQ9" s="5" t="s">
+        <v>702</v>
+      </c>
+      <c r="CR9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="CS9" s="5" t="s">
+        <v>703</v>
+      </c>
+      <c r="CT9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="CU9" s="5" t="s">
+        <v>685</v>
+      </c>
+      <c r="CV9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="CW9" s="5" t="s">
+        <v>704</v>
+      </c>
+      <c r="CX9" s="5" t="s">
+        <v>705</v>
+      </c>
+      <c r="CY9" s="5" t="s">
+        <v>706</v>
+      </c>
+      <c r="CZ9" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="DA9" s="5" t="s">
         <v>707</v>
       </c>
-      <c r="CR9" s="5" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="DB9" s="5" t="s">
-        <v>723</v>
+        <v>677</v>
       </c>
       <c r="DC9" s="5" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="DD9" s="5" t="s">
-        <v>724</v>
+        <v>701</v>
       </c>
       <c r="DE9" s="5" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="DF9" s="5" t="s">
-        <v>694</v>
+        <v>699</v>
       </c>
       <c r="DG9" s="5" t="s">
-        <v>718</v>
+        <v>677</v>
       </c>
       <c r="DH9" s="5" t="s">
-        <v>717</v>
+        <v>695</v>
       </c>
       <c r="DI9" s="5" t="s">
-        <v>716</v>
+        <v>677</v>
       </c>
       <c r="DJ9" s="5" t="s">
-        <v>694</v>
+        <v>687</v>
       </c>
       <c r="DK9" s="5" t="s">
-        <v>712</v>
+        <v>693</v>
       </c>
       <c r="DL9" s="5" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="DM9" s="5" t="s">
-        <v>704</v>
+        <v>696</v>
       </c>
       <c r="DN9" s="5" t="s">
-        <v>710</v>
+        <v>677</v>
       </c>
       <c r="DO9" s="5" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="DP9" s="5" t="s">
-        <v>713</v>
+        <v>693</v>
       </c>
       <c r="DQ9" s="5" t="s">
-        <v>694</v>
+        <v>693</v>
       </c>
       <c r="DR9" s="5" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="DS9" s="5" t="s">
-        <v>710</v>
+        <v>677</v>
       </c>
       <c r="DT9" s="5" t="s">
-        <v>710</v>
+        <v>698</v>
       </c>
       <c r="DU9" s="5" t="s">
-        <v>714</v>
-[...8 lines deleted...]
-        <v>694</v>
+        <v>677</v>
       </c>
     </row>
-    <row r="10" spans="2:139" s="10" customFormat="1" ht="105" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:136" s="10" customFormat="1" ht="105" x14ac:dyDescent="0.25">
       <c r="D10" s="6" t="s">
-        <v>834</v>
+        <v>816</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>750</v>
+        <v>732</v>
       </c>
       <c r="F10" s="5" t="s">
-        <v>750</v>
+        <v>732</v>
       </c>
       <c r="G10" s="5" t="s">
+        <v>779</v>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>780</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>781</v>
+      </c>
+      <c r="J10" s="5" t="s">
+        <v>772</v>
+      </c>
+      <c r="K10" s="5" t="s">
+        <v>782</v>
+      </c>
+      <c r="L10" s="5" t="s">
+        <v>783</v>
+      </c>
+      <c r="M10" s="5" t="s">
+        <v>742</v>
+      </c>
+      <c r="N10" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="O10" s="5" t="s">
+        <v>742</v>
+      </c>
+      <c r="P10" s="5" t="s">
+        <v>784</v>
+      </c>
+      <c r="Q10" s="5" t="s">
+        <v>752</v>
+      </c>
+      <c r="R10" s="5" t="s">
+        <v>777</v>
+      </c>
+      <c r="S10" s="5" t="s">
+        <v>742</v>
+      </c>
+      <c r="T10" s="8" t="s">
+        <v>742</v>
+      </c>
+      <c r="U10" s="8" t="s">
+        <v>860</v>
+      </c>
+      <c r="V10" s="8" t="s">
+        <v>745</v>
+      </c>
+      <c r="W10" s="5" t="s">
+        <v>773</v>
+      </c>
+      <c r="X10" s="5" t="s">
+        <v>734</v>
+      </c>
+      <c r="Y10" s="5" t="s">
+        <v>739</v>
+      </c>
+      <c r="Z10" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="AA10" s="8" t="s">
+        <v>734</v>
+      </c>
+      <c r="AB10" s="5" t="s">
+        <v>732</v>
+      </c>
+      <c r="AC10" s="5" t="s">
+        <v>774</v>
+      </c>
+      <c r="AD10" s="5" t="s">
+        <v>775</v>
+      </c>
+      <c r="AE10" s="5" t="s">
+        <v>776</v>
+      </c>
+      <c r="AF10" s="5" t="s">
+        <v>742</v>
+      </c>
+      <c r="AG10" s="5" t="s">
+        <v>778</v>
+      </c>
+      <c r="AH10" s="5" t="s">
+        <v>794</v>
+      </c>
+      <c r="AI10" s="5" t="s">
+        <v>795</v>
+      </c>
+      <c r="AJ10" s="5" t="s">
+        <v>796</v>
+      </c>
+      <c r="AK10" s="5" t="s">
         <v>797</v>
       </c>
-      <c r="H10" s="5" t="s">
+      <c r="AL10" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="AM10" s="5" t="s">
         <v>798</v>
       </c>
-      <c r="I10" s="5" t="s">
+      <c r="AN10" s="8" t="s">
+        <v>823</v>
+      </c>
+      <c r="AO10" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="AP10" s="5" t="s">
+        <v>806</v>
+      </c>
+      <c r="AQ10" s="5" t="s">
+        <v>800</v>
+      </c>
+      <c r="AR10" s="5" t="s">
+        <v>801</v>
+      </c>
+      <c r="AS10" s="5" t="s">
+        <v>802</v>
+      </c>
+      <c r="AT10" s="5" t="s">
+        <v>803</v>
+      </c>
+      <c r="AU10" s="5" t="s">
+        <v>804</v>
+      </c>
+      <c r="AV10" s="5" t="s">
+        <v>805</v>
+      </c>
+      <c r="AW10" s="5" t="s">
+        <v>755</v>
+      </c>
+      <c r="AX10" s="8" t="s">
+        <v>824</v>
+      </c>
+      <c r="AY10" s="5" t="s">
+        <v>793</v>
+      </c>
+      <c r="AZ10" s="5" t="s">
+        <v>679</v>
+      </c>
+      <c r="BA10" s="5" t="s">
+        <v>792</v>
+      </c>
+      <c r="BB10" s="5" t="s">
+        <v>785</v>
+      </c>
+      <c r="BC10" s="5" t="s">
+        <v>786</v>
+      </c>
+      <c r="BD10" s="5" t="s">
+        <v>787</v>
+      </c>
+      <c r="BE10" s="5" t="s">
+        <v>785</v>
+      </c>
+      <c r="BF10" s="5" t="s">
+        <v>788</v>
+      </c>
+      <c r="BG10" s="5" t="s">
+        <v>753</v>
+      </c>
+      <c r="BH10" s="5" t="s">
+        <v>789</v>
+      </c>
+      <c r="BI10" s="5" t="s">
+        <v>745</v>
+      </c>
+      <c r="BJ10" s="5" t="s">
+        <v>790</v>
+      </c>
+      <c r="BK10" s="8" t="s">
+        <v>734</v>
+      </c>
+      <c r="BL10" s="5" t="s">
+        <v>791</v>
+      </c>
+      <c r="BM10" s="5" t="s">
+        <v>734</v>
+      </c>
+      <c r="BN10" s="5" t="s">
         <v>799</v>
       </c>
-      <c r="J10" s="5" t="s">
-[...169 lines deleted...]
-      </c>
       <c r="BO10" s="5" t="s">
-        <v>752</v>
+        <v>772</v>
       </c>
       <c r="BP10" s="5" t="s">
-        <v>817</v>
+        <v>762</v>
       </c>
       <c r="BQ10" s="5" t="s">
-        <v>790</v>
+        <v>680</v>
       </c>
       <c r="BR10" s="5" t="s">
-        <v>780</v>
+        <v>742</v>
       </c>
       <c r="BS10" s="5" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="BT10" s="5" t="s">
-        <v>697</v>
+        <v>680</v>
       </c>
       <c r="BU10" s="5" t="s">
-        <v>760</v>
+        <v>746</v>
       </c>
       <c r="BV10" s="5" t="s">
-        <v>763</v>
+        <v>680</v>
       </c>
       <c r="BW10" s="5" t="s">
-        <v>697</v>
+        <v>680</v>
       </c>
       <c r="BX10" s="5" t="s">
-        <v>764</v>
+        <v>747</v>
       </c>
       <c r="BY10" s="5" t="s">
-        <v>697</v>
+        <v>748</v>
       </c>
       <c r="BZ10" s="5" t="s">
-        <v>697</v>
+        <v>744</v>
       </c>
       <c r="CA10" s="5" t="s">
-        <v>765</v>
+        <v>680</v>
       </c>
       <c r="CB10" s="5" t="s">
-        <v>766</v>
+        <v>743</v>
       </c>
       <c r="CC10" s="5" t="s">
-        <v>762</v>
+        <v>733</v>
       </c>
       <c r="CD10" s="5" t="s">
-        <v>697</v>
+        <v>734</v>
       </c>
       <c r="CE10" s="5" t="s">
-        <v>761</v>
+        <v>735</v>
       </c>
       <c r="CF10" s="5" t="s">
-        <v>751</v>
+        <v>736</v>
       </c>
       <c r="CG10" s="5" t="s">
-        <v>752</v>
+        <v>737</v>
       </c>
       <c r="CH10" s="5" t="s">
-        <v>753</v>
+        <v>738</v>
       </c>
       <c r="CI10" s="5" t="s">
-        <v>754</v>
+        <v>739</v>
       </c>
       <c r="CJ10" s="5" t="s">
-        <v>755</v>
+        <v>681</v>
       </c>
       <c r="CK10" s="5" t="s">
-        <v>756</v>
+        <v>740</v>
       </c>
       <c r="CL10" s="5" t="s">
-        <v>757</v>
+        <v>741</v>
       </c>
       <c r="CM10" s="5" t="s">
-        <v>698</v>
+        <v>680</v>
       </c>
       <c r="CN10" s="5" t="s">
-        <v>758</v>
+        <v>742</v>
       </c>
       <c r="CO10" s="5" t="s">
-        <v>759</v>
+        <v>732</v>
       </c>
       <c r="CP10" s="5" t="s">
-        <v>697</v>
+        <v>749</v>
       </c>
       <c r="CQ10" s="5" t="s">
         <v>760</v>
       </c>
       <c r="CR10" s="5" t="s">
-        <v>750</v>
+        <v>734</v>
       </c>
       <c r="CS10" s="5" t="s">
-        <v>767</v>
+        <v>752</v>
       </c>
       <c r="CT10" s="5" t="s">
-        <v>778</v>
+        <v>761</v>
       </c>
       <c r="CU10" s="5" t="s">
-        <v>752</v>
+        <v>763</v>
       </c>
       <c r="CV10" s="5" t="s">
         <v>770</v>
       </c>
       <c r="CW10" s="5" t="s">
-        <v>779</v>
+        <v>764</v>
       </c>
       <c r="CX10" s="5" t="s">
-        <v>781</v>
+        <v>765</v>
       </c>
       <c r="CY10" s="5" t="s">
-        <v>788</v>
+        <v>680</v>
       </c>
       <c r="CZ10" s="5" t="s">
-        <v>782</v>
+        <v>766</v>
       </c>
       <c r="DA10" s="5" t="s">
-        <v>783</v>
+        <v>767</v>
       </c>
       <c r="DB10" s="5" t="s">
-        <v>697</v>
+        <v>768</v>
       </c>
       <c r="DC10" s="5" t="s">
-        <v>784</v>
-[...2 lines deleted...]
-        <v>785</v>
+        <v>769</v>
+      </c>
+      <c r="DD10" s="8" t="s">
+        <v>745</v>
       </c>
       <c r="DE10" s="5" t="s">
-        <v>786</v>
+        <v>759</v>
       </c>
       <c r="DF10" s="5" t="s">
-        <v>787</v>
-[...2 lines deleted...]
-        <v>763</v>
+        <v>739</v>
+      </c>
+      <c r="DG10" s="5" t="s">
+        <v>758</v>
       </c>
       <c r="DH10" s="5" t="s">
-        <v>777</v>
+        <v>750</v>
       </c>
       <c r="DI10" s="5" t="s">
+        <v>751</v>
+      </c>
+      <c r="DJ10" s="5" t="s">
+        <v>734</v>
+      </c>
+      <c r="DK10" s="5" t="s">
+        <v>752</v>
+      </c>
+      <c r="DL10" s="5" t="s">
+        <v>742</v>
+      </c>
+      <c r="DM10" s="5" t="s">
+        <v>753</v>
+      </c>
+      <c r="DN10" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="DO10" s="8" t="s">
+        <v>822</v>
+      </c>
+      <c r="DP10" s="5" t="s">
+        <v>754</v>
+      </c>
+      <c r="DQ10" s="5" t="s">
+        <v>755</v>
+      </c>
+      <c r="DR10" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="DS10" s="5" t="s">
+        <v>756</v>
+      </c>
+      <c r="DT10" s="5" t="s">
         <v>757</v>
       </c>
-      <c r="DJ10" s="5" t="s">
-[...17 lines deleted...]
-      <c r="DP10" s="5" t="s">
+      <c r="DU10" s="5" t="s">
         <v>771</v>
       </c>
-      <c r="DQ10" s="5" t="s">
-[...2 lines deleted...]
-      <c r="DR10" s="8" t="s">
+    </row>
+    <row r="11" spans="2:136" s="10" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="D11" s="7" t="s">
+        <v>817</v>
+      </c>
+      <c r="E11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="F11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="G11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="H11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="I11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="J11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="K11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="L11" s="22" t="s">
+        <v>818</v>
+      </c>
+      <c r="M11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="N11" s="22" t="s">
+        <v>818</v>
+      </c>
+      <c r="O11" s="11" t="s">
+        <v>835</v>
+      </c>
+      <c r="P11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="Q11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="R11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="S11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="T11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="U11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="V11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="W11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="X11" s="11" t="s">
         <v>840</v>
       </c>
-      <c r="DS10" s="5" t="s">
-[...15 lines deleted...]
-        <v>789</v>
+      <c r="Y11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="Z11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="AA11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="AB11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="AC11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="AD11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="AE11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="AF11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="AG11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="AH11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="AI11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="AJ11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="AK11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="AL11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="AM11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="AN11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="AO11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="AP11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="AQ11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="AR11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="AS11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="AT11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="AU11" s="22" t="s">
+        <v>818</v>
+      </c>
+      <c r="AV11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="AW11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="AX11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="AY11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="AZ11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="BA11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="BB11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="BC11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="BD11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="BE11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="BF11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="BG11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="BH11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="BI11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="BJ11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="BK11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="BL11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="BM11" s="11" t="s">
+        <v>840</v>
+      </c>
+      <c r="BN11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="BO11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="BP11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="BQ11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="BR11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="BS11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="BT11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="BU11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="BV11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="BW11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="BX11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="BY11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="BZ11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="CA11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="CB11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="CC11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="CD11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="CE11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="CF11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="CG11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="CH11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="CI11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="CJ11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="CK11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="CL11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="CM11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="CN11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="CO11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="CP11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="CQ11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="CR11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="CS11" s="11" t="s">
+        <v>840</v>
+      </c>
+      <c r="CT11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="CU11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="CV11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="CW11" s="11" t="s">
+        <v>840</v>
+      </c>
+      <c r="CX11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="CY11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="CZ11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="DA11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="DB11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="DC11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="DD11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="DE11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="DF11" s="24" t="s">
+        <v>818</v>
+      </c>
+      <c r="DG11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="DH11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="DI11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="DJ11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="DK11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="DL11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="DM11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="DN11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="DO11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="DP11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="DQ11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="DR11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="DS11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="DT11" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="DU11" s="21" t="s">
+        <v>818</v>
       </c>
     </row>
-    <row r="11" spans="2:139" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-[...373 lines deleted...]
-        <v>836</v>
+    <row r="12" spans="2:136" x14ac:dyDescent="0.25">
+      <c r="B12" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="F12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="G12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="H12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="I12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="J12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="K12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="L12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="M12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="N12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="O12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="Q12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="R12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="S12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="T12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="U12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="V12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="W12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="X12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="Y12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="Z12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="AA12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="AB12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="AC12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="AD12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="AE12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="AF12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="AG12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="AH12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="AI12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="AJ12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="AK12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="AL12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="AM12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="AN12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="AO12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="AP12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="AQ12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="AR12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="AS12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="AT12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="AU12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="AV12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="AW12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="AX12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="AY12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="AZ12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="BA12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="BB12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="BC12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="BD12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="BE12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="BF12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="BG12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="BH12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="BI12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="BJ12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="BL12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="BM12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="BN12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="BO12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="BP12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="BQ12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="BR12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="BS12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="BT12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="BU12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="BV12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="BW12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="BX12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="BY12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="BZ12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="CA12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="CB12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="CC12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="CD12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="CE12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="CF12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="CG12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="CH12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="CI12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="CJ12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="CK12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="CL12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="CM12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="CN12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="CO12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="CP12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="CQ12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="CR12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="CS12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="CT12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="CU12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="CV12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="CW12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="CX12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="CY12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="CZ12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="DA12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="DB12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="DC12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="DD12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="DE12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="DF12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="DG12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="DH12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="DI12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="DJ12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="DK12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="DL12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="DM12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="DN12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="DO12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="DP12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="DQ12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="DR12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="DS12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="DT12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="DU12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="DV12" s="3" t="s">
+        <v>0</v>
       </c>
     </row>
-    <row r="12" spans="2:139" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="D12" s="2" t="s">
+    <row r="13" spans="2:136" ht="30" x14ac:dyDescent="0.25">
+      <c r="B13" s="4" t="s">
         <v>91</v>
       </c>
-      <c r="E12" s="16" t="s">
+      <c r="C13" s="5" t="s">
         <v>92</v>
-      </c>
-[...378 lines deleted...]
-        <v>94</v>
       </c>
       <c r="D13" s="5">
         <v>1</v>
       </c>
       <c r="E13" s="17">
         <v>0.7</v>
       </c>
       <c r="F13" s="17">
         <v>0.15</v>
       </c>
       <c r="G13" s="17">
         <v>0</v>
       </c>
       <c r="H13" s="17">
         <v>0.05</v>
       </c>
       <c r="I13" s="17">
         <v>0.15</v>
       </c>
       <c r="J13" s="17">
         <v>0</v>
       </c>
-      <c r="K13" s="27">
-[...5 lines deleted...]
-      <c r="M13" s="27">
+      <c r="K13" s="17">
+        <v>0</v>
+      </c>
+      <c r="L13" s="26">
         <v>0.5</v>
       </c>
+      <c r="M13" s="17">
+        <v>0</v>
+      </c>
       <c r="N13" s="17">
         <v>0</v>
       </c>
       <c r="O13" s="17">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="P13" s="17">
-        <v>0.02</v>
+        <v>0.1</v>
       </c>
       <c r="Q13" s="17">
+        <v>0.03</v>
+      </c>
+      <c r="R13" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="S13" s="17">
+        <v>0</v>
+      </c>
+      <c r="T13" s="17">
+        <v>0</v>
+      </c>
+      <c r="U13" s="17">
+        <v>0</v>
+      </c>
+      <c r="V13" s="17">
+        <v>0</v>
+      </c>
+      <c r="W13" s="17">
         <v>0.1</v>
       </c>
-      <c r="R13" s="17">
-[...2 lines deleted...]
-      <c r="S13" s="17">
+      <c r="X13" s="17">
         <v>0.2</v>
       </c>
-      <c r="T13" s="17">
-[...11 lines deleted...]
-      <c r="X13" s="17">
+      <c r="Y13" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="Z13" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA13" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="AB13" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="AC13" s="17">
+        <v>0.15</v>
+      </c>
+      <c r="AD13" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE13" s="17">
         <v>0.1</v>
-      </c>
-[...19 lines deleted...]
-        <v>0</v>
       </c>
       <c r="AF13" s="17">
         <v>0.1</v>
       </c>
       <c r="AG13" s="17">
-        <v>0.1</v>
+        <v>0.02</v>
       </c>
       <c r="AH13" s="17">
-        <v>0.02</v>
+        <v>0.05</v>
       </c>
       <c r="AI13" s="17">
-        <v>0.02</v>
+        <v>0.2</v>
       </c>
       <c r="AJ13" s="17">
-        <v>0.05</v>
+        <v>0.5</v>
       </c>
       <c r="AK13" s="17">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="AL13" s="17">
-        <v>0.5</v>
+        <v>0.15</v>
       </c>
       <c r="AM13" s="17">
         <v>0.15</v>
       </c>
       <c r="AN13" s="17">
+        <v>0</v>
+      </c>
+      <c r="AO13" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="AP13" s="17">
+        <v>0.12</v>
+      </c>
+      <c r="AQ13" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="AR13" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="AS13" s="17">
+        <v>0</v>
+      </c>
+      <c r="AT13" s="17">
+        <v>0</v>
+      </c>
+      <c r="AU13" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AV13" s="17">
+        <v>0</v>
+      </c>
+      <c r="AW13" s="17">
+        <v>0</v>
+      </c>
+      <c r="AX13" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="AY13" s="17">
+        <v>0</v>
+      </c>
+      <c r="AZ13" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="BA13" s="17">
+        <v>0.22</v>
+      </c>
+      <c r="BB13" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="BC13" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="BD13" s="17">
+        <v>0.03</v>
+      </c>
+      <c r="BE13" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="BF13" s="17">
+        <v>0</v>
+      </c>
+      <c r="BG13" s="17">
         <v>0.15</v>
       </c>
-      <c r="AO13" s="17">
-[...5 lines deleted...]
-      <c r="AQ13" s="17">
+      <c r="BH13" s="17">
+        <v>0</v>
+      </c>
+      <c r="BI13" s="17">
+        <v>0</v>
+      </c>
+      <c r="BJ13" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="BK13" s="17">
         <v>0.05</v>
       </c>
-      <c r="AR13" s="17">
-[...5 lines deleted...]
-      <c r="AT13" s="17">
+      <c r="BL13" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="BM13" s="17">
+        <v>0</v>
+      </c>
+      <c r="BN13" s="17">
+        <v>0</v>
+      </c>
+      <c r="BO13" s="17">
+        <v>0.03</v>
+      </c>
+      <c r="BP13" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="BQ13" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="BR13" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="BS13" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="BT13" s="17">
+        <v>0</v>
+      </c>
+      <c r="BU13" s="17">
+        <v>0</v>
+      </c>
+      <c r="BV13" s="17">
+        <v>0</v>
+      </c>
+      <c r="BW13" s="17">
+        <v>0</v>
+      </c>
+      <c r="BX13" s="17">
+        <v>0</v>
+      </c>
+      <c r="BY13" s="17">
+        <v>0</v>
+      </c>
+      <c r="BZ13" s="17">
+        <v>0</v>
+      </c>
+      <c r="CA13" s="17">
+        <v>0</v>
+      </c>
+      <c r="CB13" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="CC13" s="17">
+        <v>0</v>
+      </c>
+      <c r="CD13" s="17">
+        <v>0</v>
+      </c>
+      <c r="CE13" s="17">
+        <v>0</v>
+      </c>
+      <c r="CF13" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="CG13" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="CH13" s="17">
+        <v>0</v>
+      </c>
+      <c r="CI13" s="17">
+        <v>0</v>
+      </c>
+      <c r="CJ13" s="17">
+        <v>0</v>
+      </c>
+      <c r="CK13" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="CL13" s="17">
+        <v>0</v>
+      </c>
+      <c r="CM13" s="17">
         <v>0.05</v>
       </c>
-      <c r="AU13" s="17">
-[...26 lines deleted...]
-      <c r="BD13" s="17">
+      <c r="CN13" s="17">
+        <v>0</v>
+      </c>
+      <c r="CO13" s="17">
         <v>0.02</v>
-      </c>
-[...109 lines deleted...]
-        <v>0</v>
       </c>
       <c r="CP13" s="17">
         <v>0.05</v>
       </c>
       <c r="CQ13" s="17">
         <v>0</v>
       </c>
       <c r="CR13" s="17">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="CS13" s="17">
+        <v>0</v>
+      </c>
+      <c r="CT13" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="CU13" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="CV13" s="17">
         <v>0.05</v>
       </c>
-      <c r="CT13" s="17">
-[...7 lines deleted...]
-      </c>
       <c r="CW13" s="17">
+        <v>0.15</v>
+      </c>
+      <c r="CX13" s="17">
+        <v>0</v>
+      </c>
+      <c r="CY13" s="17">
         <v>0.1</v>
       </c>
-      <c r="CX13" s="17">
+      <c r="CZ13" s="17">
+        <v>0</v>
+      </c>
+      <c r="DA13" s="17">
+        <v>0</v>
+      </c>
+      <c r="DB13" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="DC13" s="17">
+        <v>0</v>
+      </c>
+      <c r="DD13" s="17">
+        <v>0</v>
+      </c>
+      <c r="DE13" s="17">
+        <v>0</v>
+      </c>
+      <c r="DF13" s="17">
+        <v>0</v>
+      </c>
+      <c r="DG13" s="17">
+        <v>0</v>
+      </c>
+      <c r="DH13" s="17">
+        <v>0</v>
+      </c>
+      <c r="DI13" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="DJ13" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="DK13" s="17">
+        <v>0.35</v>
+      </c>
+      <c r="DL13" s="17">
+        <v>0.27</v>
+      </c>
+      <c r="DM13" s="17">
+        <v>0</v>
+      </c>
+      <c r="DN13" s="17">
+        <v>0</v>
+      </c>
+      <c r="DO13" s="17">
         <v>0.1</v>
       </c>
-      <c r="CY13" s="17">
+      <c r="DP13" s="17">
+        <v>0</v>
+      </c>
+      <c r="DQ13" s="17">
+        <v>0</v>
+      </c>
+      <c r="DR13" s="17">
+        <v>0</v>
+      </c>
+      <c r="DS13" s="17">
+        <v>0</v>
+      </c>
+      <c r="DT13" s="17">
         <v>0.05</v>
       </c>
-      <c r="CZ13" s="17">
-[...14 lines deleted...]
-      <c r="DE13" s="17">
+      <c r="DU13" s="17">
         <v>0.05</v>
       </c>
-      <c r="DF13" s="17">
-[...55 lines deleted...]
-      </c>
+      <c r="DV13" s="19"/>
+      <c r="DW13" s="19"/>
+      <c r="DX13" s="19"/>
       <c r="DY13" s="19"/>
       <c r="DZ13" s="19"/>
       <c r="EA13" s="19"/>
       <c r="EB13" s="19"/>
       <c r="EC13" s="19"/>
       <c r="ED13" s="19"/>
       <c r="EE13" s="19"/>
       <c r="EF13" s="19"/>
-      <c r="EG13" s="19"/>
-[...1 lines deleted...]
-      <c r="EI13" s="19"/>
     </row>
-    <row r="14" spans="2:139" ht="45" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:136" ht="45" x14ac:dyDescent="0.25">
       <c r="B14" s="4"/>
       <c r="C14" s="5" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="D14" s="5"/>
       <c r="E14" s="9" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="F14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="G14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="H14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="I14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="J14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="K14" s="9" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="L14" s="9" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="M14" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="N14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="O14" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="P14" s="9" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="Q14" s="9" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="R14" s="9" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="S14" s="9" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="T14" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="U14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="V14" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="W14" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="X14" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="Y14" s="9" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="Z14" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="AA14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="AB14" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="AC14" s="9" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="AD14" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="AE14" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="AF14" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="AG14" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="AH14" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="AI14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="AJ14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="AK14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="AL14" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="AM14" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="AN14" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="AO14" s="9" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="AP14" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="AQ14" s="9" t="s">
-        <v>694</v>
+        <v>0</v>
       </c>
       <c r="AR14" s="9" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="AS14" s="9" t="s">
-        <v>0</v>
+        <v>678</v>
       </c>
       <c r="AT14" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="AU14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="AV14" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="AW14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="AX14" s="9" t="s">
-        <v>694</v>
+        <v>0</v>
       </c>
       <c r="AY14" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="AZ14" s="9" t="s">
-        <v>0</v>
+        <v>678</v>
       </c>
       <c r="BA14" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="BB14" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="BC14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="BD14" s="9" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="BE14" s="9" t="s">
-        <v>695</v>
+        <v>0</v>
       </c>
       <c r="BF14" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="BG14" s="9" t="s">
-        <v>0</v>
+        <v>678</v>
       </c>
       <c r="BH14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="BI14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="BJ14" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="BK14" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="BL14" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="BM14" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="BN14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="BO14" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="BP14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="BQ14" s="9" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="BR14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="BS14" s="9" t="s">
         <v>0</v>
       </c>
       <c r="BT14" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="BU14" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="BV14" s="9" t="s">
-        <v>0</v>
+        <v>677</v>
       </c>
       <c r="BW14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="BX14" s="9" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="BY14" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="BZ14" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="CA14" s="9" t="s">
-        <v>694</v>
+        <v>0</v>
       </c>
       <c r="CB14" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="CC14" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="CD14" s="9" t="s">
-        <v>0</v>
+        <v>678</v>
       </c>
       <c r="CE14" s="9" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="CF14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="CG14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="CH14" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="CI14" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="CJ14" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="CK14" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="CL14" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="CM14" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="CN14" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="CO14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="CP14" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="CQ14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="CR14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="CS14" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="CT14" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="CU14" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="CV14" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="CW14" s="9" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="CX14" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="CY14" s="9" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="CZ14" s="9" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="DA14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="DB14" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="DC14" s="9" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="DD14" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="DE14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="DF14" s="9" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="DG14" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="DH14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="DI14" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="DJ14" s="9" t="s">
-        <v>695</v>
+        <v>0</v>
       </c>
       <c r="DK14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="DL14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="DM14" s="9" t="s">
-        <v>0</v>
+        <v>677</v>
       </c>
       <c r="DN14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="DO14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="DP14" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="DQ14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="DR14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="DS14" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="DT14" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="DU14" s="9" t="s">
-        <v>695</v>
-[...9 lines deleted...]
-      </c>
+        <v>678</v>
+      </c>
+      <c r="DV14" s="19"/>
+      <c r="DW14" s="19"/>
+      <c r="DX14" s="19"/>
       <c r="DY14" s="19"/>
       <c r="DZ14" s="19"/>
       <c r="EA14" s="19"/>
       <c r="EB14" s="19"/>
       <c r="EC14" s="19"/>
       <c r="ED14" s="19"/>
       <c r="EE14" s="19"/>
       <c r="EF14" s="19"/>
-      <c r="EG14" s="19"/>
-[...1 lines deleted...]
-      <c r="EI14" s="19"/>
     </row>
-    <row r="15" spans="2:139" ht="30" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:136" ht="30" x14ac:dyDescent="0.25">
       <c r="B15" s="4" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D15" s="5">
         <v>1</v>
       </c>
       <c r="E15" s="17">
         <v>0.7</v>
       </c>
       <c r="F15" s="17">
         <v>0.15</v>
       </c>
       <c r="G15" s="18" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="H15" s="17">
         <v>0.01</v>
       </c>
       <c r="I15" s="17">
         <v>0</v>
       </c>
       <c r="J15" s="17">
         <v>0</v>
       </c>
-      <c r="K15" s="27">
-[...5 lines deleted...]
-      <c r="M15" s="27">
+      <c r="K15" s="17">
+        <v>0</v>
+      </c>
+      <c r="L15" s="26">
         <v>0.5</v>
       </c>
-      <c r="N15" s="17">
-[...3 lines deleted...]
-        <v>95</v>
+      <c r="M15" s="17">
+        <v>0</v>
+      </c>
+      <c r="N15" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="O15" s="17">
+        <v>0.02</v>
       </c>
       <c r="P15" s="17">
-        <v>0.02</v>
-[...1 lines deleted...]
-      <c r="Q15" s="17">
         <v>0.1</v>
       </c>
+      <c r="Q15" s="18" t="s">
+        <v>93</v>
+      </c>
       <c r="R15" s="18" t="s">
-        <v>95</v>
-[...8 lines deleted...]
-        <v>95</v>
+        <v>93</v>
+      </c>
+      <c r="S15" s="17">
+        <v>0</v>
+      </c>
+      <c r="T15" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="U15" s="17">
+        <v>0</v>
       </c>
       <c r="V15" s="17">
         <v>0</v>
       </c>
       <c r="W15" s="17">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="X15" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="Y15" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z15" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA15" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="AB15" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC15" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="AD15" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="AE15" s="17">
         <v>0.1</v>
-      </c>
-[...19 lines deleted...]
-        <v>95</v>
       </c>
       <c r="AF15" s="17">
         <v>0.1</v>
       </c>
       <c r="AG15" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AH15" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="AI15" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="AJ15" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AK15" s="17">
+        <v>0.15</v>
+      </c>
+      <c r="AL15" s="17">
+        <v>0.15</v>
+      </c>
+      <c r="AM15" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="AN15" s="17">
+        <v>0</v>
+      </c>
+      <c r="AO15" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="AP15" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="AQ15" s="17">
         <v>0.1</v>
       </c>
-      <c r="AH15" s="17">
+      <c r="AR15" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="AS15" s="17">
+        <v>0</v>
+      </c>
+      <c r="AT15" s="17">
+        <v>0</v>
+      </c>
+      <c r="AU15" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="AV15" s="17">
+        <v>0</v>
+      </c>
+      <c r="AW15" s="17">
+        <v>0</v>
+      </c>
+      <c r="AX15" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="AY15" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="AZ15" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="BA15" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="BB15" s="17">
         <v>0.02</v>
       </c>
-      <c r="AI15" s="17">
+      <c r="BC15" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="BD15" s="17">
+        <v>0.03</v>
+      </c>
+      <c r="BE15" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="BF15" s="17">
+        <v>0</v>
+      </c>
+      <c r="BG15" s="17">
+        <v>0.15</v>
+      </c>
+      <c r="BH15" s="17">
+        <v>0</v>
+      </c>
+      <c r="BI15" s="17">
+        <v>0</v>
+      </c>
+      <c r="BJ15" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="BK15" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="BL15" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="BM15" s="17">
+        <v>0</v>
+      </c>
+      <c r="BN15" s="17">
+        <v>0</v>
+      </c>
+      <c r="BO15" s="17">
+        <v>0.03</v>
+      </c>
+      <c r="BP15" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="BQ15" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="BR15" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="BS15" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="BT15" s="17">
+        <v>0</v>
+      </c>
+      <c r="BU15" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="BV15" s="17">
+        <v>0</v>
+      </c>
+      <c r="BW15" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="BX15" s="17">
+        <v>0</v>
+      </c>
+      <c r="BY15" s="17">
+        <v>0</v>
+      </c>
+      <c r="BZ15" s="17">
+        <v>0</v>
+      </c>
+      <c r="CA15" s="17">
+        <v>0</v>
+      </c>
+      <c r="CB15" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="CC15" s="17">
+        <v>0</v>
+      </c>
+      <c r="CD15" s="17">
+        <v>0</v>
+      </c>
+      <c r="CE15" s="17">
+        <v>0</v>
+      </c>
+      <c r="CF15" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="CG15" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="CH15" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="CI15" s="17">
+        <v>0</v>
+      </c>
+      <c r="CJ15" s="17">
+        <v>0</v>
+      </c>
+      <c r="CK15" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="CL15" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="CM15" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="CN15" s="17">
+        <v>0</v>
+      </c>
+      <c r="CO15" s="17">
         <v>0.02</v>
       </c>
-      <c r="AJ15" s="17">
+      <c r="CP15" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="CQ15" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="CR15" s="17">
+        <v>0</v>
+      </c>
+      <c r="CS15" s="17">
+        <v>0</v>
+      </c>
+      <c r="CT15" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="CU15" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="CV15" s="17">
         <v>0.05</v>
       </c>
-      <c r="AK15" s="17">
-[...2 lines deleted...]
-      <c r="AL15" s="17">
+      <c r="CW15" s="17">
+        <v>0</v>
+      </c>
+      <c r="CX15" s="17">
+        <v>0</v>
+      </c>
+      <c r="CY15" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="CZ15" s="17">
+        <v>0</v>
+      </c>
+      <c r="DA15" s="17">
+        <v>0</v>
+      </c>
+      <c r="DB15" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="DC15" s="17">
+        <v>0</v>
+      </c>
+      <c r="DD15" s="17">
+        <v>0</v>
+      </c>
+      <c r="DE15" s="17">
+        <v>0</v>
+      </c>
+      <c r="DF15" s="17">
+        <v>0</v>
+      </c>
+      <c r="DG15" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="DH15" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="DI15" s="17">
         <v>0.5</v>
       </c>
-      <c r="AM15" s="17">
-[...11 lines deleted...]
-      <c r="AQ15" s="17">
+      <c r="DJ15" s="17">
+        <v>0</v>
+      </c>
+      <c r="DK15" s="17">
+        <v>0</v>
+      </c>
+      <c r="DL15" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="DM15" s="17">
+        <v>0</v>
+      </c>
+      <c r="DN15" s="17">
+        <v>0</v>
+      </c>
+      <c r="DO15" s="17">
+        <v>0</v>
+      </c>
+      <c r="DP15" s="17">
+        <v>0</v>
+      </c>
+      <c r="DQ15" s="17">
+        <v>0</v>
+      </c>
+      <c r="DR15" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="DS15" s="17">
+        <v>0</v>
+      </c>
+      <c r="DT15" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="DU15" s="17">
         <v>0.05</v>
       </c>
-      <c r="AR15" s="18" t="s">
-[...253 lines deleted...]
-      </c>
+      <c r="DV15" s="19"/>
+      <c r="DW15" s="19"/>
+      <c r="DX15" s="19"/>
       <c r="DY15" s="19"/>
       <c r="DZ15" s="19"/>
       <c r="EA15" s="19"/>
       <c r="EB15" s="19"/>
       <c r="EC15" s="19"/>
       <c r="ED15" s="19"/>
       <c r="EE15" s="19"/>
       <c r="EF15" s="19"/>
-      <c r="EG15" s="19"/>
-[...1 lines deleted...]
-      <c r="EI15" s="19"/>
     </row>
-    <row r="16" spans="2:139" ht="45" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:136" ht="45" x14ac:dyDescent="0.25">
       <c r="B16" s="20" t="s">
         <v>0</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="D16" s="20" t="s">
         <v>0</v>
       </c>
       <c r="E16" s="9" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="F16" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="G16" s="9" t="s">
         <v>0</v>
       </c>
       <c r="H16" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="I16" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="J16" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="K16" s="9" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="L16" s="9" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="M16" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="N16" s="9" t="s">
-        <v>695</v>
+        <v>0</v>
       </c>
       <c r="O16" s="9" t="s">
-        <v>0</v>
+        <v>677</v>
       </c>
       <c r="P16" s="9" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="Q16" s="9" t="s">
-        <v>694</v>
+        <v>0</v>
       </c>
       <c r="R16" s="9" t="s">
         <v>0</v>
       </c>
       <c r="S16" s="9" t="s">
-        <v>0</v>
+        <v>677</v>
       </c>
       <c r="T16" s="9" t="s">
-        <v>694</v>
+        <v>0</v>
       </c>
       <c r="U16" s="9" t="s">
-        <v>0</v>
+        <v>678</v>
       </c>
       <c r="V16" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="W16" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="X16" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="Y16" s="9" t="s">
-        <v>694</v>
+        <v>0</v>
       </c>
       <c r="Z16" s="9" t="s">
-        <v>0</v>
+        <v>678</v>
       </c>
       <c r="AA16" s="9" t="s">
-        <v>695</v>
+        <v>0</v>
       </c>
       <c r="AB16" s="9" t="s">
-        <v>0</v>
+        <v>677</v>
       </c>
       <c r="AC16" s="9" t="s">
-        <v>694</v>
+        <v>0</v>
       </c>
       <c r="AD16" s="9" t="s">
         <v>0</v>
       </c>
       <c r="AE16" s="9" t="s">
-        <v>0</v>
+        <v>677</v>
       </c>
       <c r="AF16" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="AG16" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="AH16" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="AI16" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="AJ16" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="AK16" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="AL16" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="AM16" s="9" t="s">
-        <v>695</v>
+        <v>0</v>
       </c>
       <c r="AN16" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="AO16" s="9" t="s">
-        <v>0</v>
+        <v>677</v>
       </c>
       <c r="AP16" s="9" t="s">
-        <v>695</v>
+        <v>0</v>
       </c>
       <c r="AQ16" s="9" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="AR16" s="9" t="s">
         <v>0</v>
       </c>
       <c r="AS16" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="AT16" s="9" t="s">
-        <v>0</v>
+        <v>678</v>
       </c>
       <c r="AU16" s="9" t="s">
-        <v>695</v>
+        <v>0</v>
       </c>
       <c r="AV16" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="AW16" s="9" t="s">
-        <v>0</v>
+        <v>678</v>
       </c>
       <c r="AX16" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="AY16" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="AZ16" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="BA16" s="9" t="s">
-        <v>694</v>
+        <v>0</v>
       </c>
       <c r="BB16" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="BC16" s="9" t="s">
-        <v>0</v>
+        <v>678</v>
       </c>
       <c r="BD16" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="BE16" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="BF16" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="BG16" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="BH16" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="BI16" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="BJ16" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="BK16" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="BL16" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="BM16" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="BN16" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="BO16" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="BP16" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="BQ16" s="9" t="s">
-        <v>694</v>
+        <v>0</v>
       </c>
       <c r="BR16" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="BS16" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="BT16" s="9" t="s">
-        <v>0</v>
+        <v>678</v>
       </c>
       <c r="BU16" s="9" t="s">
-        <v>695</v>
+        <v>0</v>
       </c>
       <c r="BV16" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="BW16" s="9" t="s">
-        <v>695</v>
+        <v>0</v>
       </c>
       <c r="BX16" s="9" t="s">
-        <v>0</v>
+        <v>677</v>
       </c>
       <c r="BY16" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="BZ16" s="9" t="s">
-        <v>0</v>
+        <v>677</v>
       </c>
       <c r="CA16" s="9" t="s">
-        <v>694</v>
+        <v>0</v>
       </c>
       <c r="CB16" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="CC16" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="CD16" s="9" t="s">
-        <v>0</v>
+        <v>678</v>
       </c>
       <c r="CE16" s="9" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="CF16" s="9" t="s">
-        <v>695</v>
+        <v>0</v>
       </c>
       <c r="CG16" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="CH16" s="9" t="s">
-        <v>694</v>
+        <v>0</v>
       </c>
       <c r="CI16" s="9" t="s">
-        <v>0</v>
+        <v>677</v>
       </c>
       <c r="CJ16" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="CK16" s="9" t="s">
-        <v>0</v>
+        <v>677</v>
       </c>
       <c r="CL16" s="9" t="s">
-        <v>694</v>
+        <v>0</v>
       </c>
       <c r="CM16" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="CN16" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="CO16" s="9" t="s">
-        <v>0</v>
+        <v>678</v>
       </c>
       <c r="CP16" s="9" t="s">
-        <v>695</v>
+        <v>0</v>
       </c>
       <c r="CQ16" s="9" t="s">
-        <v>695</v>
+        <v>0</v>
       </c>
       <c r="CR16" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="CS16" s="9" t="s">
-        <v>0</v>
+        <v>678</v>
       </c>
       <c r="CT16" s="9" t="s">
-        <v>0</v>
+        <v>677</v>
       </c>
       <c r="CU16" s="9" t="s">
-        <v>695</v>
+        <v>0</v>
       </c>
       <c r="CV16" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="CW16" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="CX16" s="9" t="s">
-        <v>0</v>
+        <v>678</v>
       </c>
       <c r="CY16" s="9" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="CZ16" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="DA16" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="DB16" s="9" t="s">
-        <v>694</v>
+        <v>0</v>
       </c>
       <c r="DC16" s="9" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="DD16" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="DE16" s="9" t="s">
-        <v>0</v>
+        <v>678</v>
       </c>
       <c r="DF16" s="9" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="DG16" s="9" t="s">
-        <v>694</v>
+        <v>0</v>
       </c>
       <c r="DH16" s="9" t="s">
-        <v>695</v>
+        <v>0</v>
       </c>
       <c r="DI16" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="DJ16" s="9" t="s">
-        <v>0</v>
+        <v>678</v>
       </c>
       <c r="DK16" s="9" t="s">
-        <v>0</v>
+        <v>678</v>
       </c>
       <c r="DL16" s="9" t="s">
-        <v>695</v>
+        <v>0</v>
       </c>
       <c r="DM16" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="DN16" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="DO16" s="9" t="s">
-        <v>0</v>
+        <v>678</v>
       </c>
       <c r="DP16" s="9" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="DQ16" s="9" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="DR16" s="9" t="s">
-        <v>695</v>
+        <v>0</v>
       </c>
       <c r="DS16" s="9" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="DT16" s="9" t="s">
-        <v>695</v>
+        <v>0</v>
       </c>
       <c r="DU16" s="9" t="s">
-        <v>0</v>
-[...8 lines deleted...]
-        <v>695</v>
+        <v>678</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:DX17">
-    <sortCondition ref="E2:DX2"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:DU17">
+    <sortCondition ref="E2:DU2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="E11" r:id="rId1" xr:uid="{2491DC43-7482-4A3A-9702-82138402A43C}"/>
     <hyperlink ref="F11" r:id="rId2" xr:uid="{698924AE-DABF-4CF7-95D8-DF8311906932}"/>
     <hyperlink ref="G11" r:id="rId3" xr:uid="{D0E7D8AF-27D6-4FA5-AA30-B94D10AC19F6}"/>
     <hyperlink ref="H11" r:id="rId4" xr:uid="{8CEC3CFF-161D-4B08-9EAE-461F6FB16D43}"/>
     <hyperlink ref="I11" r:id="rId5" xr:uid="{0D70F5F9-B33C-4E16-BBE6-DEB7DCCDB381}"/>
     <hyperlink ref="J11" r:id="rId6" xr:uid="{F44CFC6B-7BE9-4AC2-9AF2-F9C283F1B23E}"/>
-    <hyperlink ref="L11" r:id="rId7" xr:uid="{FF43610E-9700-4EB5-8305-F7D1B859ACCD}"/>
-[...110 lines deleted...]
-    <hyperlink ref="M11" r:id="rId118" xr:uid="{B29EF6A4-B2FE-4246-B60D-21D5FF37B238}"/>
+    <hyperlink ref="K11" r:id="rId7" xr:uid="{FF43610E-9700-4EB5-8305-F7D1B859ACCD}"/>
+    <hyperlink ref="M11" r:id="rId8" xr:uid="{551B4262-019F-4090-AE01-65C632F0822D}"/>
+    <hyperlink ref="N11" r:id="rId9" xr:uid="{875EEA7D-D5DD-464F-845D-7546E9E90F02}"/>
+    <hyperlink ref="Q11" r:id="rId10" xr:uid="{72F47BEB-5052-4993-9F35-9DBA0D541A76}"/>
+    <hyperlink ref="R11" r:id="rId11" xr:uid="{0F72617A-B111-49CC-9D22-6699858C8B6A}"/>
+    <hyperlink ref="S11" r:id="rId12" xr:uid="{39D630C5-11D8-482A-A799-49A92D1A4816}"/>
+    <hyperlink ref="T11" r:id="rId13" xr:uid="{6AC0888E-5759-4028-9E74-99D87C8D85E1}"/>
+    <hyperlink ref="U11" r:id="rId14" xr:uid="{20154649-1D57-4B0D-A525-887A99C328D3}"/>
+    <hyperlink ref="V11" r:id="rId15" xr:uid="{8D5398AE-329A-4258-A27A-7767CCC54F9D}"/>
+    <hyperlink ref="W11" r:id="rId16" xr:uid="{737876C2-D7F4-4807-911B-8DB5A03F6D7A}"/>
+    <hyperlink ref="Y11" r:id="rId17" xr:uid="{DB423A18-0AF4-4206-9E32-9391BA6B402C}"/>
+    <hyperlink ref="Z11" r:id="rId18" xr:uid="{EAF6F2CB-1B49-4B03-842B-A727375924C1}"/>
+    <hyperlink ref="AA11" r:id="rId19" xr:uid="{766671B2-3528-4091-BE40-6C8B972B1613}"/>
+    <hyperlink ref="AB11" r:id="rId20" xr:uid="{B4A93FDF-A854-4480-9FFB-BE6CBC41D0DB}"/>
+    <hyperlink ref="AC11" r:id="rId21" xr:uid="{AB839856-1B0B-4C95-87BA-F90A566A238F}"/>
+    <hyperlink ref="AD11" r:id="rId22" xr:uid="{5117CB2B-A0E5-45E4-B3C6-3E43A0BB3B3E}"/>
+    <hyperlink ref="AE11" r:id="rId23" xr:uid="{09DF29E5-B776-4A49-97FD-26EC53145E17}"/>
+    <hyperlink ref="AF11" r:id="rId24" xr:uid="{BE30CDC7-8D2C-4E9E-9E66-6D786F2F6E20}"/>
+    <hyperlink ref="AG11" r:id="rId25" xr:uid="{FE04BE96-6EEB-4259-94EF-223E3434081E}"/>
+    <hyperlink ref="AH11" r:id="rId26" xr:uid="{3DDD65F5-67D7-4BFF-A5C8-BCD5CCA1490E}"/>
+    <hyperlink ref="AK11" r:id="rId27" xr:uid="{8B4D49D2-49AC-4238-81A2-C59A6CD037CD}"/>
+    <hyperlink ref="AL11" r:id="rId28" xr:uid="{85E58ADD-187F-45FB-BA12-1CC2083C1D7A}"/>
+    <hyperlink ref="AM11" r:id="rId29" xr:uid="{1E52CDF2-66A2-4AAE-A71C-09BF4A370BA5}"/>
+    <hyperlink ref="AN11" r:id="rId30" xr:uid="{63FA7C11-6134-454E-9343-C74FB0F8A598}"/>
+    <hyperlink ref="AO11" r:id="rId31" xr:uid="{8B8AB9B2-54D0-4FFA-9902-B3E0372CC74B}"/>
+    <hyperlink ref="AP11" r:id="rId32" xr:uid="{49C9614F-79D6-4C96-A249-9D21C20334D8}"/>
+    <hyperlink ref="AQ11" r:id="rId33" xr:uid="{77049F4A-5E0E-424B-9CD1-97EF6C9AAF80}"/>
+    <hyperlink ref="AR11" r:id="rId34" xr:uid="{C7CCA282-8740-44C9-A5FC-5959B277A66D}"/>
+    <hyperlink ref="AS11" r:id="rId35" xr:uid="{E6C93E1F-A138-44F4-95A6-5DFE539BC97E}"/>
+    <hyperlink ref="AT11" r:id="rId36" xr:uid="{53B2244B-05B6-48A2-99BC-A951A09FDDD9}"/>
+    <hyperlink ref="AV11" r:id="rId37" xr:uid="{1D810B0A-B29F-4670-AA91-46F15C9FBC2E}"/>
+    <hyperlink ref="AW11" r:id="rId38" xr:uid="{222976C5-5729-4AF1-8C8C-20F54A6873DC}"/>
+    <hyperlink ref="AX11" r:id="rId39" xr:uid="{80368646-E230-4BB9-8673-0D4D16DF4544}"/>
+    <hyperlink ref="AY11" r:id="rId40" xr:uid="{7970EEDF-8276-478F-BA25-B7A6685C4E0C}"/>
+    <hyperlink ref="AZ11" r:id="rId41" xr:uid="{B3C7C3E8-D0CD-4451-81DF-70684AE6FA6D}"/>
+    <hyperlink ref="BA11" r:id="rId42" xr:uid="{067ED09E-8FB5-40EF-9157-1083A40E0899}"/>
+    <hyperlink ref="BB11" r:id="rId43" xr:uid="{8A640FC6-2D1B-4F29-9C67-3C9231A8C222}"/>
+    <hyperlink ref="BC11" r:id="rId44" xr:uid="{67EFB5CA-991E-44D1-9FEA-ED46A0C16F11}"/>
+    <hyperlink ref="BD11" r:id="rId45" xr:uid="{419D026C-4A66-4393-899D-A3A28ACB79BE}"/>
+    <hyperlink ref="BE11" r:id="rId46" xr:uid="{1A6BF180-C9E5-4567-9A5A-757E3636FDA8}"/>
+    <hyperlink ref="BF11" r:id="rId47" xr:uid="{5A908481-1EF7-49B0-A42A-F73129B7348C}"/>
+    <hyperlink ref="BG11" r:id="rId48" xr:uid="{FD09D6AB-F5B0-491C-9317-7B29F5232DFF}"/>
+    <hyperlink ref="BH11" r:id="rId49" xr:uid="{54B7AD32-368D-4669-AE93-23186135297F}"/>
+    <hyperlink ref="BI11" r:id="rId50" xr:uid="{91798D62-14F2-478E-ABE8-C1D3833D3463}"/>
+    <hyperlink ref="BJ11" r:id="rId51" xr:uid="{633CC399-488C-4C86-8EEE-C57C196FA269}"/>
+    <hyperlink ref="BK11" r:id="rId52" xr:uid="{F9A9BD4A-551A-4152-911B-849927FD15EA}"/>
+    <hyperlink ref="BL11" r:id="rId53" xr:uid="{0D42B8BA-12BC-47DB-BE02-C8D2C0F962DF}"/>
+    <hyperlink ref="BN11" r:id="rId54" xr:uid="{D2CF24D3-4E0E-4050-9044-758A758AD791}"/>
+    <hyperlink ref="BO11" r:id="rId55" xr:uid="{A9D1B377-6267-4E93-84D0-6013A4C41B33}"/>
+    <hyperlink ref="BP11" r:id="rId56" xr:uid="{B4E29BAD-263E-4541-97FF-764386B3D406}"/>
+    <hyperlink ref="BQ11" r:id="rId57" xr:uid="{E9A5AF6D-6FC0-4DF3-B449-7054D2A6F643}"/>
+    <hyperlink ref="BR11" r:id="rId58" xr:uid="{536C5B14-E508-4945-BF74-F313A2A530F8}"/>
+    <hyperlink ref="BS11" r:id="rId59" xr:uid="{3319A9CF-266E-4FD4-82CF-B0EC49F66C64}"/>
+    <hyperlink ref="BT11" r:id="rId60" xr:uid="{2E1DB0A4-9598-4B24-A088-1242B47AB485}"/>
+    <hyperlink ref="BU11" r:id="rId61" xr:uid="{7DEB19DA-1B1A-435F-8418-385F968929A0}"/>
+    <hyperlink ref="BV11" r:id="rId62" xr:uid="{0C754C7F-3ED7-4015-AB9F-6D114BD19065}"/>
+    <hyperlink ref="BW11" r:id="rId63" xr:uid="{938A46DB-32A4-4AD2-9988-C4FD15C3D3F7}"/>
+    <hyperlink ref="BX11" r:id="rId64" xr:uid="{35B0081D-35F5-4EF0-AA27-E9E9DCEA24DD}"/>
+    <hyperlink ref="BY11" r:id="rId65" xr:uid="{15CBAA3F-4A6E-40ED-88DA-6D394012CEAE}"/>
+    <hyperlink ref="BZ11" r:id="rId66" xr:uid="{5A6A2919-717C-42D7-931F-09E107059094}"/>
+    <hyperlink ref="CA11" r:id="rId67" xr:uid="{CAFF4981-CCD4-4667-B2B0-B3E8E3431D48}"/>
+    <hyperlink ref="CB11" r:id="rId68" xr:uid="{0A6FF0CB-0598-4811-813C-10C64E1F1845}"/>
+    <hyperlink ref="CC11" r:id="rId69" xr:uid="{82BA579B-4712-47A8-8F75-CB0FE392C2FA}"/>
+    <hyperlink ref="CD11" r:id="rId70" xr:uid="{DECB90CB-20D9-4436-A118-9157BE49580F}"/>
+    <hyperlink ref="CF11" r:id="rId71" xr:uid="{300D5732-EBF7-4940-89FF-F297158C26A4}"/>
+    <hyperlink ref="CG11" r:id="rId72" xr:uid="{01A41FA6-94CD-42F7-A7C9-FD3AE6378273}"/>
+    <hyperlink ref="CH11" r:id="rId73" xr:uid="{4F0A24B9-3F1C-48C1-88BC-7B09D84A2677}"/>
+    <hyperlink ref="CJ11" r:id="rId74" xr:uid="{BB5635E8-D2C9-4EDB-B871-8DD963F6813F}"/>
+    <hyperlink ref="CK11" r:id="rId75" xr:uid="{74E966E1-A1D9-4DCB-BED0-24B7F170ACA9}"/>
+    <hyperlink ref="CL11" r:id="rId76" xr:uid="{6AA89FB5-2507-4AF2-9DF5-B9E908AEAA9B}"/>
+    <hyperlink ref="CM11" r:id="rId77" xr:uid="{1A0DDDA1-D921-428D-B3DB-75B462B130BB}"/>
+    <hyperlink ref="CN11" r:id="rId78" xr:uid="{27580ADA-5D7B-41FB-BE4F-D9AA544B6FF6}"/>
+    <hyperlink ref="CO11" r:id="rId79" xr:uid="{324BB6D2-AD92-4D3C-AE27-0DE65AE2B264}"/>
+    <hyperlink ref="CP11" r:id="rId80" xr:uid="{30549143-61B7-4DA9-939D-84C7DE07BA42}"/>
+    <hyperlink ref="CQ11" r:id="rId81" xr:uid="{44684F37-C58E-4472-8F8B-3AB53BB0E193}"/>
+    <hyperlink ref="CR11" r:id="rId82" xr:uid="{FAA6B4AD-812F-41CF-AAB6-56CE97A7D1B8}"/>
+    <hyperlink ref="CT11" r:id="rId83" xr:uid="{DD37EB03-1964-4962-82F5-6DA177FB0CB0}"/>
+    <hyperlink ref="CU11" r:id="rId84" xr:uid="{50C83CBA-507B-4B7D-AC2F-2620CED382FA}"/>
+    <hyperlink ref="CV11" r:id="rId85" xr:uid="{864A7961-555B-42E9-980C-94041B899C35}"/>
+    <hyperlink ref="CX11" r:id="rId86" xr:uid="{0341CBA3-BD29-46D0-AF00-A49CE9F3E17E}"/>
+    <hyperlink ref="CY11" r:id="rId87" xr:uid="{85165A6E-61E5-4110-B06C-54F2C9FA3375}"/>
+    <hyperlink ref="CZ11" r:id="rId88" xr:uid="{16FBB721-B6EE-44EA-A726-660A859ABFE0}"/>
+    <hyperlink ref="DA11" r:id="rId89" xr:uid="{112CFAC1-7C41-4737-9FD4-26F446B65A47}"/>
+    <hyperlink ref="DB11" r:id="rId90" xr:uid="{06C5D260-34BE-4B62-855C-7C6D66C596EC}"/>
+    <hyperlink ref="DC11" r:id="rId91" xr:uid="{B38AF1B7-D81C-4114-825B-1BEEDB2709BD}"/>
+    <hyperlink ref="DD11" r:id="rId92" xr:uid="{0AB83E18-0840-48BD-BF4E-875AE6FAEF61}"/>
+    <hyperlink ref="DE11" r:id="rId93" xr:uid="{BD244279-191C-4232-9D38-87FAAED6D624}"/>
+    <hyperlink ref="DG11" r:id="rId94" xr:uid="{8A7EEE50-3B82-40F5-B252-15E9A241F789}"/>
+    <hyperlink ref="DH11" r:id="rId95" xr:uid="{FC413C05-ED80-4ACF-8FB5-9DEA65545F8D}"/>
+    <hyperlink ref="DI11" r:id="rId96" xr:uid="{DAB6DA0B-BA91-4BCD-912A-1465B768C6E2}"/>
+    <hyperlink ref="DJ11" r:id="rId97" xr:uid="{207AE4AF-9312-47F2-B6CC-A970C847F4B3}"/>
+    <hyperlink ref="DK11" r:id="rId98" xr:uid="{9F10B459-D51B-4189-B1C4-EDADE50ECC89}"/>
+    <hyperlink ref="DL11" r:id="rId99" xr:uid="{38320E73-18B1-4AFE-BA4A-12A478B18C1F}"/>
+    <hyperlink ref="DM11" r:id="rId100" xr:uid="{BB829A6F-B8E3-44A5-8FA0-E1FD41B44865}"/>
+    <hyperlink ref="DN11" r:id="rId101" xr:uid="{E3F3B5E9-B9C4-4BA7-8A88-58968D34838C}"/>
+    <hyperlink ref="DO11" r:id="rId102" xr:uid="{42755215-E019-4A8A-8892-0E622A487189}"/>
+    <hyperlink ref="DP11" r:id="rId103" xr:uid="{BAE63224-A0E4-4C27-B1B8-10245B29C5CD}"/>
+    <hyperlink ref="DQ11" r:id="rId104" xr:uid="{BBA0632E-AA04-49E3-B29C-295D7D43579E}"/>
+    <hyperlink ref="DR11" r:id="rId105" xr:uid="{27B4AC08-0B52-424F-9451-7604B1F173E9}"/>
+    <hyperlink ref="DS11" r:id="rId106" xr:uid="{292C050E-3389-4C99-8E2F-966586C694E6}"/>
+    <hyperlink ref="DT11" r:id="rId107" xr:uid="{E54CCE8F-AE97-4B5F-A53B-27B92FB09970}"/>
+    <hyperlink ref="DU11" r:id="rId108" xr:uid="{28BCCEEC-A678-4C59-B071-9BD11B1025D8}"/>
+    <hyperlink ref="AI11" r:id="rId109" xr:uid="{ABB4856C-5523-4C1D-A28F-22F2D736DB68}"/>
+    <hyperlink ref="AJ11" r:id="rId110" xr:uid="{1AAB2699-D113-400D-87BC-1AC8C5CC627D}"/>
+    <hyperlink ref="CE11" r:id="rId111" xr:uid="{A82A1634-7D4B-4D74-AD46-8F166A372A79}"/>
+    <hyperlink ref="CI11" r:id="rId112" xr:uid="{F5D84ED1-ECCB-4294-8026-8AFEC15C346C}"/>
+    <hyperlink ref="DF11" r:id="rId113" xr:uid="{2CCADB2D-3D0A-49B6-A719-5397EBE80C31}"/>
+    <hyperlink ref="AU11" r:id="rId114" xr:uid="{A296529E-23B5-479C-A5C4-1C60ACAAA323}"/>
+    <hyperlink ref="P11" r:id="rId115" xr:uid="{DC7100D1-3807-44D2-B6C3-E1D0CCD8B718}"/>
+    <hyperlink ref="L11" r:id="rId116" xr:uid="{B29EF6A4-B2FE-4246-B60D-21D5FF37B238}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
-  <pageSetup orientation="landscape" r:id="rId119"/>
+  <pageSetup orientation="landscape" r:id="rId117"/>
   <headerFooter>
     <oddFooter>&amp;R24-7491 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>