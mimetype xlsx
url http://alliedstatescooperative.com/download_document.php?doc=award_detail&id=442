--- v1 (2026-01-30)
+++ v2 (2026-03-18)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2024\24-7491 Consulting, Instructional, and Training Resources\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{852613D4-13C5-4E1E-80AB-A1881B7F8C47}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4730B342-AF9E-41EB-BCBD-20FC4298ADBA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$B:$B</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -2783,53 +2783,50 @@
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>(503) 317-9675 (503) 217-4364</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> 817-822-4639</t>
     </r>
   </si>
   <si>
     <t>Dr. Leonel A. Peña</t>
   </si>
   <si>
     <t>*updated 10/1/24</t>
   </si>
   <si>
     <t>*updated 12/13/24</t>
-  </si>
-[...1 lines deleted...]
-    <t>*updated 12/19/24</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Michele Shively </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t>Rick Booms</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
@@ -3063,50 +3060,53 @@
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>HTTP://businessu.org</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve"> cte.stukent.com</t>
     </r>
   </si>
   <si>
     <t>*updated 8/8/25</t>
   </si>
   <si>
     <t>*updated 11/6/25</t>
   </si>
   <si>
     <t>*updated 11/18/25</t>
   </si>
   <si>
     <t>*updated 1/15/26</t>
+  </si>
+  <si>
+    <t>*updated 12/19/24, 2/5/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -3622,198 +3622,198 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
     <col min="3" max="3" width="36" style="1" customWidth="1"/>
     <col min="4" max="4" width="6" style="1" customWidth="1"/>
     <col min="5" max="125" width="30.7109375" style="1" customWidth="1"/>
     <col min="126" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:136" s="10" customFormat="1" x14ac:dyDescent="0.25">
       <c r="E1" s="12"/>
       <c r="F1" s="12"/>
       <c r="G1" s="12"/>
       <c r="H1" s="12"/>
       <c r="I1" s="12"/>
       <c r="J1" s="13"/>
       <c r="K1" s="12"/>
       <c r="L1" s="12"/>
       <c r="M1" s="12"/>
       <c r="N1" s="12"/>
       <c r="O1" s="12"/>
       <c r="P1" s="12" t="s">
-        <v>891</v>
+        <v>890</v>
       </c>
       <c r="Q1" s="12"/>
       <c r="R1" s="12"/>
       <c r="S1" s="12"/>
       <c r="T1" s="12"/>
       <c r="U1" s="12"/>
       <c r="V1" s="12" t="s">
-        <v>903</v>
+        <v>902</v>
       </c>
       <c r="W1" s="12"/>
       <c r="X1" s="12"/>
       <c r="Y1" s="12"/>
       <c r="Z1" s="12"/>
       <c r="AA1" s="12"/>
       <c r="AB1" s="12"/>
       <c r="AC1" s="12"/>
       <c r="AD1" s="12"/>
       <c r="AE1" s="12"/>
       <c r="AF1" s="12"/>
       <c r="AG1" s="12"/>
       <c r="AH1" s="12"/>
       <c r="AI1" s="12"/>
       <c r="AJ1" s="12"/>
       <c r="AK1" s="12"/>
       <c r="AL1" s="12"/>
       <c r="AM1" s="12" t="s">
         <v>870</v>
       </c>
       <c r="AN1" s="12"/>
       <c r="AO1" s="12" t="s">
         <v>873</v>
       </c>
       <c r="AP1" s="12"/>
       <c r="AQ1" s="12"/>
       <c r="AR1" s="12"/>
       <c r="AS1" s="13"/>
       <c r="AT1" s="12" t="s">
-        <v>888</v>
+        <v>887</v>
       </c>
       <c r="AU1" s="12"/>
       <c r="AV1" s="12"/>
       <c r="AW1" s="12" t="s">
-        <v>887</v>
+        <v>886</v>
       </c>
       <c r="AX1" s="12"/>
       <c r="AY1" s="12"/>
       <c r="AZ1" s="12" t="s">
         <v>876</v>
       </c>
       <c r="BA1" s="12"/>
       <c r="BB1" s="12"/>
       <c r="BC1" s="13" t="s">
         <v>877</v>
       </c>
       <c r="BD1" s="12"/>
       <c r="BE1" s="12" t="s">
         <v>883</v>
       </c>
       <c r="BF1" s="12"/>
       <c r="BG1" s="12"/>
       <c r="BH1" s="12"/>
       <c r="BI1" s="12"/>
       <c r="BJ1" s="12"/>
       <c r="BK1" s="12"/>
       <c r="BL1" s="12" t="s">
-        <v>894</v>
+        <v>893</v>
       </c>
       <c r="BM1" s="12" t="s">
-        <v>892</v>
+        <v>891</v>
       </c>
       <c r="BN1" s="12"/>
       <c r="BO1" s="12" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="BP1" s="12"/>
       <c r="BQ1" s="12"/>
       <c r="BR1" s="12"/>
       <c r="BS1" s="12"/>
       <c r="BT1" s="12" t="s">
-        <v>906</v>
+        <v>905</v>
       </c>
       <c r="BU1" s="12"/>
       <c r="BV1" s="13"/>
       <c r="BW1" s="12" t="s">
-        <v>908</v>
+        <v>907</v>
       </c>
       <c r="BX1" s="12"/>
       <c r="BY1" s="12"/>
       <c r="BZ1" s="12"/>
       <c r="CA1" s="12"/>
       <c r="CB1" s="13"/>
       <c r="CC1" s="12"/>
       <c r="CD1" s="12"/>
       <c r="CE1" s="12" t="s">
-        <v>890</v>
+        <v>889</v>
       </c>
       <c r="CF1" s="12"/>
       <c r="CG1" s="12"/>
       <c r="CH1" s="12"/>
       <c r="CI1" s="12"/>
       <c r="CJ1" s="12" t="s">
-        <v>907</v>
+        <v>906</v>
       </c>
       <c r="CK1" s="12" t="s">
-        <v>884</v>
+        <v>909</v>
       </c>
       <c r="CL1" s="12"/>
       <c r="CM1" s="12" t="s">
         <v>868</v>
       </c>
       <c r="CN1" s="12"/>
       <c r="CO1" s="12"/>
       <c r="CP1" s="12"/>
       <c r="CQ1" s="12"/>
       <c r="CR1" s="13"/>
       <c r="CS1" s="12" t="s">
-        <v>889</v>
+        <v>888</v>
       </c>
       <c r="CT1" s="12"/>
       <c r="CU1" s="12"/>
       <c r="CV1" s="12"/>
       <c r="CW1" s="13"/>
       <c r="CX1" s="12" t="s">
-        <v>892</v>
+        <v>891</v>
       </c>
       <c r="CY1" s="12"/>
       <c r="CZ1" s="12"/>
       <c r="DA1" s="12"/>
       <c r="DB1" s="13"/>
       <c r="DC1" s="12"/>
       <c r="DD1" s="12"/>
       <c r="DE1" s="14"/>
       <c r="DF1" s="15"/>
       <c r="DG1" s="12"/>
       <c r="DH1" s="12"/>
       <c r="DI1" s="13"/>
       <c r="DJ1" s="12" t="s">
         <v>882</v>
       </c>
       <c r="DK1" s="12" t="s">
         <v>866</v>
       </c>
       <c r="DL1" s="12"/>
       <c r="DM1" s="12"/>
       <c r="DN1" s="12"/>
       <c r="DO1" s="13" t="s">
-        <v>909</v>
+        <v>908</v>
       </c>
       <c r="DP1" s="12"/>
       <c r="DQ1" s="13"/>
       <c r="DR1" s="12"/>
       <c r="DS1" s="12"/>
       <c r="DT1" s="12"/>
       <c r="DU1" s="12"/>
     </row>
     <row r="2" spans="2:136" s="10" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="D2" s="6" t="s">
         <v>808</v>
       </c>
       <c r="E2" s="11" t="s">
         <v>1</v>
       </c>
       <c r="F2" s="11" t="s">
         <v>825</v>
       </c>
       <c r="G2" s="11" t="s">
         <v>59</v>
       </c>
       <c r="H2" s="11" t="s">
         <v>102</v>
       </c>
       <c r="I2" s="11" t="s">
@@ -3834,51 +3834,51 @@
       <c r="N2" s="11" t="s">
         <v>62</v>
       </c>
       <c r="O2" s="11" t="s">
         <v>63</v>
       </c>
       <c r="P2" s="11" t="s">
         <v>836</v>
       </c>
       <c r="Q2" s="11" t="s">
         <v>58</v>
       </c>
       <c r="R2" s="11" t="s">
         <v>56</v>
       </c>
       <c r="S2" s="11" t="s">
         <v>46</v>
       </c>
       <c r="T2" s="11" t="s">
         <v>837</v>
       </c>
       <c r="U2" s="11" t="s">
         <v>47</v>
       </c>
       <c r="V2" s="25" t="s">
-        <v>901</v>
+        <v>900</v>
       </c>
       <c r="W2" s="11" t="s">
         <v>48</v>
       </c>
       <c r="X2" s="11" t="s">
         <v>49</v>
       </c>
       <c r="Y2" s="11" t="s">
         <v>50</v>
       </c>
       <c r="Z2" s="11" t="s">
         <v>51</v>
       </c>
       <c r="AA2" s="11" t="s">
         <v>52</v>
       </c>
       <c r="AB2" s="11" t="s">
         <v>53</v>
       </c>
       <c r="AC2" s="11" t="s">
         <v>54</v>
       </c>
       <c r="AD2" s="11" t="s">
         <v>100</v>
       </c>
@@ -3960,51 +3960,51 @@
       <c r="BD2" s="11" t="s">
         <v>847</v>
       </c>
       <c r="BE2" s="11" t="s">
         <v>848</v>
       </c>
       <c r="BF2" s="11" t="s">
         <v>65</v>
       </c>
       <c r="BG2" s="11" t="s">
         <v>66</v>
       </c>
       <c r="BH2" s="11" t="s">
         <v>67</v>
       </c>
       <c r="BI2" s="11" t="s">
         <v>68</v>
       </c>
       <c r="BJ2" s="11" t="s">
         <v>69</v>
       </c>
       <c r="BK2" s="11" t="s">
         <v>70</v>
       </c>
       <c r="BL2" s="25" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="BM2" s="11" t="s">
         <v>71</v>
       </c>
       <c r="BN2" s="11" t="s">
         <v>78</v>
       </c>
       <c r="BO2" s="11" t="s">
         <v>45</v>
       </c>
       <c r="BP2" s="11" t="s">
         <v>98</v>
       </c>
       <c r="BQ2" s="11" t="s">
         <v>11</v>
       </c>
       <c r="BR2" s="11" t="s">
         <v>12</v>
       </c>
       <c r="BS2" s="11" t="s">
         <v>13</v>
       </c>
       <c r="BT2" s="11" t="s">
         <v>14</v>
       </c>
@@ -4283,96 +4283,96 @@
       <c r="AO3" s="5" t="s">
         <v>209</v>
       </c>
       <c r="AP3" s="5" t="s">
         <v>217</v>
       </c>
       <c r="AQ3" s="5" t="s">
         <v>210</v>
       </c>
       <c r="AR3" s="5" t="s">
         <v>211</v>
       </c>
       <c r="AS3" s="5" t="s">
         <v>212</v>
       </c>
       <c r="AT3" s="5" t="s">
         <v>213</v>
       </c>
       <c r="AU3" s="5" t="s">
         <v>214</v>
       </c>
       <c r="AV3" s="5" t="s">
         <v>215</v>
       </c>
       <c r="AW3" s="23" t="s">
-        <v>885</v>
+        <v>884</v>
       </c>
       <c r="AX3" s="5" t="s">
         <v>216</v>
       </c>
       <c r="AY3" s="5" t="s">
         <v>201</v>
       </c>
       <c r="AZ3" s="5" t="s">
         <v>200</v>
       </c>
       <c r="BA3" s="5" t="s">
         <v>199</v>
       </c>
       <c r="BB3" s="5" t="s">
         <v>190</v>
       </c>
       <c r="BC3" s="23" t="s">
         <v>878</v>
       </c>
       <c r="BD3" s="5" t="s">
         <v>191</v>
       </c>
       <c r="BE3" s="5" t="s">
         <v>192</v>
       </c>
       <c r="BF3" s="5" t="s">
         <v>193</v>
       </c>
       <c r="BG3" s="5" t="s">
         <v>194</v>
       </c>
       <c r="BH3" s="5" t="s">
         <v>195</v>
       </c>
       <c r="BI3" s="5" t="s">
         <v>110</v>
       </c>
       <c r="BJ3" s="5" t="s">
         <v>196</v>
       </c>
       <c r="BK3" s="5" t="s">
         <v>197</v>
       </c>
       <c r="BL3" s="23" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="BM3" s="5" t="s">
         <v>198</v>
       </c>
       <c r="BN3" s="5" t="s">
         <v>208</v>
       </c>
       <c r="BO3" s="5" t="s">
         <v>163</v>
       </c>
       <c r="BP3" s="5" t="s">
         <v>152</v>
       </c>
       <c r="BQ3" s="5" t="s">
         <v>121</v>
       </c>
       <c r="BR3" s="5" t="s">
         <v>122</v>
       </c>
       <c r="BS3" s="5" t="s">
         <v>123</v>
       </c>
       <c r="BT3" s="5" t="s">
         <v>124</v>
       </c>
@@ -4570,51 +4570,51 @@
       <c r="N4" s="5" t="s">
         <v>297</v>
       </c>
       <c r="O4" s="5" t="s">
         <v>298</v>
       </c>
       <c r="P4" s="5" t="s">
         <v>299</v>
       </c>
       <c r="Q4" s="5" t="s">
         <v>289</v>
       </c>
       <c r="R4" s="5" t="s">
         <v>287</v>
       </c>
       <c r="S4" s="5" t="s">
         <v>275</v>
       </c>
       <c r="T4" s="5" t="s">
         <v>276</v>
       </c>
       <c r="U4" s="5" t="s">
         <v>277</v>
       </c>
       <c r="V4" s="23" t="s">
-        <v>902</v>
+        <v>901</v>
       </c>
       <c r="W4" s="5" t="s">
         <v>278</v>
       </c>
       <c r="X4" s="5" t="s">
         <v>279</v>
       </c>
       <c r="Y4" s="5" t="s">
         <v>280</v>
       </c>
       <c r="Z4" s="5" t="s">
         <v>864</v>
       </c>
       <c r="AA4" s="5" t="s">
         <v>281</v>
       </c>
       <c r="AB4" s="5" t="s">
         <v>282</v>
       </c>
       <c r="AC4" s="5" t="s">
         <v>283</v>
       </c>
       <c r="AD4" s="5" t="s">
         <v>284</v>
       </c>
@@ -4696,51 +4696,51 @@
       <c r="BD4" s="5" t="s">
         <v>302</v>
       </c>
       <c r="BE4" s="5" t="s">
         <v>303</v>
       </c>
       <c r="BF4" s="5" t="s">
         <v>304</v>
       </c>
       <c r="BG4" s="5" t="s">
         <v>305</v>
       </c>
       <c r="BH4" s="5" t="s">
         <v>306</v>
       </c>
       <c r="BI4" s="5" t="s">
         <v>307</v>
       </c>
       <c r="BJ4" s="5" t="s">
         <v>308</v>
       </c>
       <c r="BK4" s="5" t="s">
         <v>828</v>
       </c>
       <c r="BL4" s="23" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="BM4" s="5" t="s">
         <v>829</v>
       </c>
       <c r="BN4" s="5" t="s">
         <v>318</v>
       </c>
       <c r="BO4" s="5" t="s">
         <v>274</v>
       </c>
       <c r="BP4" s="5" t="s">
         <v>265</v>
       </c>
       <c r="BQ4" s="5" t="s">
         <v>232</v>
       </c>
       <c r="BR4" s="5" t="s">
         <v>233</v>
       </c>
       <c r="BS4" s="5" t="s">
         <v>234</v>
       </c>
       <c r="BT4" s="5" t="s">
         <v>235</v>
       </c>
@@ -4938,51 +4938,51 @@
       <c r="N5" s="5" t="s">
         <v>412</v>
       </c>
       <c r="O5" s="5" t="s">
         <v>413</v>
       </c>
       <c r="P5" s="5" t="s">
         <v>414</v>
       </c>
       <c r="Q5" s="5" t="s">
         <v>403</v>
       </c>
       <c r="R5" s="5" t="s">
         <v>401</v>
       </c>
       <c r="S5" s="5" t="s">
         <v>388</v>
       </c>
       <c r="T5" s="5" t="s">
         <v>389</v>
       </c>
       <c r="U5" s="5" t="s">
         <v>390</v>
       </c>
       <c r="V5" s="23" t="s">
-        <v>904</v>
+        <v>903</v>
       </c>
       <c r="W5" s="5" t="s">
         <v>391</v>
       </c>
       <c r="X5" s="5" t="s">
         <v>392</v>
       </c>
       <c r="Y5" s="5" t="s">
         <v>393</v>
       </c>
       <c r="Z5" s="5" t="s">
         <v>394</v>
       </c>
       <c r="AA5" s="5" t="s">
         <v>395</v>
       </c>
       <c r="AB5" s="5" t="s">
         <v>396</v>
       </c>
       <c r="AC5" s="5" t="s">
         <v>397</v>
       </c>
       <c r="AD5" s="5" t="s">
         <v>398</v>
       </c>
@@ -5019,96 +5019,96 @@
       <c r="AO5" s="5" t="s">
         <v>435</v>
       </c>
       <c r="AP5" s="5" t="s">
         <v>443</v>
       </c>
       <c r="AQ5" s="5" t="s">
         <v>436</v>
       </c>
       <c r="AR5" s="5" t="s">
         <v>437</v>
       </c>
       <c r="AS5" s="5" t="s">
         <v>438</v>
       </c>
       <c r="AT5" s="5" t="s">
         <v>439</v>
       </c>
       <c r="AU5" s="5" t="s">
         <v>440</v>
       </c>
       <c r="AV5" s="5" t="s">
         <v>441</v>
       </c>
       <c r="AW5" s="23" t="s">
-        <v>886</v>
+        <v>885</v>
       </c>
       <c r="AX5" s="5" t="s">
         <v>442</v>
       </c>
       <c r="AY5" s="5" t="s">
         <v>427</v>
       </c>
       <c r="AZ5" s="5" t="s">
         <v>426</v>
       </c>
       <c r="BA5" s="5" t="s">
         <v>425</v>
       </c>
       <c r="BB5" s="5" t="s">
         <v>415</v>
       </c>
       <c r="BC5" s="27" t="s">
         <v>879</v>
       </c>
       <c r="BD5" s="5" t="s">
         <v>416</v>
       </c>
       <c r="BE5" s="5" t="s">
         <v>417</v>
       </c>
       <c r="BF5" s="5" t="s">
         <v>418</v>
       </c>
       <c r="BG5" s="5" t="s">
         <v>419</v>
       </c>
       <c r="BH5" s="5" t="s">
         <v>420</v>
       </c>
       <c r="BI5" s="5" t="s">
         <v>421</v>
       </c>
       <c r="BJ5" s="5" t="s">
         <v>422</v>
       </c>
       <c r="BK5" s="5" t="s">
         <v>423</v>
       </c>
       <c r="BL5" s="23" t="s">
-        <v>900</v>
+        <v>899</v>
       </c>
       <c r="BM5" s="5" t="s">
         <v>424</v>
       </c>
       <c r="BN5" s="5" t="s">
         <v>434</v>
       </c>
       <c r="BO5" s="5" t="s">
         <v>387</v>
       </c>
       <c r="BP5" s="5" t="s">
         <v>376</v>
       </c>
       <c r="BQ5" s="5" t="s">
         <v>343</v>
       </c>
       <c r="BR5" s="5" t="s">
         <v>344</v>
       </c>
       <c r="BS5" s="5" t="s">
         <v>345</v>
       </c>
       <c r="BT5" s="5" t="s">
         <v>346</v>
       </c>
@@ -5432,51 +5432,51 @@
       <c r="BD6" s="5" t="s">
         <v>532</v>
       </c>
       <c r="BE6" s="5" t="s">
         <v>533</v>
       </c>
       <c r="BF6" s="5" t="s">
         <v>534</v>
       </c>
       <c r="BG6" s="5" t="s">
         <v>535</v>
       </c>
       <c r="BH6" s="5" t="s">
         <v>536</v>
       </c>
       <c r="BI6" s="5" t="s">
         <v>537</v>
       </c>
       <c r="BJ6" s="5" t="s">
         <v>538</v>
       </c>
       <c r="BK6" s="5" t="s">
         <v>539</v>
       </c>
       <c r="BL6" s="23" t="s">
-        <v>899</v>
+        <v>898</v>
       </c>
       <c r="BM6" s="5" t="s">
         <v>540</v>
       </c>
       <c r="BN6" s="5" t="s">
         <v>551</v>
       </c>
       <c r="BO6" s="5" t="s">
         <v>503</v>
       </c>
       <c r="BP6" s="5" t="s">
         <v>492</v>
       </c>
       <c r="BQ6" s="5" t="s">
         <v>459</v>
       </c>
       <c r="BR6" s="5" t="s">
         <v>460</v>
       </c>
       <c r="BS6" s="5" t="s">
         <v>461</v>
       </c>
       <c r="BT6" s="5" t="s">
         <v>462</v>
       </c>
@@ -5674,51 +5674,51 @@
       <c r="N7" s="5" t="s">
         <v>644</v>
       </c>
       <c r="O7" s="5" t="s">
         <v>645</v>
       </c>
       <c r="P7" s="5" t="s">
         <v>646</v>
       </c>
       <c r="Q7" s="5" t="s">
         <v>635</v>
       </c>
       <c r="R7" s="5" t="s">
         <v>634</v>
       </c>
       <c r="S7" s="5" t="s">
         <v>621</v>
       </c>
       <c r="T7" s="5" t="s">
         <v>622</v>
       </c>
       <c r="U7" s="5" t="s">
         <v>623</v>
       </c>
       <c r="V7" s="23" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
       <c r="W7" s="5" t="s">
         <v>624</v>
       </c>
       <c r="X7" s="5" t="s">
         <v>625</v>
       </c>
       <c r="Y7" s="5" t="s">
         <v>626</v>
       </c>
       <c r="Z7" s="5" t="s">
         <v>627</v>
       </c>
       <c r="AA7" s="5" t="s">
         <v>628</v>
       </c>
       <c r="AB7" s="5" t="s">
         <v>629</v>
       </c>
       <c r="AC7" s="5" t="s">
         <v>630</v>
       </c>
       <c r="AD7" s="5" t="s">
         <v>631</v>
       </c>
@@ -5800,51 +5800,51 @@
       <c r="BD7" s="5" t="s">
         <v>649</v>
       </c>
       <c r="BE7" s="8" t="s">
         <v>685</v>
       </c>
       <c r="BF7" s="5" t="s">
         <v>650</v>
       </c>
       <c r="BG7" s="5" t="s">
         <v>651</v>
       </c>
       <c r="BH7" s="5" t="s">
         <v>652</v>
       </c>
       <c r="BI7" s="5" t="s">
         <v>653</v>
       </c>
       <c r="BJ7" s="5" t="s">
         <v>654</v>
       </c>
       <c r="BK7" s="5" t="s">
         <v>655</v>
       </c>
       <c r="BL7" s="23" t="s">
-        <v>898</v>
+        <v>897</v>
       </c>
       <c r="BM7" s="5" t="s">
         <v>656</v>
       </c>
       <c r="BN7" s="5" t="s">
         <v>666</v>
       </c>
       <c r="BO7" s="5" t="s">
         <v>620</v>
       </c>
       <c r="BP7" s="5" t="s">
         <v>609</v>
       </c>
       <c r="BQ7" s="5" t="s">
         <v>577</v>
       </c>
       <c r="BR7" s="5" t="s">
         <v>578</v>
       </c>
       <c r="BS7" s="5" t="s">
         <v>579</v>
       </c>
       <c r="BT7" s="5" t="s">
         <v>580</v>
       </c>