--- v0 (2025-10-19)
+++ v1 (2026-01-30)
@@ -1,83 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2024\24-7488 Audio Visual, Fire, Safety, Security and Surveillance Products &amp; Services\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8F06E3F8-37FA-4657-ACFB-D085C9F55394}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7E3FDDA9-F328-4684-9ACF-7CC22D6F3E09}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$A</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="568" uniqueCount="314">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="572" uniqueCount="317">
   <si>
     <t/>
   </si>
   <si>
     <t>A/V Concepts &amp; Security, LLC</t>
   </si>
   <si>
     <t>Intraworks Inc.</t>
   </si>
   <si>
     <t>L &amp; L Special Systems LLC</t>
   </si>
   <si>
     <t>Plan B Networks, Inc</t>
   </si>
   <si>
     <t>Pyrocom System Inc. (PyroCom systems Inc.)</t>
   </si>
   <si>
     <t>Saucedo Lock Co. (DACAMA LLC)</t>
   </si>
   <si>
     <t>Sound &amp; Signal Systems of Texas</t>
   </si>
   <si>
@@ -1051,111 +1051,120 @@
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>virginia@ascsecure.com</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve"> service@ascsecure.com</t>
     </r>
   </si>
   <si>
     <t>*updated 4/10/2025</t>
   </si>
   <si>
     <t>*updated 8/7/24, 8/28/24, 9/19/24, 10/18/24, 11/8/24, 11/12/24, 12/12/24, 5/12/25</t>
   </si>
   <si>
-    <t>*updated 5/13/25</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>West</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve"> Texas and New Mexico</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">1200 Old HWY 8 NW, New Brighton, MN 55112 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t>5931 Rice Creek Parkway Shoreview, MN 55126</t>
     </r>
   </si>
   <si>
-    <t>*updated 7/1/2024, 9/24/24, 6/11/25, 6/25/25</t>
-[...4 lines deleted...]
-  <si>
     <t>*updated 11/22/2024, 6/3/2025, 8/7/25</t>
   </si>
   <si>
     <t>*updated 12/17/24, 4/23/25, 8/14/25</t>
   </si>
   <si>
     <t>*updated 9/17/25</t>
   </si>
   <si>
-    <t>*updated 11/1/24, 2/6/25, 5/14/25, 5/21/25, 5/22/25, 6/5/25, 6/16/25, 6/24/25, 6/30/25, 8/5/25, 10/6/25</t>
-[...4 lines deleted...]
-  <si>
     <t>*updated 10/15/25</t>
+  </si>
+  <si>
+    <t>*updated 5/29/24, 2/17/25, 3/17/25, 5/30/25, 6/23/25, 9/3/25, 10/15/25, 10/22/25</t>
+  </si>
+  <si>
+    <t>*updated 11/18/25</t>
+  </si>
+  <si>
+    <t>*updated 8/6/25, 12/2/25</t>
+  </si>
+  <si>
+    <t>*updated 12/4/25, 12/12/25</t>
+  </si>
+  <si>
+    <t>*updated 7/1/2024, 9/24/24, 6/11/25, 6/25/25, 11/6/25, 12/4/25, 1/5/26, 1/6/26</t>
+  </si>
+  <si>
+    <t>*updated 11/1/24, 2/6/25, 5/14/25, 5/21/25, 5/22/25, 6/5/25, 6/16/25, 6/24/25, 6/30/25, 8/5/25, 10/6/25, 12/1/25, 12/16/25, 1/14/26</t>
+  </si>
+  <si>
+    <t>*updated 1/21/26</t>
+  </si>
+  <si>
+    <t>*updated 5/13/25, 1/29/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
     <numFmt numFmtId="165" formatCode="\$###,###,##0.00####"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -1640,129 +1649,139 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Car-Mac.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Garcom%20Combined%20Pricelists.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Plan%20B%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Technology%20World%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/APIC.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Saucedo%20Security%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Black%20Fire%20Compiled%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/EP%20Trident%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/L%26L%20Special%20Systems.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Team%201st%20R19%20RFP%20Pricing%20Guide%204-9-24.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/API%20Pricelists.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Intraworks%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Resident%20Technology%20Combined%20pricing.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/AV%20Concepts%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/American%20Surveillance.xls" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/AVX%20pricing%20combined.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Electripro%20Pricelists%20Combined.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/System%20Integrations%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/AVES%20SECURITY%20CATALOG%202024.xlsx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Henderson%20Fire%20Protection%20Combined%20Pricelists.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Southwest%20Sonitrol%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Virtual%20Technology%20Region%2019%20bid%20Pricing-Final.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Dantek%20Combined%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Pyrocom%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Assurance%20Fire%20Protection-Pricing%20Combined.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Century%20Fire.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/HB%20Pro%20Sound%20Combined.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Sound%20and%20Signal.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Cable%20Source%20MSRP.xlsx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Advanced%20Sec%20Contractors%20Pricing.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Car-Mac.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Garcom%20Combined%20Pricelists.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Plan%20B%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Cable%20Source%20MSRP.xlsx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/APIC.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Sound%20and%20Signal.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Black%20Fire%20Compiled%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/EP%20Trident%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/L%26L%20Special%20Systems.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Technology%20World%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/API%20Pricelists.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Intraworks%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Saucedo%20Security%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Advanced%20Sec%20Contractors%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/American%20Surveillance.xls" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/AVX%20pricing%20combined.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Electripro%20Pricelists%20Combined.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Team%201st%20R19%20RFP%20Pricing%20Guide%204-9-24.xlsx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/AVES%20SECURITY%20CATALOG%202024.xlsx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Henderson%20Fire%20Protection%20Combined%20Pricelists.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/System%20Integrations%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/AV%20Concepts%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Dantek%20Combined%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Resident%20Technology%20Combined%20pricing.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Assurance%20Fire%20Protection-Pricing%20Combined.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Century%20Fire.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/HB%20Pro%20Sound%20Combined.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Southwest%20Sonitrol%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Virtual%20Technology%20Region%2019%20bid%20Pricing-Final.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:AI21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="3" ySplit="2" topLeftCell="D3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight"/>
+      <selection pane="bottomRight" activeCell="D3" sqref="D3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8" style="3" customWidth="1"/>
     <col min="2" max="2" width="36" style="3" customWidth="1"/>
     <col min="3" max="3" width="6" style="3" customWidth="1"/>
     <col min="4" max="34" width="30.7109375" style="3" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:35" s="22" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:35" s="22" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="D1" s="22" t="s">
         <v>301</v>
       </c>
       <c r="E1" s="19" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="F1" s="19"/>
       <c r="G1" s="19"/>
       <c r="H1" s="19" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="I1" s="22" t="s">
-        <v>308</v>
-[...1 lines deleted...]
-      <c r="J1" s="19"/>
+        <v>305</v>
+      </c>
+      <c r="J1" s="19" t="s">
+        <v>315</v>
+      </c>
       <c r="K1" s="19"/>
       <c r="L1" s="19" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="M1" s="22" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="N1" s="19"/>
       <c r="O1" s="22" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="P1" s="19" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="Q1" s="19"/>
+      <c r="R1" s="22" t="s">
+        <v>315</v>
+      </c>
       <c r="S1" s="19" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="T1" s="19"/>
+      <c r="U1" s="22" t="s">
+        <v>312</v>
+      </c>
       <c r="W1" s="19"/>
       <c r="X1" s="22" t="s">
         <v>302</v>
       </c>
       <c r="Y1" s="22" t="s">
-        <v>303</v>
+        <v>316</v>
       </c>
       <c r="AB1" s="22" t="s">
         <v>297</v>
       </c>
       <c r="AC1" s="22" t="s">
         <v>268</v>
       </c>
       <c r="AD1" s="22" t="s">
         <v>295</v>
       </c>
       <c r="AE1" s="22" t="s">
         <v>271</v>
       </c>
       <c r="AF1" s="19"/>
-      <c r="AH1" s="19"/>
+      <c r="AH1" s="19" t="s">
+        <v>310</v>
+      </c>
     </row>
     <row r="2" spans="1:35" s="17" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="C2" s="1" t="s">
         <v>233</v>
       </c>
       <c r="D2" s="18" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="18" t="s">
         <v>298</v>
       </c>
       <c r="F2" s="18" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="18" t="s">
         <v>243</v>
       </c>
       <c r="H2" s="18" t="s">
         <v>244</v>
       </c>
       <c r="I2" s="18" t="s">
         <v>296</v>
       </c>
       <c r="J2" s="18" t="s">
         <v>14</v>
@@ -1933,51 +1952,51 @@
       </c>
       <c r="AG3" s="4" t="s">
         <v>60</v>
       </c>
       <c r="AH3" s="4" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="4" spans="1:35" ht="60" x14ac:dyDescent="0.25">
       <c r="C4" s="1" t="s">
         <v>235</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>62</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>77</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>78</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>79</v>
       </c>
       <c r="H4" s="10" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="I4" s="4" t="s">
         <v>257</v>
       </c>
       <c r="J4" s="4" t="s">
         <v>80</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>251</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P4" s="4" t="s">
         <v>252</v>
       </c>
@@ -2512,51 +2531,51 @@
       </c>
       <c r="AD9" s="4" t="s">
         <v>164</v>
       </c>
       <c r="AE9" s="4" t="s">
         <v>165</v>
       </c>
       <c r="AF9" s="4" t="s">
         <v>166</v>
       </c>
       <c r="AG9" s="4" t="s">
         <v>155</v>
       </c>
       <c r="AH9" s="4" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="10" spans="1:35" ht="75" x14ac:dyDescent="0.25">
       <c r="C10" s="1" t="s">
         <v>241</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>180</v>
       </c>
       <c r="E10" s="10" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="F10" s="4" t="s">
         <v>192</v>
       </c>
       <c r="G10" s="4" t="s">
         <v>157</v>
       </c>
       <c r="H10" s="4" t="s">
         <v>193</v>
       </c>
       <c r="I10" s="4" t="s">
         <v>186</v>
       </c>
       <c r="J10" s="4" t="s">
         <v>194</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>157</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>196</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>197</v>
       </c>
@@ -2767,52 +2786,52 @@
       </c>
       <c r="Q12" s="20" t="s">
         <v>254</v>
       </c>
       <c r="R12" s="20" t="s">
         <v>254</v>
       </c>
       <c r="S12" s="20" t="s">
         <v>254</v>
       </c>
       <c r="T12" s="20" t="s">
         <v>254</v>
       </c>
       <c r="U12" s="20" t="s">
         <v>254</v>
       </c>
       <c r="V12" s="20" t="s">
         <v>254</v>
       </c>
       <c r="W12" s="20" t="s">
         <v>254</v>
       </c>
       <c r="X12" s="20" t="s">
         <v>254</v>
       </c>
-      <c r="Y12" s="20" t="s">
-        <v>254</v>
+      <c r="Y12" s="21" t="s">
+        <v>272</v>
       </c>
       <c r="Z12" s="20" t="s">
         <v>254</v>
       </c>
       <c r="AA12" s="20" t="s">
         <v>254</v>
       </c>
       <c r="AB12" s="20" t="s">
         <v>262</v>
       </c>
       <c r="AC12" s="20" t="s">
         <v>254</v>
       </c>
       <c r="AD12" s="20" t="s">
         <v>254</v>
       </c>
       <c r="AE12" s="20" t="s">
         <v>254</v>
       </c>
       <c r="AF12" s="20" t="s">
         <v>254</v>
       </c>
       <c r="AG12" s="20" t="s">
         <v>254</v>
       </c>
@@ -3698,65 +3717,64 @@
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="D1:AH23">
     <sortCondition ref="D2:AH2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="G12" r:id="rId1" xr:uid="{F765C092-8BE2-46BF-9EC0-4F0283CB3AD8}"/>
     <hyperlink ref="H12" r:id="rId2" xr:uid="{892F8BDE-B698-4C05-8D5B-BE73BA0E403C}"/>
     <hyperlink ref="I12" r:id="rId3" xr:uid="{11C03A95-8977-41F9-894C-4C13457623AA}"/>
     <hyperlink ref="J12" r:id="rId4" xr:uid="{35A95B03-9237-41C0-B7D0-D5C36A4073F1}"/>
     <hyperlink ref="K12" r:id="rId5" display="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/AVES SECURITY CATALOG 2024.xlsx" xr:uid="{4404A786-A559-4134-AE94-DB32CAA3FE4A}"/>
     <hyperlink ref="L12" r:id="rId6" xr:uid="{5429FABB-E8CB-4966-9AA8-588944851FD1}"/>
     <hyperlink ref="M12" r:id="rId7" xr:uid="{135CDF31-9836-491B-9D41-FCED5035D868}"/>
     <hyperlink ref="N12" r:id="rId8" xr:uid="{AA92FE32-AAD8-48BC-8F9D-34B1E1D6BB9F}"/>
     <hyperlink ref="O12" r:id="rId9" xr:uid="{066FC85D-4F84-4F64-865E-8B4B64BA4261}"/>
     <hyperlink ref="P12" r:id="rId10" xr:uid="{7048B0EC-3153-4828-971C-E97D9F148659}"/>
     <hyperlink ref="Q12" r:id="rId11" xr:uid="{D7FD614B-2C45-41F0-B55C-9A7D839D4EA6}"/>
     <hyperlink ref="R12" r:id="rId12" xr:uid="{3159A3BB-2552-4A03-B26C-B9769D826918}"/>
     <hyperlink ref="S12" r:id="rId13" xr:uid="{AFB616C8-A6CC-410A-97D8-0D286C2CDACE}"/>
     <hyperlink ref="T12" r:id="rId14" xr:uid="{800802DC-D497-4108-A36B-20C6D24A4722}"/>
     <hyperlink ref="U12" r:id="rId15" xr:uid="{60168AAD-CB9D-42C5-9143-6C2F1AFCD976}"/>
     <hyperlink ref="V12" r:id="rId16" xr:uid="{9A02EC6C-8DE3-4A34-92DD-90BA4CA8DD7D}"/>
     <hyperlink ref="W12" r:id="rId17" xr:uid="{F74089C5-8D45-439D-819B-1BEFB41635EE}"/>
     <hyperlink ref="X12" r:id="rId18" xr:uid="{D873FC31-16E8-4EA8-8935-824F12C65B7E}"/>
-    <hyperlink ref="Y12" r:id="rId19" xr:uid="{C9B16A66-2698-4A8D-99EA-B88BA8251EDC}"/>
-[...10 lines deleted...]
-    <hyperlink ref="E12" r:id="rId30" xr:uid="{A1079DF5-1E51-43E2-877A-17DC5E195FA4}"/>
+    <hyperlink ref="Z12" r:id="rId19" xr:uid="{C71DE0C0-F50D-4306-AA46-A9F50CB07360}"/>
+    <hyperlink ref="AA12" r:id="rId20" xr:uid="{E012886B-3BB5-4AAD-8F54-5AA560262C51}"/>
+    <hyperlink ref="AB12" r:id="rId21" display="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Sound and Signal.pdf" xr:uid="{8CC8D1AA-881A-4D04-9FD3-24A522B43D1A}"/>
+    <hyperlink ref="AC12" r:id="rId22" xr:uid="{F7C3B4E0-16F5-418D-BF86-2DBE024D4D22}"/>
+    <hyperlink ref="AD12" r:id="rId23" xr:uid="{0B0A4224-E9EE-4584-AFD8-0E015DE257FC}"/>
+    <hyperlink ref="AE12" r:id="rId24" xr:uid="{A11C9863-3050-4D46-B1B9-3204D34FC05F}"/>
+    <hyperlink ref="AF12" r:id="rId25" xr:uid="{2BC5727D-685B-4560-8FEE-2626B69BD8E4}"/>
+    <hyperlink ref="AG12" r:id="rId26" xr:uid="{D35AC613-C3CE-4C03-BE56-42A52E2843CE}"/>
+    <hyperlink ref="AH12" r:id="rId27" display="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Virtual Technology Region 19 bid Pricing-Final.pdf" xr:uid="{5A3DC8CC-BFB7-49DD-8D14-F7751E601AD9}"/>
+    <hyperlink ref="D12" r:id="rId28" xr:uid="{98AD6DAD-3406-4A44-A59B-DC329B1A36E7}"/>
+    <hyperlink ref="E12" r:id="rId29" xr:uid="{A1079DF5-1E51-43E2-877A-17DC5E195FA4}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
-  <pageSetup orientation="landscape" r:id="rId31"/>
+  <pageSetup orientation="landscape" r:id="rId30"/>
   <headerFooter>
     <oddFooter>&amp;R24-7488 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>