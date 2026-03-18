--- v1 (2026-01-30)
+++ v2 (2026-03-18)
@@ -1,83 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2024\24-7488 Audio Visual, Fire, Safety, Security and Surveillance Products &amp; Services\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7E3FDDA9-F328-4684-9ACF-7CC22D6F3E09}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7BE39CD4-B990-4075-878B-71561333C7E2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$A</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="572" uniqueCount="317">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="572" uniqueCount="318">
   <si>
     <t/>
   </si>
   <si>
     <t>A/V Concepts &amp; Security, LLC</t>
   </si>
   <si>
     <t>Intraworks Inc.</t>
   </si>
   <si>
     <t>L &amp; L Special Systems LLC</t>
   </si>
   <si>
     <t>Plan B Networks, Inc</t>
   </si>
   <si>
     <t>Pyrocom System Inc. (PyroCom systems Inc.)</t>
   </si>
   <si>
     <t>Saucedo Lock Co. (DACAMA LLC)</t>
   </si>
   <si>
     <t>Sound &amp; Signal Systems of Texas</t>
   </si>
   <si>
@@ -1111,60 +1111,63 @@
   <si>
     <t>*updated 11/22/2024, 6/3/2025, 8/7/25</t>
   </si>
   <si>
     <t>*updated 12/17/24, 4/23/25, 8/14/25</t>
   </si>
   <si>
     <t>*updated 9/17/25</t>
   </si>
   <si>
     <t>*updated 10/15/25</t>
   </si>
   <si>
     <t>*updated 5/29/24, 2/17/25, 3/17/25, 5/30/25, 6/23/25, 9/3/25, 10/15/25, 10/22/25</t>
   </si>
   <si>
     <t>*updated 11/18/25</t>
   </si>
   <si>
     <t>*updated 8/6/25, 12/2/25</t>
   </si>
   <si>
     <t>*updated 12/4/25, 12/12/25</t>
   </si>
   <si>
-    <t>*updated 7/1/2024, 9/24/24, 6/11/25, 6/25/25, 11/6/25, 12/4/25, 1/5/26, 1/6/26</t>
-[...1 lines deleted...]
-  <si>
     <t>*updated 11/1/24, 2/6/25, 5/14/25, 5/21/25, 5/22/25, 6/5/25, 6/16/25, 6/24/25, 6/30/25, 8/5/25, 10/6/25, 12/1/25, 12/16/25, 1/14/26</t>
   </si>
   <si>
     <t>*updated 1/21/26</t>
   </si>
   <si>
-    <t>*updated 5/13/25, 1/29/26</t>
+    <t>*updated 5/13/25, 1/29/26, 2/20/26</t>
+  </si>
+  <si>
+    <t>*updated 7/1/2024, 9/24/24, 6/11/25, 6/25/25, 11/6/25, 12/4/25, 1/5/26, 1/6/26, 1/27/26, 2/3/26; 3/3/26</t>
+  </si>
+  <si>
+    <t>*updated 1/21/26, 3/6/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
     <numFmt numFmtId="165" formatCode="\$###,###,##0.00####"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -1660,111 +1663,111 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Car-Mac.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Garcom%20Combined%20Pricelists.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Plan%20B%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Cable%20Source%20MSRP.xlsx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/APIC.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Sound%20and%20Signal.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Black%20Fire%20Compiled%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/EP%20Trident%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/L%26L%20Special%20Systems.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Technology%20World%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/API%20Pricelists.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Intraworks%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Saucedo%20Security%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Advanced%20Sec%20Contractors%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/American%20Surveillance.xls" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/AVX%20pricing%20combined.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Electripro%20Pricelists%20Combined.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Team%201st%20R19%20RFP%20Pricing%20Guide%204-9-24.xlsx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/AVES%20SECURITY%20CATALOG%202024.xlsx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Henderson%20Fire%20Protection%20Combined%20Pricelists.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/System%20Integrations%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/AV%20Concepts%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Dantek%20Combined%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Resident%20Technology%20Combined%20pricing.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Assurance%20Fire%20Protection-Pricing%20Combined.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Century%20Fire.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/HB%20Pro%20Sound%20Combined.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Southwest%20Sonitrol%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Virtual%20Technology%20Region%2019%20bid%20Pricing-Final.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:AI21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="3" ySplit="2" topLeftCell="D3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="D3" sqref="D3"/>
+      <selection pane="bottomRight" activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8" style="3" customWidth="1"/>
     <col min="2" max="2" width="36" style="3" customWidth="1"/>
     <col min="3" max="3" width="6" style="3" customWidth="1"/>
     <col min="4" max="34" width="30.7109375" style="3" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:35" s="22" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="D1" s="22" t="s">
         <v>301</v>
       </c>
       <c r="E1" s="19" t="s">
         <v>309</v>
       </c>
       <c r="F1" s="19"/>
       <c r="G1" s="19"/>
       <c r="H1" s="19" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="I1" s="22" t="s">
         <v>305</v>
       </c>
       <c r="J1" s="19" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="K1" s="19"/>
       <c r="L1" s="19" t="s">
         <v>311</v>
       </c>
       <c r="M1" s="22" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="N1" s="19"/>
       <c r="O1" s="22" t="s">
         <v>308</v>
       </c>
       <c r="P1" s="19" t="s">
         <v>306</v>
       </c>
       <c r="Q1" s="19"/>
       <c r="R1" s="22" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="S1" s="19" t="s">
         <v>307</v>
       </c>
       <c r="T1" s="19"/>
       <c r="U1" s="22" t="s">
         <v>312</v>
       </c>
       <c r="W1" s="19"/>
       <c r="X1" s="22" t="s">
         <v>302</v>
       </c>
       <c r="Y1" s="22" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AB1" s="22" t="s">
         <v>297</v>
       </c>
       <c r="AC1" s="22" t="s">
         <v>268</v>
       </c>
       <c r="AD1" s="22" t="s">
         <v>295</v>
       </c>
       <c r="AE1" s="22" t="s">
         <v>271</v>
       </c>
       <c r="AF1" s="19"/>
       <c r="AH1" s="19" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="2" spans="1:35" s="17" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="C2" s="1" t="s">
         <v>233</v>
       </c>
       <c r="D2" s="18" t="s">
         <v>1</v>
       </c>