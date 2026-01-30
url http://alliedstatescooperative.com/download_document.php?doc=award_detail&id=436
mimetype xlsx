--- v0 (2025-10-19)
+++ v1 (2026-01-30)
@@ -1,98 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2024\24-7486 Maintenance, Repair, and Operation (MRO) (Supplemental)\Award Summary and Award Detail\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\Bids\2024\24-7486 Maintenance, Repair, and Operation (MRO) (Supplemental)\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5F0B37A0-E413-4DD5-811F-4D0F363236CA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{97726838-1C4B-407A-BAE2-5514A1B6612F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$B:$B</definedName>
   </definedNames>
   <calcPr calcId="0"/>
+  <fileRecoveryPr repairLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="639" uniqueCount="393">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="587" uniqueCount="367">
   <si>
     <t/>
   </si>
   <si>
     <t>El Paso</t>
   </si>
   <si>
     <t>HVAC Control Systems Inc</t>
   </si>
   <si>
     <t>INDUSTRIAL WATER ENGINEERING</t>
   </si>
   <si>
     <t>Legacy Construction (Emiliano &amp; Associates LLC)</t>
   </si>
   <si>
     <t>Longhorn Distributing (Loren Hodges &amp; Sons, Inc)</t>
   </si>
   <si>
     <t>Massey Johnson Associates, Inc. (R.W. Johnson Associates, Inc. dba Massey Johnson Associates)</t>
   </si>
   <si>
     <t>Motive Energy of Texas LLC</t>
   </si>
   <si>
-    <t>NGS Films and Graphics (National Glazing Solutions, LLC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Plumbers Drain Cleaning, Inc</t>
   </si>
   <si>
     <t>REXEL USA, INC</t>
   </si>
   <si>
     <t>RHINO (Rhino Industrial Supply)</t>
   </si>
   <si>
     <t>Southwest G.C.E.P., Inc</t>
   </si>
   <si>
     <t>Superior Sign &amp; Lighting (PDN SSL LLC)</t>
   </si>
   <si>
     <t>SW Roofing &amp; Construction LLC</t>
   </si>
   <si>
     <t>Vizcarra Plumbing, LLC</t>
   </si>
   <si>
     <t>Hennesy Mechanical Sales</t>
   </si>
   <si>
     <t>AB Powers</t>
@@ -166,104 +164,89 @@
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Percent Discount Off Walk-In Location</t>
   </si>
   <si>
     <t>Tony Chavez</t>
   </si>
   <si>
     <t>Daniel Gray</t>
   </si>
   <si>
     <t>J.R. Carrasco</t>
   </si>
   <si>
     <t>Matthew Emiliano</t>
   </si>
   <si>
     <t>Loren Hodges</t>
   </si>
   <si>
     <t>Julio Carranza</t>
   </si>
   <si>
-    <t>Jamie Hamilton</t>
-[...1 lines deleted...]
-  <si>
     <t>Jesus Reyes</t>
   </si>
   <si>
     <t>Pablo Davila</t>
   </si>
   <si>
     <t>Raymundo Aguilar Jr.</t>
   </si>
   <si>
     <t>Elias Ramos jr.</t>
   </si>
   <si>
     <t>Alex Del Moral</t>
   </si>
   <si>
     <t>Ramon Villalobos</t>
   </si>
   <si>
     <t>Marco Chavira</t>
   </si>
   <si>
-    <t>Raul Olivas</t>
-[...4 lines deleted...]
-  <si>
     <t>Carlos Vizcarra</t>
   </si>
   <si>
     <t>Scott Smith</t>
   </si>
   <si>
     <t>Ramon Flanigan</t>
   </si>
   <si>
-    <t>Rafael Sifuentes</t>
-[...1 lines deleted...]
-  <si>
     <t>Richard Haas</t>
   </si>
   <si>
     <t>Alberto Loera</t>
   </si>
   <si>
     <t>George Loya</t>
   </si>
   <si>
-    <t>Joseph Villarreal</t>
-[...1 lines deleted...]
-  <si>
     <t>Tanner Anderson</t>
   </si>
   <si>
     <t>THOMAS BUCK or MICHAEL HINOJOS</t>
   </si>
   <si>
     <t>Charlie Norton</t>
   </si>
   <si>
     <t>MIA L ALONZO</t>
   </si>
   <si>
     <t>Jim Burrell</t>
   </si>
   <si>
     <t>Greg Vogel</t>
   </si>
   <si>
     <t>Ashley Chavez</t>
   </si>
   <si>
     <t>Maribel Sapien</t>
   </si>
   <si>
     <t>Rebeca Rosales</t>
@@ -280,71 +263,65 @@
   <si>
     <t>Jesus Guerrero</t>
   </si>
   <si>
     <t>Mario Magallanes</t>
   </si>
   <si>
     <t>P.O Box 961716, El Paso, Texas 79996</t>
   </si>
   <si>
     <t>8701 Alameda Park Drive NE Albuquerque, NM 87113 / 151 S Walnut Street, Suite. C7 Las Cruces, NM 88001</t>
   </si>
   <si>
     <t>7365 Remcon Circle, A-106  -  El Paso, TX  79912</t>
   </si>
   <si>
     <t>6906 Commerce Ave. El Paso, TX  79915</t>
   </si>
   <si>
     <t>5516 E. Paisano Dr. El Paso TX 79905</t>
   </si>
   <si>
     <t>1520 Goodyear Dr. Suite F, El Paso, TX 79936</t>
   </si>
   <si>
-    <t>140 Mountain Brook Drive, Canton, GA 30115</t>
-[...1 lines deleted...]
-  <si>
     <t>13441 Ayla rd El Paso Texas 79938</t>
   </si>
   <si>
     <t>7170 Industrial Ave, El Paso, Texas 79915</t>
   </si>
   <si>
     <t>7145 Industrial Ave., El Paso, Texas 79915</t>
   </si>
   <si>
     <t>221 Sargent Ln. El Paso, Texas, 79907</t>
   </si>
   <si>
     <t>11445 Cedar Oak El Paso, TX 79936</t>
   </si>
   <si>
-    <t>5860 alameda ave, El Paso, TX 79905</t>
-[...1 lines deleted...]
-  <si>
     <t>349 Vinton Rd   Anthony Tx 79821</t>
   </si>
   <si>
     <t>706 Lanner St, Horizon City, Texas, 79928</t>
   </si>
   <si>
     <t>201 So. 26th Street, Phoenix, AZ 85034</t>
   </si>
   <si>
     <t>500 S. Barrett, Unit 101. Denison, TX 75020</t>
   </si>
   <si>
     <t>8201 Lockheed Dr. Suite 131 El Paso Texas 79925</t>
   </si>
   <si>
     <t>2711 Irving Blvd Dallas TX 75207</t>
   </si>
   <si>
     <t>226 E. Sunset Rd.: El Paso, Texas 79928</t>
   </si>
   <si>
     <t>38216 N 27th Ave, Phoenix, AZ 85086</t>
   </si>
   <si>
     <t>8037 Floyd Way, El Paso, Tx 79915</t>
@@ -391,107 +368,92 @@
   <si>
     <t>11 Harbor Park Drive, Port Washington, NY 11050</t>
   </si>
   <si>
     <t>6831 Commerce Ave. El Paso, TX  79915</t>
   </si>
   <si>
     <t>chavez549@hotmail.com</t>
   </si>
   <si>
     <t>dgray@hvaccsi.com</t>
   </si>
   <si>
     <t>jrcarrasco@industrialwater.net</t>
   </si>
   <si>
     <t>matt.emiliano@gmail.com</t>
   </si>
   <si>
     <t>claudia@longhorn-elpaso.com</t>
   </si>
   <si>
     <t>julio@masseyjohnson.com</t>
   </si>
   <si>
-    <t>rfp@filmsandgraphics.com</t>
-[...1 lines deleted...]
-  <si>
     <t>plumbers915@att.net</t>
   </si>
   <si>
     <t>pablo.davila@rexelusa.com</t>
   </si>
   <si>
     <t>contact@rhinogna.com</t>
   </si>
   <si>
     <t>southwestgc.inc@gmail.com</t>
   </si>
   <si>
     <t>alex@superiorsignandlighting.com</t>
   </si>
   <si>
     <t>Swroofing915@gmail.com</t>
   </si>
   <si>
     <t>synergytemperaturecontrol@gmail.com</t>
   </si>
   <si>
-    <t>texasmw@sbcglobal.net</t>
-[...1 lines deleted...]
-  <si>
     <t>thunderelp@yahoo.com</t>
   </si>
   <si>
-    <t>Sales@tuskerindustrialsupply.com</t>
-[...1 lines deleted...]
-  <si>
     <t>vizcarraplumbingllc@gmail.com</t>
   </si>
   <si>
     <t>scott@hennesymech.com</t>
   </si>
   <si>
     <t>ramon@handsafety.us</t>
   </si>
   <si>
-    <t>rafaelsifuentes2016@gmail.com</t>
-[...1 lines deleted...]
-  <si>
     <t>rich@heavydutyhq.com</t>
   </si>
   <si>
     <t>aloera@allfinishespaint.com</t>
   </si>
   <si>
     <t>george.loya@allianceelectricep.com</t>
   </si>
   <si>
-    <t>josephv@alphasw.com</t>
-[...1 lines deleted...]
-  <si>
     <t>Tanneranderson31@gmail.com</t>
   </si>
   <si>
     <t>mhinojos@apcoinc.net</t>
   </si>
   <si>
     <t>charlie.norton@batteriesplus.com</t>
   </si>
   <si>
     <t>mia@bigmediasigns.com</t>
   </si>
   <si>
     <t>jburrell@cpepumps.com</t>
   </si>
   <si>
     <t>greg.vogel@chemaqua.com</t>
   </si>
   <si>
     <t>order@ccptx.com</t>
   </si>
   <si>
     <t>msapien@epdsi.com</t>
   </si>
   <si>
     <t>mmcbeth@elpasoautomated.com</t>
@@ -511,107 +473,92 @@
   <si>
     <t>mario@zarcoelectronic.com</t>
   </si>
   <si>
     <t>(915) 328-5522</t>
   </si>
   <si>
     <t>(915) 760-7126</t>
   </si>
   <si>
     <t>(505) 345-5055</t>
   </si>
   <si>
     <t>(915) 833-1452</t>
   </si>
   <si>
     <t>(915) 860-2700</t>
   </si>
   <si>
     <t>(915) 772-9092</t>
   </si>
   <si>
     <t>(915) 774-0040</t>
   </si>
   <si>
-    <t>(866) 925-2083</t>
-[...1 lines deleted...]
-  <si>
     <t>(915) 799-1843</t>
   </si>
   <si>
     <t>(915) 525-6238</t>
   </si>
   <si>
     <t>(915) 929-8252</t>
   </si>
   <si>
     <t>(915) 449-2577</t>
   </si>
   <si>
     <t>(915) 629-9100</t>
   </si>
   <si>
     <t>(915) 540-3724</t>
   </si>
   <si>
     <t>(915) 600-5316</t>
   </si>
   <si>
-    <t>(915) 775-0237</t>
-[...1 lines deleted...]
-  <si>
     <t>(915) 731-5012</t>
   </si>
   <si>
-    <t>(915) 328-8336</t>
-[...1 lines deleted...]
-  <si>
     <t>(915) 215-1727</t>
   </si>
   <si>
     <t>(602) 510-7799</t>
   </si>
   <si>
     <t>(940) 337-1481</t>
   </si>
   <si>
-    <t>(915) 667-3186</t>
-[...1 lines deleted...]
-  <si>
     <t>(214) 688-0280</t>
   </si>
   <si>
     <t>(602) 599-1051</t>
   </si>
   <si>
     <t>(915) 867-0143</t>
   </si>
   <si>
-    <t>(915) 408-3109</t>
-[...1 lines deleted...]
-  <si>
     <t>(469) 474-1172</t>
   </si>
   <si>
     <t>(915) 584-9424</t>
   </si>
   <si>
     <t>(915) 881-0744</t>
   </si>
   <si>
     <t>(915) 549-5565</t>
   </si>
   <si>
     <t>(915) 306-0850</t>
   </si>
   <si>
     <t>(575) 635-8835</t>
   </si>
   <si>
     <t>(915) 886-4985 x4</t>
   </si>
   <si>
     <t>(915) 449-7183</t>
   </si>
   <si>
     <t>(915) 590-1992</t>
@@ -631,71 +578,65 @@
   <si>
     <t>(915) 778-3593</t>
   </si>
   <si>
     <t>HTTP://www.hvaccsi.com</t>
   </si>
   <si>
     <t>https://industrialwater.net/</t>
   </si>
   <si>
     <t>HTTP://kdscholten.com</t>
   </si>
   <si>
     <t>HTTP://www.legacy-ep.com</t>
   </si>
   <si>
     <t>HTTP://longhorndistributing.com</t>
   </si>
   <si>
     <t>HTTP://Masseyjohnson.com</t>
   </si>
   <si>
     <t>HTTP://www.motive-energy.com</t>
   </si>
   <si>
-    <t>HTTP://filmsandgraphics.com</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.plumbers915.com/</t>
   </si>
   <si>
     <t>HTTP://rexelusa.com</t>
   </si>
   <si>
     <t>HTTP://www.rhinogroupnorthamerica.com</t>
   </si>
   <si>
     <t>HTTP://www.superiorsignandlighting.com</t>
   </si>
   <si>
     <t>https://www.synergytemp.com/</t>
   </si>
   <si>
-    <t>HTTP://www.tuskerindustrialsupply.com</t>
-[...1 lines deleted...]
-  <si>
     <t>HTTP://www.hennesymech.com</t>
   </si>
   <si>
     <t>HTTP://www.handsafety.us</t>
   </si>
   <si>
     <t>https://abpowers.com/</t>
   </si>
   <si>
     <t>HTTP://www.heavydutyhq.com</t>
   </si>
   <si>
     <t>HTTP://www.acsir.com</t>
   </si>
   <si>
     <t>HTTP://www.allfinishespaint.com</t>
   </si>
   <si>
     <t>https://allianceelectricep.com/</t>
   </si>
   <si>
     <t>HTTP://www.alphasw.com</t>
   </si>
   <si>
     <t>HTTP://www.andersoncustomfences.com</t>
@@ -769,116 +710,104 @@
   <si>
     <t>Yes Freight on machines &amp; parts not in stock</t>
   </si>
   <si>
     <t>Yes Julio Carranza</t>
   </si>
   <si>
     <t>yes, when shipping services are not standard, Leo Rodriguez</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
     <t>Yes as needed for expediting.</t>
   </si>
   <si>
     <t>Yes.  We share additional fees for expediting shipments to ensure timely delivery and prioritize customer satisfaction. By expediting shipments, we incur extra costs for faster processing, handling, and transportation, which necessitates sharing these fees with customers who request expedited services. This approach helps maintain fairness and transparency while meeting urgent delivery requirements. Designated person to contact for expedites would Ashely Alvidrez.</t>
   </si>
   <si>
     <t>Yes, Elias Ramos Jr.</t>
   </si>
   <si>
     <t>Yes if shipped out of El Paso</t>
   </si>
   <si>
-    <t>yes, all expediting / contact person - Raul Olivas 915 240-4334- owner</t>
-[...4 lines deleted...]
-  <si>
     <t>Yes, will pass expedited shipping fee to customer.</t>
   </si>
   <si>
     <t>Yes - Expediated orders for Bulk fluids and special orders will pay extra freight cost.   POC is Richard Haas</t>
   </si>
   <si>
     <t>YES, any expedited fees begin at $125.00 by the manufacturer. Contact: ARMANDO BASABILVAZO; armando_basabilvazo@acsir.com; 915-588-5621</t>
   </si>
   <si>
     <t>Yes, 9158670143</t>
   </si>
   <si>
     <t>YES - But this depends on hard completion date or in hands date. We only charge for expediting if it's absolutely necessary</t>
   </si>
   <si>
     <t>Yes, only if customer is requesting a shipment outside of Scope of work would this require additional fees, but not normally.</t>
   </si>
   <si>
     <t>Yes, Jaime Sapien will verify what the expedited freight charges would be prior to shipment orders</t>
   </si>
   <si>
     <t>yes there are extra charges for expedited shipping.  Please contact Nestor Saucedo - Nestors@elpasoautomated.com, (915) 590-1992</t>
   </si>
   <si>
     <t>YES, ANYTHING OVER $10,000 FREE SHIPPING. UNDER THIS AMOUNT, BUYER IS RESPONSIBLE FOR SHIPPING CHARGES.</t>
   </si>
   <si>
     <t>Yes- depends on what is being shipped.</t>
   </si>
   <si>
     <t>Yes. We will charge freight if the material requested is out of stock at our facility and our customer requires a faster delivery date or if the material is required to be shipped out of town.</t>
   </si>
   <si>
     <t>El Paso, Texas and Surrounding area</t>
   </si>
   <si>
     <t>Texas and New Mexico</t>
   </si>
   <si>
     <t>Texas, New Mexico, Colorado</t>
   </si>
   <si>
     <t>Texas, New Mexico</t>
   </si>
   <si>
-    <t>The United States Of America</t>
-[...1 lines deleted...]
-  <si>
     <t>Global</t>
   </si>
   <si>
     <t>Texas, New Mexico and Arizona</t>
   </si>
   <si>
     <t>El Paso, Brewster, Presidio, Jeff Davis, Culberson, and Hudspeth County's in Texas.</t>
   </si>
   <si>
-    <t>El paso area and surroundings</t>
-[...1 lines deleted...]
-  <si>
     <t>All of Texas and New Mexico including all counties</t>
   </si>
   <si>
     <t>Texas and adjacent states</t>
   </si>
   <si>
     <t>Arizona, Nevada, Texas, Oklahoma, New Mexico</t>
   </si>
   <si>
     <t>All of Texas</t>
   </si>
   <si>
     <t>EL PASO COUNTY, SOUTHERN NEW MEXICO</t>
   </si>
   <si>
     <t>West Texas and Southern NM El Paso, Hudspeth, Culberson, Dona Ana, Otero, Jeff Davis, Presidio, Brewster</t>
   </si>
   <si>
     <t>We will fabricate &amp; ship across the US. Installation services outside the greater El Paso area are determined on a per project basis, but we'll always fully service areas across the country whenever possible.</t>
   </si>
   <si>
     <t>Arizona, Nevada, Utah, New Mexico and Texas.</t>
   </si>
   <si>
     <t>All 50 States, and also other countries outside of the United States.</t>
@@ -904,102 +833,90 @@
   <si>
     <t>Texas, New Mexico.</t>
   </si>
   <si>
     <t>Texas, New Mexico, Mexico and other states in the US through online orders and sales.</t>
   </si>
   <si>
     <t>Store Front Address</t>
   </si>
   <si>
     <t>7365 Remcon Circle, A-106  - EL Paso, TX   79912</t>
   </si>
   <si>
     <t>6923 Industrial Blvd</t>
   </si>
   <si>
     <t>7170 Industrial Ave, El Paso TX 79915</t>
   </si>
   <si>
     <t>7145 INDUSTRIAL AVE., EL PASO, TX 79915</t>
   </si>
   <si>
     <t>810 North Luna, El Paso, Texas, 79903</t>
   </si>
   <si>
-    <t>5860  Alameda ave, El Paso, TX 70005</t>
-[...4 lines deleted...]
-  <si>
     <t>201 So. 26th Street, Phoenix AZ 85034</t>
   </si>
   <si>
     <t>226 E. Sunset Road; El Paso, Texas 79922</t>
   </si>
   <si>
     <t>APCO Building Specialties, 4737 Osborne, El Paso Texas, 79922</t>
   </si>
   <si>
     <t>5710 DONIPHAN DRIVE, EL PASO, TEXAS, 79932</t>
   </si>
   <si>
     <t>1247 Tower Trail El Paso TX 79907</t>
   </si>
   <si>
     <t>Store Hours</t>
   </si>
   <si>
     <t>7:00 AM to 5:00 PM</t>
   </si>
   <si>
     <t>Mon-Fri   8am-5pm</t>
   </si>
   <si>
     <t>Monday through Friday 8am to 5pm</t>
   </si>
   <si>
     <t>7am to 4pm</t>
   </si>
   <si>
     <t>8am- 5pm</t>
   </si>
   <si>
     <t>7AM - 4PM</t>
   </si>
   <si>
     <t>7am - 4Pm</t>
   </si>
   <si>
     <t>8:00 AM- 5:00 PM</t>
-  </si>
-[...4 lines deleted...]
-    <t>8:00am-3:00pm</t>
   </si>
   <si>
     <t>8:00 AM - 4:30 PM</t>
   </si>
   <si>
     <t>7am to 5pm</t>
   </si>
   <si>
     <t>Monday- Friday 8:00 am - 5:00 pm</t>
   </si>
   <si>
     <t>8am-5pm</t>
   </si>
   <si>
     <t>7 AM- 5 PM</t>
   </si>
   <si>
     <t>Monday - Thursday 7:00am - 4:00pm, Friday 8:00am - 12:00pm</t>
   </si>
   <si>
     <t>m-f 8 to 7 sat. 9 to 7 sunday 10 to 5</t>
   </si>
   <si>
     <t>8:00-5:00 MONDAY-FRIDAY</t>
   </si>
@@ -1080,94 +997,76 @@
   <si>
     <t>504 S.Ochoa, El Paso, TX 79901</t>
   </si>
   <si>
     <t>A&amp;S Renovations (Corina Chavez)</t>
   </si>
   <si>
     <t>Advanced Starter Service (HaasTech) (Heavy Duty HQ)</t>
   </si>
   <si>
     <t>Alliance Electrical Contractors (Jorge Loya)</t>
   </si>
   <si>
     <t>Alpha Southwest an Impel Company (Pumptech Holdings LLC)</t>
   </si>
   <si>
     <t>Please contact Purchasing for pricing.</t>
   </si>
   <si>
     <t>Batteriesplusbulbs 442 (Gorman Batteries LLC DBA Batteriesplusbulbs 442) (Batteris Plus)</t>
   </si>
   <si>
     <t>Big Media (EP Big Media, Inc)</t>
   </si>
   <si>
-    <t>Great America Heating and Cooling (Rafael Sifuentes)</t>
-[...4 lines deleted...]
-  <si>
     <t>12301 Rojas Drive Suite B3, El Paso, TX 79928</t>
   </si>
   <si>
     <t>Hand Safety, LLC (Ramon Flanigan)</t>
   </si>
   <si>
     <t>7362 Remcon Circle, El Paso, TX 79912</t>
   </si>
   <si>
     <t>K. D. Scholten Co (Ken Scholten)</t>
   </si>
   <si>
     <t>6923 Industrial, El Paso, TX 79915</t>
   </si>
   <si>
     <t>Synergy Temperature Control LLC (Coldstone Refrigeration)</t>
   </si>
   <si>
-    <t>Texas Machine Works (Texas Machine W)</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Christian Aguayo  </t>
-  </si>
-[...4 lines deleted...]
-    <t>1302 Gail Borden, El Paso, TX 79935</t>
   </si>
   <si>
     <t>Price Link
 *Please note: Regardless of what is offered in the vendor's price link, this RFP can only be used for MRO supplies/services as listed in the Special Conditions. It cannot be used for any other purchases.</t>
   </si>
   <si>
     <t>*updated 4/15/24, 4/29/24, 7/22/24</t>
-  </si>
-[...1 lines deleted...]
-    <t>*updated 9/24/24</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Thunder Lightning Protection (Christian Aguayo) </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Thunder Lightning Protection LLC </t>
     </r>
   </si>
   <si>
     <t>*updated 12/9/24</t>
   </si>
   <si>
     <t>*updated 12/17/24</t>
@@ -1268,86 +1167,50 @@
       <t>(865) 210-6987</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve">
 (830) 465-3594</t>
     </r>
   </si>
   <si>
     <t>*updated 1/6/2025</t>
   </si>
   <si>
     <t>*updated 1/7/25</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t>Ray Mojica</t>
-[...34 lines deleted...]
-      </rPr>
       <t>(915) 996-0575</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve"> 915-845-9811</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Lrodriguez@motive-energytexas.com</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
@@ -1370,63 +1233,192 @@
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> George Salas</t>
     </r>
   </si>
   <si>
     <t>*updated 1/14/2025</t>
   </si>
   <si>
     <t>Benjamin Aguilera and Natalie Munoz</t>
   </si>
   <si>
     <t>(915) 422-9389
 (915) 626-5672 ext. 101</t>
   </si>
   <si>
     <t>Ben@abpowers.com
 natalie@abpowers.com</t>
   </si>
   <si>
     <t>*updated 9/10/24, 3/19/25</t>
   </si>
   <si>
-    <t>*updated 8/13/24, 8/20/24, 9/16/24, 9/19/24, 3/6/25, 6/9/25</t>
-[...1 lines deleted...]
-  <si>
     <t>*updated 8/11/25</t>
   </si>
   <si>
-    <t>*updated 9/11/25, 10/2/25</t>
-[...1 lines deleted...]
-  <si>
     <t>*updated 10/6/25</t>
   </si>
   <si>
-    <t>*updated 5/16/25, 9/11/25, 9/15/25, 10/14/25</t>
+    <t>*updated 8/13/24, 8/20/24, 9/16/24, 9/19/24, 3/6/25, 6/9/25, 10/30/25</t>
+  </si>
+  <si>
+    <t>*updated 5/16/25, 9/11/25, 9/15/25, 10/14/25, 11/5/25</t>
+  </si>
+  <si>
+    <t>*updated 9/24/24, 1/5/26</t>
+  </si>
+  <si>
+    <t>Price Link
+or
+ rexelusa.com</t>
+  </si>
+  <si>
+    <t>*updated 1/5/26</t>
+  </si>
+  <si>
+    <t>*updated 1/12/26</t>
+  </si>
+  <si>
+    <t>*updated 1/7/25, 1/15/2026</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Ray Mojica</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve"> Mike Esparza</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+and Pamela Sherbon</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>raymojica@kdscholten.com</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve"> mike@kdscholten.com</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+pam@kdscholten.com</t>
+    </r>
+  </si>
+  <si>
+    <t>*updated 9/11/25, 10/2/25, 1/21/26</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Joseph Villarreal</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve">
+Rogelio Hernandez</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>josephv@alphasw.com</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve">
+roger@alphasw.com</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>(915) 408-3109</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+(915) 539-8074</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -1500,51 +1492,51 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="31">
+  <cellXfs count="32">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
@@ -1591,50 +1583,53 @@
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="3" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="3" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{A5CA560E-529F-4EC0-BE12-1236A18F91DB}"/>
     <cellStyle name="Normal 3" xfId="1" xr:uid="{36B0B1D7-7C7B-47C1-B112-1A09E605C046}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
@@ -1932,1671 +1927,1539 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Door%20Sa-lutions.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Global%20Industrial.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Longhorn%20Distributing.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Vizcarra%20Plumbing.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Hand%20Safety.xlsx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/SW%20Roofing%20and%20Construction.xlsx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Anderson%20Fencing.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/AB%20Powers.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Flip%20Lok%20LLC.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Guerrero%20Nuts%20%26%20Bolts.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Plumbers%20Drain%20Cleaning.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Alliance%20Electrical%20Contractors.doc" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/A%26S%20Renovations.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Alpha%20Southwest%20an%20Impel%20Company.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Chem-Aqua.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Industrial%20Water%20Engineering.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Southwest%20G.C.E.P..docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Thunder%20Lightning%20Protection.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Zarco%20Electronic.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/All%20Finishes%20LLC.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Filterbuy%20Incorporated.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/HVAC%20Control%20Systems.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/NGS%20Films%20and%20Graphics.JPG" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Texas%20Machine%20Works.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Capital%20Pump%20%26%20Equipment.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Great%20America%20Heating%20and%20Cooling.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Rhino.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Air%20Compressor%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Big%20Media.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/El%20Paso%20Automated.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Hennesy%20Mechanical%20Sales.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Motive%20Energy%20of%20Texas%20LLC.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Rexel%20USA.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Synergy%20Temperature%20Control.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Batteriesplusbulbs.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Advanced%20Starter%20Service.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Custom%20Forest%20Products.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Glass%20Doctor.xlsx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Legacy%20Construction.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Superior%20Sign%20%26%20Lighting.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Tusker%20Industrial%20Supply.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Door%20Sa-lutions.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Global%20Industrial.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Motive%20Energy%20of%20Texas%20LLC.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Hennesy%20Mechanical%20Sales.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Vizcarra%20Plumbing.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Anderson%20Fencing.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Custom%20Forest%20Products.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Glass%20Doctor.xlsx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Longhorn%20Distributing.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Thunder%20Lightning%20Protection.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/AB%20Powers.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Flip%20Lok%20LLC.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Hand%20Safety.xlsx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Southwest%20G.C.E.P..docx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/A%26S%20Renovations.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Alpha%20Southwest%20an%20Impel%20Company.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Chem-Aqua.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Legacy%20Construction.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Synergy%20Temperature%20Control.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/var/www/html/www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Rexel%20USA.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/All%20Finishes%20LLC.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Filterbuy%20Incorporated.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Industrial%20Water%20Engineering.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Rhino.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Alliance%20Electrical%20Contractors.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Capital%20Pump%20%26%20Equipment.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Guerrero%20Nuts%20%26%20Bolts.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/SW%20Roofing%20and%20Construction.xlsx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Air%20Compressor%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Big%20Media.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/El%20Paso%20Automated.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/HVAC%20Control%20Systems.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Plumbers%20Drain%20Cleaning.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Superior%20Sign%20%26%20Lighting.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Zarco%20Electronic.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Batteriesplusbulbs.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Advanced%20Starter%20Service.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="B1:AW17"/>
+  <dimension ref="B1:AS17"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
     <col min="3" max="3" width="36" style="1" customWidth="1"/>
     <col min="4" max="4" width="6" style="12" customWidth="1"/>
-    <col min="5" max="48" width="30.7109375" style="1" customWidth="1"/>
-    <col min="49" max="16384" width="9.140625" style="1"/>
+    <col min="5" max="44" width="30.7109375" style="1" customWidth="1"/>
+    <col min="45" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:49" ht="30" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:45" ht="45" x14ac:dyDescent="0.25">
       <c r="D1" s="1"/>
       <c r="E1" s="4"/>
       <c r="F1" s="23" t="s">
-        <v>383</v>
+        <v>347</v>
       </c>
       <c r="G1" s="24"/>
       <c r="H1" s="4" t="s">
-        <v>369</v>
+        <v>335</v>
       </c>
       <c r="I1" s="4"/>
       <c r="J1" s="23"/>
       <c r="K1" s="25" t="s">
-        <v>390</v>
+        <v>363</v>
       </c>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="23"/>
       <c r="O1" s="30" t="s">
-        <v>388</v>
-[...1 lines deleted...]
-      <c r="P1" s="24"/>
+        <v>354</v>
+      </c>
+      <c r="P1" s="25" t="s">
+        <v>359</v>
+      </c>
       <c r="Q1" s="24"/>
       <c r="R1" s="4"/>
       <c r="S1" s="25"/>
       <c r="T1" s="4" t="s">
-        <v>387</v>
+        <v>351</v>
       </c>
       <c r="U1" s="4" t="s">
-        <v>376</v>
+        <v>342</v>
       </c>
       <c r="V1" s="4"/>
       <c r="W1" s="4"/>
       <c r="X1" s="25"/>
-      <c r="Y1" s="25"/>
-[...26 lines deleted...]
-      <c r="AP1" s="24"/>
+      <c r="Y1" s="4"/>
+      <c r="Z1" s="25"/>
+      <c r="AA1" s="4"/>
+      <c r="AB1" s="26" t="s">
+        <v>332</v>
+      </c>
+      <c r="AC1" s="4"/>
+      <c r="AD1" s="4" t="s">
+        <v>360</v>
+      </c>
+      <c r="AE1" s="23"/>
+      <c r="AF1" s="24"/>
+      <c r="AG1" s="4"/>
+      <c r="AH1" s="26" t="s">
+        <v>343</v>
+      </c>
+      <c r="AI1" s="4" t="s">
+        <v>353</v>
+      </c>
+      <c r="AJ1" s="25" t="s">
+        <v>358</v>
+      </c>
+      <c r="AK1" s="25" t="s">
+        <v>356</v>
+      </c>
+      <c r="AL1" s="4"/>
+      <c r="AM1" s="4"/>
+      <c r="AN1" s="24"/>
+      <c r="AO1" s="4" t="s">
+        <v>355</v>
+      </c>
+      <c r="AP1" s="26" t="s">
+        <v>334</v>
+      </c>
       <c r="AQ1" s="4" t="s">
-        <v>392</v>
+        <v>352</v>
       </c>
       <c r="AR1" s="23"/>
-      <c r="AS1" s="26" t="s">
-[...6 lines deleted...]
-      <c r="AV1" s="23"/>
     </row>
-    <row r="2" spans="2:49" s="13" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:45" s="13" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="D2" s="7" t="s">
-        <v>326</v>
+        <v>298</v>
       </c>
       <c r="E2" s="14" t="s">
-        <v>345</v>
+        <v>317</v>
       </c>
       <c r="F2" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="G2" s="14" t="s">
+        <v>318</v>
+      </c>
+      <c r="H2" s="14" t="s">
         <v>17</v>
       </c>
-      <c r="G2" s="14" t="s">
-[...2 lines deleted...]
-      <c r="H2" s="14" t="s">
+      <c r="I2" s="14" t="s">
         <v>18</v>
       </c>
-      <c r="I2" s="14" t="s">
+      <c r="J2" s="14" t="s">
+        <v>319</v>
+      </c>
+      <c r="K2" s="14" t="s">
+        <v>320</v>
+      </c>
+      <c r="L2" s="14" t="s">
         <v>19</v>
       </c>
-      <c r="J2" s="14" t="s">
-[...2 lines deleted...]
-      <c r="K2" s="14" t="s">
+      <c r="M2" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="N2" s="14" t="s">
+        <v>322</v>
+      </c>
+      <c r="O2" s="14" t="s">
+        <v>323</v>
+      </c>
+      <c r="P2" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="Q2" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="R2" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="S2" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="T2" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="U2" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="V2" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="W2" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="X2" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y2" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="Z2" s="26" t="s">
+        <v>325</v>
+      </c>
+      <c r="AA2" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AB2" s="14" t="s">
+        <v>2</v>
+      </c>
+      <c r="AC2" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="AD2" s="26" t="s">
+        <v>327</v>
+      </c>
+      <c r="AE2" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF2" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="AG2" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AH2" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="AI2" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="AJ2" s="14" t="s">
+        <v>9</v>
+      </c>
+      <c r="AK2" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="AL2" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="AM2" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="AN2" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AO2" s="26" t="s">
+        <v>329</v>
+      </c>
+      <c r="AP2" s="26" t="s">
+        <v>333</v>
+      </c>
+      <c r="AQ2" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AR2" s="14" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="3" spans="2:45" s="13" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="D3" s="7" t="s">
+        <v>299</v>
+      </c>
+      <c r="E3" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="F3" s="6" t="s">
         <v>348</v>
       </c>
-      <c r="L2" s="14" t="s">
-[...115 lines deleted...]
-      <c r="E3" s="6" t="s">
+      <c r="G3" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H3" s="27" t="s">
+        <v>336</v>
+      </c>
+      <c r="I3" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="J3" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K3" s="27" t="s">
+        <v>364</v>
+      </c>
+      <c r="L3" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M3" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N3" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="O3" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P3" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q3" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="R3" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="S3" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="T3" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="U3" s="27" t="s">
+        <v>339</v>
+      </c>
+      <c r="V3" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="W3" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="X3" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="Y3" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="Z3" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="AA3" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="AB3" s="6" t="s">
         <v>42</v>
-      </c>
-[...67 lines deleted...]
-        <v>59</v>
       </c>
       <c r="AC3" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="AD3" s="6" t="s">
+      <c r="AD3" s="27" t="s">
+        <v>361</v>
+      </c>
+      <c r="AE3" s="6" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>378</v>
       </c>
       <c r="AF3" s="6" t="s">
         <v>45</v>
       </c>
       <c r="AG3" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="AH3" s="6" t="s">
+      <c r="AH3" s="27" t="s">
+        <v>346</v>
+      </c>
+      <c r="AI3" s="6" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
       <c r="AJ3" s="6" t="s">
         <v>48</v>
       </c>
       <c r="AK3" s="6" t="s">
         <v>49</v>
       </c>
       <c r="AL3" s="6" t="s">
         <v>50</v>
       </c>
       <c r="AM3" s="6" t="s">
         <v>51</v>
       </c>
       <c r="AN3" s="6" t="s">
         <v>52</v>
       </c>
       <c r="AO3" s="6" t="s">
         <v>53</v>
       </c>
       <c r="AP3" s="6" t="s">
+        <v>330</v>
+      </c>
+      <c r="AQ3" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="AQ3" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AR3" s="6" t="s">
-        <v>56</v>
-[...10 lines deleted...]
-      <c r="AV3" s="6" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="4" spans="2:45" s="13" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="D4" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="E4" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="F4" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="G4" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="H4" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="I4" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="J4" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="K4" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="L4" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="M4" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="N4" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="O4" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="P4" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q4" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="R4" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="S4" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="T4" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="U4" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="V4" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="W4" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="X4" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="Y4" s="27" t="s">
+        <v>324</v>
+      </c>
+      <c r="Z4" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="AA4" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="AB4" s="6" t="s">
+        <v>326</v>
+      </c>
+      <c r="AC4" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="AD4" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="AE4" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="AF4" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="AG4" s="6" t="s">
+        <v>328</v>
+      </c>
+      <c r="AH4" s="6" t="s">
         <v>79</v>
       </c>
+      <c r="AI4" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="AJ4" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="AK4" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="AL4" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="AM4" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="AN4" s="6" t="s">
+        <v>316</v>
+      </c>
+      <c r="AO4" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="AP4" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="AQ4" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="AR4" s="6" t="s">
+        <v>108</v>
+      </c>
     </row>
-    <row r="4" spans="2:49" s="13" customFormat="1" ht="60" x14ac:dyDescent="0.25">
-[...42 lines deleted...]
-      <c r="R4" s="6" t="s">
+    <row r="5" spans="2:45" s="13" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="D5" s="7" t="s">
+        <v>301</v>
+      </c>
+      <c r="E5" s="6" t="s">
         <v>109</v>
       </c>
-      <c r="S4" s="6" t="s">
+      <c r="F5" s="6" t="s">
+        <v>350</v>
+      </c>
+      <c r="G5" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="H5" s="27" t="s">
+        <v>337</v>
+      </c>
+      <c r="I5" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="J5" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="K5" s="27" t="s">
+        <v>365</v>
+      </c>
+      <c r="L5" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="M5" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="N5" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="O5" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="P5" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="Q5" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="R5" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="S5" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="T5" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="U5" s="27" t="s">
+        <v>340</v>
+      </c>
+      <c r="V5" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="W5" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="X5" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="Y5" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="Z5" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="AA5" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="AB5" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="T4" s="6" t="s">
+      <c r="AC5" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="U4" s="6" t="s">
+      <c r="AD5" s="27" t="s">
+        <v>362</v>
+      </c>
+      <c r="AE5" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="V4" s="6" t="s">
+      <c r="AF5" s="6" t="s">
         <v>113</v>
       </c>
-      <c r="W4" s="6" t="s">
+      <c r="AG5" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="X4" s="6" t="s">
+      <c r="AH5" s="27" t="s">
+        <v>345</v>
+      </c>
+      <c r="AI5" s="6" t="s">
         <v>115</v>
       </c>
-      <c r="Y4" s="27" t="s">
-[...50 lines deleted...]
-      <c r="AP4" s="6" t="s">
+      <c r="AJ5" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="AK5" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="AL5" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="AM5" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="AN5" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="AO5" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="AP5" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="AQ5" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="AR5" s="6" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="6" spans="2:45" s="13" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="D6" s="7" t="s">
+        <v>302</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="F6" s="6" t="s">
+        <v>349</v>
+      </c>
+      <c r="G6" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="H6" s="27" t="s">
+        <v>338</v>
+      </c>
+      <c r="I6" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="J6" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="K6" s="27" t="s">
+        <v>366</v>
+      </c>
+      <c r="L6" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="M6" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="N6" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="O6" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="P6" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="Q6" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="R6" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="S6" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="T6" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="U6" s="27" t="s">
+        <v>341</v>
+      </c>
+      <c r="V6" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="W6" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="X6" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="Y6" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="Z6" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="AA6" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="AB6" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="AC6" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="AD6" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="AE6" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="AF6" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="AG6" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="AH6" s="27" t="s">
         <v>344</v>
       </c>
-      <c r="AQ4" s="6" t="s">
-[...15 lines deleted...]
-        <v>116</v>
+      <c r="AI6" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="AJ6" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="AK6" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="AL6" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="AM6" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="AN6" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="AO6" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="AP6" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="AQ6" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="AR6" s="6" t="s">
+        <v>177</v>
       </c>
     </row>
-    <row r="5" spans="2:49" s="13" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-[...133 lines deleted...]
-        <v>155</v>
+    <row r="7" spans="2:45" s="13" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="D7" s="7" t="s">
+        <v>303</v>
+      </c>
+      <c r="E7" s="11" t="s">
+        <v>213</v>
+      </c>
+      <c r="F7" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="G7" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="H7" s="6" t="s">
+        <v>194</v>
+      </c>
+      <c r="I7" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="J7" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="K7" s="6" t="s">
+        <v>197</v>
+      </c>
+      <c r="L7" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="M7" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="N7" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="O7" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="P7" s="6" t="s">
+        <v>202</v>
+      </c>
+      <c r="Q7" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="R7" s="6" t="s">
+        <v>204</v>
+      </c>
+      <c r="S7" s="6" t="s">
+        <v>205</v>
+      </c>
+      <c r="T7" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="U7" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="V7" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="W7" s="6" t="s">
+        <v>209</v>
+      </c>
+      <c r="X7" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="Y7" s="6" t="s">
+        <v>211</v>
+      </c>
+      <c r="Z7" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="AA7" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="AB7" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="AC7" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="AD7" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="AE7" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="AF7" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="AG7" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="AH7" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="AI7" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="AJ7" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="AK7" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="AL7" s="11" t="s">
+        <v>213</v>
+      </c>
+      <c r="AM7" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="AN7" s="11" t="s">
+        <v>213</v>
+      </c>
+      <c r="AO7" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="AP7" s="11" t="s">
+        <v>213</v>
+      </c>
+      <c r="AQ7" s="11" t="s">
+        <v>213</v>
+      </c>
+      <c r="AR7" s="6" t="s">
+        <v>212</v>
       </c>
     </row>
-    <row r="6" spans="2:49" s="13" customFormat="1" ht="30" x14ac:dyDescent="0.25">
-[...133 lines deleted...]
-        <v>195</v>
+    <row r="8" spans="2:45" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D8" s="7" t="s">
+        <v>304</v>
+      </c>
+      <c r="E8" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="F8" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="G8" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="H8" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="I8" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="J8" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="K8" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="L8" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="M8" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="N8" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="O8" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="P8" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="Q8" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="R8" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="S8" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="T8" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="U8" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="V8" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="W8" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="X8" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="Y8" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="Z8" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="AA8" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="AB8" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="AC8" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="AD8" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="AE8" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="AF8" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="AG8" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="AH8" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="AI8" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="AJ8" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="AK8" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="AL8" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="AM8" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="AN8" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="AO8" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="AP8" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="AQ8" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="AR8" s="6" t="s">
+        <v>215</v>
       </c>
     </row>
-    <row r="7" spans="2:49" s="13" customFormat="1" ht="30" x14ac:dyDescent="0.25">
-      <c r="D7" s="7" t="s">
+    <row r="9" spans="2:45" s="13" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D9" s="7" t="s">
+        <v>305</v>
+      </c>
+      <c r="E9" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="F9" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="G9" s="6" t="s">
+        <v>230</v>
+      </c>
+      <c r="H9" s="6" t="s">
+        <v>231</v>
+      </c>
+      <c r="I9" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="J9" s="6" t="s">
+        <v>232</v>
+      </c>
+      <c r="K9" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="L9" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="M9" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="N9" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="O9" s="6" t="s">
+        <v>233</v>
+      </c>
+      <c r="P9" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="Q9" s="6" t="s">
+        <v>234</v>
+      </c>
+      <c r="R9" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="S9" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="T9" s="6" t="s">
+        <v>236</v>
+      </c>
+      <c r="U9" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="V9" s="6" t="s">
+        <v>237</v>
+      </c>
+      <c r="W9" s="6" t="s">
+        <v>238</v>
+      </c>
+      <c r="X9" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="Y9" s="6" t="s">
+        <v>239</v>
+      </c>
+      <c r="Z9" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="AA9" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="AB9" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="AC9" s="6" t="s">
+        <v>219</v>
+      </c>
+      <c r="AD9" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="AE9" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="AF9" s="6" t="s">
+        <v>221</v>
+      </c>
+      <c r="AG9" s="6" t="s">
+        <v>222</v>
+      </c>
+      <c r="AH9" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="AI9" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="AJ9" s="6" t="s">
+        <v>225</v>
+      </c>
+      <c r="AK9" s="6" t="s">
+        <v>226</v>
+      </c>
+      <c r="AL9" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="AM9" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="AN9" s="6" t="s">
+        <v>213</v>
+      </c>
+      <c r="AO9" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="AP9" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="AQ9" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="AR9" s="6" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="10" spans="2:45" s="13" customFormat="1" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D10" s="7" t="s">
+        <v>306</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>216</v>
+      </c>
+      <c r="F10" s="6" t="s">
+        <v>247</v>
+      </c>
+      <c r="G10" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="H10" s="6" t="s">
+        <v>243</v>
+      </c>
+      <c r="I10" s="6" t="s">
+        <v>249</v>
+      </c>
+      <c r="J10" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="K10" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="L10" s="6" t="s">
+        <v>250</v>
+      </c>
+      <c r="M10" s="6" t="s">
+        <v>251</v>
+      </c>
+      <c r="N10" s="6" t="s">
+        <v>252</v>
+      </c>
+      <c r="O10" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="P10" s="6" t="s">
+        <v>254</v>
+      </c>
+      <c r="Q10" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="R10" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="S10" s="6" t="s">
+        <v>257</v>
+      </c>
+      <c r="T10" s="6" t="s">
+        <v>258</v>
+      </c>
+      <c r="U10" s="11" t="s">
+        <v>311</v>
+      </c>
+      <c r="V10" s="6" t="s">
+        <v>259</v>
+      </c>
+      <c r="W10" s="6" t="s">
+        <v>260</v>
+      </c>
+      <c r="X10" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="Y10" s="6" t="s">
+        <v>262</v>
+      </c>
+      <c r="Z10" s="6" t="s">
+        <v>216</v>
+      </c>
+      <c r="AA10" s="6" t="s">
+        <v>246</v>
+      </c>
+      <c r="AB10" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC10" s="11" t="s">
+        <v>312</v>
+      </c>
+      <c r="AD10" s="6" t="s">
+        <v>240</v>
+      </c>
+      <c r="AE10" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="AF10" s="11" t="s">
+        <v>315</v>
+      </c>
+      <c r="AG10" s="6" t="s">
+        <v>242</v>
+      </c>
+      <c r="AH10" s="6" t="s">
+        <v>243</v>
+      </c>
+      <c r="AI10" s="6" t="s">
+        <v>216</v>
+      </c>
+      <c r="AJ10" s="6" t="s">
+        <v>244</v>
+      </c>
+      <c r="AK10" s="6" t="s">
+        <v>245</v>
+      </c>
+      <c r="AL10" s="6" t="s">
+        <v>216</v>
+      </c>
+      <c r="AM10" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="AN10" s="6" t="s">
+        <v>216</v>
+      </c>
+      <c r="AO10" s="6" t="s">
+        <v>242</v>
+      </c>
+      <c r="AP10" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="AQ10" s="6" t="s">
+        <v>216</v>
+      </c>
+      <c r="AR10" s="6" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="11" spans="2:45" s="13" customFormat="1" ht="120" x14ac:dyDescent="0.25">
+      <c r="D11" s="9" t="s">
+        <v>307</v>
+      </c>
+      <c r="E11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="F11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="G11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="H11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="I11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="J11" s="29" t="s">
+        <v>308</v>
+      </c>
+      <c r="K11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="L11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="M11" s="14" t="s">
+        <v>321</v>
+      </c>
+      <c r="N11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="O11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="P11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="Q11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="R11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="S11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="T11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="U11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="V11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="W11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="X11" s="28" t="s">
         <v>331</v>
       </c>
-      <c r="E7" s="11" t="s">
-[...129 lines deleted...]
-        <v>232</v>
+      <c r="Y11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="Z11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="AA11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="AB11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="AC11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="AD11" s="26" t="s">
+        <v>321</v>
+      </c>
+      <c r="AE11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="AF11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="AG11" s="26" t="s">
+        <v>321</v>
+      </c>
+      <c r="AH11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="AI11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="AJ11" s="31" t="s">
+        <v>357</v>
+      </c>
+      <c r="AK11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="AL11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="AM11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="AN11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="AO11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="AP11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="AQ11" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="AR11" s="28" t="s">
+        <v>308</v>
       </c>
     </row>
-    <row r="8" spans="2:49" s="13" customFormat="1" x14ac:dyDescent="0.25">
-[...133 lines deleted...]
-        <v>235</v>
+    <row r="12" spans="2:45" x14ac:dyDescent="0.25">
+      <c r="B12" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D12" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="E12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="F12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="G12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="H12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="I12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="J12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="K12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="L12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="M12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="N12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="O12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="P12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="Q12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="R12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="S12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="T12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="U12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="V12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="W12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="X12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="AC12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="AD12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="AE12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="AF12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="AG12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="AH12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="AI12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="AJ12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="AK12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="AL12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="AM12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="AN12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="AO12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="AP12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="AQ12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="AR12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="AS12" s="3" t="s">
+        <v>0</v>
       </c>
     </row>
-    <row r="9" spans="2:49" s="13" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.25">
-[...420 lines deleted...]
-      <c r="E12" s="15" t="s">
+    <row r="13" spans="2:45" ht="45" x14ac:dyDescent="0.25">
+      <c r="B13" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="F12" s="15" t="s">
-[...135 lines deleted...]
-      </c>
       <c r="C13" s="11" t="s">
-        <v>341</v>
+        <v>313</v>
       </c>
       <c r="D13" s="20">
         <v>1</v>
       </c>
       <c r="E13" s="16">
         <v>0</v>
       </c>
       <c r="F13" s="16">
         <v>0.05</v>
       </c>
       <c r="G13" s="16">
         <v>0.1</v>
       </c>
       <c r="H13" s="16">
         <v>0.1</v>
       </c>
       <c r="I13" s="16">
         <v>0</v>
       </c>
       <c r="J13" s="16">
         <v>0</v>
       </c>
       <c r="K13" s="16">
         <v>0.15</v>
       </c>
@@ -3618,739 +3481,675 @@
       <c r="Q13" s="16">
         <v>0</v>
       </c>
       <c r="R13" s="16">
         <v>0.02</v>
       </c>
       <c r="S13" s="16">
         <v>0.3</v>
       </c>
       <c r="T13" s="16">
         <v>0.11</v>
       </c>
       <c r="U13" s="16">
         <v>0</v>
       </c>
       <c r="V13" s="16">
         <v>0.02</v>
       </c>
       <c r="W13" s="16">
         <v>0.2</v>
       </c>
       <c r="X13" s="16">
         <v>0.1</v>
       </c>
       <c r="Y13" s="16">
-        <v>0</v>
+        <v>0.4</v>
       </c>
       <c r="Z13" s="16">
-        <v>0.4</v>
+        <v>0.1</v>
       </c>
       <c r="AA13" s="16">
+        <v>0.3</v>
+      </c>
+      <c r="AB13" s="16">
         <v>0.1</v>
       </c>
-      <c r="AB13" s="16">
-[...1 lines deleted...]
-      </c>
       <c r="AC13" s="16">
+        <v>0</v>
+      </c>
+      <c r="AD13" s="16">
         <v>0.1</v>
       </c>
-      <c r="AD13" s="16">
-[...1 lines deleted...]
-      </c>
       <c r="AE13" s="16">
-        <v>0.1</v>
+        <v>0</v>
       </c>
       <c r="AF13" s="16">
-        <v>0</v>
+        <v>1.1999999999999999E-3</v>
       </c>
       <c r="AG13" s="16">
-        <v>1.1999999999999999E-3</v>
+        <v>0.2</v>
       </c>
       <c r="AH13" s="16">
-        <v>0.2</v>
+        <v>0.05</v>
       </c>
       <c r="AI13" s="16">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="AJ13" s="16">
         <v>0.05</v>
       </c>
       <c r="AK13" s="16">
         <v>0</v>
       </c>
       <c r="AL13" s="16">
+        <v>0</v>
+      </c>
+      <c r="AM13" s="16">
+        <v>0.1</v>
+      </c>
+      <c r="AN13" s="16">
+        <v>0</v>
+      </c>
+      <c r="AO13" s="16">
+        <v>0</v>
+      </c>
+      <c r="AP13" s="16">
+        <v>0.1</v>
+      </c>
+      <c r="AQ13" s="16">
+        <v>0.02</v>
+      </c>
+      <c r="AR13" s="16">
         <v>0.05</v>
       </c>
-      <c r="AM13" s="16">
-[...28 lines deleted...]
-      </c>
     </row>
-    <row r="14" spans="2:49" ht="30" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:45" ht="30" x14ac:dyDescent="0.25">
       <c r="B14" s="5" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C14" s="11" t="s">
-        <v>342</v>
+        <v>314</v>
       </c>
       <c r="D14" s="20">
         <v>1</v>
       </c>
       <c r="E14" s="16">
         <v>0</v>
       </c>
       <c r="F14" s="16">
         <v>0.05</v>
       </c>
       <c r="G14" s="17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H14" s="16">
         <v>0.05</v>
       </c>
       <c r="I14" s="16">
         <v>0</v>
       </c>
       <c r="J14" s="16">
         <v>0.2</v>
       </c>
       <c r="K14" s="16">
         <v>0</v>
       </c>
       <c r="L14" s="16">
         <v>0.1</v>
       </c>
       <c r="M14" s="16">
         <v>0.33500000000000002</v>
       </c>
       <c r="N14" s="16">
         <v>0.15</v>
       </c>
       <c r="O14" s="16">
         <v>0</v>
       </c>
       <c r="P14" s="16">
         <v>0.1</v>
       </c>
       <c r="Q14" s="16">
         <v>0</v>
       </c>
       <c r="R14" s="16">
         <v>0.02</v>
       </c>
       <c r="S14" s="16">
         <v>0.3</v>
       </c>
       <c r="T14" s="17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="U14" s="17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="V14" s="17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="W14" s="16">
         <v>0.2</v>
       </c>
       <c r="X14" s="17" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>37</v>
+      </c>
+      <c r="Y14" s="17" t="s">
+        <v>37</v>
       </c>
       <c r="Z14" s="17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA14" s="17" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AB14" s="16">
+        <v>0.1</v>
       </c>
       <c r="AC14" s="16">
+        <v>0.09</v>
+      </c>
+      <c r="AD14" s="16">
         <v>0.1</v>
       </c>
-      <c r="AD14" s="16">
-[...1 lines deleted...]
-      </c>
       <c r="AE14" s="16">
+        <v>0</v>
+      </c>
+      <c r="AF14" s="16">
+        <v>1E-3</v>
+      </c>
+      <c r="AG14" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="AH14" s="16">
+        <v>0.05</v>
+      </c>
+      <c r="AI14" s="16">
+        <v>0</v>
+      </c>
+      <c r="AJ14" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="AK14" s="16">
+        <v>0</v>
+      </c>
+      <c r="AL14" s="16">
+        <v>0</v>
+      </c>
+      <c r="AM14" s="16">
         <v>0.1</v>
       </c>
-      <c r="AF14" s="16">
-[...8 lines deleted...]
-      <c r="AI14" s="16">
+      <c r="AN14" s="16">
+        <v>0</v>
+      </c>
+      <c r="AO14" s="16">
+        <v>0</v>
+      </c>
+      <c r="AP14" s="16">
+        <v>0</v>
+      </c>
+      <c r="AQ14" s="16">
+        <v>0.02</v>
+      </c>
+      <c r="AR14" s="16">
         <v>0.05</v>
       </c>
-      <c r="AJ14" s="16">
-[...37 lines deleted...]
-      </c>
     </row>
-    <row r="15" spans="2:49" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:45" x14ac:dyDescent="0.25">
       <c r="B15" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C15" s="6" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D15" s="20">
         <v>1</v>
       </c>
       <c r="E15" s="16" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F15" s="17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G15" s="16">
         <v>0.1</v>
       </c>
       <c r="H15" s="16">
         <v>0.1</v>
       </c>
       <c r="I15" s="16">
         <v>0</v>
       </c>
       <c r="J15" s="16">
         <v>0</v>
       </c>
       <c r="K15" s="17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="L15" s="17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="M15" s="16">
         <v>0.33500000000000002</v>
       </c>
       <c r="N15" s="16">
         <v>0.15</v>
       </c>
       <c r="O15" s="16">
         <v>0.1</v>
       </c>
       <c r="P15" s="16">
         <v>0.1</v>
       </c>
       <c r="Q15" s="17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R15" s="16">
         <v>0.02</v>
       </c>
       <c r="S15" s="16">
         <v>0.3</v>
       </c>
       <c r="T15" s="16">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="U15" s="17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="V15" s="17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="W15" s="16">
         <v>0.2</v>
       </c>
       <c r="X15" s="17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Y15" s="17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z15" s="17" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      <c r="AB15" s="16">
+        <v>37</v>
+      </c>
+      <c r="AA15" s="16">
         <v>0.3</v>
       </c>
+      <c r="AB15" s="17" t="s">
+        <v>37</v>
+      </c>
       <c r="AC15" s="17" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AD15" s="16">
+        <v>0.1</v>
       </c>
       <c r="AE15" s="16">
+        <v>0</v>
+      </c>
+      <c r="AF15" s="16">
+        <v>1E-3</v>
+      </c>
+      <c r="AG15" s="16">
+        <v>0.2</v>
+      </c>
+      <c r="AH15" s="16">
+        <v>0.05</v>
+      </c>
+      <c r="AI15" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="AJ15" s="16">
+        <v>0.05</v>
+      </c>
+      <c r="AK15" s="16">
+        <v>0</v>
+      </c>
+      <c r="AL15" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="AM15" s="16">
         <v>0.1</v>
       </c>
-      <c r="AF15" s="16">
-[...22 lines deleted...]
-      </c>
       <c r="AN15" s="17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AO15" s="16">
-        <v>0.1</v>
+        <v>0</v>
       </c>
       <c r="AP15" s="17" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>37</v>
+      </c>
+      <c r="AQ15" s="17" t="s">
+        <v>37</v>
       </c>
       <c r="AR15" s="16">
         <v>0</v>
       </c>
-      <c r="AS15" s="17" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
-    <row r="16" spans="2:49" ht="30" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:45" ht="30" x14ac:dyDescent="0.25">
       <c r="B16" s="18" t="s">
         <v>0</v>
       </c>
       <c r="C16" s="8" t="s">
-        <v>288</v>
+        <v>264</v>
       </c>
       <c r="D16" s="21" t="s">
         <v>0</v>
       </c>
       <c r="E16" s="10" t="s">
-        <v>233</v>
+        <v>213</v>
       </c>
       <c r="F16" s="10" t="s">
         <v>0</v>
       </c>
       <c r="G16" s="10" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="H16" s="10" t="s">
-        <v>297</v>
+        <v>271</v>
       </c>
       <c r="I16" s="10" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="J16" s="10" t="s">
+        <v>93</v>
+      </c>
+      <c r="K16" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="L16" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="M16" s="10" t="s">
+        <v>272</v>
+      </c>
+      <c r="N16" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="O16" s="10" t="s">
+        <v>273</v>
+      </c>
+      <c r="P16" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="Q16" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="R16" s="10" t="s">
         <v>101</v>
       </c>
-      <c r="K16" s="10" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="S16" s="10" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="T16" s="10" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="U16" s="10" t="s">
         <v>0</v>
       </c>
       <c r="V16" s="10" t="s">
         <v>0</v>
       </c>
       <c r="W16" s="10" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="X16" s="10" t="s">
         <v>0</v>
       </c>
       <c r="Y16" s="10" t="s">
         <v>0</v>
       </c>
       <c r="Z16" s="10" t="s">
         <v>0</v>
       </c>
       <c r="AA16" s="10" t="s">
-        <v>0</v>
+        <v>270</v>
       </c>
       <c r="AB16" s="10" t="s">
-        <v>296</v>
+        <v>0</v>
       </c>
       <c r="AC16" s="10" t="s">
         <v>0</v>
       </c>
       <c r="AD16" s="10" t="s">
-        <v>0</v>
+        <v>265</v>
       </c>
       <c r="AE16" s="10" t="s">
-        <v>289</v>
+        <v>77</v>
       </c>
       <c r="AF16" s="10" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="AG16" s="10" t="s">
+        <v>266</v>
+      </c>
+      <c r="AH16" s="10" t="s">
+        <v>79</v>
+      </c>
+      <c r="AI16" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="AJ16" s="10" t="s">
+        <v>267</v>
+      </c>
+      <c r="AK16" s="10" t="s">
+        <v>268</v>
+      </c>
+      <c r="AL16" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="AM16" s="10" t="s">
         <v>84</v>
       </c>
-      <c r="AH16" s="10" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="AN16" s="10" t="s">
         <v>0</v>
       </c>
       <c r="AO16" s="10" t="s">
-        <v>91</v>
+        <v>269</v>
       </c>
       <c r="AP16" s="10" t="s">
         <v>0</v>
       </c>
       <c r="AQ16" s="10" t="s">
-        <v>293</v>
+        <v>0</v>
       </c>
       <c r="AR16" s="10" t="s">
-        <v>294</v>
-[...11 lines deleted...]
-        <v>116</v>
+        <v>108</v>
       </c>
     </row>
-    <row r="17" spans="2:48" ht="30" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:44" ht="30" x14ac:dyDescent="0.25">
       <c r="B17" s="4"/>
       <c r="C17" s="8" t="s">
-        <v>301</v>
+        <v>275</v>
       </c>
       <c r="D17" s="22"/>
       <c r="E17" s="10" t="s">
-        <v>233</v>
+        <v>213</v>
       </c>
       <c r="F17" s="10" t="s">
         <v>0</v>
       </c>
       <c r="G17" s="10" t="s">
-        <v>313</v>
+        <v>285</v>
       </c>
       <c r="H17" s="10" t="s">
-        <v>314</v>
+        <v>286</v>
       </c>
       <c r="I17" s="10" t="s">
-        <v>315</v>
+        <v>287</v>
       </c>
       <c r="J17" s="10" t="s">
-        <v>316</v>
+        <v>288</v>
       </c>
       <c r="K17" s="10" t="s">
         <v>0</v>
       </c>
       <c r="L17" s="10" t="s">
         <v>0</v>
       </c>
       <c r="M17" s="10" t="s">
-        <v>317</v>
+        <v>289</v>
       </c>
       <c r="N17" s="10" t="s">
-        <v>318</v>
+        <v>290</v>
       </c>
       <c r="O17" s="10" t="s">
-        <v>319</v>
+        <v>291</v>
       </c>
       <c r="P17" s="10" t="s">
-        <v>320</v>
+        <v>292</v>
       </c>
       <c r="Q17" s="10" t="s">
         <v>0</v>
       </c>
       <c r="R17" s="10" t="s">
-        <v>321</v>
+        <v>293</v>
       </c>
       <c r="S17" s="10" t="s">
-        <v>322</v>
+        <v>294</v>
       </c>
       <c r="T17" s="10" t="s">
-        <v>323</v>
+        <v>295</v>
       </c>
       <c r="U17" s="10" t="s">
         <v>0</v>
       </c>
       <c r="V17" s="10" t="s">
         <v>0</v>
       </c>
       <c r="W17" s="10" t="s">
-        <v>324</v>
+        <v>296</v>
       </c>
       <c r="X17" s="10" t="s">
         <v>0</v>
       </c>
       <c r="Y17" s="10" t="s">
         <v>0</v>
       </c>
       <c r="Z17" s="10" t="s">
         <v>0</v>
       </c>
       <c r="AA17" s="10" t="s">
-        <v>0</v>
+        <v>284</v>
       </c>
       <c r="AB17" s="10" t="s">
-        <v>312</v>
+        <v>0</v>
       </c>
       <c r="AC17" s="10" t="s">
         <v>0</v>
       </c>
       <c r="AD17" s="10" t="s">
-        <v>0</v>
+        <v>276</v>
       </c>
       <c r="AE17" s="10" t="s">
-        <v>302</v>
+        <v>277</v>
       </c>
       <c r="AF17" s="10" t="s">
-        <v>303</v>
+        <v>278</v>
       </c>
       <c r="AG17" s="10" t="s">
-        <v>304</v>
+        <v>279</v>
       </c>
       <c r="AH17" s="10" t="s">
-        <v>305</v>
+        <v>280</v>
       </c>
       <c r="AI17" s="10" t="s">
-        <v>306</v>
+        <v>0</v>
       </c>
       <c r="AJ17" s="10" t="s">
-        <v>233</v>
+        <v>279</v>
       </c>
       <c r="AK17" s="10" t="s">
-        <v>0</v>
+        <v>281</v>
       </c>
       <c r="AL17" s="10" t="s">
-        <v>305</v>
+        <v>0</v>
       </c>
       <c r="AM17" s="10" t="s">
-        <v>307</v>
+        <v>282</v>
       </c>
       <c r="AN17" s="10" t="s">
         <v>0</v>
       </c>
       <c r="AO17" s="10" t="s">
-        <v>308</v>
+        <v>283</v>
       </c>
       <c r="AP17" s="10" t="s">
         <v>0</v>
       </c>
       <c r="AQ17" s="10" t="s">
-        <v>309</v>
+        <v>0</v>
       </c>
       <c r="AR17" s="10" t="s">
-        <v>310</v>
-[...11 lines deleted...]
-        <v>325</v>
+        <v>297</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:AV17">
-    <sortCondition ref="E2:AV2"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:AR17">
+    <sortCondition ref="E2:AR2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="E11" r:id="rId1" xr:uid="{AB37C32B-C277-4821-AEE0-3AB5FF9253EE}"/>
     <hyperlink ref="F11" r:id="rId2" xr:uid="{4F4BCFF6-B588-4F21-8CEB-2D8D2C1A6826}"/>
     <hyperlink ref="G11" r:id="rId3" xr:uid="{F281DA87-E08D-491F-9F17-DA6366E515FB}"/>
     <hyperlink ref="H11" r:id="rId4" xr:uid="{DCEF6396-8C83-44D3-B1EA-2F8DE0ED14A8}"/>
     <hyperlink ref="I11" r:id="rId5" xr:uid="{56EBCFAE-A822-4605-B23E-01AC53635B1A}"/>
     <hyperlink ref="K11" r:id="rId6" xr:uid="{1A00C646-7EA9-4792-B219-C1CCF2C366C5}"/>
     <hyperlink ref="L11" r:id="rId7" xr:uid="{1F01282D-EF89-4E9A-9842-E1ABD94C3C01}"/>
     <hyperlink ref="N11" r:id="rId8" xr:uid="{83390C7A-D874-4B38-9DC4-C5257E80BEAA}"/>
     <hyperlink ref="O11" r:id="rId9" xr:uid="{DC1D869F-1DA5-43F4-8AE1-D7EF849E10A4}"/>
     <hyperlink ref="P11" r:id="rId10" xr:uid="{357BC470-F95B-4DDD-B771-5D387619D587}"/>
     <hyperlink ref="Q11" r:id="rId11" xr:uid="{07DDF1A2-8F06-499B-A9FA-A7DE7B3B4CAC}"/>
     <hyperlink ref="R11" r:id="rId12" xr:uid="{B925ADD8-BC76-4495-93BA-D4B732B67E9A}"/>
     <hyperlink ref="S11" r:id="rId13" xr:uid="{4CC27C03-0670-4F32-8F24-C429E1D04B0C}"/>
     <hyperlink ref="T11" r:id="rId14" xr:uid="{D000804B-4BC1-4300-B0B2-A502C5600766}"/>
     <hyperlink ref="U11" r:id="rId15" xr:uid="{E4B98ECA-6378-441B-B544-E4B949694A0E}"/>
     <hyperlink ref="V11" r:id="rId16" xr:uid="{547CF891-936C-424F-8344-D1A8564EA9A0}"/>
     <hyperlink ref="W11" r:id="rId17" xr:uid="{0349FD52-C5F4-4910-8267-5DF81A4A613F}"/>
     <hyperlink ref="X11" r:id="rId18" display="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Global Industrial.docx" xr:uid="{1073CBD6-B277-49EE-95E4-699EE2F33689}"/>
-    <hyperlink ref="Y11" r:id="rId19" xr:uid="{7D1C2DD6-BE7D-41AA-B3AB-83A7D5C78F18}"/>
-[...21 lines deleted...]
-    <hyperlink ref="J11" r:id="rId41" xr:uid="{E7E8B98C-88F6-4988-88E7-578CDE97835C}"/>
+    <hyperlink ref="Y11" r:id="rId19" xr:uid="{C743565D-38F9-45CD-95AD-8BF291757845}"/>
+    <hyperlink ref="Z11" r:id="rId20" xr:uid="{D675D320-B141-4013-BDE1-A8639D8E66C4}"/>
+    <hyperlink ref="AA11" r:id="rId21" xr:uid="{A54A3A84-B1D1-42E1-A463-971B10EF3995}"/>
+    <hyperlink ref="AB11" r:id="rId22" xr:uid="{8F8C2BF1-A5EA-4AE0-A680-B8B7A46CCBAB}"/>
+    <hyperlink ref="AC11" r:id="rId23" xr:uid="{7F267F9E-7179-4291-B279-52FE80976470}"/>
+    <hyperlink ref="AE11" r:id="rId24" xr:uid="{A2E41569-06C3-49C5-A700-AA7587B5F519}"/>
+    <hyperlink ref="AF11" r:id="rId25" xr:uid="{53ED2781-0087-4F80-AA8F-8F663E827E90}"/>
+    <hyperlink ref="AH11" r:id="rId26" xr:uid="{7977B36A-DA93-4319-8B7E-AC833F424735}"/>
+    <hyperlink ref="AI11" r:id="rId27" xr:uid="{B9D88B3E-38FA-4C17-9DB5-9F453E5856AD}"/>
+    <hyperlink ref="AK11" r:id="rId28" xr:uid="{E8FB5576-9A32-482F-9E62-17382FF691C8}"/>
+    <hyperlink ref="AL11" r:id="rId29" xr:uid="{DBE48279-1745-449D-88D2-EE7B35E63196}"/>
+    <hyperlink ref="AM11" r:id="rId30" xr:uid="{A43ED2BD-E8D1-4A99-8212-9E48FC7D0E82}"/>
+    <hyperlink ref="AN11" r:id="rId31" xr:uid="{5E4FBCEC-6266-47EC-8B49-99CF6DBA9CFE}"/>
+    <hyperlink ref="AO11" r:id="rId32" xr:uid="{CA4F1F01-8A32-4DD5-A064-3E645F30A42C}"/>
+    <hyperlink ref="AP11" r:id="rId33" xr:uid="{9A8C021F-E142-40EC-8CE7-40E11F6EBD82}"/>
+    <hyperlink ref="AQ11" r:id="rId34" xr:uid="{968317F4-01A9-49F0-9DC1-94271F7DF45B}"/>
+    <hyperlink ref="AR11" r:id="rId35" xr:uid="{E87E7832-6254-4BFF-A5F6-3D195A0342B2}"/>
+    <hyperlink ref="J11" r:id="rId36" xr:uid="{E7E8B98C-88F6-4988-88E7-578CDE97835C}"/>
+    <hyperlink ref="AJ11" r:id="rId37" display="http://www.alliedstatescooperative.com/var/www/html/www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Rexel USA.pdf" xr:uid="{F04A4C7E-42F9-496D-BA98-526EE6BAB96A}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
-  <pageSetup orientation="landscape" r:id="rId42"/>
+  <pageSetup orientation="landscape" r:id="rId38"/>
   <headerFooter>
     <oddFooter>&amp;R24-7486 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>