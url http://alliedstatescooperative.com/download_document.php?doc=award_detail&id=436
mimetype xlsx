--- v1 (2026-01-30)
+++ v2 (2026-03-18)
@@ -1,105 +1,101 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\Bids\2024\24-7486 Maintenance, Repair, and Operation (MRO) (Supplemental)\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{97726838-1C4B-407A-BAE2-5514A1B6612F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4FE7CAEC-EE5F-4AB3-BB13-39456011DFF5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$B:$B</definedName>
   </definedNames>
   <calcPr calcId="0"/>
-  <fileRecoveryPr repairLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="587" uniqueCount="367">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="572" uniqueCount="359">
   <si>
     <t/>
   </si>
   <si>
     <t>El Paso</t>
   </si>
   <si>
     <t>HVAC Control Systems Inc</t>
   </si>
   <si>
     <t>INDUSTRIAL WATER ENGINEERING</t>
   </si>
   <si>
     <t>Legacy Construction (Emiliano &amp; Associates LLC)</t>
   </si>
   <si>
     <t>Longhorn Distributing (Loren Hodges &amp; Sons, Inc)</t>
   </si>
   <si>
     <t>Massey Johnson Associates, Inc. (R.W. Johnson Associates, Inc. dba Massey Johnson Associates)</t>
   </si>
   <si>
     <t>Motive Energy of Texas LLC</t>
   </si>
   <si>
     <t>Plumbers Drain Cleaning, Inc</t>
   </si>
   <si>
     <t>REXEL USA, INC</t>
   </si>
   <si>
-    <t>RHINO (Rhino Industrial Supply)</t>
-[...1 lines deleted...]
-  <si>
     <t>Southwest G.C.E.P., Inc</t>
   </si>
   <si>
     <t>Superior Sign &amp; Lighting (PDN SSL LLC)</t>
   </si>
   <si>
     <t>SW Roofing &amp; Construction LLC</t>
   </si>
   <si>
     <t>Vizcarra Plumbing, LLC</t>
   </si>
   <si>
     <t>Hennesy Mechanical Sales</t>
   </si>
   <si>
     <t>AB Powers</t>
   </si>
   <si>
     <t>Air Compressor Solutions, Inc.</t>
   </si>
   <si>
     <t>All Finishes LLC</t>
   </si>
   <si>
     <t>Anderson Fencing And Custom Welding</t>
@@ -110,53 +106,50 @@
   <si>
     <t>Capital Pump &amp; Equipment</t>
   </si>
   <si>
     <t>Chem-Aqua, Inc.</t>
   </si>
   <si>
     <t>Custom Forest Products (Custom Crates &amp; Pallets, Ltd)</t>
   </si>
   <si>
     <t>Door Sa-Lutions, Inc</t>
   </si>
   <si>
     <t>El Paso Automated, LLC</t>
   </si>
   <si>
     <t>Filterbuy Incorporated</t>
   </si>
   <si>
     <t>Flip Lok LLC</t>
   </si>
   <si>
     <t>Glass Doctor of North Texas (Peruna Glass Inc)</t>
   </si>
   <si>
-    <t>Global Industrial (Global Equipment Company Inc.)</t>
-[...1 lines deleted...]
-  <si>
     <t>GUERRERO NUTS &amp; BOLTS LLC</t>
   </si>
   <si>
     <t>Zarco Electronic Supply, Inc.</t>
   </si>
   <si>
     <t>Line #</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>QTY</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>No Bid</t>
   </si>
   <si>
     <t>2</t>
@@ -236,53 +229,50 @@
   <si>
     <t>MIA L ALONZO</t>
   </si>
   <si>
     <t>Jim Burrell</t>
   </si>
   <si>
     <t>Greg Vogel</t>
   </si>
   <si>
     <t>Ashley Chavez</t>
   </si>
   <si>
     <t>Maribel Sapien</t>
   </si>
   <si>
     <t>Rebeca Rosales</t>
   </si>
   <si>
     <t>ANNA REGER</t>
   </si>
   <si>
     <t>Taylor Benner</t>
   </si>
   <si>
-    <t>William H. Rose, III</t>
-[...1 lines deleted...]
-  <si>
     <t>Jesus Guerrero</t>
   </si>
   <si>
     <t>Mario Magallanes</t>
   </si>
   <si>
     <t>P.O Box 961716, El Paso, Texas 79996</t>
   </si>
   <si>
     <t>8701 Alameda Park Drive NE Albuquerque, NM 87113 / 151 S Walnut Street, Suite. C7 Las Cruces, NM 88001</t>
   </si>
   <si>
     <t>7365 Remcon Circle, A-106  -  El Paso, TX  79912</t>
   </si>
   <si>
     <t>6906 Commerce Ave. El Paso, TX  79915</t>
   </si>
   <si>
     <t>5516 E. Paisano Dr. El Paso TX 79905</t>
   </si>
   <si>
     <t>1520 Goodyear Dr. Suite F, El Paso, TX 79936</t>
   </si>
   <si>
     <t>13441 Ayla rd El Paso Texas 79938</t>
@@ -344,53 +334,50 @@
   <si>
     <t>1247 Tower Trail Ln, El Paso, TX 79907</t>
   </si>
   <si>
     <t>2727 Chemsearch Blvd. Irving, Texas 75062</t>
   </si>
   <si>
     <t>1501 Westway Blvd. Canutillo, TX 79835</t>
   </si>
   <si>
     <t>6840 Industrial El Paso TX 79915</t>
   </si>
   <si>
     <t>4709 Ripley Drive, El Paso, Texas 79922</t>
   </si>
   <si>
     <t>101 Pope Street, Talladega, AL 35160</t>
   </si>
   <si>
     <t>3250 BINGLE RD., HOUSTON, TX 77055</t>
   </si>
   <si>
     <t>2001 Midway Rd Suite 121, Carrollton, TX 75006</t>
   </si>
   <si>
-    <t>11 Harbor Park Drive, Port Washington, NY 11050</t>
-[...1 lines deleted...]
-  <si>
     <t>6831 Commerce Ave. El Paso, TX  79915</t>
   </si>
   <si>
     <t>chavez549@hotmail.com</t>
   </si>
   <si>
     <t>dgray@hvaccsi.com</t>
   </si>
   <si>
     <t>jrcarrasco@industrialwater.net</t>
   </si>
   <si>
     <t>matt.emiliano@gmail.com</t>
   </si>
   <si>
     <t>claudia@longhorn-elpaso.com</t>
   </si>
   <si>
     <t>julio@masseyjohnson.com</t>
   </si>
   <si>
     <t>plumbers915@att.net</t>
   </si>
   <si>
     <t>pablo.davila@rexelusa.com</t>
@@ -443,53 +430,50 @@
   <si>
     <t>mia@bigmediasigns.com</t>
   </si>
   <si>
     <t>jburrell@cpepumps.com</t>
   </si>
   <si>
     <t>greg.vogel@chemaqua.com</t>
   </si>
   <si>
     <t>order@ccptx.com</t>
   </si>
   <si>
     <t>msapien@epdsi.com</t>
   </si>
   <si>
     <t>mmcbeth@elpasoautomated.com</t>
   </si>
   <si>
     <t>ANNA.R@FLIPLOK.COM</t>
   </si>
   <si>
     <t>tbenner@glassdoctordfw.com</t>
   </si>
   <si>
-    <t>wrose@globalindustrial.com</t>
-[...1 lines deleted...]
-  <si>
     <t>Sales@gnbfasteners.com</t>
   </si>
   <si>
     <t>mario@zarcoelectronic.com</t>
   </si>
   <si>
     <t>(915) 328-5522</t>
   </si>
   <si>
     <t>(915) 760-7126</t>
   </si>
   <si>
     <t>(505) 345-5055</t>
   </si>
   <si>
     <t>(915) 833-1452</t>
   </si>
   <si>
     <t>(915) 860-2700</t>
   </si>
   <si>
     <t>(915) 772-9092</t>
   </si>
   <si>
     <t>(915) 774-0040</t>
@@ -548,53 +532,50 @@
   <si>
     <t>(915) 549-5565</t>
   </si>
   <si>
     <t>(915) 306-0850</t>
   </si>
   <si>
     <t>(575) 635-8835</t>
   </si>
   <si>
     <t>(915) 886-4985 x4</t>
   </si>
   <si>
     <t>(915) 449-7183</t>
   </si>
   <si>
     <t>(915) 590-1992</t>
   </si>
   <si>
     <t>(713) 977-1111</t>
   </si>
   <si>
     <t>(469) 200-3355</t>
   </si>
   <si>
-    <t>(414) 302-7559</t>
-[...1 lines deleted...]
-  <si>
     <t>(915) 502-1138</t>
   </si>
   <si>
     <t>(915) 778-3593</t>
   </si>
   <si>
     <t>HTTP://www.hvaccsi.com</t>
   </si>
   <si>
     <t>https://industrialwater.net/</t>
   </si>
   <si>
     <t>HTTP://kdscholten.com</t>
   </si>
   <si>
     <t>HTTP://www.legacy-ep.com</t>
   </si>
   <si>
     <t>HTTP://longhorndistributing.com</t>
   </si>
   <si>
     <t>HTTP://Masseyjohnson.com</t>
   </si>
   <si>
     <t>HTTP://www.motive-energy.com</t>
@@ -653,53 +634,50 @@
   <si>
     <t>https://www.cpepumps.com/</t>
   </si>
   <si>
     <t>HTTP://chemaqua.com</t>
   </si>
   <si>
     <t>HTTP://www.ccptx.com</t>
   </si>
   <si>
     <t>HTTP://www.doorsalutions@doorsalutionsinc.com</t>
   </si>
   <si>
     <t>HTTP://www.elpasoautomated.com</t>
   </si>
   <si>
     <t>https://filterbuy.com</t>
   </si>
   <si>
     <t>HTTP://WWW.FLIPLOK.COM</t>
   </si>
   <si>
     <t>HTTP://www.glassdoctor.com/dallas</t>
   </si>
   <si>
-    <t>HTTP://www.globalindustrial.com</t>
-[...1 lines deleted...]
-  <si>
     <t>HTTP://GNBfasteners.com</t>
   </si>
   <si>
     <t>HTTP://www.zarcoelectronic.com</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Texas</t>
   </si>
   <si>
     <t>Yes, contact person will be Tony Chavez (915)328-5522</t>
   </si>
   <si>
     <t>Yes, we will charge additional fees for expediting services/shipments upon request from member. Expedition of services/shipments are subject to availability of personnel and/or Items.</t>
   </si>
   <si>
     <t>Yes,  JR Carrasco (jrcarrasco@industrialwater.net)</t>
@@ -804,53 +782,50 @@
     <t>West Texas and Southern NM El Paso, Hudspeth, Culberson, Dona Ana, Otero, Jeff Davis, Presidio, Brewster</t>
   </si>
   <si>
     <t>We will fabricate &amp; ship across the US. Installation services outside the greater El Paso area are determined on a per project basis, but we'll always fully service areas across the country whenever possible.</t>
   </si>
   <si>
     <t>Arizona, Nevada, Utah, New Mexico and Texas.</t>
   </si>
   <si>
     <t>All 50 States, and also other countries outside of the United States.</t>
   </si>
   <si>
     <t>TEXAS, NEW MEXICO, ARIZONA</t>
   </si>
   <si>
     <t>El Paso County</t>
   </si>
   <si>
     <t>El Paso, New Mexico, Permian Basin, West Texas Panhandle areas</t>
   </si>
   <si>
     <t>WILL SERVE ALL 50 STATES. DISCOUNT WILL BE FOR ALL ALLIED STATES CO-OP MEMBERS. SHIPPING WILL BE PAID BY BUYER UNDER $10,000.</t>
   </si>
   <si>
     <t>DFW Metroplex</t>
-  </si>
-[...1 lines deleted...]
-    <t>all 48 continental states</t>
   </si>
   <si>
     <t>Texas, New Mexico.</t>
   </si>
   <si>
     <t>Texas, New Mexico, Mexico and other states in the US through online orders and sales.</t>
   </si>
   <si>
     <t>Store Front Address</t>
   </si>
   <si>
     <t>7365 Remcon Circle, A-106  - EL Paso, TX   79912</t>
   </si>
   <si>
     <t>6923 Industrial Blvd</t>
   </si>
   <si>
     <t>7170 Industrial Ave, El Paso TX 79915</t>
   </si>
   <si>
     <t>7145 INDUSTRIAL AVE., EL PASO, TX 79915</t>
   </si>
   <si>
     <t>810 North Luna, El Paso, Texas, 79903</t>
   </si>
@@ -1016,54 +991,50 @@
     <t>Batteriesplusbulbs 442 (Gorman Batteries LLC DBA Batteriesplusbulbs 442) (Batteris Plus)</t>
   </si>
   <si>
     <t>Big Media (EP Big Media, Inc)</t>
   </si>
   <si>
     <t>12301 Rojas Drive Suite B3, El Paso, TX 79928</t>
   </si>
   <si>
     <t>Hand Safety, LLC (Ramon Flanigan)</t>
   </si>
   <si>
     <t>7362 Remcon Circle, El Paso, TX 79912</t>
   </si>
   <si>
     <t>K. D. Scholten Co (Ken Scholten)</t>
   </si>
   <si>
     <t>6923 Industrial, El Paso, TX 79915</t>
   </si>
   <si>
     <t>Synergy Temperature Control LLC (Coldstone Refrigeration)</t>
   </si>
   <si>
     <t xml:space="preserve">Christian Aguayo  </t>
-  </si>
-[...2 lines deleted...]
-*Please note: Regardless of what is offered in the vendor's price link, this RFP can only be used for MRO supplies/services as listed in the Special Conditions. It cannot be used for any other purchases.</t>
   </si>
   <si>
     <t>*updated 4/15/24, 4/29/24, 7/22/24</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Thunder Lightning Protection (Christian Aguayo) </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Thunder Lightning Protection LLC </t>
     </r>
   </si>
   <si>
     <t>*updated 12/9/24</t>
@@ -1239,57 +1210,51 @@
   </si>
   <si>
     <t>*updated 1/14/2025</t>
   </si>
   <si>
     <t>Benjamin Aguilera and Natalie Munoz</t>
   </si>
   <si>
     <t>(915) 422-9389
 (915) 626-5672 ext. 101</t>
   </si>
   <si>
     <t>Ben@abpowers.com
 natalie@abpowers.com</t>
   </si>
   <si>
     <t>*updated 9/10/24, 3/19/25</t>
   </si>
   <si>
     <t>*updated 8/11/25</t>
   </si>
   <si>
     <t>*updated 10/6/25</t>
   </si>
   <si>
-    <t>*updated 8/13/24, 8/20/24, 9/16/24, 9/19/24, 3/6/25, 6/9/25, 10/30/25</t>
-[...1 lines deleted...]
-  <si>
     <t>*updated 5/16/25, 9/11/25, 9/15/25, 10/14/25, 11/5/25</t>
-  </si>
-[...1 lines deleted...]
-    <t>*updated 9/24/24, 1/5/26</t>
   </si>
   <si>
     <t>Price Link
 or
  rexelusa.com</t>
   </si>
   <si>
     <t>*updated 1/5/26</t>
   </si>
   <si>
     <t>*updated 1/12/26</t>
   </si>
   <si>
     <t>*updated 1/7/25, 1/15/2026</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Ray Mojica</t>
     </r>
@@ -1375,50 +1340,75 @@
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve">
 roger@alphasw.com</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>(915) 408-3109</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 (915) 539-8074</t>
     </r>
+  </si>
+  <si>
+    <t>*updated 9/24/24, 1/5/26, 2/2/26</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>RHINO (Rhino Industrial Supply)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> One Industrial Works Inc.</t>
+    </r>
+  </si>
+  <si>
+    <t>*updated 8/13/24, 8/20/24, 9/16/24, 9/19/24, 3/6/25, 6/9/25, 10/30/25, 2/23/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -1581,55 +1571,55 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="3" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="3" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{A5CA560E-529F-4EC0-BE12-1236A18F91DB}"/>
     <cellStyle name="Normal 3" xfId="1" xr:uid="{36B0B1D7-7C7B-47C1-B112-1A09E605C046}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
@@ -1927,1539 +1917,1505 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Door%20Sa-lutions.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Global%20Industrial.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Motive%20Energy%20of%20Texas%20LLC.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Hennesy%20Mechanical%20Sales.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Vizcarra%20Plumbing.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Anderson%20Fencing.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Custom%20Forest%20Products.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Glass%20Doctor.xlsx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Longhorn%20Distributing.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Thunder%20Lightning%20Protection.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/AB%20Powers.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Flip%20Lok%20LLC.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Hand%20Safety.xlsx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Southwest%20G.C.E.P..docx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/A%26S%20Renovations.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Alpha%20Southwest%20an%20Impel%20Company.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Chem-Aqua.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Legacy%20Construction.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Synergy%20Temperature%20Control.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/var/www/html/www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Rexel%20USA.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/All%20Finishes%20LLC.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Filterbuy%20Incorporated.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Industrial%20Water%20Engineering.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Rhino.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Alliance%20Electrical%20Contractors.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Capital%20Pump%20%26%20Equipment.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Guerrero%20Nuts%20%26%20Bolts.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/SW%20Roofing%20and%20Construction.xlsx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Air%20Compressor%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Big%20Media.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/El%20Paso%20Automated.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/HVAC%20Control%20Systems.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Plumbers%20Drain%20Cleaning.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Superior%20Sign%20%26%20Lighting.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Zarco%20Electronic.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Batteriesplusbulbs.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Advanced%20Starter%20Service.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Door%20Sa-lutions.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Guerrero%20Nuts%20%26%20Bolts.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Plumbers%20Drain%20Cleaning.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/HVAC%20Control%20Systems.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Zarco%20Electronic.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Anderson%20Fencing.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Custom%20Forest%20Products.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Glass%20Doctor.xlsx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Motive%20Energy%20of%20Texas%20LLC.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Vizcarra%20Plumbing.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/AB%20Powers.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Flip%20Lok%20LLC.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Hennesy%20Mechanical%20Sales.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Superior%20Sign%20%26%20Lighting.docx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/A%26S%20Renovations.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Alpha%20Southwest%20an%20Impel%20Company.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Chem-Aqua.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Longhorn%20Distributing.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Thunder%20Lightning%20Protection.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/All%20Finishes%20LLC.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Filterbuy%20Incorporated.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Legacy%20Construction.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Southwest%20G.C.E.P..docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/var/www/html/www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Rexel%20USA.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Capital%20Pump%20%26%20Equipment.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Hand%20Safety.xlsx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Synergy%20Temperature%20Control.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Air%20Compressor%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Big%20Media.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/El%20Paso%20Automated.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Industrial%20Water%20Engineering.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Rhino.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/SW%20Roofing%20and%20Construction.xlsx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Alliance%20Electrical%20Contractors.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Batteriesplusbulbs.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Advanced%20Starter%20Service.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="B1:AS17"/>
+  <dimension ref="B1:AR17"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
     <col min="3" max="3" width="36" style="1" customWidth="1"/>
     <col min="4" max="4" width="6" style="12" customWidth="1"/>
-    <col min="5" max="44" width="30.7109375" style="1" customWidth="1"/>
-    <col min="45" max="16384" width="9.140625" style="1"/>
+    <col min="5" max="43" width="30.7109375" style="1" customWidth="1"/>
+    <col min="44" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:45" ht="45" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:44" ht="45" x14ac:dyDescent="0.25">
       <c r="D1" s="1"/>
       <c r="E1" s="4"/>
       <c r="F1" s="23" t="s">
-        <v>347</v>
+        <v>338</v>
       </c>
       <c r="G1" s="24"/>
       <c r="H1" s="4" t="s">
-        <v>335</v>
+        <v>326</v>
       </c>
       <c r="I1" s="4"/>
       <c r="J1" s="23"/>
       <c r="K1" s="25" t="s">
-        <v>363</v>
+        <v>352</v>
       </c>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="23"/>
-      <c r="O1" s="30" t="s">
-        <v>354</v>
+      <c r="O1" s="31" t="s">
+        <v>358</v>
       </c>
       <c r="P1" s="25" t="s">
-        <v>359</v>
+        <v>348</v>
       </c>
       <c r="Q1" s="24"/>
       <c r="R1" s="4"/>
       <c r="S1" s="25"/>
       <c r="T1" s="4" t="s">
-        <v>351</v>
+        <v>342</v>
       </c>
       <c r="U1" s="4" t="s">
-        <v>342</v>
+        <v>333</v>
       </c>
       <c r="V1" s="4"/>
       <c r="W1" s="4"/>
-      <c r="X1" s="25"/>
-[...13 lines deleted...]
-      <c r="AH1" s="26" t="s">
+      <c r="X1" s="4"/>
+      <c r="Y1" s="25"/>
+      <c r="Z1" s="4"/>
+      <c r="AA1" s="26" t="s">
+        <v>323</v>
+      </c>
+      <c r="AB1" s="4"/>
+      <c r="AC1" s="4" t="s">
+        <v>349</v>
+      </c>
+      <c r="AD1" s="23"/>
+      <c r="AE1" s="24"/>
+      <c r="AF1" s="4"/>
+      <c r="AG1" s="26" t="s">
+        <v>334</v>
+      </c>
+      <c r="AH1" s="4" t="s">
+        <v>344</v>
+      </c>
+      <c r="AI1" s="25" t="s">
+        <v>347</v>
+      </c>
+      <c r="AJ1" s="25" t="s">
+        <v>356</v>
+      </c>
+      <c r="AK1" s="4"/>
+      <c r="AL1" s="4"/>
+      <c r="AM1" s="24"/>
+      <c r="AN1" s="4" t="s">
+        <v>345</v>
+      </c>
+      <c r="AO1" s="26" t="s">
+        <v>325</v>
+      </c>
+      <c r="AP1" s="4" t="s">
         <v>343</v>
       </c>
-      <c r="AI1" s="4" t="s">
-[...20 lines deleted...]
-      <c r="AR1" s="23"/>
+      <c r="AQ1" s="23"/>
     </row>
-    <row r="2" spans="2:45" s="13" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:44" s="13" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="D2" s="7" t="s">
-        <v>298</v>
+        <v>290</v>
       </c>
       <c r="E2" s="14" t="s">
+        <v>309</v>
+      </c>
+      <c r="F2" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" s="14" t="s">
+        <v>310</v>
+      </c>
+      <c r="H2" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="I2" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" s="14" t="s">
+        <v>311</v>
+      </c>
+      <c r="K2" s="14" t="s">
+        <v>312</v>
+      </c>
+      <c r="L2" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="M2" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="N2" s="14" t="s">
+        <v>314</v>
+      </c>
+      <c r="O2" s="14" t="s">
+        <v>315</v>
+      </c>
+      <c r="P2" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q2" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="R2" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="S2" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="T2" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="U2" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="V2" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="W2" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="Y2" s="26" t="s">
         <v>317</v>
       </c>
-      <c r="F2" s="14" t="s">
-[...11 lines deleted...]
-      <c r="J2" s="14" t="s">
+      <c r="Z2" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AA2" s="14" t="s">
+        <v>2</v>
+      </c>
+      <c r="AB2" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="AC2" s="26" t="s">
         <v>319</v>
       </c>
-      <c r="K2" s="14" t="s">
-[...57 lines deleted...]
-        <v>327</v>
+      <c r="AD2" s="14" t="s">
+        <v>4</v>
       </c>
       <c r="AE2" s="14" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AF2" s="14" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AG2" s="14" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="AH2" s="14" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="AI2" s="14" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="AJ2" s="14" t="s">
         <v>9</v>
+      </c>
+      <c r="AJ2" s="26" t="s">
+        <v>357</v>
       </c>
       <c r="AK2" s="14" t="s">
         <v>10</v>
       </c>
       <c r="AL2" s="14" t="s">
         <v>11</v>
       </c>
       <c r="AM2" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="AN2" s="14" t="s">
+      <c r="AN2" s="26" t="s">
+        <v>321</v>
+      </c>
+      <c r="AO2" s="26" t="s">
+        <v>324</v>
+      </c>
+      <c r="AP2" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="AO2" s="26" t="s">
+      <c r="AQ2" s="14" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="2:44" s="13" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="D3" s="7" t="s">
+        <v>291</v>
+      </c>
+      <c r="E3" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F3" s="6" t="s">
+        <v>339</v>
+      </c>
+      <c r="G3" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="H3" s="27" t="s">
+        <v>327</v>
+      </c>
+      <c r="I3" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="J3" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K3" s="27" t="s">
+        <v>353</v>
+      </c>
+      <c r="L3" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M3" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N3" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="O3" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P3" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q3" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="R3" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="S3" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="T3" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="U3" s="27" t="s">
+        <v>330</v>
+      </c>
+      <c r="V3" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="W3" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="X3" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="Y3" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="Z3" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="AA3" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="AB3" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="AC3" s="27" t="s">
+        <v>350</v>
+      </c>
+      <c r="AD3" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="AE3" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AF3" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="AG3" s="27" t="s">
+        <v>337</v>
+      </c>
+      <c r="AH3" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="AI3" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="AJ3" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="AK3" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="AL3" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="AM3" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="AN3" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="AO3" s="6" t="s">
+        <v>322</v>
+      </c>
+      <c r="AP3" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="AQ3" s="6" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="4" spans="2:44" s="13" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="D4" s="7" t="s">
+        <v>292</v>
+      </c>
+      <c r="E4" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="F4" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="G4" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="H4" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="I4" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="J4" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="K4" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="L4" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="M4" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="N4" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="O4" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="P4" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q4" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="R4" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="S4" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="T4" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="U4" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="V4" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="W4" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="X4" s="27" t="s">
+        <v>316</v>
+      </c>
+      <c r="Y4" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="Z4" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="AA4" s="6" t="s">
+        <v>318</v>
+      </c>
+      <c r="AB4" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="AC4" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="AD4" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="AE4" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="AF4" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="AG4" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="AH4" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="AI4" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="AJ4" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="AK4" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="AL4" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="AM4" s="6" t="s">
+        <v>308</v>
+      </c>
+      <c r="AN4" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="AO4" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="AP4" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="AQ4" s="6" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="5" spans="2:44" s="13" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="D5" s="7" t="s">
+        <v>293</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="F5" s="6" t="s">
+        <v>341</v>
+      </c>
+      <c r="G5" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="H5" s="27" t="s">
+        <v>328</v>
+      </c>
+      <c r="I5" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="J5" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="K5" s="27" t="s">
+        <v>354</v>
+      </c>
+      <c r="L5" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="M5" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="N5" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="O5" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="P5" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="Q5" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="R5" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="S5" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="T5" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="U5" s="27" t="s">
+        <v>331</v>
+      </c>
+      <c r="V5" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="W5" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="X5" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="Y5" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="Z5" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="AA5" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AB5" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="AC5" s="27" t="s">
+        <v>351</v>
+      </c>
+      <c r="AD5" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AE5" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="AF5" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="AG5" s="27" t="s">
+        <v>336</v>
+      </c>
+      <c r="AH5" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="AI5" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="AJ5" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="AK5" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="AL5" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="AM5" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="AN5" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="AO5" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="AP5" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="AQ5" s="6" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="6" spans="2:44" s="13" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="D6" s="7" t="s">
+        <v>294</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="F6" s="6" t="s">
+        <v>340</v>
+      </c>
+      <c r="G6" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="H6" s="27" t="s">
         <v>329</v>
       </c>
-      <c r="AP2" s="26" t="s">
-[...5 lines deleted...]
-      <c r="AR2" s="14" t="s">
+      <c r="I6" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="J6" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="K6" s="27" t="s">
+        <v>355</v>
+      </c>
+      <c r="L6" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="M6" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="N6" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="O6" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="P6" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="Q6" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="R6" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="S6" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="T6" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="U6" s="27" t="s">
+        <v>332</v>
+      </c>
+      <c r="V6" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="W6" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="X6" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="Y6" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="Z6" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="AA6" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="AB6" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="AC6" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="AD6" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="AE6" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="AF6" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="AG6" s="27" t="s">
+        <v>335</v>
+      </c>
+      <c r="AH6" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="AI6" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="AJ6" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="AK6" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="AL6" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="AM6" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="AN6" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="AO6" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="AP6" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="AQ6" s="6" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="7" spans="2:44" s="13" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="D7" s="7" t="s">
+        <v>295</v>
+      </c>
+      <c r="E7" s="11" t="s">
+        <v>206</v>
+      </c>
+      <c r="F7" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="G7" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="H7" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="I7" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="J7" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="K7" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="L7" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="M7" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="N7" s="6" t="s">
+        <v>194</v>
+      </c>
+      <c r="O7" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="P7" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="Q7" s="6" t="s">
+        <v>197</v>
+      </c>
+      <c r="R7" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="S7" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="T7" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="U7" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="V7" s="6" t="s">
+        <v>202</v>
+      </c>
+      <c r="W7" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="X7" s="6" t="s">
+        <v>204</v>
+      </c>
+      <c r="Y7" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="Z7" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="AA7" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="AB7" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="AC7" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="AD7" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="AE7" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="AF7" s="6" t="s">
+        <v>177</v>
+      </c>
+      <c r="AG7" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="AH7" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="AI7" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="AJ7" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="AK7" s="11" t="s">
+        <v>206</v>
+      </c>
+      <c r="AL7" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="AM7" s="11" t="s">
+        <v>206</v>
+      </c>
+      <c r="AN7" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="AO7" s="11" t="s">
+        <v>206</v>
+      </c>
+      <c r="AP7" s="11" t="s">
+        <v>206</v>
+      </c>
+      <c r="AQ7" s="6" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="8" spans="2:44" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D8" s="7" t="s">
+        <v>296</v>
+      </c>
+      <c r="E8" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="F8" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="G8" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="H8" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="I8" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="J8" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="K8" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="L8" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="M8" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="N8" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="O8" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="P8" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="Q8" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="R8" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="S8" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="T8" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="U8" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="V8" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="W8" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="X8" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="Y8" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="Z8" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="AA8" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="AB8" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="AC8" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="AD8" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="AE8" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="AF8" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="AG8" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="AH8" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="AI8" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="AJ8" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="AK8" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="AL8" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="AM8" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="AN8" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="AO8" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="AP8" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="AQ8" s="6" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="9" spans="2:44" s="13" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D9" s="7" t="s">
+        <v>297</v>
+      </c>
+      <c r="E9" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="F9" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="G9" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="H9" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="I9" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="J9" s="6" t="s">
+        <v>225</v>
+      </c>
+      <c r="K9" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="L9" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="M9" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="N9" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="O9" s="6" t="s">
+        <v>226</v>
+      </c>
+      <c r="P9" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="Q9" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="R9" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="S9" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="T9" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="U9" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="V9" s="6" t="s">
+        <v>230</v>
+      </c>
+      <c r="W9" s="6" t="s">
+        <v>231</v>
+      </c>
+      <c r="X9" s="6" t="s">
+        <v>232</v>
+      </c>
+      <c r="Y9" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="Z9" s="11" t="s">
+        <v>301</v>
+      </c>
+      <c r="AA9" s="6" t="s">
+        <v>211</v>
+      </c>
+      <c r="AB9" s="6" t="s">
+        <v>212</v>
+      </c>
+      <c r="AC9" s="11" t="s">
+        <v>302</v>
+      </c>
+      <c r="AD9" s="6" t="s">
+        <v>213</v>
+      </c>
+      <c r="AE9" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="AF9" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="AG9" s="6" t="s">
+        <v>216</v>
+      </c>
+      <c r="AH9" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="AI9" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="AJ9" s="6" t="s">
+        <v>219</v>
+      </c>
+      <c r="AK9" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="AL9" s="6" t="s">
+        <v>221</v>
+      </c>
+      <c r="AM9" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="AN9" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="AO9" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="AP9" s="6" t="s">
+        <v>222</v>
+      </c>
+      <c r="AQ9" s="6" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="10" spans="2:44" s="13" customFormat="1" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D10" s="7" t="s">
+        <v>298</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>209</v>
+      </c>
+      <c r="F10" s="6" t="s">
+        <v>240</v>
+      </c>
+      <c r="G10" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="H10" s="6" t="s">
+        <v>236</v>
+      </c>
+      <c r="I10" s="6" t="s">
+        <v>242</v>
+      </c>
+      <c r="J10" s="6" t="s">
+        <v>234</v>
+      </c>
+      <c r="K10" s="6" t="s">
+        <v>234</v>
+      </c>
+      <c r="L10" s="6" t="s">
+        <v>243</v>
+      </c>
+      <c r="M10" s="6" t="s">
+        <v>244</v>
+      </c>
+      <c r="N10" s="6" t="s">
+        <v>245</v>
+      </c>
+      <c r="O10" s="6" t="s">
+        <v>246</v>
+      </c>
+      <c r="P10" s="6" t="s">
+        <v>247</v>
+      </c>
+      <c r="Q10" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="R10" s="6" t="s">
+        <v>249</v>
+      </c>
+      <c r="S10" s="6" t="s">
+        <v>250</v>
+      </c>
+      <c r="T10" s="6" t="s">
+        <v>251</v>
+      </c>
+      <c r="U10" s="11" t="s">
+        <v>303</v>
+      </c>
+      <c r="V10" s="6" t="s">
+        <v>252</v>
+      </c>
+      <c r="W10" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="X10" s="6" t="s">
+        <v>254</v>
+      </c>
+      <c r="Y10" s="6" t="s">
+        <v>209</v>
+      </c>
+      <c r="Z10" s="6" t="s">
+        <v>239</v>
+      </c>
+      <c r="AA10" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB10" s="11" t="s">
+        <v>304</v>
+      </c>
+      <c r="AC10" s="6" t="s">
+        <v>233</v>
+      </c>
+      <c r="AD10" s="6" t="s">
+        <v>234</v>
+      </c>
+      <c r="AE10" s="11" t="s">
+        <v>307</v>
+      </c>
+      <c r="AF10" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="AG10" s="6" t="s">
+        <v>236</v>
+      </c>
+      <c r="AH10" s="6" t="s">
+        <v>209</v>
+      </c>
+      <c r="AI10" s="6" t="s">
+        <v>237</v>
+      </c>
+      <c r="AJ10" s="6" t="s">
+        <v>238</v>
+      </c>
+      <c r="AK10" s="6" t="s">
+        <v>209</v>
+      </c>
+      <c r="AL10" s="6" t="s">
+        <v>234</v>
+      </c>
+      <c r="AM10" s="6" t="s">
+        <v>209</v>
+      </c>
+      <c r="AN10" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="AO10" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="AP10" s="6" t="s">
+        <v>209</v>
+      </c>
+      <c r="AQ10" s="6" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="11" spans="2:44" s="13" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="D11" s="9" t="s">
+        <v>299</v>
+      </c>
+      <c r="E11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="F11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="G11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="H11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="I11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="J11" s="29" t="s">
+        <v>300</v>
+      </c>
+      <c r="K11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="L11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="M11" s="14" t="s">
+        <v>313</v>
+      </c>
+      <c r="N11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="O11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="P11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="Q11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="R11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="S11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="T11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="U11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="V11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="W11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="X11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="Y11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="Z11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="AA11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="AB11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="AC11" s="26" t="s">
+        <v>313</v>
+      </c>
+      <c r="AD11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="AE11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="AF11" s="26" t="s">
+        <v>313</v>
+      </c>
+      <c r="AG11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="AH11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="AI11" s="30" t="s">
+        <v>346</v>
+      </c>
+      <c r="AJ11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="AK11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="AL11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="AM11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="AN11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="AO11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="AP11" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="AQ11" s="28" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="12" spans="2:44" x14ac:dyDescent="0.25">
+      <c r="B12" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C12" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="D12" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="H12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="I12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="J12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="K12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="L12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="M12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="N12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="O12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="P12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="R12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="S12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="T12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="U12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="V12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="W12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="X12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="Y12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="Z12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="AA12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="AB12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="AC12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="AD12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="AE12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="AF12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="AG12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="AH12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="AI12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="AJ12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="AK12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="AL12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="AM12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="AN12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="AO12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="AP12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="AQ12" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="AR12" s="3" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="3" spans="2:45" s="13" customFormat="1" ht="60" x14ac:dyDescent="0.25">
-[...750 lines deleted...]
-      <c r="D9" s="7" t="s">
+    <row r="13" spans="2:44" ht="45" x14ac:dyDescent="0.25">
+      <c r="B13" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C13" s="11" t="s">
         <v>305</v>
-      </c>
-[...510 lines deleted...]
-        <v>313</v>
       </c>
       <c r="D13" s="20">
         <v>1</v>
       </c>
       <c r="E13" s="16">
         <v>0</v>
       </c>
       <c r="F13" s="16">
         <v>0.05</v>
       </c>
       <c r="G13" s="16">
         <v>0.1</v>
       </c>
       <c r="H13" s="16">
         <v>0.1</v>
       </c>
       <c r="I13" s="16">
         <v>0</v>
       </c>
       <c r="J13" s="16">
         <v>0</v>
       </c>
       <c r="K13" s="16">
         <v>0.15</v>
       </c>
@@ -3478,678 +3434,662 @@
       <c r="P13" s="16">
         <v>0.1</v>
       </c>
       <c r="Q13" s="16">
         <v>0</v>
       </c>
       <c r="R13" s="16">
         <v>0.02</v>
       </c>
       <c r="S13" s="16">
         <v>0.3</v>
       </c>
       <c r="T13" s="16">
         <v>0.11</v>
       </c>
       <c r="U13" s="16">
         <v>0</v>
       </c>
       <c r="V13" s="16">
         <v>0.02</v>
       </c>
       <c r="W13" s="16">
         <v>0.2</v>
       </c>
       <c r="X13" s="16">
+        <v>0.4</v>
+      </c>
+      <c r="Y13" s="16">
         <v>0.1</v>
       </c>
-      <c r="Y13" s="16">
-[...1 lines deleted...]
-      </c>
       <c r="Z13" s="16">
+        <v>0.3</v>
+      </c>
+      <c r="AA13" s="16">
         <v>0.1</v>
       </c>
-      <c r="AA13" s="16">
-[...1 lines deleted...]
-      </c>
       <c r="AB13" s="16">
+        <v>0</v>
+      </c>
+      <c r="AC13" s="16">
         <v>0.1</v>
       </c>
-      <c r="AC13" s="16">
-[...1 lines deleted...]
-      </c>
       <c r="AD13" s="16">
+        <v>0</v>
+      </c>
+      <c r="AE13" s="16">
+        <v>1.1999999999999999E-3</v>
+      </c>
+      <c r="AF13" s="16">
+        <v>0.2</v>
+      </c>
+      <c r="AG13" s="16">
+        <v>0.05</v>
+      </c>
+      <c r="AH13" s="16">
+        <v>0</v>
+      </c>
+      <c r="AI13" s="16">
+        <v>0.05</v>
+      </c>
+      <c r="AJ13" s="16">
+        <v>0</v>
+      </c>
+      <c r="AK13" s="16">
+        <v>0</v>
+      </c>
+      <c r="AL13" s="16">
         <v>0.1</v>
       </c>
-      <c r="AE13" s="16">
-[...8 lines deleted...]
-      <c r="AH13" s="16">
+      <c r="AM13" s="16">
+        <v>0</v>
+      </c>
+      <c r="AN13" s="16">
+        <v>0</v>
+      </c>
+      <c r="AO13" s="16">
+        <v>0.1</v>
+      </c>
+      <c r="AP13" s="16">
+        <v>0.02</v>
+      </c>
+      <c r="AQ13" s="16">
         <v>0.05</v>
       </c>
-      <c r="AI13" s="16">
-[...28 lines deleted...]
-      </c>
     </row>
-    <row r="14" spans="2:45" ht="30" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:44" ht="30" x14ac:dyDescent="0.25">
       <c r="B14" s="5" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C14" s="11" t="s">
-        <v>314</v>
+        <v>306</v>
       </c>
       <c r="D14" s="20">
         <v>1</v>
       </c>
       <c r="E14" s="16">
         <v>0</v>
       </c>
       <c r="F14" s="16">
         <v>0.05</v>
       </c>
       <c r="G14" s="17" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="H14" s="16">
         <v>0.05</v>
       </c>
       <c r="I14" s="16">
         <v>0</v>
       </c>
       <c r="J14" s="16">
         <v>0.2</v>
       </c>
       <c r="K14" s="16">
         <v>0</v>
       </c>
       <c r="L14" s="16">
         <v>0.1</v>
       </c>
       <c r="M14" s="16">
         <v>0.33500000000000002</v>
       </c>
       <c r="N14" s="16">
         <v>0.15</v>
       </c>
       <c r="O14" s="16">
         <v>0</v>
       </c>
       <c r="P14" s="16">
         <v>0.1</v>
       </c>
       <c r="Q14" s="16">
         <v>0</v>
       </c>
       <c r="R14" s="16">
         <v>0.02</v>
       </c>
       <c r="S14" s="16">
         <v>0.3</v>
       </c>
       <c r="T14" s="17" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="U14" s="17" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="V14" s="17" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="W14" s="16">
         <v>0.2</v>
       </c>
       <c r="X14" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y14" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z14" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA14" s="16">
+        <v>0.1</v>
+      </c>
+      <c r="AB14" s="16">
+        <v>0.09</v>
+      </c>
+      <c r="AC14" s="16">
+        <v>0.1</v>
+      </c>
+      <c r="AD14" s="16">
+        <v>0</v>
+      </c>
+      <c r="AE14" s="16">
+        <v>1E-3</v>
+      </c>
+      <c r="AF14" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="AG14" s="16">
+        <v>0.05</v>
+      </c>
+      <c r="AH14" s="16">
+        <v>0</v>
+      </c>
+      <c r="AI14" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="AJ14" s="16">
+        <v>0</v>
+      </c>
+      <c r="AK14" s="16">
+        <v>0</v>
+      </c>
+      <c r="AL14" s="16">
+        <v>0.1</v>
+      </c>
+      <c r="AM14" s="16">
+        <v>0</v>
+      </c>
+      <c r="AN14" s="16">
+        <v>0</v>
+      </c>
+      <c r="AO14" s="16">
+        <v>0</v>
+      </c>
+      <c r="AP14" s="16">
+        <v>0.02</v>
+      </c>
+      <c r="AQ14" s="16">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="15" spans="2:44" x14ac:dyDescent="0.25">
+      <c r="B15" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="Y14" s="17" t="s">
-[...63 lines deleted...]
-      </c>
       <c r="C15" s="6" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D15" s="20">
         <v>1</v>
       </c>
       <c r="E15" s="16" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F15" s="17" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="G15" s="16">
         <v>0.1</v>
       </c>
       <c r="H15" s="16">
         <v>0.1</v>
       </c>
       <c r="I15" s="16">
         <v>0</v>
       </c>
       <c r="J15" s="16">
         <v>0</v>
       </c>
       <c r="K15" s="17" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="L15" s="17" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="M15" s="16">
         <v>0.33500000000000002</v>
       </c>
       <c r="N15" s="16">
         <v>0.15</v>
       </c>
       <c r="O15" s="16">
         <v>0.1</v>
       </c>
       <c r="P15" s="16">
         <v>0.1</v>
       </c>
       <c r="Q15" s="17" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="R15" s="16">
         <v>0.02</v>
       </c>
       <c r="S15" s="16">
         <v>0.3</v>
       </c>
       <c r="T15" s="16">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="U15" s="17" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="V15" s="17" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="W15" s="16">
         <v>0.2</v>
       </c>
       <c r="X15" s="17" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="Y15" s="17" t="s">
-        <v>37</v>
-[...4 lines deleted...]
-      <c r="AA15" s="16">
+        <v>35</v>
+      </c>
+      <c r="Z15" s="16">
         <v>0.3</v>
       </c>
+      <c r="AA15" s="17" t="s">
+        <v>35</v>
+      </c>
       <c r="AB15" s="17" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>35</v>
+      </c>
+      <c r="AC15" s="16">
+        <v>0.1</v>
       </c>
       <c r="AD15" s="16">
+        <v>0</v>
+      </c>
+      <c r="AE15" s="16">
+        <v>1E-3</v>
+      </c>
+      <c r="AF15" s="16">
+        <v>0.2</v>
+      </c>
+      <c r="AG15" s="16">
+        <v>0.05</v>
+      </c>
+      <c r="AH15" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="AI15" s="16">
+        <v>0.05</v>
+      </c>
+      <c r="AJ15" s="16">
+        <v>0</v>
+      </c>
+      <c r="AK15" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="AL15" s="16">
         <v>0.1</v>
       </c>
-      <c r="AE15" s="16">
-[...30 lines deleted...]
-        <v>0</v>
+      <c r="AM15" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="AN15" s="16">
+        <v>0</v>
+      </c>
+      <c r="AO15" s="17" t="s">
+        <v>35</v>
       </c>
       <c r="AP15" s="17" t="s">
-        <v>37</v>
-[...4 lines deleted...]
-      <c r="AR15" s="16">
+        <v>35</v>
+      </c>
+      <c r="AQ15" s="16">
         <v>0</v>
       </c>
     </row>
-    <row r="16" spans="2:45" ht="30" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:44" ht="30" x14ac:dyDescent="0.25">
       <c r="B16" s="18" t="s">
         <v>0</v>
       </c>
       <c r="C16" s="8" t="s">
+        <v>256</v>
+      </c>
+      <c r="D16" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="E16" s="10" t="s">
+        <v>206</v>
+      </c>
+      <c r="F16" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="G16" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="H16" s="10" t="s">
+        <v>263</v>
+      </c>
+      <c r="I16" s="10" t="s">
+        <v>89</v>
+      </c>
+      <c r="J16" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K16" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="L16" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="M16" s="10" t="s">
         <v>264</v>
       </c>
-      <c r="D16" s="21" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="N16" s="10" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="O16" s="10" t="s">
-        <v>273</v>
+        <v>265</v>
       </c>
       <c r="P16" s="10" t="s">
-        <v>274</v>
+        <v>266</v>
       </c>
       <c r="Q16" s="10" t="s">
         <v>0</v>
       </c>
       <c r="R16" s="10" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="S16" s="10" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="T16" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="U16" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="V16" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="W16" s="10" t="s">
         <v>103</v>
       </c>
-      <c r="U16" s="10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X16" s="10" t="s">
         <v>0</v>
       </c>
       <c r="Y16" s="10" t="s">
         <v>0</v>
       </c>
       <c r="Z16" s="10" t="s">
-        <v>0</v>
+        <v>262</v>
       </c>
       <c r="AA16" s="10" t="s">
-        <v>270</v>
+        <v>0</v>
       </c>
       <c r="AB16" s="10" t="s">
         <v>0</v>
       </c>
       <c r="AC16" s="10" t="s">
-        <v>0</v>
+        <v>257</v>
       </c>
       <c r="AD16" s="10" t="s">
-        <v>265</v>
+        <v>74</v>
       </c>
       <c r="AE16" s="10" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="AF16" s="10" t="s">
-        <v>78</v>
+        <v>258</v>
       </c>
       <c r="AG16" s="10" t="s">
-        <v>266</v>
+        <v>76</v>
       </c>
       <c r="AH16" s="10" t="s">
-        <v>79</v>
+        <v>0</v>
       </c>
       <c r="AI16" s="10" t="s">
-        <v>0</v>
+        <v>259</v>
       </c>
       <c r="AJ16" s="10" t="s">
-        <v>267</v>
+        <v>260</v>
       </c>
       <c r="AK16" s="10" t="s">
-        <v>268</v>
+        <v>0</v>
       </c>
       <c r="AL16" s="10" t="s">
-        <v>0</v>
+        <v>81</v>
       </c>
       <c r="AM16" s="10" t="s">
-        <v>84</v>
+        <v>0</v>
       </c>
       <c r="AN16" s="10" t="s">
-        <v>0</v>
+        <v>261</v>
       </c>
       <c r="AO16" s="10" t="s">
-        <v>269</v>
+        <v>0</v>
       </c>
       <c r="AP16" s="10" t="s">
         <v>0</v>
       </c>
       <c r="AQ16" s="10" t="s">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>104</v>
       </c>
     </row>
-    <row r="17" spans="2:44" ht="30" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:43" ht="30" x14ac:dyDescent="0.25">
       <c r="B17" s="4"/>
       <c r="C17" s="8" t="s">
-        <v>275</v>
+        <v>267</v>
       </c>
       <c r="D17" s="22"/>
       <c r="E17" s="10" t="s">
-        <v>213</v>
+        <v>206</v>
       </c>
       <c r="F17" s="10" t="s">
         <v>0</v>
       </c>
       <c r="G17" s="10" t="s">
+        <v>277</v>
+      </c>
+      <c r="H17" s="10" t="s">
+        <v>278</v>
+      </c>
+      <c r="I17" s="10" t="s">
+        <v>279</v>
+      </c>
+      <c r="J17" s="10" t="s">
+        <v>280</v>
+      </c>
+      <c r="K17" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="L17" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="M17" s="10" t="s">
+        <v>281</v>
+      </c>
+      <c r="N17" s="10" t="s">
+        <v>282</v>
+      </c>
+      <c r="O17" s="10" t="s">
+        <v>283</v>
+      </c>
+      <c r="P17" s="10" t="s">
+        <v>284</v>
+      </c>
+      <c r="Q17" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="R17" s="10" t="s">
         <v>285</v>
       </c>
-      <c r="H17" s="10" t="s">
+      <c r="S17" s="10" t="s">
         <v>286</v>
       </c>
-      <c r="I17" s="10" t="s">
+      <c r="T17" s="10" t="s">
         <v>287</v>
       </c>
-      <c r="J17" s="10" t="s">
+      <c r="U17" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="V17" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="W17" s="10" t="s">
         <v>288</v>
       </c>
-      <c r="K17" s="10" t="s">
-[...5 lines deleted...]
-      <c r="M17" s="10" t="s">
+      <c r="X17" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="Y17" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="Z17" s="10" t="s">
+        <v>276</v>
+      </c>
+      <c r="AA17" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="AB17" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="AC17" s="10" t="s">
+        <v>268</v>
+      </c>
+      <c r="AD17" s="10" t="s">
+        <v>269</v>
+      </c>
+      <c r="AE17" s="10" t="s">
+        <v>270</v>
+      </c>
+      <c r="AF17" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="AG17" s="10" t="s">
+        <v>272</v>
+      </c>
+      <c r="AH17" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="AI17" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="AJ17" s="10" t="s">
+        <v>273</v>
+      </c>
+      <c r="AK17" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="AL17" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="AM17" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="AN17" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="AO17" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="AP17" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="AQ17" s="10" t="s">
         <v>289</v>
-      </c>
-[...91 lines deleted...]
-        <v>297</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:AR17">
-    <sortCondition ref="E2:AR2"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:AQ17">
+    <sortCondition ref="E2:AQ2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="E11" r:id="rId1" xr:uid="{AB37C32B-C277-4821-AEE0-3AB5FF9253EE}"/>
     <hyperlink ref="F11" r:id="rId2" xr:uid="{4F4BCFF6-B588-4F21-8CEB-2D8D2C1A6826}"/>
     <hyperlink ref="G11" r:id="rId3" xr:uid="{F281DA87-E08D-491F-9F17-DA6366E515FB}"/>
     <hyperlink ref="H11" r:id="rId4" xr:uid="{DCEF6396-8C83-44D3-B1EA-2F8DE0ED14A8}"/>
     <hyperlink ref="I11" r:id="rId5" xr:uid="{56EBCFAE-A822-4605-B23E-01AC53635B1A}"/>
     <hyperlink ref="K11" r:id="rId6" xr:uid="{1A00C646-7EA9-4792-B219-C1CCF2C366C5}"/>
     <hyperlink ref="L11" r:id="rId7" xr:uid="{1F01282D-EF89-4E9A-9842-E1ABD94C3C01}"/>
     <hyperlink ref="N11" r:id="rId8" xr:uid="{83390C7A-D874-4B38-9DC4-C5257E80BEAA}"/>
     <hyperlink ref="O11" r:id="rId9" xr:uid="{DC1D869F-1DA5-43F4-8AE1-D7EF849E10A4}"/>
     <hyperlink ref="P11" r:id="rId10" xr:uid="{357BC470-F95B-4DDD-B771-5D387619D587}"/>
     <hyperlink ref="Q11" r:id="rId11" xr:uid="{07DDF1A2-8F06-499B-A9FA-A7DE7B3B4CAC}"/>
     <hyperlink ref="R11" r:id="rId12" xr:uid="{B925ADD8-BC76-4495-93BA-D4B732B67E9A}"/>
     <hyperlink ref="S11" r:id="rId13" xr:uid="{4CC27C03-0670-4F32-8F24-C429E1D04B0C}"/>
     <hyperlink ref="T11" r:id="rId14" xr:uid="{D000804B-4BC1-4300-B0B2-A502C5600766}"/>
     <hyperlink ref="U11" r:id="rId15" xr:uid="{E4B98ECA-6378-441B-B544-E4B949694A0E}"/>
     <hyperlink ref="V11" r:id="rId16" xr:uid="{547CF891-936C-424F-8344-D1A8564EA9A0}"/>
     <hyperlink ref="W11" r:id="rId17" xr:uid="{0349FD52-C5F4-4910-8267-5DF81A4A613F}"/>
-    <hyperlink ref="X11" r:id="rId18" display="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Global Industrial.docx" xr:uid="{1073CBD6-B277-49EE-95E4-699EE2F33689}"/>
-[...18 lines deleted...]
-    <hyperlink ref="AJ11" r:id="rId37" display="http://www.alliedstatescooperative.com/var/www/html/www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Rexel USA.pdf" xr:uid="{F04A4C7E-42F9-496D-BA98-526EE6BAB96A}"/>
+    <hyperlink ref="X11" r:id="rId18" xr:uid="{C743565D-38F9-45CD-95AD-8BF291757845}"/>
+    <hyperlink ref="Y11" r:id="rId19" xr:uid="{D675D320-B141-4013-BDE1-A8639D8E66C4}"/>
+    <hyperlink ref="Z11" r:id="rId20" xr:uid="{A54A3A84-B1D1-42E1-A463-971B10EF3995}"/>
+    <hyperlink ref="AA11" r:id="rId21" xr:uid="{8F8C2BF1-A5EA-4AE0-A680-B8B7A46CCBAB}"/>
+    <hyperlink ref="AB11" r:id="rId22" xr:uid="{7F267F9E-7179-4291-B279-52FE80976470}"/>
+    <hyperlink ref="AD11" r:id="rId23" xr:uid="{A2E41569-06C3-49C5-A700-AA7587B5F519}"/>
+    <hyperlink ref="AE11" r:id="rId24" xr:uid="{53ED2781-0087-4F80-AA8F-8F663E827E90}"/>
+    <hyperlink ref="AG11" r:id="rId25" xr:uid="{7977B36A-DA93-4319-8B7E-AC833F424735}"/>
+    <hyperlink ref="AH11" r:id="rId26" xr:uid="{B9D88B3E-38FA-4C17-9DB5-9F453E5856AD}"/>
+    <hyperlink ref="AJ11" r:id="rId27" xr:uid="{E8FB5576-9A32-482F-9E62-17382FF691C8}"/>
+    <hyperlink ref="AK11" r:id="rId28" xr:uid="{DBE48279-1745-449D-88D2-EE7B35E63196}"/>
+    <hyperlink ref="AL11" r:id="rId29" xr:uid="{A43ED2BD-E8D1-4A99-8212-9E48FC7D0E82}"/>
+    <hyperlink ref="AM11" r:id="rId30" xr:uid="{5E4FBCEC-6266-47EC-8B49-99CF6DBA9CFE}"/>
+    <hyperlink ref="AN11" r:id="rId31" xr:uid="{CA4F1F01-8A32-4DD5-A064-3E645F30A42C}"/>
+    <hyperlink ref="AO11" r:id="rId32" xr:uid="{9A8C021F-E142-40EC-8CE7-40E11F6EBD82}"/>
+    <hyperlink ref="AP11" r:id="rId33" xr:uid="{968317F4-01A9-49F0-9DC1-94271F7DF45B}"/>
+    <hyperlink ref="AQ11" r:id="rId34" xr:uid="{E87E7832-6254-4BFF-A5F6-3D195A0342B2}"/>
+    <hyperlink ref="J11" r:id="rId35" xr:uid="{E7E8B98C-88F6-4988-88E7-578CDE97835C}"/>
+    <hyperlink ref="AI11" r:id="rId36" display="http://www.alliedstatescooperative.com/var/www/html/www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7486/Rexel USA.pdf" xr:uid="{F04A4C7E-42F9-496D-BA98-526EE6BAB96A}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
-  <pageSetup orientation="landscape" r:id="rId38"/>
+  <pageSetup orientation="landscape" r:id="rId37"/>
   <headerFooter>
     <oddFooter>&amp;R24-7486 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>