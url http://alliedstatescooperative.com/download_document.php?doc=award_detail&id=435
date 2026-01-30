--- v0 (2025-10-21)
+++ v1 (2026-01-30)
@@ -1,423 +1,369 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="X:\Bids\2024\24-7484 Non-Instructional Setting Administrative, Consulting, Management and Training Services\Award Summary and Award Detail\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2024\24-7484 Non-Instructional Setting Administrative, Consulting, Management and Training Services\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B4E833E5-5432-43CC-8F03-A740B6BBC789}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B36F1FAA-D561-4A9A-A900-3DF125E6E307}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$C,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="267" uniqueCount="146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="225" uniqueCount="125">
   <si>
     <t/>
   </si>
   <si>
     <t>StratComm Inc.</t>
   </si>
   <si>
     <t>ITSQuest, Inc.</t>
   </si>
   <si>
     <t>GSFT - School Safety Certifcation (Go Strapped Firearms Training LLC)</t>
   </si>
   <si>
     <t>Four BT, LLC</t>
   </si>
   <si>
-    <t>Enterprise Risk Management LLC (Guadalupe Rodriguez)</t>
-[...1 lines deleted...]
-  <si>
     <t>Education Compliance Solutions LLC</t>
   </si>
   <si>
     <t>Coolspeak,  LLC (Coolspeak, LLC)</t>
   </si>
   <si>
     <t>Carol Cooper DBA N&amp;C Consulting</t>
   </si>
   <si>
     <t>The Forma Group, LLC</t>
   </si>
   <si>
     <t>Tuatara Consulting Inc.</t>
   </si>
   <si>
     <t>Line #</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>QTY</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>SERVICES. Percent discount off pricelist/fee schedule.</t>
   </si>
   <si>
     <t>No Bid</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PRODUCTS. Percent discount off catalog/pricelist.</t>
   </si>
   <si>
     <t>Jennifer Azar</t>
   </si>
   <si>
-    <t>Elliot Rain</t>
-[...1 lines deleted...]
-  <si>
     <t>Alberto Hernandez-Bardan</t>
   </si>
   <si>
     <t>Patrick Dyer</t>
   </si>
   <si>
     <t>Kesson Anderson</t>
   </si>
   <si>
     <t>Carol Everly</t>
   </si>
   <si>
     <t>Bryan Proctor</t>
   </si>
   <si>
     <t>Martha Gayle Reid Lynch</t>
   </si>
   <si>
     <t>Mark Powell</t>
   </si>
   <si>
-    <t>Lupe Rodriguez</t>
-[...4 lines deleted...]
-  <si>
     <t>Anna Draker</t>
   </si>
   <si>
     <t>Gilfredo Pena</t>
   </si>
   <si>
     <t>Colby Richardson</t>
   </si>
   <si>
     <t>Carol Cooper</t>
   </si>
   <si>
     <t>Ricardo Armendariz</t>
   </si>
   <si>
     <t>Tom Driscoll</t>
   </si>
   <si>
     <t>PO Box 13762, El Paso, Texas 79913</t>
   </si>
   <si>
     <t>4320 West Kennedy Boulevard Tampa, Florida 33609</t>
   </si>
   <si>
     <t>506 E. 40th St; Austin, TX 78751</t>
   </si>
   <si>
     <t>4505 82nd St., Ste. 3, Lubbock TX  79424</t>
   </si>
   <si>
     <t>7901 Blvd 26, North Richland Hills 76108</t>
   </si>
   <si>
     <t>84 Cottonwood Lane, Naples, FL 34112</t>
   </si>
   <si>
-    <t>6051 Bandolero Dr. El Paso, TX 79912</t>
-[...4 lines deleted...]
-  <si>
     <t>228 Park Ave S, Suite 22229, New York, NY 10003-1502</t>
   </si>
   <si>
     <t>6528 Calle Placido, El Paso, TX 79912</t>
   </si>
   <si>
     <t>7509 Oakhurst Trail, Garland, Texas 75044</t>
   </si>
   <si>
     <t>W239N7474 High Ridge Dr, Sussex, WI 53089</t>
   </si>
   <si>
     <t>jazar@stratcomminc.com</t>
   </si>
   <si>
-    <t>Elliot.Rain@pepelwerk.com</t>
-[...1 lines deleted...]
-  <si>
     <t>alberto@nuraamigroup.com</t>
   </si>
   <si>
     <t>rcvrfp@mgtconsulting.com</t>
   </si>
   <si>
     <t>kesson@loom-strategy.com</t>
   </si>
   <si>
     <t>everlyc@itsquest.com</t>
   </si>
   <si>
     <t>info@schoolsafetycertification.com</t>
   </si>
   <si>
     <t>mgr@gaylereid.com</t>
   </si>
   <si>
     <t>mpowell@4bt.us</t>
   </si>
   <si>
-    <t>lupe@enterpriseriskmanagementllc.com</t>
-[...4 lines deleted...]
-  <si>
     <t>adraker@ecslawgroup.com</t>
   </si>
   <si>
     <t>gil@coolspeak.net</t>
   </si>
   <si>
     <t>colby@condorconsulting.org</t>
   </si>
   <si>
     <t>cacooper@tx.rr.com</t>
   </si>
   <si>
     <t>rick@formagroup.net</t>
   </si>
   <si>
     <t>(508) 907-7000 x216</t>
   </si>
   <si>
-    <t>(844) 477-5975</t>
-[...1 lines deleted...]
-  <si>
     <t>(915) 540-2977</t>
   </si>
   <si>
     <t>(813) 327-4717</t>
   </si>
   <si>
     <t>(919) 740-9198</t>
   </si>
   <si>
     <t>(806) 785-9100</t>
   </si>
   <si>
     <t>(817) 625-2700</t>
   </si>
   <si>
     <t>(832) 707-0717</t>
   </si>
   <si>
-    <t>(915) 204-9611</t>
-[...4 lines deleted...]
-  <si>
     <t>(210) 729-9000</t>
   </si>
   <si>
     <t>(888) 300-1880 x10</t>
   </si>
   <si>
     <t>(210) 274-4616</t>
   </si>
   <si>
     <t>(214) 202-5903</t>
   </si>
   <si>
     <t>(915) 261-7773</t>
   </si>
   <si>
     <t>(262) 372-6754</t>
   </si>
   <si>
     <t>HTTP://stratcomm.com</t>
   </si>
   <si>
-    <t>https://www.pepelwerk.com/</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.mgtconsulting.com/</t>
   </si>
   <si>
     <t>HTTP://www.loom-strategy.com</t>
   </si>
   <si>
     <t>http://www.frontgateteam.com</t>
   </si>
   <si>
     <t>https://www.schoolsafetycertification.com/</t>
   </si>
   <si>
     <t>HTTP://www.4bt.us</t>
   </si>
   <si>
-    <t>https://www.enterpriseriskmanagementllc.com/methodology</t>
-[...4 lines deleted...]
-  <si>
     <t>HTTP://www.ecslawgroup.com</t>
   </si>
   <si>
     <t>https://coolspeak.com/</t>
   </si>
   <si>
     <t>HTTP://www.condorconsultinggroup.org</t>
   </si>
   <si>
     <t>HTTP://formapublicaffairs.net</t>
   </si>
   <si>
     <t>https://www.tuatarainc.com</t>
   </si>
   <si>
     <t>n/a</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Texas</t>
   </si>
   <si>
     <t>Yes, if shipping were to be required, we would charge for shipping. Currently, the contact is Jennifer Azar.</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
-    <t>N/A</t>
-[...1 lines deleted...]
-  <si>
     <t>yes</t>
   </si>
   <si>
     <t>StratComm can service any location as the services we provide are performed remotely.</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>Texas and New Mexico</t>
   </si>
   <si>
     <t>Yes all 50 states.</t>
   </si>
   <si>
     <t>Willing to secure license or licensed in all states</t>
   </si>
   <si>
     <t>Texas, New Mexico</t>
   </si>
   <si>
     <t>All United States and US Territories</t>
   </si>
   <si>
-    <t>all of U.S.A.</t>
-[...4 lines deleted...]
-  <si>
     <t>We are able to provide services in Texas</t>
   </si>
   <si>
     <t>PA, DE, NY, NJ</t>
   </si>
   <si>
     <t>All states</t>
   </si>
   <si>
     <t>Does the pricing as found on your pricelist/fee schedule already reflect the discount?</t>
   </si>
   <si>
     <t>Must provide services. If respond to this line item only and not line item #1, your response will not be considered. Please confirm you understand this requirement.</t>
   </si>
   <si>
     <t>I confirm</t>
   </si>
   <si>
     <t>tdriscoll@tuatarainc.com</t>
   </si>
   <si>
     <t>Company Name…</t>
   </si>
   <si>
     <t>Company Contact…</t>
@@ -428,128 +374,121 @@
   <si>
     <t>Contact Email Address…</t>
   </si>
   <si>
     <t>Company Phone Number…</t>
   </si>
   <si>
     <t>Company Website…</t>
   </si>
   <si>
     <t>S&amp;H included in pricing…</t>
   </si>
   <si>
     <t>S&amp;H (expedite fees)…</t>
   </si>
   <si>
     <t>Areas Served…</t>
   </si>
   <si>
     <t>Price Link…</t>
   </si>
   <si>
     <t>Condor Consulting Group, LLC (Colby Richardson)</t>
   </si>
   <si>
-    <t>Educational Support Services (Deamer Ventures) (Dreamer Ventures LLC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Gayle-Reid Appraisal (Gayle-Reid Appraisal Services Inc.)</t>
   </si>
   <si>
     <t>Loom Consulting (Loom Consulting LLC)</t>
   </si>
   <si>
     <t>MGT of America Consulting, LLC (TVG-MGT Holdings, LP)</t>
   </si>
   <si>
     <t>NURAAMI, LLC (Alberto Hernandez-Bardan)</t>
   </si>
   <si>
-    <t>pepelwerk (peperwerk llc)</t>
-[...1 lines deleted...]
-  <si>
     <t>Price Link</t>
   </si>
   <si>
     <t>5707 W. Interstate 10, Dallas Texas 75206</t>
   </si>
   <si>
     <t>725 Woodfield Drive, El Paso Texas 79932</t>
-  </si>
-[...1 lines deleted...]
-    <t>17250 Dallas Parkway, Dallas Texas 75248</t>
   </si>
   <si>
     <t>24 Superior Drive, Suite 103, Natick, MA  01760</t>
   </si>
   <si>
     <t>310 N Mesa Street STE 519, El Paso, Texas 79901</t>
   </si>
   <si>
     <t>Contact Purchasing for Pricing</t>
   </si>
   <si>
     <t>(915) 203-2465</t>
   </si>
   <si>
     <t>*updated 4/30/24, 5/30/25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
@@ -986,1045 +925,895 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7484/Gayle%20Reid.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7484/NURAAMI.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7484/CoolSpeak.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7484/4BT%20Price%20List.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7484/MGT.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7484/Condor%20Consulting%20Group%20-%20Fee%20Schedule.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7484/Tuatara_Region_19_Rate_Sheet_2-28-24.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7484/Carol%20Cooper%20dba%20N%26C%20Consulting%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7484/Enterprise%20Risk%20Mgt.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7484/Loom%20Consulting%20Pricing%20Schedule.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7484/Educational%20Support%20Svc.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7484/The%20Forma%20Group.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7484/ITSQuest.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7484/Education%20Compliance.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7484/GSFT.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7484/Pepelwerk.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7484/ITSQuest.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7484/Tuatara_Region_19_Rate_Sheet_2-28-24.xlsx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7484/CoolSpeak.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7484/GSFT.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7484/The%20Forma%20Group.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7484/Condor%20Consulting%20Group%20-%20Fee%20Schedule.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7484/Carol%20Cooper%20dba%20N%26C%20Consulting%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7484/Gayle%20Reid.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7484/NURAAMI.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7484/4BT%20Price%20List.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7484/MGT.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7484/Education%20Compliance.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7484/Loom%20Consulting%20Pricing%20Schedule.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:U17"/>
+  <dimension ref="A1:R17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="3" ySplit="2" topLeftCell="D3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight"/>
+      <selection pane="bottomRight" activeCell="D3" sqref="D3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8" style="3" customWidth="1"/>
     <col min="2" max="2" width="36" style="3" customWidth="1"/>
     <col min="3" max="3" width="6" style="3" customWidth="1"/>
-    <col min="4" max="20" width="30.7109375" style="3" customWidth="1"/>
-    <col min="21" max="16384" width="9.140625" style="3"/>
+    <col min="4" max="17" width="30.7109375" style="3" customWidth="1"/>
+    <col min="18" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:18" x14ac:dyDescent="0.25">
       <c r="D1" s="18"/>
       <c r="E1" s="16"/>
       <c r="F1" s="16"/>
       <c r="G1" s="17"/>
       <c r="H1" s="16"/>
-      <c r="I1" s="17"/>
+      <c r="I1" s="18"/>
       <c r="J1" s="16"/>
       <c r="K1" s="18"/>
       <c r="L1" s="16"/>
       <c r="M1" s="18"/>
-      <c r="N1" s="16"/>
+      <c r="N1" s="17"/>
       <c r="O1" s="18"/>
-      <c r="P1" s="17"/>
-[...4 lines deleted...]
-        <v>145</v>
+      <c r="P1" s="18"/>
+      <c r="Q1" s="19" t="s">
+        <v>124</v>
       </c>
     </row>
-    <row r="2" spans="1:21" ht="45" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:18" ht="45" x14ac:dyDescent="0.25">
       <c r="C2" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D2" s="13" t="s">
+        <v>7</v>
+      </c>
+      <c r="E2" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="F2" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="G2" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="H2" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="I2" s="13" t="s">
+        <v>113</v>
+      </c>
+      <c r="J2" s="13" t="s">
+        <v>3</v>
+      </c>
+      <c r="K2" s="13" t="s">
+        <v>2</v>
+      </c>
+      <c r="L2" s="13" t="s">
+        <v>114</v>
+      </c>
+      <c r="M2" s="13" t="s">
+        <v>115</v>
+      </c>
+      <c r="N2" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="O2" s="13" t="s">
+        <v>1</v>
+      </c>
+      <c r="P2" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q2" s="13" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="3" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="C3" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D3" s="20" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" s="20" t="s">
+        <v>29</v>
+      </c>
+      <c r="F3" s="20" t="s">
+        <v>28</v>
+      </c>
+      <c r="G3" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="H3" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="I3" s="20" t="s">
+        <v>25</v>
+      </c>
+      <c r="J3" s="20" t="s">
+        <v>24</v>
+      </c>
+      <c r="K3" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="L3" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="M3" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="N3" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="O3" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P3" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q3" s="20" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="4" spans="1:18" ht="30" x14ac:dyDescent="0.25">
+      <c r="C4" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="H4" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="I4" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="J4" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="K4" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="M4" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="N4" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="O4" s="4" t="s">
         <v>120</v>
       </c>
-      <c r="D2" s="13" t="s">
-[...48 lines deleted...]
-        <v>10</v>
+      <c r="P4" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="Q4" s="4" t="s">
+        <v>42</v>
       </c>
     </row>
-    <row r="3" spans="1:21" x14ac:dyDescent="0.25">
-[...52 lines deleted...]
-        <v>36</v>
+    <row r="5" spans="1:18" ht="30" x14ac:dyDescent="0.25">
+      <c r="C5" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="F5" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="G5" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="H5" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="I5" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="J5" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L5" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N5" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="O5" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P5" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="Q5" s="4" t="s">
+        <v>101</v>
       </c>
     </row>
-    <row r="4" spans="1:21" ht="30" x14ac:dyDescent="0.25">
-[...56 lines deleted...]
-      <c r="C5" s="1" t="s">
+    <row r="6" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="C6" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="E6" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="F6" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G6" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="H6" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="I6" s="4" t="s">
         <v>123</v>
       </c>
-      <c r="D5" s="4" t="s">
-[...5 lines deleted...]
-      <c r="F5" s="4" t="s">
+      <c r="J6" s="4" t="s">
         <v>61</v>
       </c>
-      <c r="G5" s="4" t="s">
+      <c r="K6" s="4" t="s">
         <v>60</v>
       </c>
-      <c r="H5" s="4" t="s">
+      <c r="L6" s="4" t="s">
         <v>59</v>
       </c>
-      <c r="I5" s="4" t="s">
+      <c r="M6" s="4" t="s">
         <v>58</v>
       </c>
-      <c r="J5" s="4" t="s">
+      <c r="N6" s="4" t="s">
         <v>57</v>
       </c>
-      <c r="K5" s="4" t="s">
+      <c r="O6" s="4" t="s">
         <v>56</v>
-      </c>
-[...66 lines deleted...]
-        <v>68</v>
       </c>
       <c r="P6" s="4" t="s">
         <v>67</v>
       </c>
       <c r="Q6" s="4" t="s">
-        <v>66</v>
-[...4 lines deleted...]
-      <c r="S6" s="4" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:18" ht="30" x14ac:dyDescent="0.25">
+      <c r="C7" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D7" s="14" t="s">
+        <v>80</v>
+      </c>
+      <c r="E7" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="F7" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="G7" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="H7" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="I7" s="14" t="s">
+        <v>80</v>
+      </c>
+      <c r="J7" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="K7" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="M7" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" s="14" t="s">
+        <v>80</v>
+      </c>
+      <c r="O7" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q7" s="4" t="s">
         <v>79</v>
       </c>
-      <c r="T6" s="4" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
-    <row r="7" spans="1:21" ht="30" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D7" s="14" t="s">
+    <row r="8" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="C8" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="E8" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="F8" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="G8" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="H8" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="I8" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="J8" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="K8" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="L8" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="M8" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="N8" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="O8" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="P8" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q8" s="4" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="9" spans="1:18" ht="60" x14ac:dyDescent="0.25">
+      <c r="C9" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="E9" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="F9" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="G9" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="H9" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="I9" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="J9" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="K9" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="N9" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="O9" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="Q9" s="4" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:18" ht="60" x14ac:dyDescent="0.25">
+      <c r="C10" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="E10" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="F10" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="G10" s="4" t="s">
         <v>95</v>
       </c>
-      <c r="E7" s="4" t="s">
+      <c r="H10" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="I10" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="J10" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="K10" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="L10" s="4" t="s">
         <v>92</v>
       </c>
-      <c r="F7" s="4" t="s">
+      <c r="M10" s="4" t="s">
         <v>91</v>
       </c>
-      <c r="G7" s="4" t="s">
+      <c r="N10" s="4" t="s">
         <v>90</v>
       </c>
-      <c r="H7" s="4" t="s">
+      <c r="O10" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="Q10" s="4" t="s">
         <v>89</v>
       </c>
-      <c r="I7" s="4" t="s">
-[...34 lines deleted...]
-      </c>
     </row>
-    <row r="8" spans="1:21" x14ac:dyDescent="0.25">
-[...52 lines deleted...]
-        <v>97</v>
+    <row r="11" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="C11" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="D11" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="E11" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="F11" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="G11" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="H11" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="I11" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="J11" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="K11" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="L11" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="M11" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="N11" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="O11" s="13" t="s">
+        <v>122</v>
+      </c>
+      <c r="P11" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q11" s="21" t="s">
+        <v>117</v>
       </c>
     </row>
-    <row r="9" spans="1:21" ht="60" x14ac:dyDescent="0.25">
-[...52 lines deleted...]
-        <v>96</v>
+    <row r="12" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A12" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C12" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="K12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="L12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="M12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="N12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="O12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="P12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="R12" s="8" t="s">
+        <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:21" ht="60" x14ac:dyDescent="0.25">
-[...121 lines deleted...]
-      <c r="D12" s="7" t="s">
+    <row r="13" spans="1:18" ht="30" x14ac:dyDescent="0.25">
+      <c r="A13" s="12" t="s">
         <v>14</v>
       </c>
-      <c r="E12" s="7" t="s">
-[...52 lines deleted...]
-      <c r="A13" s="12" t="s">
+      <c r="B13" s="10" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C13" s="12">
         <v>1</v>
       </c>
       <c r="D13" s="9">
         <v>0</v>
       </c>
       <c r="E13" s="9">
         <v>0.2</v>
       </c>
       <c r="F13" s="9">
         <v>0.5</v>
       </c>
       <c r="G13" s="9">
         <v>0</v>
       </c>
       <c r="H13" s="9">
-        <v>3.5000000000000003E-2</v>
-[...2 lines deleted...]
-        <v>0.35</v>
+        <v>0.1</v>
+      </c>
+      <c r="I13" s="15">
+        <v>0</v>
       </c>
       <c r="J13" s="9">
         <v>0.1</v>
       </c>
-      <c r="K13" s="15">
+      <c r="K13" s="9">
         <v>0</v>
       </c>
       <c r="L13" s="9">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="M13" s="9">
-        <v>0</v>
+        <v>4.5499999999999999E-2</v>
       </c>
       <c r="N13" s="9">
         <v>0.05</v>
       </c>
       <c r="O13" s="9">
-        <v>4.5499999999999999E-2</v>
-[...2 lines deleted...]
-        <v>0.05</v>
+        <v>0</v>
+      </c>
+      <c r="P13" s="15">
+        <v>0</v>
       </c>
       <c r="Q13" s="9">
         <v>0.1</v>
       </c>
-      <c r="R13" s="9">
-[...7 lines deleted...]
-      </c>
     </row>
-    <row r="14" spans="1:21" ht="45" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:18" ht="45" x14ac:dyDescent="0.25">
       <c r="A14" s="12"/>
       <c r="B14" s="10" t="s">
-        <v>116</v>
+        <v>98</v>
       </c>
       <c r="C14" s="12"/>
       <c r="D14" s="12" t="s">
-        <v>97</v>
+        <v>82</v>
       </c>
       <c r="E14" s="12" t="s">
-        <v>97</v>
+        <v>82</v>
       </c>
       <c r="F14" s="12" t="s">
-        <v>97</v>
+        <v>82</v>
       </c>
       <c r="G14" s="12" t="s">
-        <v>97</v>
+        <v>82</v>
       </c>
       <c r="H14" s="12" t="s">
-        <v>97</v>
+        <v>81</v>
       </c>
       <c r="I14" s="12" t="s">
-        <v>97</v>
+        <v>0</v>
       </c>
       <c r="J14" s="12" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="K14" s="12" t="s">
-        <v>0</v>
+        <v>82</v>
       </c>
       <c r="L14" s="12" t="s">
-        <v>97</v>
+        <v>81</v>
       </c>
       <c r="M14" s="12" t="s">
-        <v>97</v>
+        <v>82</v>
       </c>
       <c r="N14" s="12" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="O14" s="12" t="s">
-        <v>97</v>
+        <v>81</v>
       </c>
       <c r="P14" s="12" t="s">
-        <v>97</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="12" t="s">
-        <v>97</v>
-[...8 lines deleted...]
-        <v>97</v>
+        <v>82</v>
       </c>
     </row>
-    <row r="15" spans="1:21" ht="30" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:18" ht="30" x14ac:dyDescent="0.25">
       <c r="A15" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15" s="10" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C15" s="12">
         <v>1</v>
       </c>
       <c r="D15" s="9">
         <v>0</v>
       </c>
       <c r="E15" s="9">
         <v>0.2</v>
       </c>
       <c r="F15" s="9">
         <v>0.5</v>
       </c>
       <c r="G15" s="9">
         <v>0</v>
       </c>
       <c r="H15" s="9">
-        <v>3.5000000000000003E-2</v>
-[...4 lines deleted...]
-      <c r="J15" s="9">
         <v>0.1</v>
       </c>
+      <c r="I15" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="J15" s="10" t="s">
+        <v>16</v>
+      </c>
       <c r="K15" s="10" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="L15" s="10" t="s">
-        <v>17</v>
-[...7 lines deleted...]
-      <c r="O15" s="9">
+        <v>16</v>
+      </c>
+      <c r="M15" s="9">
         <v>4.5499999999999999E-2</v>
       </c>
-      <c r="P15" s="9">
+      <c r="N15" s="9">
         <v>0.05</v>
+      </c>
+      <c r="O15" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="P15" s="15">
+        <v>0</v>
       </c>
       <c r="Q15" s="9">
         <v>0.1</v>
       </c>
-      <c r="R15" s="10" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
-    <row r="16" spans="1:21" ht="45" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:18" ht="45" x14ac:dyDescent="0.25">
       <c r="A16" s="11" t="s">
         <v>0</v>
       </c>
       <c r="B16" s="10" t="s">
-        <v>116</v>
+        <v>98</v>
       </c>
       <c r="C16" s="11" t="s">
         <v>0</v>
       </c>
       <c r="D16" s="12" t="s">
-        <v>97</v>
+        <v>82</v>
       </c>
       <c r="E16" s="12" t="s">
-        <v>97</v>
+        <v>82</v>
       </c>
       <c r="F16" s="12" t="s">
-        <v>97</v>
+        <v>82</v>
       </c>
       <c r="G16" s="12" t="s">
-        <v>97</v>
+        <v>82</v>
       </c>
       <c r="H16" s="12" t="s">
-        <v>97</v>
+        <v>81</v>
       </c>
       <c r="I16" s="12" t="s">
-        <v>97</v>
+        <v>0</v>
       </c>
       <c r="J16" s="12" t="s">
-        <v>96</v>
+        <v>0</v>
       </c>
       <c r="K16" s="12" t="s">
         <v>0</v>
       </c>
       <c r="L16" s="12" t="s">
         <v>0</v>
       </c>
       <c r="M16" s="12" t="s">
-        <v>0</v>
+        <v>82</v>
       </c>
       <c r="N16" s="12" t="s">
-        <v>0</v>
+        <v>82</v>
       </c>
       <c r="O16" s="12" t="s">
-        <v>97</v>
+        <v>0</v>
       </c>
       <c r="P16" s="12" t="s">
-        <v>97</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="12" t="s">
-        <v>97</v>
-[...8 lines deleted...]
-        <v>97</v>
+        <v>82</v>
       </c>
     </row>
-    <row r="17" spans="1:20" ht="75" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:17" ht="75" x14ac:dyDescent="0.25">
       <c r="A17" s="12"/>
       <c r="B17" s="10" t="s">
-        <v>117</v>
+        <v>99</v>
       </c>
       <c r="C17" s="12"/>
       <c r="D17" s="12" t="s">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="E17" s="12" t="s">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="F17" s="12" t="s">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="G17" s="12" t="s">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="H17" s="12" t="s">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="I17" s="12" t="s">
-        <v>118</v>
+        <v>0</v>
       </c>
       <c r="J17" s="12" t="s">
-        <v>118</v>
+        <v>0</v>
       </c>
       <c r="K17" s="12" t="s">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L17" s="12" t="s">
         <v>0</v>
       </c>
       <c r="M17" s="12" t="s">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="N17" s="12" t="s">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="O17" s="12" t="s">
-        <v>118</v>
+        <v>0</v>
       </c>
       <c r="P17" s="12" t="s">
-        <v>118</v>
+        <v>0</v>
       </c>
       <c r="Q17" s="12" t="s">
-        <v>118</v>
-[...8 lines deleted...]
-        <v>118</v>
+        <v>100</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="D1:T17">
-    <sortCondition ref="D2:T2"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="D1:Q17">
+    <sortCondition ref="D2:Q2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="D11" r:id="rId1" xr:uid="{C2332EC5-6DA2-42C0-A024-D965A145DFFA}"/>
     <hyperlink ref="E11" r:id="rId2" xr:uid="{B9FD96ED-12FA-462B-B471-5FB624296299}"/>
     <hyperlink ref="F11" r:id="rId3" xr:uid="{EC052839-5E8A-4830-BF7A-601E6FBB7063}"/>
     <hyperlink ref="G11" r:id="rId4" xr:uid="{08A573BE-6807-4F3F-B678-165681FB08EB}"/>
-    <hyperlink ref="H11" r:id="rId5" xr:uid="{B3D14607-7905-4A63-94EE-398170DF0544}"/>
-[...10 lines deleted...]
-    <hyperlink ref="T11" r:id="rId16" xr:uid="{915BAB9C-324B-4EA5-84D6-5F60D8837B1D}"/>
+    <hyperlink ref="H11" r:id="rId5" xr:uid="{FC2CF49B-1E66-4EEC-A929-8F8FD5072EF1}"/>
+    <hyperlink ref="I11" r:id="rId6" xr:uid="{7DC70A13-A95B-4F21-BFD4-1F5035E6F875}"/>
+    <hyperlink ref="J11" r:id="rId7" xr:uid="{19353619-5BA1-44F9-936B-32528052B551}"/>
+    <hyperlink ref="K11" r:id="rId8" xr:uid="{0900F006-2AFB-430E-A7B1-84BE40A7BC64}"/>
+    <hyperlink ref="L11" r:id="rId9" xr:uid="{3625AA37-9E16-4660-8EB7-20B623E65734}"/>
+    <hyperlink ref="M11" r:id="rId10" xr:uid="{D3E82A89-5DCD-4DE9-BA7B-378747A5D086}"/>
+    <hyperlink ref="N11" r:id="rId11" xr:uid="{367AC6A7-D595-495D-B42D-A2A15B5A16B6}"/>
+    <hyperlink ref="P11" r:id="rId12" xr:uid="{6651A825-C39D-4849-93C0-C59DA3FA1F67}"/>
+    <hyperlink ref="Q11" r:id="rId13" xr:uid="{915BAB9C-324B-4EA5-84D6-5F60D8837B1D}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
-  <pageSetup orientation="landscape" r:id="rId17"/>
+  <pageSetup orientation="landscape" r:id="rId14"/>
   <headerFooter>
     <oddFooter>&amp;R24-7484 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>