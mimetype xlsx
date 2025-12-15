--- v0 (2025-10-17)
+++ v1 (2025-12-15)
@@ -1,130 +1,124 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2024\24-7480 Technology, Hardware, Software, Services and Related (Supplemental)\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{47CC73C1-704C-4E94-B56D-18C35F978614}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4923884B-2299-40D9-8ACA-5E1B45891C7C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Lines!$A$1:$AU$15</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Lines!$A$1:$AO$15</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$E,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="561" uniqueCount="352">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="487" uniqueCount="310">
   <si>
     <t/>
   </si>
   <si>
     <t>Abre.io</t>
   </si>
   <si>
     <t>Hello World CS (HW Tech Studio, Inc)</t>
   </si>
   <si>
     <t>LibraryTrac</t>
   </si>
   <si>
     <t>Embark Corporation</t>
   </si>
   <si>
     <t>Yoongli LLC</t>
   </si>
   <si>
-    <t>AGiRepair, Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>AVES Audio Visual Systems Inc</t>
   </si>
   <si>
     <t>El Paso Office Products (El Paso Office Products, LLC.)</t>
   </si>
   <si>
     <t>Curipod AS</t>
   </si>
   <si>
     <t>Comco Inc.</t>
   </si>
   <si>
     <t>Decision Tree Inc.</t>
   </si>
   <si>
     <t>ESEI (Electro Systems Engineers, Inc.)</t>
   </si>
   <si>
     <t>Infrastructure R&amp;D</t>
   </si>
   <si>
-    <t>DBA University, Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>Mountain Vector Energy</t>
   </si>
   <si>
     <t>Gamwell Technologies Inc</t>
   </si>
   <si>
     <t>Learning List</t>
   </si>
   <si>
     <t>MASSER TECHNOLOGIES (THE MASSER GROUP, INC.)</t>
   </si>
   <si>
     <t>Adjuvant Consulting, Inc.</t>
   </si>
   <si>
     <t>Spectrum Technologies (Spectrum Imaging Technologies Inc.)</t>
   </si>
   <si>
     <t>True North Consulting Group, LLC.</t>
   </si>
   <si>
     <t>REFLECTION SCIENCES, INC.</t>
   </si>
   <si>
     <t>Precision Solutions, LLC</t>
@@ -162,119 +156,101 @@
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Percent Discount from Catalog/Pricelist</t>
   </si>
   <si>
     <t>No Bid</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Hourly Rate for Services</t>
   </si>
   <si>
     <t>BINYOD LLC</t>
   </si>
   <si>
     <t>Laurie Mattson</t>
   </si>
   <si>
-    <t>Robert Laundrie</t>
-[...1 lines deleted...]
-  <si>
     <t>Austen Marek</t>
   </si>
   <si>
     <t>Kurt Snodgrass</t>
   </si>
   <si>
     <t>Scott Allen</t>
   </si>
   <si>
-    <t>Jim Johnson</t>
-[...1 lines deleted...]
-  <si>
     <t>Robin Briseno</t>
   </si>
   <si>
     <t>Yusef Syed</t>
   </si>
   <si>
     <t>Claudia Ramirez</t>
   </si>
   <si>
-    <t>Alaina Bilsky</t>
-[...1 lines deleted...]
-  <si>
     <t>Cynthia Rademacher    Customer Support Manager</t>
   </si>
   <si>
     <t>Sandy Grodin</t>
   </si>
   <si>
     <t>Lexi Lobdell</t>
   </si>
   <si>
     <t>Michael Vasquez</t>
   </si>
   <si>
-    <t>Minerva Deschepper</t>
-[...1 lines deleted...]
-  <si>
     <t>Vicki Adkins</t>
   </si>
   <si>
     <t>Adam Khudoyor Ortikov</t>
   </si>
   <si>
     <t>Bryan DeRosa</t>
   </si>
   <si>
     <t>J. Antonio Rico</t>
   </si>
   <si>
     <t>Ricardo Rodriguez</t>
   </si>
   <si>
     <t>Ray Luna</t>
   </si>
   <si>
     <t>David Currey</t>
   </si>
   <si>
-    <t>Jeffrey Parnell</t>
-[...4 lines deleted...]
-  <si>
     <t>Aislin Cooper</t>
   </si>
   <si>
     <t>Adam Gamwell</t>
   </si>
   <si>
     <t>Jackie Lain</t>
   </si>
   <si>
     <t>Hermann Masser</t>
   </si>
   <si>
     <t>T. Nick Meyer</t>
   </si>
   <si>
     <t>Christian Salas</t>
   </si>
   <si>
     <t>Emily Whicher</t>
   </si>
   <si>
     <t>ISAAC VAN WESEP</t>
   </si>
   <si>
     <t>Stephanie Dalton</t>
@@ -282,107 +258,89 @@
   <si>
     <t>Winnie Chu</t>
   </si>
   <si>
     <t>Rajesh Patel</t>
   </si>
   <si>
     <t>Brian Dittmar</t>
   </si>
   <si>
     <t>Steven Casazza</t>
   </si>
   <si>
     <t>Tom Driscoll</t>
   </si>
   <si>
     <t>Abe Gruber</t>
   </si>
   <si>
     <t>India Meeks, Sr. Solutions Director</t>
   </si>
   <si>
     <t>PO Box 30229 Cincinnati, OH 45230</t>
   </si>
   <si>
-    <t>3310 E. 10th Street, Suite 4 #358, Jeffersonville, IN 47130</t>
-[...1 lines deleted...]
-  <si>
     <t>3616 Far West Blvd. #117 (PMB 409), Austin, TX 78731</t>
   </si>
   <si>
     <t>333 Summer Street, Boston, MA 02210</t>
   </si>
   <si>
     <t>2012 Snowbush Ct, Culpeper, VA 22701</t>
   </si>
   <si>
-    <t>1301 Texas Star Pkwy   Euless Texas 76040</t>
-[...1 lines deleted...]
-  <si>
     <t>500 Westover Drive, #12127, Sanford, NC 27330</t>
   </si>
   <si>
     <t>1 Liberty St. 3rd Floor. New York, NY 10006</t>
   </si>
   <si>
-    <t>220 Huff Avenue, Suite 500, Greensburg, PA</t>
-[...1 lines deleted...]
-  <si>
     <t>12502 Exchange Drive Suite 400  Stafford,  TX  77477</t>
   </si>
   <si>
     <t>1550 Lionel Dr.  El Paso, TX 79936</t>
   </si>
   <si>
     <t>Gaustadallen 21 0349 Oslo, Norway</t>
   </si>
   <si>
-    <t>One Verizon Way Basking Ridge, NJ 07920</t>
-[...1 lines deleted...]
-  <si>
     <t>11718 North Garden Street, building H, Houston, Texas 77071</t>
   </si>
   <si>
     <t>306 Thunderbird El Paso, TX. 79912</t>
   </si>
   <si>
     <t>5400 Suncrest Dr., Ste. B3; El Paso, TX  79912</t>
   </si>
   <si>
     <t>8108 Parkland El Paso, TX 79925</t>
   </si>
   <si>
     <t>100 South Alto Mesa, El Paso, Texas  79912</t>
   </si>
   <si>
-    <t>26714 Grey Swan Dr, Katy Texas 77494</t>
-[...4 lines deleted...]
-  <si>
     <t>200 Broadway Blvd NE, Albuquerque, NM 87102</t>
   </si>
   <si>
     <t>221 N Kansas Suite 800, El Paso, TX 79901</t>
   </si>
   <si>
     <t>3575 Far West Blvd., Ste 29571 Austin, Texas 78731</t>
   </si>
   <si>
     <t>5862 Cromo Dr Ste 145,  El Paso Texas 79912</t>
   </si>
   <si>
     <t>17 Kings Heath, San Antonio TX 78257</t>
   </si>
   <si>
     <t>5900 Gateway Blvd East El Paso, Texas 79905</t>
   </si>
   <si>
     <t>3408 Hillcrest Drive Waco, Texas 76708</t>
   </si>
   <si>
     <t>471 ASHLAND AVE, SAINT PAUL, MN 55102-2005</t>
   </si>
   <si>
     <t>7706 Wenda Dr, El Paso TX, 79915</t>
@@ -390,119 +348,101 @@
   <si>
     <t>5151 Belt Line Road, Suite 1125, Dallas TX  75254</t>
   </si>
   <si>
     <t>4179 Business Center Dr, Fremont, CA - 94538</t>
   </si>
   <si>
     <t>5404 Voges Road, Madison, WI 53718</t>
   </si>
   <si>
     <t>80 M Street SE  Suite 02-262 Washington, DC  20003</t>
   </si>
   <si>
     <t>W239N7474 High Ridge Dr, Sussex, WI 53089</t>
   </si>
   <si>
     <t>807 Bluff Rd, Columbia, SC 29201</t>
   </si>
   <si>
     <t>425 Metro Place North, Suite 510, Dublin, OH 43017</t>
   </si>
   <si>
     <t>lmattson@abre.com</t>
   </si>
   <si>
-    <t>rlaundrie@fivestartech.com</t>
-[...1 lines deleted...]
-  <si>
     <t>austen@helloworldcs.org</t>
   </si>
   <si>
     <t>kurt.snodgrass@goto.com</t>
   </si>
   <si>
     <t>info@librarytrac.com</t>
   </si>
   <si>
-    <t>jim@withmender.com</t>
-[...1 lines deleted...]
-  <si>
     <t>rfp@mobymax.com</t>
   </si>
   <si>
     <t>finance@embark.com</t>
   </si>
   <si>
     <t>cramirez@yoongli.com</t>
   </si>
   <si>
-    <t>bids@agirepair.com</t>
-[...1 lines deleted...]
-  <si>
     <t>sales@avesav.com</t>
   </si>
   <si>
     <t>sgrodin@elpasoop.com</t>
   </si>
   <si>
     <t>lexi@curipod.com</t>
   </si>
   <si>
     <t>info@nerdycattechnolgy.com</t>
   </si>
   <si>
-    <t>minerva.deschepper@verizonwireless.com</t>
-[...1 lines deleted...]
-  <si>
     <t>vadkins@comco-solutions.com</t>
   </si>
   <si>
     <t>rfpsales@binyod.com</t>
   </si>
   <si>
     <t>bryan@dtreetech.com</t>
   </si>
   <si>
     <t>jarico@esei.com</t>
   </si>
   <si>
     <t>ricardo@infrasrd.com</t>
   </si>
   <si>
     <t>Ray@moodtexas.com</t>
   </si>
   <si>
     <t>dcurrey@curreyadkins.com</t>
   </si>
   <si>
-    <t>jeff.parnell@par5technologies.com</t>
-[...4 lines deleted...]
-  <si>
     <t>aislin@mountainvector.com</t>
   </si>
   <si>
     <t>adam@gamwelltech.com</t>
   </si>
   <si>
     <t>JackieL@Learninglist.com</t>
   </si>
   <si>
     <t>hmasser@massertechnologies.com</t>
   </si>
   <si>
     <t>tnick.meyer@aci-sdvob.com</t>
   </si>
   <si>
     <t>csalas@spectrumistechnology.com</t>
   </si>
   <si>
     <t>emily.whicker@tncg.com</t>
   </si>
   <si>
     <t>isaac@reflectionsciences.com</t>
   </si>
   <si>
     <t>stephanie@precisionsolutionsllc.com</t>
@@ -510,122 +450,104 @@
   <si>
     <t>wchu@aspirehr.com</t>
   </si>
   <si>
     <t>rajesh@ntsca.com</t>
   </si>
   <si>
     <t>brian.dittmar@automation-arts.com</t>
   </si>
   <si>
     <t>steven.casazza@utilitysolutionsllc.com</t>
   </si>
   <si>
     <t>tdriscoll@tuatarainc.com</t>
   </si>
   <si>
     <t>info@softdocs.com</t>
   </si>
   <si>
     <t>solutions@ERPA.com</t>
   </si>
   <si>
     <t>(513) 713-1609</t>
   </si>
   <si>
-    <t>(812) 246-5257</t>
-[...1 lines deleted...]
-  <si>
     <t>(361) 549-0516</t>
   </si>
   <si>
     <t>(405) 355-2559</t>
   </si>
   <si>
     <t>(540) 717-9300</t>
   </si>
   <si>
-    <t>(469) 667-8415</t>
-[...1 lines deleted...]
-  <si>
     <t>(888) 793-8331</t>
   </si>
   <si>
     <t>(646) 368-8394</t>
   </si>
   <si>
     <t>(915) 308-4503</t>
   </si>
   <si>
-    <t>(724) 838-1170</t>
-[...1 lines deleted...]
-  <si>
     <t>(281) 295-1300</t>
   </si>
   <si>
     <t>(915) 593-9000 x222</t>
   </si>
   <si>
     <t>(915) 778-9111</t>
   </si>
   <si>
     <t>(915) 539-1358</t>
   </si>
   <si>
-    <t>(915) 497-8300</t>
-[...1 lines deleted...]
-  <si>
     <t>(915) 833-6651</t>
   </si>
   <si>
     <t>(832) 917-0377 x103</t>
   </si>
   <si>
     <t>(915) 584-3419</t>
   </si>
   <si>
     <t>(915) 587-7902 x103</t>
   </si>
   <si>
     <t>(915) 241-5015</t>
   </si>
   <si>
     <t>(915) 845-0272</t>
   </si>
   <si>
     <t>(915) 203-5315</t>
   </si>
   <si>
     <t>(915) 833-6604</t>
   </si>
   <si>
-    <t>(713) 299-8990</t>
-[...4 lines deleted...]
-  <si>
     <t>(505) 377-0041</t>
   </si>
   <si>
     <t>(915) 613-4876</t>
   </si>
   <si>
     <t>(512) 423-5665</t>
   </si>
   <si>
     <t>(915) 613-1211 x101</t>
   </si>
   <si>
     <t>(210) 882-6364</t>
   </si>
   <si>
     <t>(915) 781-2000</t>
   </si>
   <si>
     <t>(888) 650-4580</t>
   </si>
   <si>
     <t>(617) 233-6363</t>
   </si>
   <si>
     <t>(609) 439-8777</t>
@@ -633,128 +555,110 @@
   <si>
     <t>(214) 880-0099 x136</t>
   </si>
   <si>
     <t>(510) 353-4070 x307</t>
   </si>
   <si>
     <t>(608) 831-5012</t>
   </si>
   <si>
     <t>(973) 722-2830</t>
   </si>
   <si>
     <t>(262) 372-6754</t>
   </si>
   <si>
     <t>(888) 457-8879</t>
   </si>
   <si>
     <t>(614) 695-6185</t>
   </si>
   <si>
     <t>HTTP://www.abre.com</t>
   </si>
   <si>
-    <t>HTTP://www.fivestartech.com</t>
-[...1 lines deleted...]
-  <si>
     <t>HTTP://www.helloworldcs.org</t>
   </si>
   <si>
     <t>HTTP://www.goto.com</t>
   </si>
   <si>
     <t>https://www.ldproducts.com/</t>
   </si>
   <si>
     <t>HTTP://librarytrac.com</t>
   </si>
   <si>
-    <t>https://www.withmender.com/</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.mobymax.com</t>
   </si>
   <si>
     <t>HTTP://www.embark.com</t>
   </si>
   <si>
     <t>https://www.yoongli.com/</t>
   </si>
   <si>
-    <t>HTTP://www.agirepair.com</t>
-[...1 lines deleted...]
-  <si>
     <t>HTTP://www.avesav.com</t>
   </si>
   <si>
     <t>HTTP://www.elpasoop.com</t>
   </si>
   <si>
     <t>https://curipod.com/</t>
   </si>
   <si>
     <t>HTTP://avx-tech.com</t>
   </si>
   <si>
     <t>HTTP://www.nerdycattechnology.com</t>
   </si>
   <si>
-    <t>https://www.verizon.com/business/</t>
-[...1 lines deleted...]
-  <si>
     <t>HTTP://www.comco-solutions.com</t>
   </si>
   <si>
     <t>https://binyod.com/</t>
   </si>
   <si>
     <t>https://www.dtreetech.com/</t>
   </si>
   <si>
     <t>HTTP://www.esei.com</t>
   </si>
   <si>
     <t>https://infrasrd.com</t>
   </si>
   <si>
     <t>HTTP://www.ascsecure.com</t>
   </si>
   <si>
     <t>HTTP://www.moodtexas.com</t>
   </si>
   <si>
     <t>https://curreyadkins.com</t>
   </si>
   <si>
-    <t>HTTP://www.par5technologies.tech</t>
-[...4 lines deleted...]
-  <si>
     <t>https://mountainvector.com</t>
   </si>
   <si>
     <t>HTTP://www.gamwelltech.com</t>
   </si>
   <si>
     <t>HTTP://www.Learninglist.com</t>
   </si>
   <si>
     <t>HTTP://www.massertechnologies.com</t>
   </si>
   <si>
     <t>HTTP://www.aci-sdvob.com</t>
   </si>
   <si>
     <t>HTTP://spectrumistechnology.com</t>
   </si>
   <si>
     <t>HTTP://www.tncg.com</t>
   </si>
   <si>
     <t>HTTP://www.reflectionsciences.com</t>
   </si>
   <si>
     <t>HTTP://www.aspirehr.com</t>
@@ -786,53 +690,50 @@
   <si>
     <t>Texas</t>
   </si>
   <si>
     <t>135 Rio West Drive, El Paso, TX 79932</t>
   </si>
   <si>
     <t>Yes, expedited shipping is set at current UPS shipping rates. Please contact Bill Hokans for a shipping estimate. BillH@LDProducts.com. Additionally, Alaska, Hawaii, APO, FPO, Puerto Rico, U.S. Virgin Islands, American Samoa, Federated States of Micronesia, Guam, Marshall Islands, Northern Mariana Islands, &amp; Palau are excluded from FOB Destination.</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Not relevant, software.</t>
   </si>
   <si>
     <t>EXPEDITED SHIPPING WILL INCUR A FEE / IF LIFT GATE REQUIRED A FEE WILL BE INCURRED.</t>
   </si>
   <si>
     <t>No. As a SaaS company, shipping costs are not applicable.</t>
   </si>
   <si>
-    <t>Yes. Your Client Executive (Minerva Deschepper) can typically coordinate a rush order via overnight express delivery. Overnight orders placed through the My Business portal are shipped free of charge. Turn-around time is subject to equipment availability and contingent on receiving your urgent request by 2 PM ET or MT. Please Note: Priority overnight mail (10 AM delivery) or next day shipping not requested through My Business may incur a charge.</t>
-[...1 lines deleted...]
-  <si>
     <t>Yes, expedited shipping will be quoted at the time of order and passed through to the customer at no markup.</t>
   </si>
   <si>
     <t>Yes, depends on the manufacturer, quantity and distance. Please email rfpsales@binyod.com for ordering</t>
   </si>
   <si>
     <t>We provide free ground shipping on all items.  Any expedited shipping is charged at our cost.</t>
   </si>
   <si>
     <t>Yes, Overnight and air freight is charged separately. Contact J. Antonio Rico</t>
   </si>
   <si>
     <t>Yes, Ricardo Rodriguez is the designated contact</t>
   </si>
   <si>
     <t>Yes Overnight shipping expenditures may be passed along. Contact for expedites is Amador Vega 915 845-0272</t>
   </si>
   <si>
     <t>Yes, expedited shipping is available and will be quoted at time of order with no markup. Contact Lorena Casillas at 915-833-6604 for expedites.</t>
   </si>
   <si>
     <t>No. There are no shipping fees in providing our product.</t>
   </si>
   <si>
     <t>Yes, Christian Salas</t>
@@ -843,98 +744,86 @@
   <si>
     <t>Yes, sales team can be reached via sales@ntsca.com or call at 1800-NEW-TECH ask for sales.</t>
   </si>
   <si>
     <t>No. Not applicable.</t>
   </si>
   <si>
     <t>All States</t>
   </si>
   <si>
     <t>All 50 states</t>
   </si>
   <si>
     <t>All 50 United States</t>
   </si>
   <si>
     <t>GoTo is licensed and willing to service all 50 states.</t>
   </si>
   <si>
     <t>All 50 States</t>
   </si>
   <si>
     <t>United States, including Alaska, Hawaii, APO, FPO, Puerto Rico, U.S. Virgin Islands, American Samoa, Federated States of Micronesia, Guam, Marshall Islands, Northern Mariana Islands, &amp; Palau.</t>
   </si>
   <si>
-    <t>We specialize in Texas, but we service the entire US and 6 continents with 120 global partners</t>
-[...1 lines deleted...]
-  <si>
     <t>Worldwide</t>
   </si>
   <si>
     <t>The USA</t>
   </si>
   <si>
-    <t>Entire US.</t>
-[...1 lines deleted...]
-  <si>
     <t>ALL 50 STATES</t>
   </si>
   <si>
     <t>Texas, New Mexico</t>
   </si>
   <si>
     <t>Texas and New Mexico</t>
   </si>
   <si>
     <t>All US serviced</t>
   </si>
   <si>
     <t>Texas , New Mexico</t>
   </si>
   <si>
     <t>Texas and surrounding states, including Oklahoma, Arkansas, Louisiana, and New Mexico</t>
   </si>
   <si>
     <t>NATIONWIDE COVERAGE</t>
   </si>
   <si>
     <t>Texas, New Mexico, and Arizona</t>
   </si>
   <si>
     <t>Texas and all of USA</t>
   </si>
   <si>
     <t>Las Cruces, Deming, TorC, Lordsburg, Ruidoso, El Paso, San Antonio, Austin, Laredo, Corpus Christi,</t>
   </si>
   <si>
-    <t>Licensed in New York , allowed to do business in Texas and willing to service  all other states.</t>
-[...4 lines deleted...]
-  <si>
     <t>Mountain Vector Energy is able and willing to service all cities, states, and regions in the United States.</t>
   </si>
   <si>
     <t>All states within the United States</t>
   </si>
   <si>
     <t>Texas, New Mexico, Georgia, Florida and Wyoming</t>
   </si>
   <si>
     <t>Texas, South Carolina, Georgia, Idaho, North Carolina</t>
   </si>
   <si>
     <t>True North is willing to serve clients nationwide.</t>
   </si>
   <si>
     <t>ALL STATES WITHIN THE CONTINENTAL UNITED STATES OF AMERICA.</t>
   </si>
   <si>
     <t>All Members of the Cooperative. No limitations on location</t>
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
     <t>United States</t>
@@ -966,96 +855,81 @@
   <si>
     <t>Company Phone Number…</t>
   </si>
   <si>
     <t>Company Website…</t>
   </si>
   <si>
     <t>S&amp;H included in pricing…</t>
   </si>
   <si>
     <t>S&amp;H (expedite fees)…</t>
   </si>
   <si>
     <t>Areas Served…</t>
   </si>
   <si>
     <t>Price Link…</t>
   </si>
   <si>
     <t>Price Link</t>
   </si>
   <si>
     <t>6600 Montana Ave, El Paso, TX 79925</t>
   </si>
   <si>
-    <t>Cellco Partnership d/b/a Verizon Wireless (Verizon Communications Inc.)</t>
-[...1 lines deleted...]
-  <si>
     <t>Cibus Brokerage (Michael &amp; Lourdes Company LLC) (Nerdy Cat Technology)</t>
   </si>
   <si>
     <t>13726 Castle Grove, San Antonio, TX 78231</t>
   </si>
   <si>
     <t>100 South Alto Mesa, El Paso, TX 79912</t>
   </si>
   <si>
     <t>Currey Adkins LP (Currey Adkins Company)</t>
   </si>
   <si>
-    <t>Five Star Technology Solutions (James H. Benson)</t>
-[...4 lines deleted...]
-  <si>
     <t>MobyMax (MobyMax Education, LLC)</t>
   </si>
   <si>
     <t>Mood Texas (Muzicom Inc)</t>
   </si>
   <si>
     <t>9401 Carnegie Ave. Suite#1-N, El Paso, TX 79925</t>
   </si>
   <si>
-    <t>Par5 Technologies LLC (Jeffrey Parnell)</t>
-[...1 lines deleted...]
-  <si>
     <t>6006 N Mesa St, Ste 812, El Paso, TX 79912</t>
   </si>
   <si>
     <t>GoTo Communications, Inc.</t>
   </si>
   <si>
     <t>White Settlement, TX; San Antonio, TX; Houston, TX; El Paso, TX</t>
   </si>
   <si>
     <t>AVX (D.W. Collins Inc)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Please contact Purchasing for pricing.</t>
   </si>
   <si>
     <t>(358) 444-9731</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Callie Perez</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> David Collins</t>
     </r>
   </si>
   <si>
     <r>
@@ -1164,86 +1038,50 @@
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>888-375-6648</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">LD Products, Inc. </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Link Imaging, LLC dba LD Products</t>
-    </r>
-[...34 lines deleted...]
-      <t xml:space="preserve"> service@ascsecure.com</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Advanced Security Contractors, Inc.</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Rapid Fire Safety &amp; Security LLC</t>
     </r>
   </si>
   <si>
     <t>*updated 2/21/25</t>
   </si>
   <si>
@@ -1280,63 +1118,119 @@
   <si>
     <t>*updated 1/11/24, 5/16/25</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">West </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t>Texas and New Mexico</t>
     </r>
   </si>
   <si>
     <t>*updated 2/17/25, 4/30/25, 5/5/25, 5/30/25, 6/16/25</t>
   </si>
   <si>
-    <t>*updated 6/11/24, 7/23/25, 8/11/25</t>
-[...7 lines deleted...]
-  <si>
     <t>*updated 1/30/24, 10/10/25</t>
   </si>
   <si>
     <t>*updated 10/16/25</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Virginia Robinson</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve"> Mike McLeod
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>virginia@ascsecure.com</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>service@ascsecure.com</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+asc-service@rapidfiress.com (General);
+luis.villarreal@rapidfiress.com (Accounting)</t>
+    </r>
+  </si>
+  <si>
+    <t>*updated 4/5/24, 4/24/24, 5/24/24, 5/31/24, 7/16/24, 8/7/24, 8/26/24, 1/14/25, 1/15/25, 2/10/25, 2/27/25, 4/23/25, 5/6/25, 5/22/25, 6/3/25, 6/4/25, 6/24/25, 8/7/25, 8/19/25, 10/21/25</t>
+  </si>
+  <si>
+    <t>*updated 6/11/24, 7/23/25, 8/11/25, 10/30/25, 10/31/25, 11/5/25</t>
+  </si>
+  <si>
+    <t>*updated 10/7/25, 11/10/25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
     <numFmt numFmtId="165" formatCode="\$###,###,##0.00####"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -1808,2095 +1702,1832 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Decision%20Tree.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Hello%20World%20CS.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/MobyMax.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/ESEIs.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/LD%20Products%2C%20Inc.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Yoongli.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Binyods.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/AVES%20Audio%20Visual.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Adjuvant%20Bid%2024-7480.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Five%20Star%20Technology.xlsx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Jive%20Communications.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Precision%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Spectrum%20Technologies.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Abre.io.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Automation%20Arts.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Currey%20Adkins.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Masser%20Technologies.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Tuatara%202024.xlsx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Cibus%20Brokerage.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Par5%20Technologies%20.xlsx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Aspire%20HR.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/ERP%20%20Analysts.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/LibraryTrac.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/New%20Tech%20Solutions%2C%20Inc.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Mood%20Texas.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Curipod.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Infrastructure%20R%26D.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/True%20North.xlsx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/AGiRepair.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Comco.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/El%20Paso%20Office%20Products.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Learning%20List.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Mountain%20Vector.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Reflection%20Sciences.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Embark.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/AVX%20Tech%20Warehouse.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Advanced%20Security%20Contractors.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/DBA%20Univeristy.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Gamwell%20Tech.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Mender.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Utility%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Softdocs%20SC.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/ERP%20%20Analysts.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/LD%20Products%2C%20Inc.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Reflection%20Sciences.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Masser%20Technologies.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Softdocs%20SC.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/AVX%20Tech%20Warehouse.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/El%20Paso%20Office%20Products.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Jive%20Communications.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Precision%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Cibus%20Brokerage.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Adjuvant%20Bid%2024-7480.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Infrastructure%20R%26D.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/LibraryTrac.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Utility%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Abre.io.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/AVES%20Audio%20Visual.xlsx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Decision%20Tree.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/New%20Tech%20Solutions%2C%20Inc.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Mood%20Texas.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Binyods.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Automation%20Arts.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Hello%20World%20CS.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Mountain%20Vector.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Tuatara%202024.xlsx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Spectrum%20Technologies.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Currey%20Adkins.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Learning%20List.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Embark.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Aspire%20HR.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Curipod.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Gamwell%20Tech.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/MobyMax.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/True%20North.xlsx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Yoongli.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/ESEIs.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Comco.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Advanced%20Security%20Contractors.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="B1:AV15"/>
+  <dimension ref="B1:AP15"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
     <col min="3" max="3" width="36" style="1" customWidth="1"/>
     <col min="4" max="4" width="6" style="13" customWidth="1"/>
-    <col min="5" max="47" width="30.7109375" style="1" customWidth="1"/>
-    <col min="48" max="16384" width="9.140625" style="1"/>
+    <col min="5" max="41" width="30.7109375" style="1" customWidth="1"/>
+    <col min="42" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:48" ht="90" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:42" ht="105" x14ac:dyDescent="0.25">
       <c r="D1" s="1"/>
       <c r="E1" s="17"/>
       <c r="F1" s="20"/>
       <c r="G1" s="22" t="s">
-        <v>346</v>
+        <v>302</v>
       </c>
       <c r="H1" s="18"/>
-      <c r="I1" s="18"/>
-[...23 lines deleted...]
-      </c>
+      <c r="I1" s="18" t="s">
+        <v>287</v>
+      </c>
+      <c r="J1" s="18"/>
+      <c r="K1" s="22" t="s">
+        <v>300</v>
+      </c>
+      <c r="L1" s="22"/>
+      <c r="M1" s="18"/>
+      <c r="N1" s="18"/>
+      <c r="O1" s="22" t="s">
+        <v>304</v>
+      </c>
+      <c r="P1" s="18" t="s">
+        <v>298</v>
+      </c>
+      <c r="Q1" s="17"/>
+      <c r="R1" s="18"/>
+      <c r="S1" s="20"/>
+      <c r="T1" s="22" t="s">
+        <v>309</v>
+      </c>
+      <c r="U1" s="20"/>
+      <c r="V1" s="17"/>
+      <c r="W1" s="20"/>
       <c r="X1" s="20"/>
-      <c r="Y1" s="17"/>
-[...9 lines deleted...]
-      <c r="AE1" s="21"/>
+      <c r="Y1" s="22" t="s">
+        <v>308</v>
+      </c>
+      <c r="Z1" s="17" t="s">
+        <v>291</v>
+      </c>
+      <c r="AA1" s="21"/>
+      <c r="AB1" s="17"/>
+      <c r="AC1" s="17" t="s">
+        <v>290</v>
+      </c>
+      <c r="AD1" s="17"/>
+      <c r="AE1" s="22" t="s">
+        <v>303</v>
+      </c>
       <c r="AF1" s="17"/>
-      <c r="AG1" s="17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AG1" s="17"/>
       <c r="AH1" s="17"/>
       <c r="AI1" s="17"/>
-      <c r="AJ1" s="22" t="s">
-[...4 lines deleted...]
-      <c r="AM1" s="18"/>
+      <c r="AJ1" s="20"/>
+      <c r="AK1" s="18" t="s">
+        <v>307</v>
+      </c>
+      <c r="AL1" s="18"/>
+      <c r="AM1" s="17" t="s">
+        <v>288</v>
+      </c>
       <c r="AN1" s="17"/>
-      <c r="AO1" s="17"/>
-[...10 lines deleted...]
-        <v>331</v>
+      <c r="AO1" s="17" t="s">
+        <v>289</v>
       </c>
     </row>
-    <row r="2" spans="2:48" ht="45" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:42" ht="45" x14ac:dyDescent="0.25">
       <c r="D2" s="6" t="s">
-        <v>298</v>
+        <v>261</v>
       </c>
       <c r="E2" s="9" t="s">
         <v>1</v>
       </c>
       <c r="F2" s="9" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="G2" s="25" t="s">
-        <v>341</v>
+        <v>297</v>
       </c>
       <c r="H2" s="9" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
       <c r="I2" s="9" t="s">
         <v>24</v>
       </c>
       <c r="J2" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2" s="25" t="s">
+        <v>283</v>
+      </c>
+      <c r="L2" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="M2" s="9" t="s">
+        <v>273</v>
+      </c>
+      <c r="N2" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="O2" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="P2" s="9" t="s">
+        <v>276</v>
+      </c>
+      <c r="Q2" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="R2" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="S2" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="T2" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="U2" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="V2" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="W2" s="25" t="s">
+        <v>281</v>
+      </c>
+      <c r="X2" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="Y2" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z2" s="25" t="s">
+        <v>296</v>
+      </c>
+      <c r="AA2" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="AB2" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="AC2" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="AD2" s="9" t="s">
+        <v>277</v>
+      </c>
+      <c r="AE2" s="9" t="s">
+        <v>278</v>
+      </c>
+      <c r="AF2" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG2" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="AH2" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="AI2" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="AJ2" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="AK2" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="AL2" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="AM2" s="9" t="s">
         <v>26</v>
       </c>
-      <c r="K2" s="9" t="s">
-[...80 lines deleted...]
-      <c r="AL2" s="9" t="s">
+      <c r="AN2" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="AM2" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AO2" s="9" t="s">
-        <v>22</v>
-[...16 lines deleted...]
-      <c r="AU2" s="9" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="3" spans="2:48" ht="30" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:42" ht="30" x14ac:dyDescent="0.25">
       <c r="D3" s="7" t="s">
-        <v>299</v>
+        <v>262</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="G3" s="27" t="s">
-        <v>339</v>
+        <v>305</v>
       </c>
       <c r="H3" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="I3" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="J3" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K3" s="27" t="s">
+        <v>285</v>
+      </c>
+      <c r="L3" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M3" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N3" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="I3" s="5" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="O3" s="5" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="P3" s="5" t="s">
         <v>56</v>
       </c>
       <c r="Q3" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="R3" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="S3" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="T3" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="U3" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="R3" s="5" t="s">
-[...5 lines deleted...]
-      <c r="T3" s="5" t="s">
+      <c r="V3" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="U3" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="W3" s="5" t="s">
-        <v>80</v>
+        <v>41</v>
       </c>
       <c r="X3" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y3" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="Z3" s="27" t="s">
+        <v>292</v>
+      </c>
+      <c r="AA3" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="Y3" s="5" t="s">
+      <c r="AB3" s="5" t="s">
         <v>42</v>
-      </c>
-[...7 lines deleted...]
-        <v>43</v>
       </c>
       <c r="AC3" s="5" t="s">
         <v>60</v>
       </c>
-      <c r="AD3" s="27" t="s">
-        <v>334</v>
+      <c r="AD3" s="5" t="s">
+        <v>43</v>
       </c>
       <c r="AE3" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="AF3" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="AG3" s="5" t="s">
         <v>67</v>
       </c>
-      <c r="AF3" s="5" t="s">
+      <c r="AH3" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="AI3" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="AJ3" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="AK3" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="AL3" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="AM3" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="AN3" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="AO3" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="AG3" s="5" t="s">
-[...20 lines deleted...]
-      <c r="AN3" s="5" t="s">
+    </row>
+    <row r="4" spans="2:42" ht="45" x14ac:dyDescent="0.25">
+      <c r="D4" s="7" t="s">
+        <v>263</v>
+      </c>
+      <c r="E4" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="AO3" s="5" t="s">
-[...2 lines deleted...]
-      <c r="AP3" s="5" t="s">
+      <c r="F4" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="G4" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="J4" s="5" t="s">
         <v>79</v>
       </c>
-      <c r="AQ3" s="5" t="s">
-[...5 lines deleted...]
-      <c r="AS3" s="5" t="s">
+      <c r="K4" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="L4" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>274</v>
+      </c>
+      <c r="N4" s="19" t="s">
+        <v>275</v>
+      </c>
+      <c r="O4" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="P4" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="Q4" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="R4" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="S4" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="AT3" s="5" t="s">
-[...54 lines deleted...]
-      </c>
       <c r="T4" s="5" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="U4" s="5" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="V4" s="5" t="s">
         <v>88</v>
       </c>
       <c r="W4" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="X4" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="Y4" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="Z4" s="27" t="s">
+        <v>293</v>
+      </c>
+      <c r="AA4" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="AB4" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="AC4" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="AD4" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="AE4" s="5" t="s">
+        <v>279</v>
+      </c>
+      <c r="AF4" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="AG4" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="AH4" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="AI4" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="AJ4" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="AK4" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="AL4" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="AM4" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="AN4" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="AO4" s="5" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="5" spans="2:42" ht="90" x14ac:dyDescent="0.25">
+      <c r="D5" s="7" t="s">
+        <v>264</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="G5" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="J5" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="K5" s="27" t="s">
+        <v>286</v>
+      </c>
+      <c r="L5" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="M5" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="N5" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="O5" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="P5" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="Q5" s="5" t="s">
         <v>116</v>
       </c>
-      <c r="X4" s="5" t="s">
-[...26 lines deleted...]
-      <c r="AG4" s="5" t="s">
+      <c r="R5" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="S5" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="T5" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="U5" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="V5" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="W5" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="X5" s="5" t="s">
         <v>104</v>
-      </c>
-[...105 lines deleted...]
-        <v>135</v>
       </c>
       <c r="Y5" s="5" t="s">
         <v>118</v>
       </c>
-      <c r="Z5" s="5" t="s">
-        <v>142</v>
+      <c r="Z5" s="27" t="s">
+        <v>294</v>
       </c>
       <c r="AA5" s="5" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="AB5" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="AC5" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="AD5" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="AE5" s="5" t="s">
         <v>119</v>
-      </c>
-[...7 lines deleted...]
-        <v>143</v>
       </c>
       <c r="AF5" s="5" t="s">
         <v>121</v>
       </c>
       <c r="AG5" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="AH5" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="AI5" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="AJ5" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="AK5" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="AL5" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="AM5" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="AN5" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="AO5" s="5" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="6" spans="2:42" x14ac:dyDescent="0.25">
+      <c r="D6" s="7" t="s">
+        <v>265</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="G6" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="J6" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="AH5" s="5" t="s">
-[...8 lines deleted...]
-      <c r="AK5" s="5" t="s">
+      <c r="K6" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="L6" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="M6" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="N6" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="O6" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="P6" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="Q6" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="R6" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="S6" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="T6" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="U6" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="V6" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="W6" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="X6" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="Y6" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="Z6" s="27" t="s">
+        <v>295</v>
+      </c>
+      <c r="AA6" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="AB6" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="AC6" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="AD6" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="AL5" s="5" t="s">
-[...20 lines deleted...]
-      <c r="AS5" s="5" t="s">
+      <c r="AE6" s="5" t="s">
         <v>154</v>
       </c>
-      <c r="AT5" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H6" s="5" t="s">
+      <c r="AF6" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="AG6" s="5" t="s">
         <v>166</v>
       </c>
-      <c r="I6" s="5" t="s">
-[...38 lines deleted...]
-      <c r="V6" s="5" t="s">
+      <c r="AH6" s="5" t="s">
         <v>164</v>
-      </c>
-[...34 lines deleted...]
-        <v>162</v>
       </c>
       <c r="AI6" s="5" t="s">
         <v>163</v>
       </c>
       <c r="AJ6" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="AK6" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="AL6" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="AM6" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="AN6" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="AO6" s="5" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="7" spans="2:42" ht="30" x14ac:dyDescent="0.25">
+      <c r="D7" s="7" t="s">
+        <v>266</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="G7" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="J7" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="K7" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="L7" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="M7" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="N7" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="O7" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="P7" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="Q7" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="R7" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="S7" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="AK6" s="5" t="s">
-[...11 lines deleted...]
-      <c r="AO6" s="5" t="s">
+      <c r="T7" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="U7" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="V7" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="W7" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="X7" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="Y7" s="5" t="s">
         <v>189</v>
       </c>
-      <c r="AP6" s="5" t="s">
+      <c r="Z7" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="AA7" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="AB7" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="AC7" s="5" t="s">
         <v>196</v>
       </c>
-      <c r="AQ6" s="5" t="s">
-[...12 lines deleted...]
-        <v>165</v>
+      <c r="AD7" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="AE7" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="AF7" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="AG7" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="AH7" s="5" t="s">
+        <v>227</v>
+      </c>
+      <c r="AI7" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="AJ7" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="AK7" s="5" t="s">
+        <v>198</v>
+      </c>
+      <c r="AL7" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="AM7" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="AN7" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="AO7" s="5" t="s">
+        <v>179</v>
       </c>
     </row>
-    <row r="7" spans="2:48" ht="30" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="F7" s="5" t="s">
+    <row r="8" spans="2:42" x14ac:dyDescent="0.25">
+      <c r="D8" s="7" t="s">
+        <v>267</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="J8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="K8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="L8" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="M8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="N8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="O8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="P8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="Q8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="R8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="S8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="T8" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="U8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="V8" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="W8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="X8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="Y8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="Z8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="AA8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="AB8" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="AC8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="AD8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="AE8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="AF8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="AG8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="AH8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="AI8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="AJ8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="AK8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="AL8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="AM8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="AN8" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="AO8" s="5" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="9" spans="2:42" ht="96.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D9" s="7" t="s">
+        <v>268</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="G9" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>227</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="K9" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="L9" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="M9" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="N9" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="O9" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="P9" s="5" t="s">
+        <v>224</v>
+      </c>
+      <c r="Q9" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="R9" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="S9" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="T9" s="5" t="s">
         <v>229</v>
       </c>
-      <c r="G7" s="5" t="s">
-[...11 lines deleted...]
-      <c r="K7" s="5" t="s">
+      <c r="U9" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="V9" s="5" t="s">
         <v>209</v>
       </c>
-      <c r="L7" s="5" t="s">
+      <c r="W9" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="X9" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="Y9" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="Z9" s="5" t="s">
         <v>212</v>
       </c>
-      <c r="M7" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N7" s="5" t="s">
+      <c r="AA9" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="AB9" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="AC9" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="AD9" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="AE9" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="AF9" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="AG9" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="AH9" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="AI9" s="5" t="s">
         <v>214</v>
       </c>
-      <c r="O7" s="5" t="s">
-[...32 lines deleted...]
-      <c r="Z7" s="5" t="s">
+      <c r="AJ9" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="AK9" s="5" t="s">
         <v>226</v>
       </c>
-      <c r="AA7" s="5" t="s">
-[...44 lines deleted...]
-      <c r="AP7" s="5" t="s">
+      <c r="AL9" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="AM9" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="AN9" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="AO9" s="5" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="10" spans="2:42" ht="105" x14ac:dyDescent="0.25">
+      <c r="D10" s="7" t="s">
+        <v>269</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="G10" s="27" t="s">
+        <v>301</v>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="J10" s="5" t="s">
         <v>238</v>
       </c>
-      <c r="AQ7" s="5" t="s">
-[...19 lines deleted...]
-      <c r="E8" s="5" t="s">
+      <c r="K10" s="5" t="s">
         <v>240</v>
       </c>
-      <c r="F8" s="5" t="s">
-[...20 lines deleted...]
-      <c r="M8" s="5" t="s">
+      <c r="L10" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="M10" s="5" t="s">
         <v>241</v>
-      </c>
-[...266 lines deleted...]
-        <v>278</v>
       </c>
       <c r="N10" s="5" t="s">
         <v>242</v>
       </c>
       <c r="O10" s="5" t="s">
-        <v>276</v>
+        <v>210</v>
       </c>
       <c r="P10" s="5" t="s">
-        <v>277</v>
+        <v>240</v>
       </c>
       <c r="Q10" s="5" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="R10" s="5" t="s">
-        <v>275</v>
+        <v>239</v>
       </c>
       <c r="S10" s="5" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="T10" s="5" t="s">
-        <v>279</v>
+        <v>259</v>
       </c>
       <c r="U10" s="5" t="s">
-        <v>274</v>
+        <v>245</v>
       </c>
       <c r="V10" s="5" t="s">
-        <v>323</v>
+        <v>210</v>
       </c>
       <c r="W10" s="5" t="s">
-        <v>296</v>
+        <v>233</v>
       </c>
       <c r="X10" s="5" t="s">
-        <v>280</v>
+        <v>232</v>
       </c>
       <c r="Y10" s="5" t="s">
-        <v>264</v>
+        <v>246</v>
       </c>
       <c r="Z10" s="5" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="AA10" s="5" t="s">
-        <v>266</v>
+        <v>249</v>
       </c>
       <c r="AB10" s="5" t="s">
-        <v>265</v>
+        <v>231</v>
       </c>
       <c r="AC10" s="5" t="s">
-        <v>281</v>
+        <v>250</v>
       </c>
       <c r="AD10" s="5" t="s">
-        <v>268</v>
+        <v>236</v>
       </c>
       <c r="AE10" s="5" t="s">
-        <v>286</v>
+        <v>247</v>
       </c>
       <c r="AF10" s="5" t="s">
-        <v>264</v>
+        <v>248</v>
       </c>
       <c r="AG10" s="5" t="s">
-        <v>287</v>
+        <v>255</v>
       </c>
       <c r="AH10" s="5" t="s">
-        <v>269</v>
+        <v>234</v>
       </c>
       <c r="AI10" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="AJ10" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="AK10" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="AL10" s="5" t="s">
+        <v>252</v>
+      </c>
+      <c r="AM10" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="AN10" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="AO10" s="5" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="11" spans="2:42" ht="45" x14ac:dyDescent="0.25">
+      <c r="D11" s="8" t="s">
         <v>270</v>
       </c>
-      <c r="AJ10" s="5" t="s">
-[...32 lines deleted...]
-      <c r="AU10" s="5" t="s">
+      <c r="E11" s="23" t="s">
         <v>271</v>
       </c>
+      <c r="F11" s="24" t="s">
+        <v>271</v>
+      </c>
+      <c r="G11" s="23" t="s">
+        <v>299</v>
+      </c>
+      <c r="H11" s="23" t="s">
+        <v>271</v>
+      </c>
+      <c r="I11" s="23" t="s">
+        <v>271</v>
+      </c>
+      <c r="J11" s="23" t="s">
+        <v>271</v>
+      </c>
+      <c r="K11" s="23" t="s">
+        <v>271</v>
+      </c>
+      <c r="L11" s="24" t="s">
+        <v>271</v>
+      </c>
+      <c r="M11" s="26" t="s">
+        <v>271</v>
+      </c>
+      <c r="N11" s="23" t="s">
+        <v>271</v>
+      </c>
+      <c r="O11" s="23" t="s">
+        <v>271</v>
+      </c>
+      <c r="P11" s="23" t="s">
+        <v>271</v>
+      </c>
+      <c r="Q11" s="23" t="s">
+        <v>271</v>
+      </c>
+      <c r="R11" s="23" t="s">
+        <v>271</v>
+      </c>
+      <c r="S11" s="23" t="s">
+        <v>271</v>
+      </c>
+      <c r="T11" s="23" t="s">
+        <v>271</v>
+      </c>
+      <c r="U11" s="23" t="s">
+        <v>271</v>
+      </c>
+      <c r="V11" s="23" t="s">
+        <v>271</v>
+      </c>
+      <c r="W11" s="23" t="s">
+        <v>271</v>
+      </c>
+      <c r="X11" s="23" t="s">
+        <v>271</v>
+      </c>
+      <c r="Y11" s="23" t="s">
+        <v>271</v>
+      </c>
+      <c r="Z11" s="23" t="s">
+        <v>271</v>
+      </c>
+      <c r="AA11" s="23" t="s">
+        <v>271</v>
+      </c>
+      <c r="AB11" s="23" t="s">
+        <v>271</v>
+      </c>
+      <c r="AC11" s="23" t="s">
+        <v>271</v>
+      </c>
+      <c r="AD11" s="23" t="s">
+        <v>271</v>
+      </c>
+      <c r="AE11" s="23" t="s">
+        <v>271</v>
+      </c>
+      <c r="AF11" s="23" t="s">
+        <v>271</v>
+      </c>
+      <c r="AG11" s="23" t="s">
+        <v>271</v>
+      </c>
+      <c r="AH11" s="23" t="s">
+        <v>271</v>
+      </c>
+      <c r="AI11" s="23" t="s">
+        <v>271</v>
+      </c>
+      <c r="AJ11" s="23" t="s">
+        <v>271</v>
+      </c>
+      <c r="AK11" s="24" t="s">
+        <v>271</v>
+      </c>
+      <c r="AL11" s="23" t="s">
+        <v>271</v>
+      </c>
+      <c r="AM11" s="23" t="s">
+        <v>271</v>
+      </c>
+      <c r="AN11" s="23" t="s">
+        <v>271</v>
+      </c>
+      <c r="AO11" s="23" t="s">
+        <v>271</v>
+      </c>
     </row>
-    <row r="11" spans="2:48" ht="45" x14ac:dyDescent="0.25">
-[...130 lines deleted...]
-        <v>308</v>
+    <row r="12" spans="2:42" x14ac:dyDescent="0.25">
+      <c r="B12" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="F12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="G12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="J12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="K12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="L12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="M12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="N12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="O12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="P12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="R12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="S12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="T12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="U12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="V12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="W12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="X12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="Y12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="Z12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="AA12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="AB12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="AC12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="AD12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="AE12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="AF12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="AG12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="AH12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="AI12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="AJ12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="AK12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="AL12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="AM12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="AN12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="AO12" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="AP12" s="3" t="s">
+        <v>0</v>
       </c>
     </row>
-    <row r="12" spans="2:48" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="D12" s="14" t="s">
+    <row r="13" spans="2:42" ht="30" x14ac:dyDescent="0.25">
+      <c r="B13" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="E12" s="10" t="s">
+      <c r="C13" s="5" t="s">
         <v>34</v>
-      </c>
-[...135 lines deleted...]
-        <v>36</v>
       </c>
       <c r="D13" s="15">
         <v>1</v>
       </c>
       <c r="E13" s="11">
         <v>0</v>
       </c>
       <c r="F13" s="11">
         <v>0</v>
       </c>
       <c r="G13" s="11">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="H13" s="11">
+        <v>0.2</v>
+      </c>
+      <c r="I13" s="11">
         <v>0</v>
       </c>
-      <c r="I13" s="11">
+      <c r="J13" s="11">
+        <v>0.02</v>
+      </c>
+      <c r="K13" s="11">
         <v>0.2</v>
       </c>
-      <c r="J13" s="11">
-[...4 lines deleted...]
-      </c>
       <c r="L13" s="11">
+        <v>0.03</v>
+      </c>
+      <c r="M13" s="11">
+        <v>0.1</v>
+      </c>
+      <c r="N13" s="11">
+        <v>0.1</v>
+      </c>
+      <c r="O13" s="11">
         <v>0.2</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="P13" s="11">
         <v>0.1</v>
       </c>
       <c r="Q13" s="11">
-        <v>0.2</v>
+        <v>0.05</v>
       </c>
       <c r="R13" s="11">
-        <v>0.1</v>
+        <v>0.25</v>
       </c>
       <c r="S13" s="11">
         <v>0</v>
       </c>
       <c r="T13" s="11">
-        <v>0.05</v>
+        <v>0.03</v>
       </c>
       <c r="U13" s="11">
-        <v>0.25</v>
+        <v>0.1</v>
       </c>
       <c r="V13" s="11">
         <v>0</v>
       </c>
       <c r="W13" s="11">
+        <v>0</v>
+      </c>
+      <c r="X13" s="11">
+        <v>0.15</v>
+      </c>
+      <c r="Y13" s="11">
         <v>0.03</v>
       </c>
-      <c r="X13" s="11">
-[...4 lines deleted...]
-      </c>
       <c r="Z13" s="11">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="AA13" s="11">
         <v>0</v>
       </c>
       <c r="AB13" s="11">
-        <v>0.15</v>
+        <v>0</v>
       </c>
       <c r="AC13" s="11">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="AD13" s="11">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="AE13" s="11">
         <v>0</v>
       </c>
       <c r="AF13" s="11">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="AG13" s="11">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AH13" s="11">
-        <v>0.45</v>
+        <v>0.15</v>
       </c>
       <c r="AI13" s="11">
         <v>0</v>
       </c>
       <c r="AJ13" s="11">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="AK13" s="11">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
       <c r="AL13" s="11">
-        <v>0.03</v>
+        <v>0.15</v>
       </c>
       <c r="AM13" s="11">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="AN13" s="11">
-        <v>0.15</v>
+        <v>0.09</v>
       </c>
       <c r="AO13" s="11">
         <v>0</v>
       </c>
-      <c r="AP13" s="11">
-[...16 lines deleted...]
-      </c>
     </row>
-    <row r="14" spans="2:48" ht="45" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:42" ht="45" x14ac:dyDescent="0.25">
       <c r="B14" s="4"/>
       <c r="C14" s="5" t="s">
-        <v>297</v>
+        <v>260</v>
       </c>
       <c r="D14" s="15"/>
       <c r="E14" s="16" t="s">
-        <v>240</v>
+        <v>208</v>
       </c>
       <c r="F14" s="16" t="s">
-        <v>241</v>
+        <v>209</v>
       </c>
       <c r="G14" s="16" t="s">
-        <v>240</v>
+        <v>208</v>
       </c>
       <c r="H14" s="16" t="s">
-        <v>241</v>
+        <v>208</v>
       </c>
       <c r="I14" s="16" t="s">
-        <v>240</v>
+        <v>208</v>
       </c>
       <c r="J14" s="16" t="s">
-        <v>240</v>
+        <v>208</v>
       </c>
       <c r="K14" s="16" t="s">
-        <v>240</v>
+        <v>208</v>
       </c>
       <c r="L14" s="16" t="s">
-        <v>240</v>
+        <v>208</v>
       </c>
       <c r="M14" s="16" t="s">
-        <v>240</v>
+        <v>209</v>
       </c>
       <c r="N14" s="16" t="s">
-        <v>240</v>
+        <v>209</v>
       </c>
       <c r="O14" s="16" t="s">
-        <v>241</v>
+        <v>208</v>
       </c>
       <c r="P14" s="16" t="s">
-        <v>241</v>
+        <v>209</v>
       </c>
       <c r="Q14" s="16" t="s">
-        <v>240</v>
+        <v>208</v>
       </c>
       <c r="R14" s="16" t="s">
-        <v>241</v>
+        <v>208</v>
       </c>
       <c r="S14" s="16" t="s">
-        <v>240</v>
+        <v>208</v>
       </c>
       <c r="T14" s="16" t="s">
-        <v>240</v>
+        <v>209</v>
       </c>
       <c r="U14" s="16" t="s">
-        <v>240</v>
+        <v>208</v>
       </c>
       <c r="V14" s="16" t="s">
-        <v>240</v>
+        <v>208</v>
       </c>
       <c r="W14" s="16" t="s">
-        <v>241</v>
+        <v>208</v>
       </c>
       <c r="X14" s="16" t="s">
-        <v>240</v>
+        <v>208</v>
       </c>
       <c r="Y14" s="16" t="s">
-        <v>240</v>
+        <v>208</v>
       </c>
       <c r="Z14" s="16" t="s">
-        <v>240</v>
+        <v>209</v>
       </c>
       <c r="AA14" s="16" t="s">
-        <v>240</v>
+        <v>208</v>
       </c>
       <c r="AB14" s="16" t="s">
-        <v>240</v>
+        <v>209</v>
       </c>
       <c r="AC14" s="16" t="s">
-        <v>240</v>
+        <v>208</v>
       </c>
       <c r="AD14" s="16" t="s">
-        <v>241</v>
+        <v>208</v>
       </c>
       <c r="AE14" s="16" t="s">
-        <v>240</v>
+        <v>208</v>
       </c>
       <c r="AF14" s="16" t="s">
-        <v>241</v>
+        <v>208</v>
       </c>
       <c r="AG14" s="16" t="s">
-        <v>240</v>
+        <v>208</v>
       </c>
       <c r="AH14" s="16" t="s">
-        <v>240</v>
+        <v>208</v>
       </c>
       <c r="AI14" s="16" t="s">
-        <v>240</v>
+        <v>208</v>
       </c>
       <c r="AJ14" s="16" t="s">
-        <v>240</v>
+        <v>208</v>
       </c>
       <c r="AK14" s="16" t="s">
-        <v>240</v>
+        <v>209</v>
       </c>
       <c r="AL14" s="16" t="s">
-        <v>240</v>
+        <v>208</v>
       </c>
       <c r="AM14" s="16" t="s">
-        <v>240</v>
+        <v>208</v>
       </c>
       <c r="AN14" s="16" t="s">
-        <v>240</v>
+        <v>208</v>
       </c>
       <c r="AO14" s="16" t="s">
-        <v>240</v>
-[...17 lines deleted...]
-        <v>241</v>
+        <v>209</v>
       </c>
     </row>
-    <row r="15" spans="2:48" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:42" x14ac:dyDescent="0.25">
       <c r="B15" s="4" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D15" s="15">
         <v>1</v>
       </c>
       <c r="E15" s="16" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F15" s="12">
         <v>161.72</v>
       </c>
       <c r="G15" s="12">
         <v>95</v>
       </c>
       <c r="H15" s="12">
+        <v>200</v>
+      </c>
+      <c r="I15" s="12">
+        <v>204</v>
+      </c>
+      <c r="J15" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="K15" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="L15" s="12">
+        <v>90</v>
+      </c>
+      <c r="M15" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="N15" s="12">
+        <v>85</v>
+      </c>
+      <c r="O15" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="P15" s="12">
+        <v>125</v>
+      </c>
+      <c r="Q15" s="12">
+        <v>90</v>
+      </c>
+      <c r="R15" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="S15" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="T15" s="12">
+        <v>239</v>
+      </c>
+      <c r="U15" s="12">
+        <v>90</v>
+      </c>
+      <c r="V15" s="12">
+        <v>150</v>
+      </c>
+      <c r="W15" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="X15" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y15" s="12">
+        <v>92.15</v>
+      </c>
+      <c r="Z15" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA15" s="12">
+        <v>150</v>
+      </c>
+      <c r="AB15" s="12">
         <v>0</v>
       </c>
-      <c r="I15" s="12">
+      <c r="AC15" s="12">
+        <v>150</v>
+      </c>
+      <c r="AD15" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="AE15" s="12">
+        <v>110</v>
+      </c>
+      <c r="AF15" s="12">
+        <v>150</v>
+      </c>
+      <c r="AG15" s="12">
         <v>200</v>
       </c>
-      <c r="J15" s="12">
-[...70 lines deleted...]
-      </c>
       <c r="AH15" s="12">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>195</v>
+      </c>
+      <c r="AI15" s="12">
+        <v>180</v>
       </c>
       <c r="AJ15" s="12">
-        <v>110</v>
+        <v>224.91</v>
       </c>
       <c r="AK15" s="12">
-        <v>150</v>
+        <v>175</v>
       </c>
       <c r="AL15" s="12">
-        <v>200</v>
+        <v>175</v>
       </c>
       <c r="AM15" s="12">
-        <v>125</v>
+        <v>210</v>
       </c>
       <c r="AN15" s="12">
-        <v>195</v>
+        <v>205</v>
       </c>
       <c r="AO15" s="12">
-        <v>180</v>
-[...16 lines deleted...]
-      <c r="AU15" s="12">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:AU15">
-    <sortCondition ref="E2:AU2"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:AO15">
+    <sortCondition ref="E2:AO2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="E11" r:id="rId1" xr:uid="{AE9D83AC-9F38-4B18-8FDD-3F1F1A8FEFE4}"/>
     <hyperlink ref="F11" r:id="rId2" xr:uid="{F6D0AD08-D324-443C-A666-53DA48872368}"/>
     <hyperlink ref="G11" r:id="rId3" display="Price Link" xr:uid="{11C2BADC-EAC7-4D37-B4BE-BC7617DAA4EA}"/>
-    <hyperlink ref="H11" r:id="rId4" xr:uid="{8DE61973-2768-40C5-826D-5C0BA26B270C}"/>
-[...37 lines deleted...]
-    <hyperlink ref="M11" r:id="rId42" xr:uid="{B57306F7-C3D8-443B-BECB-13753D00AD12}"/>
+    <hyperlink ref="H11" r:id="rId4" xr:uid="{D502D83A-75DF-49D4-91AC-6286CEDE60F1}"/>
+    <hyperlink ref="I11" r:id="rId5" xr:uid="{DCCA43D3-C298-4865-9156-E2B4FA8D586B}"/>
+    <hyperlink ref="J11" r:id="rId6" xr:uid="{9BE333E7-4A4E-4F2C-B60B-C76819412A52}"/>
+    <hyperlink ref="K11" r:id="rId7" xr:uid="{0EB9BE8C-9ADE-4CE7-8FCC-CD3045300CF5}"/>
+    <hyperlink ref="N11" r:id="rId8" xr:uid="{397381CA-9225-4268-A70C-9F4674518B84}"/>
+    <hyperlink ref="O11" r:id="rId9" xr:uid="{85D80475-2968-42FA-B7C0-1E25C3B5AA43}"/>
+    <hyperlink ref="P11" r:id="rId10" xr:uid="{7AC49220-3C9B-4B8A-889C-3247E1FEE2A0}"/>
+    <hyperlink ref="Q11" r:id="rId11" xr:uid="{ADF815B7-E97D-44F6-842A-F62799E3515E}"/>
+    <hyperlink ref="R11" r:id="rId12" xr:uid="{B9F0A35B-7D6F-4963-BCF1-7996A9C73CD2}"/>
+    <hyperlink ref="T11" r:id="rId13" xr:uid="{BD2EBA11-9F8A-41C6-81D1-5312F1A48B47}"/>
+    <hyperlink ref="V11" r:id="rId14" xr:uid="{33CBC9EB-E580-445C-8707-738A09609B33}"/>
+    <hyperlink ref="X11" r:id="rId15" xr:uid="{082A04F1-E434-49E6-A864-F6EF9724992D}"/>
+    <hyperlink ref="Y11" r:id="rId16" xr:uid="{E29366F4-AE35-4ACF-8774-162D451B7771}"/>
+    <hyperlink ref="W11" r:id="rId17" xr:uid="{38945393-89E7-4B72-A252-9418A97AC8B5}"/>
+    <hyperlink ref="Z11" r:id="rId18" xr:uid="{2B5CD5E0-66D5-4A9C-B1EC-C47933B1892A}"/>
+    <hyperlink ref="AA11" r:id="rId19" xr:uid="{05B8A6A2-174A-4462-A6F0-5CD83F09893D}"/>
+    <hyperlink ref="AB11" r:id="rId20" xr:uid="{34DFE4B7-3D6A-4B92-A0A6-31BEC7EF7FD6}"/>
+    <hyperlink ref="AC11" r:id="rId21" xr:uid="{5DCFCE26-2B27-47F0-9107-9F1EF5190BB0}"/>
+    <hyperlink ref="AD11" r:id="rId22" xr:uid="{04D35721-CB63-40DD-AC07-F5A8C9996639}"/>
+    <hyperlink ref="AF11" r:id="rId23" xr:uid="{C204D806-7EE8-4267-89D3-BDC63F091518}"/>
+    <hyperlink ref="AG11" r:id="rId24" xr:uid="{72B6940B-0F7F-4D90-8A86-FD7D3E8ADA13}"/>
+    <hyperlink ref="AH11" r:id="rId25" xr:uid="{1FD7CF0F-2FA0-405D-89CF-8017E5554D03}"/>
+    <hyperlink ref="AI11" r:id="rId26" xr:uid="{2FB8A63E-8351-4B1D-8B66-3F1DF2A8EEA6}"/>
+    <hyperlink ref="AL11" r:id="rId27" xr:uid="{FB994957-8077-474D-A7B2-037A28BADEED}"/>
+    <hyperlink ref="AM11" r:id="rId28" xr:uid="{79EEA1BB-5C57-4A3E-AEB7-E05CF7C9A35B}"/>
+    <hyperlink ref="AN11" r:id="rId29" xr:uid="{BE139F16-E485-4FD5-9215-0A5DC5F4D2AC}"/>
+    <hyperlink ref="AO11" r:id="rId30" xr:uid="{90E0FF43-882E-4EDE-8B83-AC6C6077ED79}"/>
+    <hyperlink ref="S11" r:id="rId31" xr:uid="{C7386864-F4CC-43EA-94AC-73DB10099742}"/>
+    <hyperlink ref="AE11" r:id="rId32" xr:uid="{4282C83D-8393-41BC-A35A-D817D1D4FF6B}"/>
+    <hyperlink ref="M11" r:id="rId33" xr:uid="{6AD96B37-6727-40F7-A589-F392AF4CD66D}"/>
+    <hyperlink ref="AJ11" r:id="rId34" xr:uid="{442E4143-015E-4249-8FF5-3D6775FA1957}"/>
+    <hyperlink ref="U11" r:id="rId35" xr:uid="{CC3F5679-AFF9-4552-BD92-17BCD0125D77}"/>
+    <hyperlink ref="AK11" r:id="rId36" xr:uid="{DDCC24CC-97B0-4F47-B1CA-881BE409B684}"/>
+    <hyperlink ref="L11" r:id="rId37" xr:uid="{B57306F7-C3D8-443B-BECB-13753D00AD12}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
-  <pageSetup orientation="landscape" r:id="rId43"/>
+  <pageSetup orientation="landscape" r:id="rId38"/>
   <headerFooter>
     <oddFooter>&amp;R24-7480 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>