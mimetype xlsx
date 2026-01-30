--- v1 (2025-12-15)
+++ v2 (2026-01-30)
@@ -1,1258 +1,1232 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2024\24-7480 Technology, Hardware, Software, Services and Related (Supplemental)\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4923884B-2299-40D9-8ACA-5E1B45891C7C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F0658887-715C-4F7E-A31C-497729AA77B8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Lines!$A$1:$AO$15</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Lines!$A$1:$AN$15</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$E,Lines!$1:$2</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="487" uniqueCount="310">
-[...1 lines deleted...]
-    <t/>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="475" uniqueCount="302">
+  <si>
+    <t>*updated 2/17/25, 4/30/25, 5/5/25, 5/30/25, 6/16/25</t>
+  </si>
+  <si>
+    <t>*updated 2/22/24</t>
+  </si>
+  <si>
+    <t>*updated 1/11/24, 5/16/25, 1/6/26</t>
+  </si>
+  <si>
+    <t>*updated 10/16/25</t>
+  </si>
+  <si>
+    <t>*updated 2/21/25</t>
+  </si>
+  <si>
+    <t>*updated 10/7/25, 11/10/25</t>
+  </si>
+  <si>
+    <t>*updated 6/11/24, 7/23/25, 8/11/25, 10/30/25, 10/31/25, 11/5/25</t>
+  </si>
+  <si>
+    <t>*updated 11/1/24</t>
+  </si>
+  <si>
+    <t>*updated 8/15/24</t>
+  </si>
+  <si>
+    <t>*updated 1/30/24, 10/10/25</t>
+  </si>
+  <si>
+    <t>*updated 4/5/24, 4/24/24, 5/24/24, 5/31/24, 7/16/24, 8/7/24, 8/26/24, 1/14/25, 1/15/25, 2/10/25, 2/27/25, 4/23/25, 5/6/25, 5/22/25, 6/3/25, 6/4/25, 6/24/25, 8/7/25, 8/19/25, 10/21/25</t>
+  </si>
+  <si>
+    <t>*updated 2/15/24, 2/27/24, 4/2/24</t>
+  </si>
+  <si>
+    <t>*updated 5/30/24</t>
+  </si>
+  <si>
+    <t>Company Name…</t>
   </si>
   <si>
     <t>Abre.io</t>
   </si>
   <si>
+    <t>Adjuvant Consulting, Inc.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Advanced Security Contractors, Inc.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Rapid Fire Safety &amp; Security LLC</t>
+    </r>
+  </si>
+  <si>
+    <t>Aspire HR, Inc.</t>
+  </si>
+  <si>
+    <t>Automation Arts</t>
+  </si>
+  <si>
+    <t>AVES Audio Visual Systems Inc</t>
+  </si>
+  <si>
+    <t>AVX (D.W. Collins Inc)</t>
+  </si>
+  <si>
+    <t>BINYOD LLC</t>
+  </si>
+  <si>
+    <t>Cibus Brokerage (Michael &amp; Lourdes Company LLC) (Nerdy Cat Technology)</t>
+  </si>
+  <si>
+    <t>Comco Inc.</t>
+  </si>
+  <si>
+    <t>Curipod AS</t>
+  </si>
+  <si>
+    <t>Currey Adkins LP (Currey Adkins Company)</t>
+  </si>
+  <si>
+    <t>Decision Tree Inc.</t>
+  </si>
+  <si>
+    <t>El Paso Office Products (El Paso Office Products, LLC.)</t>
+  </si>
+  <si>
+    <t>Embark Corporation</t>
+  </si>
+  <si>
+    <t>ERP Analysts, Inc.</t>
+  </si>
+  <si>
+    <t>ESEI (Electro Systems Engineers, Inc.)</t>
+  </si>
+  <si>
+    <t>Gamwell Technologies Inc</t>
+  </si>
+  <si>
+    <t>GoTo Communications, Inc.</t>
+  </si>
+  <si>
     <t>Hello World CS (HW Tech Studio, Inc)</t>
   </si>
   <si>
+    <t>Infrastructure R&amp;D</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">LD Products, Inc. </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Link Imaging, LLC dba LD Products</t>
+    </r>
+  </si>
+  <si>
+    <t>Learning List</t>
+  </si>
+  <si>
     <t>LibraryTrac</t>
   </si>
   <si>
-    <t>Embark Corporation</t>
+    <t>MASSER TECHNOLOGIES (THE MASSER GROUP, INC.)</t>
+  </si>
+  <si>
+    <t>MobyMax (MobyMax Education, LLC)</t>
+  </si>
+  <si>
+    <t>Mood Texas (Muzicom Inc)</t>
+  </si>
+  <si>
+    <t>Mountain Vector Energy</t>
+  </si>
+  <si>
+    <t>New Tech Solutions, Inc.</t>
+  </si>
+  <si>
+    <t>Precision Solutions, LLC</t>
+  </si>
+  <si>
+    <t>Softdocs SC LLC</t>
+  </si>
+  <si>
+    <t>Spectrum Technologies (Spectrum Imaging Technologies Inc.)</t>
+  </si>
+  <si>
+    <t>True North Consulting Group, LLC.</t>
+  </si>
+  <si>
+    <t>Tuatara Consulting Inc.</t>
+  </si>
+  <si>
+    <t>Utility Solutions Partners LLC</t>
   </si>
   <si>
     <t>Yoongli LLC</t>
   </si>
   <si>
-    <t>AVES Audio Visual Systems Inc</t>
-[...95 lines deleted...]
-    <t>BINYOD LLC</t>
+    <t>Company Contact…</t>
   </si>
   <si>
     <t>Laurie Mattson</t>
   </si>
   <si>
-    <t>Austen Marek</t>
-[...14 lines deleted...]
-    <t>Claudia Ramirez</t>
+    <t>T. Nick Meyer</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Virginia Robinson</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve"> Mike McLeod
+</t>
+    </r>
+  </si>
+  <si>
+    <t>Winnie Chu</t>
+  </si>
+  <si>
+    <t>Brian Dittmar</t>
   </si>
   <si>
     <t>Cynthia Rademacher    Customer Support Manager</t>
-  </si>
-[...712 lines deleted...]
-    <t>(358) 444-9731</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Callie Perez</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> David Collins</t>
     </r>
   </si>
   <si>
-    <r>
-[...32 lines deleted...]
-    <t>*updated 11/1/24</t>
+    <t>Adam Khudoyor Ortikov</t>
+  </si>
+  <si>
+    <t>Michael Vasquez</t>
+  </si>
+  <si>
+    <t>Vicki Adkins</t>
+  </si>
+  <si>
+    <t>Lexi Lobdell</t>
+  </si>
+  <si>
+    <t>David Currey</t>
+  </si>
+  <si>
+    <t>Bryan DeRosa</t>
+  </si>
+  <si>
+    <t>Sandy Grodin</t>
+  </si>
+  <si>
+    <t>Yusef Syed</t>
+  </si>
+  <si>
+    <t>India Meeks, Sr. Solutions Director</t>
+  </si>
+  <si>
+    <t>J. Antonio Rico</t>
+  </si>
+  <si>
+    <t>Adam Gamwell</t>
+  </si>
+  <si>
+    <t>Kurt Snodgrass</t>
+  </si>
+  <si>
+    <t>Austen Marek</t>
+  </si>
+  <si>
+    <t>Ricardo Rodriguez</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Bill Hokans</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Diana Athey</t>
     </r>
   </si>
   <si>
+    <t>Jackie Lain</t>
+  </si>
+  <si>
+    <t>Scott Allen</t>
+  </si>
+  <si>
+    <t>Hermann Masser</t>
+  </si>
+  <si>
+    <t>Robin Briseno</t>
+  </si>
+  <si>
+    <t>Ray Luna</t>
+  </si>
+  <si>
+    <t>Aislin Cooper</t>
+  </si>
+  <si>
+    <t>Rajesh Patel</t>
+  </si>
+  <si>
+    <t>Stephanie Dalton</t>
+  </si>
+  <si>
+    <t>Abe Gruber</t>
+  </si>
+  <si>
+    <t>Christian Salas</t>
+  </si>
+  <si>
+    <t>Emily Whicher</t>
+  </si>
+  <si>
+    <t>Tom Driscoll</t>
+  </si>
+  <si>
+    <t>Steven Casazza</t>
+  </si>
+  <si>
+    <t>Claudia Ramirez</t>
+  </si>
+  <si>
+    <t>Company Address…</t>
+  </si>
+  <si>
+    <t>PO Box 30229 Cincinnati, OH 45230</t>
+  </si>
+  <si>
+    <t>17 Kings Heath, San Antonio TX 78257</t>
+  </si>
+  <si>
+    <t>135 Rio West Drive, El Paso, TX 79932</t>
+  </si>
+  <si>
+    <t>5151 Belt Line Road, Suite 1125, Dallas TX  75254</t>
+  </si>
+  <si>
+    <t>5404 Voges Road, Madison, WI 53718</t>
+  </si>
+  <si>
+    <t>12502 Exchange Drive Suite 400  Stafford,  TX  77477</t>
+  </si>
+  <si>
+    <t>6600 Montana Ave, El Paso, TX 79925</t>
+  </si>
+  <si>
+    <t>11718 North Garden Street, building H, Houston, Texas 77071</t>
+  </si>
+  <si>
+    <t>13726 Castle Grove, San Antonio, TX 78231</t>
+  </si>
+  <si>
+    <t>100 South Alto Mesa, El Paso, TX 79912</t>
+  </si>
+  <si>
+    <t>Gaustadallen 21 0349 Oslo, Norway</t>
+  </si>
+  <si>
+    <t>100 South Alto Mesa, El Paso, Texas  79912</t>
+  </si>
+  <si>
+    <t>306 Thunderbird El Paso, TX. 79912</t>
+  </si>
+  <si>
+    <t>1550 Lionel Dr.  El Paso, TX 79936</t>
+  </si>
+  <si>
+    <t>1 Liberty St. 3rd Floor. New York, NY 10006</t>
+  </si>
+  <si>
+    <t>425 Metro Place North, Suite 510, Dublin, OH 43017</t>
+  </si>
+  <si>
+    <t>5400 Suncrest Dr., Ste. B3; El Paso, TX  79912</t>
+  </si>
+  <si>
+    <t>221 N Kansas Suite 800, El Paso, TX 79901</t>
+  </si>
+  <si>
+    <t>333 Summer Street, Boston, MA 02210</t>
+  </si>
+  <si>
+    <t>3616 Far West Blvd. #117 (PMB 409), Austin, TX 78731</t>
+  </si>
+  <si>
+    <t>8108 Parkland El Paso, TX 79925</t>
+  </si>
+  <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>3700 Cover Street, Long Beach, CA 90808</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> 2501 E 28th St. Suite 106 Signal Hill, CA 90755</t>
     </r>
   </si>
   <si>
-    <r>
-[...155 lines deleted...]
-    </r>
+    <t>3575 Far West Blvd., Ste 29571 Austin, Texas 78731</t>
+  </si>
+  <si>
+    <t>2012 Snowbush Ct, Culpeper, VA 22701</t>
+  </si>
+  <si>
+    <t>5862 Cromo Dr Ste 145,  El Paso Texas 79912</t>
+  </si>
+  <si>
+    <t>500 Westover Drive, #12127, Sanford, NC 27330</t>
+  </si>
+  <si>
+    <t>9401 Carnegie Ave. Suite#1-N, El Paso, TX 79925</t>
+  </si>
+  <si>
+    <t>200 Broadway Blvd NE, Albuquerque, NM 87102</t>
+  </si>
+  <si>
+    <t>4179 Business Center Dr, Fremont, CA - 94538</t>
+  </si>
+  <si>
+    <t>7706 Wenda Dr, El Paso TX, 79915</t>
+  </si>
+  <si>
+    <t>807 Bluff Rd, Columbia, SC 29201</t>
+  </si>
+  <si>
+    <t>5900 Gateway Blvd East El Paso, Texas 79905</t>
+  </si>
+  <si>
+    <t>3408 Hillcrest Drive Waco, Texas 76708</t>
+  </si>
+  <si>
+    <t>W239N7474 High Ridge Dr, Sussex, WI 53089</t>
+  </si>
+  <si>
+    <t>80 M Street SE  Suite 02-262 Washington, DC  20003</t>
+  </si>
+  <si>
+    <t>6006 N Mesa St, Ste 812, El Paso, TX 79912</t>
+  </si>
+  <si>
+    <t>Contact Email Address…</t>
+  </si>
+  <si>
+    <t>lmattson@abre.com</t>
+  </si>
+  <si>
+    <t>tnick.meyer@aci-sdvob.com</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>virginia@ascsecure.com</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>service@ascsecure.com</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 asc-service@rapidfiress.com (General);
 luis.villarreal@rapidfiress.com (Accounting)</t>
     </r>
   </si>
   <si>
-    <t>*updated 4/5/24, 4/24/24, 5/24/24, 5/31/24, 7/16/24, 8/7/24, 8/26/24, 1/14/25, 1/15/25, 2/10/25, 2/27/25, 4/23/25, 5/6/25, 5/22/25, 6/3/25, 6/4/25, 6/24/25, 8/7/25, 8/19/25, 10/21/25</t>
-[...5 lines deleted...]
-    <t>*updated 10/7/25, 11/10/25</t>
+    <t>wchu@aspirehr.com</t>
+  </si>
+  <si>
+    <t>brian.dittmar@automation-arts.com</t>
+  </si>
+  <si>
+    <t>sales@avesav.com</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Callie@avx-tech.com</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> 
+sales@avx-tech.com  
+david@avx-tech.com</t>
+    </r>
+  </si>
+  <si>
+    <t>rfpsales@binyod.com</t>
+  </si>
+  <si>
+    <t>info@nerdycattechnolgy.com</t>
+  </si>
+  <si>
+    <t>vadkins@comco-solutions.com</t>
+  </si>
+  <si>
+    <t>lexi@curipod.com</t>
+  </si>
+  <si>
+    <t>dcurrey@curreyadkins.com</t>
+  </si>
+  <si>
+    <t>bryan@dtreetech.com</t>
+  </si>
+  <si>
+    <t>sgrodin@elpasoop.com</t>
+  </si>
+  <si>
+    <t>finance@embark.com</t>
+  </si>
+  <si>
+    <t>solutions@ERPA.com</t>
+  </si>
+  <si>
+    <t>jarico@esei.com</t>
+  </si>
+  <si>
+    <t>adam@gamwelltech.com</t>
+  </si>
+  <si>
+    <t>kurt.snodgrass@goto.com</t>
+  </si>
+  <si>
+    <t>austen@helloworldcs.org</t>
+  </si>
+  <si>
+    <t>ricardo@infrasrd.com</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>BillH@LDProducts.com</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> dathey@linkimaging.com</t>
+    </r>
+  </si>
+  <si>
+    <t>JackieL@Learninglist.com</t>
+  </si>
+  <si>
+    <t>info@librarytrac.com</t>
+  </si>
+  <si>
+    <t>hmasser@massertechnologies.com</t>
+  </si>
+  <si>
+    <t>rfp@mobymax.com</t>
+  </si>
+  <si>
+    <t>Ray@moodtexas.com</t>
+  </si>
+  <si>
+    <t>aislin@mountainvector.com</t>
+  </si>
+  <si>
+    <t>rajesh@ntsca.com</t>
+  </si>
+  <si>
+    <t>stephanie@precisionsolutionsllc.com</t>
+  </si>
+  <si>
+    <t>info@softdocs.com</t>
+  </si>
+  <si>
+    <t>csalas@spectrumistechnology.com</t>
+  </si>
+  <si>
+    <t>emily.whicker@tncg.com</t>
+  </si>
+  <si>
+    <t>tdriscoll@tuatarainc.com</t>
+  </si>
+  <si>
+    <t>steven.casazza@utilitysolutionsllc.com</t>
+  </si>
+  <si>
+    <t>cramirez@yoongli.com</t>
+  </si>
+  <si>
+    <t>Company Phone Number…</t>
+  </si>
+  <si>
+    <t>(513) 713-1609</t>
+  </si>
+  <si>
+    <t>(210) 882-6364</t>
+  </si>
+  <si>
+    <t>(915) 845-0272</t>
+  </si>
+  <si>
+    <t>(214) 880-0099 x136</t>
+  </si>
+  <si>
+    <t>(608) 831-5012</t>
+  </si>
+  <si>
+    <t>(281) 295-1300</t>
+  </si>
+  <si>
+    <t>(915) 778-9111</t>
+  </si>
+  <si>
+    <t>(832) 917-0377 x103</t>
+  </si>
+  <si>
+    <t>(915) 539-1358</t>
+  </si>
+  <si>
+    <t>(915) 833-6651</t>
+  </si>
+  <si>
+    <t>(358) 444-9731</t>
+  </si>
+  <si>
+    <t>(915) 833-6604</t>
+  </si>
+  <si>
+    <t>(915) 584-3419</t>
+  </si>
+  <si>
+    <t>(915) 593-9000 x222</t>
+  </si>
+  <si>
+    <t>(646) 368-8394</t>
+  </si>
+  <si>
+    <t>(614) 695-6185</t>
+  </si>
+  <si>
+    <t>(915) 587-7902 x103</t>
+  </si>
+  <si>
+    <t>(915) 613-4876</t>
+  </si>
+  <si>
+    <t>(405) 355-2559</t>
+  </si>
+  <si>
+    <t>(361) 549-0516</t>
+  </si>
+  <si>
+    <t>(915) 241-5015</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">(562) 294-1118 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>888-375-6648</t>
+    </r>
+  </si>
+  <si>
+    <t>(512) 423-5665</t>
+  </si>
+  <si>
+    <t>(540) 717-9300</t>
+  </si>
+  <si>
+    <t>(915) 613-1211 x101</t>
+  </si>
+  <si>
+    <t>(888) 793-8331</t>
+  </si>
+  <si>
+    <t>(915) 203-5315</t>
+  </si>
+  <si>
+    <t>(505) 377-0041</t>
+  </si>
+  <si>
+    <t>(510) 353-4070 x307</t>
+  </si>
+  <si>
+    <t>(609) 439-8777</t>
+  </si>
+  <si>
+    <t>(888) 457-8879</t>
+  </si>
+  <si>
+    <t>(915) 781-2000</t>
+  </si>
+  <si>
+    <t>(888) 650-4580</t>
+  </si>
+  <si>
+    <t>(262) 372-6754</t>
+  </si>
+  <si>
+    <t>(973) 722-2830</t>
+  </si>
+  <si>
+    <t>(915) 308-4503</t>
+  </si>
+  <si>
+    <t>Company Website…</t>
+  </si>
+  <si>
+    <t>HTTP://www.abre.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.aci-sdvob.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.ascsecure.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.aspirehr.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.automationarts.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.avesav.com</t>
+  </si>
+  <si>
+    <t>HTTP://avx-tech.com</t>
+  </si>
+  <si>
+    <t>https://binyod.com/</t>
+  </si>
+  <si>
+    <t>HTTP://www.nerdycattechnology.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.comco-solutions.com</t>
+  </si>
+  <si>
+    <t>https://curipod.com/</t>
+  </si>
+  <si>
+    <t>https://curreyadkins.com</t>
+  </si>
+  <si>
+    <t>https://www.dtreetech.com/</t>
+  </si>
+  <si>
+    <t>HTTP://www.elpasoop.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.embark.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.ERPA.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.esei.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.gamwelltech.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.goto.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.helloworldcs.org</t>
+  </si>
+  <si>
+    <t>https://infrasrd.com</t>
+  </si>
+  <si>
+    <t>https://www.ldproducts.com/</t>
+  </si>
+  <si>
+    <t>HTTP://www.Learninglist.com</t>
+  </si>
+  <si>
+    <t>HTTP://librarytrac.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.massertechnologies.com</t>
+  </si>
+  <si>
+    <t>https://www.mobymax.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.moodtexas.com</t>
+  </si>
+  <si>
+    <t>https://mountainvector.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.ntsca.com</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>https://www.softdocs.com/</t>
+  </si>
+  <si>
+    <t>HTTP://spectrumistechnology.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.tncg.com</t>
+  </si>
+  <si>
+    <t>https://www.tuatarainc.com/</t>
+  </si>
+  <si>
+    <t>https://utilitysolutionsllc.com/</t>
+  </si>
+  <si>
+    <t>https://www.yoongli.com/</t>
+  </si>
+  <si>
+    <t>S&amp;H included in pricing…</t>
+  </si>
+  <si>
+    <t>Yes</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>S&amp;H (expedite fees)…</t>
+  </si>
+  <si>
+    <t>Yes Overnight shipping expenditures may be passed along. Contact for expedites is Amador Vega 915 845-0272</t>
+  </si>
+  <si>
+    <t>EXPEDITED SHIPPING WILL INCUR A FEE / IF LIFT GATE REQUIRED A FEE WILL BE INCURRED.</t>
+  </si>
+  <si>
+    <t>Yes, depends on the manufacturer, quantity and distance. Please email rfpsales@binyod.com for ordering</t>
+  </si>
+  <si>
+    <t>no</t>
+  </si>
+  <si>
+    <t>Yes, expedited shipping will be quoted at the time of order and passed through to the customer at no markup.</t>
+  </si>
+  <si>
+    <t>No. As a SaaS company, shipping costs are not applicable.</t>
+  </si>
+  <si>
+    <t>Yes, expedited shipping is available and will be quoted at time of order with no markup. Contact Lorena Casillas at 915-833-6604 for expedites.</t>
+  </si>
+  <si>
+    <t>We provide free ground shipping on all items.  Any expedited shipping is charged at our cost.</t>
+  </si>
+  <si>
+    <t>Not relevant, software.</t>
+  </si>
+  <si>
+    <t>No. Not applicable.</t>
+  </si>
+  <si>
+    <t>Yes, Overnight and air freight is charged separately. Contact J. Antonio Rico</t>
+  </si>
+  <si>
+    <t>Yes, Ricardo Rodriguez is the designated contact</t>
+  </si>
+  <si>
+    <t>Yes, expedited shipping is set at current UPS shipping rates. Please contact Bill Hokans for a shipping estimate. BillH@LDProducts.com. Additionally, Alaska, Hawaii, APO, FPO, Puerto Rico, U.S. Virgin Islands, American Samoa, Federated States of Micronesia, Guam, Marshall Islands, Northern Mariana Islands, &amp; Palau are excluded from FOB Destination.</t>
+  </si>
+  <si>
+    <t>No. There are no shipping fees in providing our product.</t>
+  </si>
+  <si>
+    <t>Yes, sales team can be reached via sales@ntsca.com or call at 1800-NEW-TECH ask for sales.</t>
+  </si>
+  <si>
+    <t>Yes, Christian Salas</t>
+  </si>
+  <si>
+    <t>Areas Served…</t>
+  </si>
+  <si>
+    <t>All States</t>
+  </si>
+  <si>
+    <t>Texas, South Carolina, Georgia, Idaho, North Carolina</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">West </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t>Texas and New Mexico</t>
+    </r>
+  </si>
+  <si>
+    <t>All Members of the Cooperative. No limitations on location</t>
+  </si>
+  <si>
+    <t>United States</t>
+  </si>
+  <si>
+    <t>ALL 50 STATES</t>
+  </si>
+  <si>
+    <t>Texas and New Mexico</t>
+  </si>
+  <si>
+    <t>Texas and surrounding states, including Oklahoma, Arkansas, Louisiana, and New Mexico</t>
+  </si>
+  <si>
+    <t>All US serviced</t>
+  </si>
+  <si>
+    <t>Texas , New Mexico</t>
+  </si>
+  <si>
+    <t>Texas</t>
+  </si>
+  <si>
+    <t>NATIONWIDE COVERAGE</t>
+  </si>
+  <si>
+    <t>Texas, New Mexico</t>
+  </si>
+  <si>
+    <t>White Settlement, TX; San Antonio, TX; Houston, TX; El Paso, TX</t>
+  </si>
+  <si>
+    <t>No limitations, but we primarily serve USA (all), Canada, Caribbean nations</t>
+  </si>
+  <si>
+    <t>Texas, New Mexico, and Arizona</t>
+  </si>
+  <si>
+    <t>GoTo is licensed and willing to service all 50 states.</t>
+  </si>
+  <si>
+    <t>All 50 United States</t>
+  </si>
+  <si>
+    <t>Texas and all of USA</t>
+  </si>
+  <si>
+    <t>United States, including Alaska, Hawaii, APO, FPO, Puerto Rico, U.S. Virgin Islands, American Samoa, Federated States of Micronesia, Guam, Marshall Islands, Northern Mariana Islands, &amp; Palau.</t>
+  </si>
+  <si>
+    <t>All states within the United States</t>
+  </si>
+  <si>
+    <t>All 50 states</t>
+  </si>
+  <si>
+    <t>Texas, New Mexico, Georgia, Florida and Wyoming</t>
+  </si>
+  <si>
+    <t>Worldwide</t>
+  </si>
+  <si>
+    <t>Las Cruces, Deming, TorC, Lordsburg, Ruidoso, El Paso, San Antonio, Austin, Laredo, Corpus Christi,</t>
+  </si>
+  <si>
+    <t>Mountain Vector Energy is able and willing to service all cities, states, and regions in the United States.</t>
+  </si>
+  <si>
+    <t>USA</t>
+  </si>
+  <si>
+    <t>All 50 States</t>
+  </si>
+  <si>
+    <t>Softdocs is licensed nation-wide</t>
+  </si>
+  <si>
+    <t>True North is willing to serve clients nationwide.</t>
+  </si>
+  <si>
+    <t>USP is registered to do business in AZ, CA, DC, FL, HI, NC, OH, PA, SC, TX, WA, however USP can provide services in any state.</t>
+  </si>
+  <si>
+    <t>The USA</t>
+  </si>
+  <si>
+    <t>Price Link…</t>
+  </si>
+  <si>
+    <t>Price Link</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF0070C0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Price Link </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="10"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Additional pricing on file with ASC Purchasing</t>
+    </r>
+  </si>
+  <si>
+    <t>Line #</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>QTY</t>
+  </si>
+  <si>
+    <t>Unit</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>Percent Discount from Catalog/Pricelist</t>
+  </si>
+  <si>
+    <t>Does the pricing as found on your pricelist/fee schedule already reflect the discount?</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Hourly Rate for Services</t>
+  </si>
+  <si>
+    <t>No Bid</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
     <numFmt numFmtId="165" formatCode="\$###,###,##0.00####"/>
   </numFmts>
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
-[...3 lines deleted...]
-    <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <strike/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
@@ -1299,130 +1273,121 @@
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="28">
+  <cellXfs count="25">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
@@ -1702,1854 +1667,1822 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/ERP%20%20Analysts.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/LD%20Products%2C%20Inc.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Reflection%20Sciences.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Masser%20Technologies.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Softdocs%20SC.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/AVX%20Tech%20Warehouse.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/El%20Paso%20Office%20Products.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Jive%20Communications.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Precision%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Cibus%20Brokerage.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Adjuvant%20Bid%2024-7480.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Infrastructure%20R%26D.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/LibraryTrac.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Utility%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Abre.io.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/AVES%20Audio%20Visual.xlsx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Decision%20Tree.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/New%20Tech%20Solutions%2C%20Inc.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Mood%20Texas.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Binyods.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Automation%20Arts.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Hello%20World%20CS.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Mountain%20Vector.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Tuatara%202024.xlsx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Spectrum%20Technologies.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Currey%20Adkins.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Learning%20List.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Embark.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Aspire%20HR.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Curipod.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Gamwell%20Tech.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/MobyMax.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/True%20North.xlsx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Yoongli.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/ESEIs.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Comco.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Advanced%20Security%20Contractors.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/ERP%20%20Analysts.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/LD%20Products%2C%20Inc.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/True%20North.xlsx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Masser%20Technologies.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/ESEIs.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/AVX%20Tech%20Warehouse.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/El%20Paso%20Office%20Products.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Jive%20Communications.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Precision%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Softdocs%20SC.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Adjuvant%20Bid%2024-7480.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Infrastructure%20R%26D.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/LibraryTrac.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Yoongli.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Abre.io.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/AVES%20Audio%20Visual.xlsx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Decision%20Tree.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/New%20Tech%20Solutions%2C%20Inc.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Cibus%20Brokerage.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Automation%20Arts.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Hello%20World%20CS.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Mountain%20Vector.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Utility%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Binyods.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Currey%20Adkins.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Learning%20List.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Mood%20Texas.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Aspire%20HR.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Curipod.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Gamwell%20Tech.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/MobyMax.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Tuatara%202024.xlsx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Embark.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Spectrum%20Technologies.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Comco.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Advanced%20Security%20Contractors.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="B1:AP15"/>
+  <dimension ref="B1:AO15"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
     <col min="3" max="3" width="36" style="1" customWidth="1"/>
-    <col min="4" max="4" width="6" style="13" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="42" max="16384" width="9.140625" style="1"/>
+    <col min="4" max="4" width="6" style="12" customWidth="1"/>
+    <col min="5" max="40" width="30.7109375" style="1" customWidth="1"/>
+    <col min="41" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:42" ht="105" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:41" ht="105" x14ac:dyDescent="0.25">
       <c r="D1" s="1"/>
-      <c r="E1" s="17"/>
-[...60 lines deleted...]
-        <v>289</v>
+      <c r="E1" s="16"/>
+      <c r="F1" s="19"/>
+      <c r="G1" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="H1" s="17"/>
+      <c r="I1" s="17" t="s">
+        <v>1</v>
+      </c>
+      <c r="J1" s="17"/>
+      <c r="K1" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="L1" s="19"/>
+      <c r="M1" s="17"/>
+      <c r="N1" s="17"/>
+      <c r="O1" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="P1" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q1" s="16"/>
+      <c r="R1" s="17"/>
+      <c r="S1" s="19"/>
+      <c r="T1" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="U1" s="19"/>
+      <c r="V1" s="16"/>
+      <c r="W1" s="19"/>
+      <c r="X1" s="19"/>
+      <c r="Y1" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="Z1" s="16" t="s">
+        <v>7</v>
+      </c>
+      <c r="AA1" s="18"/>
+      <c r="AB1" s="16"/>
+      <c r="AC1" s="16" t="s">
+        <v>8</v>
+      </c>
+      <c r="AD1" s="16"/>
+      <c r="AE1" s="19" t="s">
+        <v>9</v>
+      </c>
+      <c r="AF1" s="16"/>
+      <c r="AG1" s="16"/>
+      <c r="AH1" s="16"/>
+      <c r="AI1" s="19"/>
+      <c r="AJ1" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="AK1" s="17"/>
+      <c r="AL1" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="AM1" s="16"/>
+      <c r="AN1" s="16" t="s">
+        <v>12</v>
       </c>
     </row>
-    <row r="2" spans="2:42" ht="45" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:41" ht="45" x14ac:dyDescent="0.25">
       <c r="D2" s="6" t="s">
-        <v>261</v>
-[...4 lines deleted...]
-      <c r="F2" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" s="22" t="s">
+        <v>16</v>
+      </c>
+      <c r="H2" s="22" t="s">
         <v>17</v>
       </c>
-      <c r="G2" s="25" t="s">
-[...2 lines deleted...]
-      <c r="H2" s="9" t="s">
+      <c r="I2" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="J2" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="K2" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="L2" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="M2" s="22" t="s">
         <v>22</v>
       </c>
-      <c r="I2" s="9" t="s">
+      <c r="N2" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="O2" s="22" t="s">
         <v>24</v>
       </c>
-      <c r="J2" s="9" t="s">
-[...5 lines deleted...]
-      <c r="L2" s="9" t="s">
+      <c r="P2" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q2" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="R2" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="S2" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="T2" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="U2" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="V2" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="W2" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="X2" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="Y2" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="Z2" s="22" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA2" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="AB2" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC2" s="22" t="s">
         <v>38</v>
       </c>
-      <c r="M2" s="9" t="s">
-[...84 lines deleted...]
-        <v>5</v>
+      <c r="AD2" s="22" t="s">
+        <v>39</v>
+      </c>
+      <c r="AE2" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="AF2" s="22" t="s">
+        <v>41</v>
+      </c>
+      <c r="AG2" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="AH2" s="22" t="s">
+        <v>43</v>
+      </c>
+      <c r="AI2" s="22" t="s">
+        <v>44</v>
+      </c>
+      <c r="AJ2" s="22" t="s">
+        <v>45</v>
+      </c>
+      <c r="AK2" s="22" t="s">
+        <v>46</v>
+      </c>
+      <c r="AL2" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="AM2" s="22" t="s">
+        <v>48</v>
+      </c>
+      <c r="AN2" s="22" t="s">
+        <v>49</v>
       </c>
     </row>
-    <row r="3" spans="2:42" ht="30" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:41" ht="30" x14ac:dyDescent="0.25">
       <c r="D3" s="7" t="s">
-        <v>262</v>
+        <v>50</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="F3" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="G3" s="24" t="s">
+        <v>53</v>
+      </c>
+      <c r="H3" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="I3" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="J3" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K3" s="24" t="s">
+        <v>57</v>
+      </c>
+      <c r="L3" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="M3" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="N3" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="O3" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="G3" s="27" t="s">
-[...2 lines deleted...]
-      <c r="H3" s="5" t="s">
+      <c r="P3" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q3" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="R3" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="S3" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="T3" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="U3" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="V3" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="J3" s="5" t="s">
-[...29 lines deleted...]
-      <c r="T3" s="5" t="s">
+      <c r="W3" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="X3" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="Y3" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="Z3" s="24" t="s">
         <v>72</v>
       </c>
-      <c r="U3" s="5" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="AA3" s="5" t="s">
-        <v>59</v>
+        <v>73</v>
       </c>
       <c r="AB3" s="5" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="AC3" s="5" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="AD3" s="5" t="s">
-        <v>43</v>
+        <v>76</v>
       </c>
       <c r="AE3" s="5" t="s">
-        <v>55</v>
+        <v>77</v>
       </c>
       <c r="AF3" s="5" t="s">
-        <v>57</v>
+        <v>78</v>
       </c>
       <c r="AG3" s="5" t="s">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="AH3" s="5" t="s">
-        <v>65</v>
+        <v>80</v>
       </c>
       <c r="AI3" s="5" t="s">
-        <v>64</v>
+        <v>81</v>
       </c>
       <c r="AJ3" s="5" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="AK3" s="5" t="s">
-        <v>62</v>
+        <v>83</v>
       </c>
       <c r="AL3" s="5" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="AM3" s="5" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="AN3" s="5" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>86</v>
       </c>
     </row>
-    <row r="4" spans="2:42" ht="45" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:41" ht="45" x14ac:dyDescent="0.25">
       <c r="D4" s="7" t="s">
-        <v>263</v>
+        <v>87</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>73</v>
+        <v>88</v>
       </c>
       <c r="F4" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="G4" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="H4" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="G4" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H4" s="5" t="s">
+      <c r="I4" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="K4" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="L4" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="M4" s="5" t="s">
         <v>96</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="N4" s="24" t="s">
+        <v>97</v>
+      </c>
+      <c r="O4" s="5" t="s">
         <v>98</v>
       </c>
-      <c r="J4" s="5" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="P4" s="5" t="s">
-        <v>86</v>
+        <v>99</v>
       </c>
       <c r="Q4" s="5" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="R4" s="5" t="s">
-        <v>80</v>
+        <v>101</v>
       </c>
       <c r="S4" s="5" t="s">
-        <v>78</v>
+        <v>102</v>
       </c>
       <c r="T4" s="5" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="U4" s="5" t="s">
-        <v>84</v>
+        <v>104</v>
       </c>
       <c r="V4" s="5" t="s">
-        <v>88</v>
+        <v>105</v>
       </c>
       <c r="W4" s="5" t="s">
-        <v>75</v>
+        <v>106</v>
       </c>
       <c r="X4" s="5" t="s">
-        <v>74</v>
+        <v>107</v>
       </c>
       <c r="Y4" s="5" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>293</v>
+        <v>108</v>
+      </c>
+      <c r="Z4" s="24" t="s">
+        <v>109</v>
       </c>
       <c r="AA4" s="5" t="s">
-        <v>89</v>
+        <v>110</v>
       </c>
       <c r="AB4" s="5" t="s">
-        <v>76</v>
+        <v>111</v>
       </c>
       <c r="AC4" s="5" t="s">
-        <v>90</v>
+        <v>112</v>
       </c>
       <c r="AD4" s="5" t="s">
-        <v>77</v>
+        <v>113</v>
       </c>
       <c r="AE4" s="5" t="s">
-        <v>279</v>
+        <v>114</v>
       </c>
       <c r="AF4" s="5" t="s">
-        <v>87</v>
+        <v>115</v>
       </c>
       <c r="AG4" s="5" t="s">
-        <v>97</v>
+        <v>116</v>
       </c>
       <c r="AH4" s="5" t="s">
-        <v>95</v>
+        <v>117</v>
       </c>
       <c r="AI4" s="5" t="s">
-        <v>94</v>
+        <v>118</v>
       </c>
       <c r="AJ4" s="5" t="s">
-        <v>101</v>
+        <v>119</v>
       </c>
       <c r="AK4" s="5" t="s">
-        <v>92</v>
+        <v>120</v>
       </c>
       <c r="AL4" s="5" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="AM4" s="5" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="AN4" s="5" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>280</v>
+        <v>123</v>
       </c>
     </row>
-    <row r="5" spans="2:42" ht="90" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:41" ht="90" x14ac:dyDescent="0.25">
       <c r="D5" s="7" t="s">
-        <v>264</v>
+        <v>124</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>103</v>
+        <v>125</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>306</v>
+        <v>126</v>
+      </c>
+      <c r="G5" s="24" t="s">
+        <v>127</v>
       </c>
       <c r="H5" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J5" s="5" t="s">
         <v>130</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="K5" s="24" t="s">
+        <v>131</v>
+      </c>
+      <c r="L5" s="5" t="s">
         <v>132</v>
       </c>
-      <c r="J5" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M5" s="5" t="s">
-        <v>113</v>
+        <v>133</v>
       </c>
       <c r="N5" s="5" t="s">
-        <v>114</v>
+        <v>134</v>
       </c>
       <c r="O5" s="5" t="s">
-        <v>112</v>
+        <v>135</v>
       </c>
       <c r="P5" s="5" t="s">
-        <v>120</v>
+        <v>136</v>
       </c>
       <c r="Q5" s="5" t="s">
-        <v>116</v>
+        <v>137</v>
       </c>
       <c r="R5" s="5" t="s">
-        <v>111</v>
+        <v>138</v>
       </c>
       <c r="S5" s="5" t="s">
-        <v>108</v>
+        <v>139</v>
       </c>
       <c r="T5" s="5" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="U5" s="5" t="s">
-        <v>117</v>
+        <v>141</v>
       </c>
       <c r="V5" s="5" t="s">
-        <v>122</v>
+        <v>142</v>
       </c>
       <c r="W5" s="5" t="s">
-        <v>105</v>
+        <v>143</v>
       </c>
       <c r="X5" s="5" t="s">
-        <v>104</v>
+        <v>144</v>
       </c>
       <c r="Y5" s="5" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>294</v>
+        <v>145</v>
+      </c>
+      <c r="Z5" s="24" t="s">
+        <v>146</v>
       </c>
       <c r="AA5" s="5" t="s">
-        <v>123</v>
+        <v>147</v>
       </c>
       <c r="AB5" s="5" t="s">
-        <v>106</v>
+        <v>148</v>
       </c>
       <c r="AC5" s="5" t="s">
-        <v>124</v>
+        <v>149</v>
       </c>
       <c r="AD5" s="5" t="s">
-        <v>107</v>
+        <v>150</v>
       </c>
       <c r="AE5" s="5" t="s">
-        <v>119</v>
+        <v>151</v>
       </c>
       <c r="AF5" s="5" t="s">
-        <v>121</v>
+        <v>152</v>
       </c>
       <c r="AG5" s="5" t="s">
-        <v>131</v>
+        <v>153</v>
       </c>
       <c r="AH5" s="5" t="s">
-        <v>129</v>
+        <v>154</v>
       </c>
       <c r="AI5" s="5" t="s">
-        <v>128</v>
+        <v>155</v>
       </c>
       <c r="AJ5" s="5" t="s">
-        <v>135</v>
+        <v>156</v>
       </c>
       <c r="AK5" s="5" t="s">
-        <v>126</v>
+        <v>157</v>
       </c>
       <c r="AL5" s="5" t="s">
-        <v>127</v>
+        <v>158</v>
       </c>
       <c r="AM5" s="5" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="AN5" s="5" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>109</v>
+        <v>160</v>
       </c>
     </row>
-    <row r="6" spans="2:42" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:41" x14ac:dyDescent="0.25">
       <c r="D6" s="7" t="s">
-        <v>265</v>
+        <v>161</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>137</v>
+        <v>162</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="G6" s="5" t="s">
-        <v>153</v>
+        <v>164</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>165</v>
       </c>
       <c r="I6" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="J6" s="5" t="s">
         <v>167</v>
       </c>
-      <c r="J6" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K6" s="5" t="s">
-        <v>146</v>
+        <v>168</v>
       </c>
       <c r="L6" s="5" t="s">
-        <v>149</v>
+        <v>169</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>147</v>
+        <v>170</v>
       </c>
       <c r="N6" s="5" t="s">
-        <v>148</v>
+        <v>171</v>
       </c>
       <c r="O6" s="5" t="s">
-        <v>284</v>
+        <v>172</v>
       </c>
       <c r="P6" s="5" t="s">
-        <v>155</v>
+        <v>173</v>
       </c>
       <c r="Q6" s="5" t="s">
-        <v>150</v>
+        <v>174</v>
       </c>
       <c r="R6" s="5" t="s">
-        <v>145</v>
+        <v>175</v>
       </c>
       <c r="S6" s="5" t="s">
-        <v>142</v>
+        <v>176</v>
       </c>
       <c r="T6" s="5" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="U6" s="5" t="s">
-        <v>151</v>
+        <v>178</v>
       </c>
       <c r="V6" s="5" t="s">
-        <v>157</v>
+        <v>179</v>
       </c>
       <c r="W6" s="5" t="s">
-        <v>139</v>
+        <v>180</v>
       </c>
       <c r="X6" s="5" t="s">
-        <v>138</v>
+        <v>181</v>
       </c>
       <c r="Y6" s="5" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>295</v>
+        <v>182</v>
+      </c>
+      <c r="Z6" s="24" t="s">
+        <v>183</v>
       </c>
       <c r="AA6" s="5" t="s">
-        <v>158</v>
+        <v>184</v>
       </c>
       <c r="AB6" s="5" t="s">
-        <v>140</v>
+        <v>185</v>
       </c>
       <c r="AC6" s="5" t="s">
-        <v>159</v>
+        <v>186</v>
       </c>
       <c r="AD6" s="5" t="s">
-        <v>141</v>
+        <v>187</v>
       </c>
       <c r="AE6" s="5" t="s">
-        <v>154</v>
+        <v>188</v>
       </c>
       <c r="AF6" s="5" t="s">
-        <v>156</v>
+        <v>189</v>
       </c>
       <c r="AG6" s="5" t="s">
-        <v>166</v>
+        <v>190</v>
       </c>
       <c r="AH6" s="5" t="s">
-        <v>164</v>
+        <v>191</v>
       </c>
       <c r="AI6" s="5" t="s">
-        <v>163</v>
+        <v>192</v>
       </c>
       <c r="AJ6" s="5" t="s">
-        <v>170</v>
+        <v>193</v>
       </c>
       <c r="AK6" s="5" t="s">
-        <v>161</v>
+        <v>194</v>
       </c>
       <c r="AL6" s="5" t="s">
-        <v>162</v>
+        <v>195</v>
       </c>
       <c r="AM6" s="5" t="s">
-        <v>169</v>
+        <v>196</v>
       </c>
       <c r="AN6" s="5" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>197</v>
       </c>
     </row>
-    <row r="7" spans="2:42" ht="30" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:41" ht="30" x14ac:dyDescent="0.25">
       <c r="D7" s="7" t="s">
-        <v>266</v>
+        <v>198</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>172</v>
+        <v>199</v>
       </c>
       <c r="F7" s="5" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="G7" s="5" t="s">
-        <v>190</v>
+        <v>201</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>203</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>180</v>
+        <v>204</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>183</v>
+        <v>205</v>
       </c>
       <c r="L7" s="5" t="s">
-        <v>186</v>
+        <v>206</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>184</v>
+        <v>207</v>
       </c>
       <c r="N7" s="5" t="s">
-        <v>185</v>
+        <v>208</v>
       </c>
       <c r="O7" s="5" t="s">
-        <v>182</v>
+        <v>209</v>
       </c>
       <c r="P7" s="5" t="s">
-        <v>192</v>
+        <v>210</v>
       </c>
       <c r="Q7" s="5" t="s">
-        <v>187</v>
+        <v>211</v>
       </c>
       <c r="R7" s="5" t="s">
-        <v>181</v>
+        <v>212</v>
       </c>
       <c r="S7" s="5" t="s">
-        <v>178</v>
+        <v>213</v>
       </c>
       <c r="T7" s="5" t="s">
-        <v>207</v>
+        <v>214</v>
       </c>
       <c r="U7" s="5" t="s">
-        <v>188</v>
+        <v>215</v>
       </c>
       <c r="V7" s="5" t="s">
-        <v>194</v>
+        <v>216</v>
       </c>
       <c r="W7" s="5" t="s">
-        <v>174</v>
+        <v>217</v>
       </c>
       <c r="X7" s="5" t="s">
-        <v>173</v>
+        <v>218</v>
       </c>
       <c r="Y7" s="5" t="s">
-        <v>189</v>
+        <v>219</v>
       </c>
       <c r="Z7" s="5" t="s">
-        <v>175</v>
+        <v>220</v>
       </c>
       <c r="AA7" s="5" t="s">
-        <v>195</v>
+        <v>221</v>
       </c>
       <c r="AB7" s="5" t="s">
-        <v>176</v>
+        <v>222</v>
       </c>
       <c r="AC7" s="5" t="s">
-        <v>196</v>
+        <v>223</v>
       </c>
       <c r="AD7" s="5" t="s">
-        <v>177</v>
+        <v>224</v>
       </c>
       <c r="AE7" s="5" t="s">
-        <v>191</v>
+        <v>225</v>
       </c>
       <c r="AF7" s="5" t="s">
-        <v>193</v>
+        <v>226</v>
       </c>
       <c r="AG7" s="5" t="s">
-        <v>202</v>
+        <v>227</v>
       </c>
       <c r="AH7" s="5" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="AI7" s="5" t="s">
-        <v>200</v>
+        <v>229</v>
       </c>
       <c r="AJ7" s="5" t="s">
-        <v>206</v>
+        <v>230</v>
       </c>
       <c r="AK7" s="5" t="s">
-        <v>198</v>
+        <v>231</v>
       </c>
       <c r="AL7" s="5" t="s">
-        <v>199</v>
+        <v>232</v>
       </c>
       <c r="AM7" s="5" t="s">
-        <v>205</v>
+        <v>233</v>
       </c>
       <c r="AN7" s="5" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-        <v>179</v>
+        <v>234</v>
       </c>
     </row>
-    <row r="8" spans="2:42" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:41" x14ac:dyDescent="0.25">
       <c r="D8" s="7" t="s">
+        <v>235</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="J8" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="K8" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="L8" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="M8" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="N8" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="O8" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="P8" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="Q8" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="R8" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="S8" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="T8" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="U8" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="V8" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="W8" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="X8" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="Y8" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="Z8" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="AA8" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="AB8" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="AC8" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="AD8" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="AE8" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="AF8" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="AG8" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="AH8" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="AI8" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="AJ8" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="AK8" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="AL8" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="AM8" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="AN8" s="5" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="9" spans="2:41" ht="96.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D9" s="7" t="s">
+        <v>238</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="G9" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="K9" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="L9" s="5" t="s">
+        <v>241</v>
+      </c>
+      <c r="M9" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="N9" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="O9" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="P9" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="Q9" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="R9" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="S9" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="T9" s="5" t="s">
+        <v>248</v>
+      </c>
+      <c r="U9" s="5" t="s">
+        <v>249</v>
+      </c>
+      <c r="V9" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="W9" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="X9" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="Y9" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="Z9" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="AA9" s="5" t="s">
+        <v>252</v>
+      </c>
+      <c r="AB9" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="AC9" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="AD9" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="AE9" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="AF9" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="AG9" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="AH9" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="AI9" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="AJ9" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="AK9" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="AL9" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="AM9" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="AN9" s="5" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="10" spans="2:41" ht="105" x14ac:dyDescent="0.25">
+      <c r="D10" s="7" t="s">
+        <v>255</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="G10" s="24" t="s">
+        <v>258</v>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="J10" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="K10" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="L10" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="M10" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="N10" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="O10" s="5" t="s">
+        <v>266</v>
+      </c>
+      <c r="P10" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="Q10" s="5" t="s">
         <v>267</v>
       </c>
-      <c r="E8" s="5" t="s">
-[...108 lines deleted...]
-        <v>209</v>
+      <c r="R10" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="S10" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="T10" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="U10" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="V10" s="5" t="s">
+        <v>266</v>
+      </c>
+      <c r="W10" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="X10" s="5" t="s">
+        <v>273</v>
+      </c>
+      <c r="Y10" s="5" t="s">
+        <v>274</v>
+      </c>
+      <c r="Z10" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="AA10" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="AB10" s="5" t="s">
+        <v>277</v>
+      </c>
+      <c r="AC10" s="5" t="s">
+        <v>278</v>
+      </c>
+      <c r="AD10" s="5" t="s">
+        <v>279</v>
+      </c>
+      <c r="AE10" s="5" t="s">
+        <v>280</v>
+      </c>
+      <c r="AF10" s="5" t="s">
+        <v>281</v>
+      </c>
+      <c r="AG10" s="5" t="s">
+        <v>282</v>
+      </c>
+      <c r="AH10" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="AI10" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="AJ10" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="AK10" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="AL10" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="AM10" s="5" t="s">
+        <v>286</v>
+      </c>
+      <c r="AN10" s="5" t="s">
+        <v>287</v>
       </c>
     </row>
-    <row r="9" spans="2:42" ht="96.75" customHeight="1" x14ac:dyDescent="0.25">
-[...112 lines deleted...]
-        <v>209</v>
+    <row r="11" spans="2:41" ht="45" x14ac:dyDescent="0.25">
+      <c r="D11" s="8" t="s">
+        <v>288</v>
+      </c>
+      <c r="E11" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="F11" s="21" t="s">
+        <v>289</v>
+      </c>
+      <c r="G11" s="20" t="s">
+        <v>290</v>
+      </c>
+      <c r="H11" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="I11" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="J11" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="K11" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="L11" s="21" t="s">
+        <v>289</v>
+      </c>
+      <c r="M11" s="23" t="s">
+        <v>289</v>
+      </c>
+      <c r="N11" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="O11" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="P11" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="Q11" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="R11" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="S11" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="T11" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="U11" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="V11" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="W11" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="X11" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="Y11" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="Z11" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="AA11" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="AB11" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="AC11" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="AD11" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="AE11" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="AF11" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="AG11" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="AH11" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="AI11" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="AJ11" s="21" t="s">
+        <v>289</v>
+      </c>
+      <c r="AK11" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="AL11" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="AM11" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="AN11" s="20" t="s">
+        <v>289</v>
       </c>
     </row>
-    <row r="10" spans="2:42" ht="105" x14ac:dyDescent="0.25">
-[...112 lines deleted...]
-        <v>237</v>
+    <row r="12" spans="2:41" x14ac:dyDescent="0.25">
+      <c r="B12" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>292</v>
+      </c>
+      <c r="D12" s="13" t="s">
+        <v>293</v>
+      </c>
+      <c r="E12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="F12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="G12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="H12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="I12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="J12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="K12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="L12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="M12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="N12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="O12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="P12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="Q12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="R12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="S12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="T12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="U12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="V12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="W12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="X12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="Y12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="Z12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="AA12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="AB12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="AC12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="AD12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="AE12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="AF12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="AG12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="AH12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="AI12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="AJ12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="AK12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="AL12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="AM12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="AN12" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="AO12" s="3" t="s">
+        <v>295</v>
       </c>
     </row>
-    <row r="11" spans="2:42" ht="45" x14ac:dyDescent="0.25">
-[...112 lines deleted...]
-        <v>271</v>
+    <row r="13" spans="2:41" ht="30" x14ac:dyDescent="0.25">
+      <c r="B13" s="4" t="s">
+        <v>296</v>
+      </c>
+      <c r="C13" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="D13" s="14">
+        <v>1</v>
+      </c>
+      <c r="E13" s="10">
+        <v>0</v>
+      </c>
+      <c r="F13" s="10">
+        <v>0</v>
+      </c>
+      <c r="G13" s="10">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="H13" s="10">
+        <v>0.2</v>
+      </c>
+      <c r="I13" s="10">
+        <v>0</v>
+      </c>
+      <c r="J13" s="10">
+        <v>0.02</v>
+      </c>
+      <c r="K13" s="10">
+        <v>0.2</v>
+      </c>
+      <c r="L13" s="10">
+        <v>0.03</v>
+      </c>
+      <c r="M13" s="10">
+        <v>0.1</v>
+      </c>
+      <c r="N13" s="10">
+        <v>0.1</v>
+      </c>
+      <c r="O13" s="10">
+        <v>0.2</v>
+      </c>
+      <c r="P13" s="10">
+        <v>0.1</v>
+      </c>
+      <c r="Q13" s="10">
+        <v>0.05</v>
+      </c>
+      <c r="R13" s="10">
+        <v>0.25</v>
+      </c>
+      <c r="S13" s="10">
+        <v>0</v>
+      </c>
+      <c r="T13" s="10">
+        <v>0.03</v>
+      </c>
+      <c r="U13" s="10">
+        <v>0.1</v>
+      </c>
+      <c r="V13" s="10">
+        <v>0</v>
+      </c>
+      <c r="W13" s="10">
+        <v>0</v>
+      </c>
+      <c r="X13" s="10">
+        <v>0.15</v>
+      </c>
+      <c r="Y13" s="10">
+        <v>0.03</v>
+      </c>
+      <c r="Z13" s="10">
+        <v>0.05</v>
+      </c>
+      <c r="AA13" s="10">
+        <v>0</v>
+      </c>
+      <c r="AB13" s="10">
+        <v>0</v>
+      </c>
+      <c r="AC13" s="10">
+        <v>0</v>
+      </c>
+      <c r="AD13" s="10">
+        <v>0</v>
+      </c>
+      <c r="AE13" s="10">
+        <v>0</v>
+      </c>
+      <c r="AF13" s="10">
+        <v>0.05</v>
+      </c>
+      <c r="AG13" s="10">
+        <v>0.03</v>
+      </c>
+      <c r="AH13" s="10">
+        <v>0.15</v>
+      </c>
+      <c r="AI13" s="10">
+        <v>0.1</v>
+      </c>
+      <c r="AJ13" s="10">
+        <v>0.02</v>
+      </c>
+      <c r="AK13" s="10">
+        <v>0.15</v>
+      </c>
+      <c r="AL13" s="10">
+        <v>0.1</v>
+      </c>
+      <c r="AM13" s="10">
+        <v>0.09</v>
+      </c>
+      <c r="AN13" s="10">
+        <v>0</v>
       </c>
     </row>
-    <row r="12" spans="2:42" x14ac:dyDescent="0.25">
-[...246 lines deleted...]
-    <row r="14" spans="2:42" ht="45" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:41" ht="45" x14ac:dyDescent="0.25">
       <c r="B14" s="4"/>
       <c r="C14" s="5" t="s">
-        <v>260</v>
-[...111 lines deleted...]
-        <v>209</v>
+        <v>298</v>
+      </c>
+      <c r="D14" s="14"/>
+      <c r="E14" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="F14" s="15" t="s">
+        <v>237</v>
+      </c>
+      <c r="G14" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="H14" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="I14" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="J14" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="K14" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="L14" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="M14" s="15" t="s">
+        <v>237</v>
+      </c>
+      <c r="N14" s="15" t="s">
+        <v>237</v>
+      </c>
+      <c r="O14" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="P14" s="15" t="s">
+        <v>237</v>
+      </c>
+      <c r="Q14" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="R14" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="S14" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="T14" s="15" t="s">
+        <v>237</v>
+      </c>
+      <c r="U14" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="V14" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="W14" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="X14" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="Y14" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="Z14" s="15" t="s">
+        <v>237</v>
+      </c>
+      <c r="AA14" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="AB14" s="15" t="s">
+        <v>237</v>
+      </c>
+      <c r="AC14" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="AD14" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="AE14" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="AF14" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="AG14" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="AH14" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="AI14" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="AJ14" s="15" t="s">
+        <v>237</v>
+      </c>
+      <c r="AK14" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="AL14" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="AM14" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="AN14" s="15" t="s">
+        <v>237</v>
       </c>
     </row>
-    <row r="15" spans="2:42" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:41" x14ac:dyDescent="0.25">
       <c r="B15" s="4" t="s">
-        <v>36</v>
+        <v>299</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="D15" s="15">
+        <v>300</v>
+      </c>
+      <c r="D15" s="14">
         <v>1</v>
       </c>
-      <c r="E15" s="16" t="s">
-[...2 lines deleted...]
-      <c r="F15" s="12">
+      <c r="E15" s="15" t="s">
+        <v>301</v>
+      </c>
+      <c r="F15" s="11">
         <v>161.72</v>
       </c>
-      <c r="G15" s="12">
+      <c r="G15" s="11">
         <v>95</v>
       </c>
-      <c r="H15" s="12">
+      <c r="H15" s="11">
         <v>200</v>
       </c>
-      <c r="I15" s="12">
+      <c r="I15" s="11">
         <v>204</v>
       </c>
-      <c r="J15" s="16" t="s">
-[...5 lines deleted...]
-      <c r="L15" s="12">
+      <c r="J15" s="15" t="s">
+        <v>301</v>
+      </c>
+      <c r="K15" s="15" t="s">
+        <v>301</v>
+      </c>
+      <c r="L15" s="11">
         <v>90</v>
       </c>
-      <c r="M15" s="16" t="s">
-[...2 lines deleted...]
-      <c r="N15" s="12">
+      <c r="M15" s="15" t="s">
+        <v>301</v>
+      </c>
+      <c r="N15" s="11">
         <v>85</v>
       </c>
-      <c r="O15" s="16" t="s">
-[...2 lines deleted...]
-      <c r="P15" s="12">
+      <c r="O15" s="15" t="s">
+        <v>301</v>
+      </c>
+      <c r="P15" s="11">
         <v>125</v>
       </c>
-      <c r="Q15" s="12">
+      <c r="Q15" s="11">
         <v>90</v>
       </c>
-      <c r="R15" s="16" t="s">
-[...5 lines deleted...]
-      <c r="T15" s="12">
+      <c r="R15" s="15" t="s">
+        <v>301</v>
+      </c>
+      <c r="S15" s="15" t="s">
+        <v>301</v>
+      </c>
+      <c r="T15" s="11">
         <v>239</v>
       </c>
-      <c r="U15" s="12">
+      <c r="U15" s="11">
         <v>90</v>
       </c>
-      <c r="V15" s="12">
+      <c r="V15" s="11">
         <v>150</v>
       </c>
-      <c r="W15" s="16" t="s">
-[...5 lines deleted...]
-      <c r="Y15" s="12">
+      <c r="W15" s="15" t="s">
+        <v>301</v>
+      </c>
+      <c r="X15" s="15" t="s">
+        <v>301</v>
+      </c>
+      <c r="Y15" s="11">
         <v>92.15</v>
       </c>
-      <c r="Z15" s="16" t="s">
-[...2 lines deleted...]
-      <c r="AA15" s="12">
+      <c r="Z15" s="15" t="s">
+        <v>301</v>
+      </c>
+      <c r="AA15" s="11">
         <v>150</v>
       </c>
-      <c r="AB15" s="12">
+      <c r="AB15" s="11">
         <v>0</v>
       </c>
-      <c r="AC15" s="12">
+      <c r="AC15" s="11">
         <v>150</v>
       </c>
-      <c r="AD15" s="16" t="s">
-[...2 lines deleted...]
-      <c r="AE15" s="12">
+      <c r="AD15" s="15" t="s">
+        <v>301</v>
+      </c>
+      <c r="AE15" s="11">
         <v>110</v>
       </c>
-      <c r="AF15" s="12">
+      <c r="AF15" s="11">
         <v>150</v>
       </c>
-      <c r="AG15" s="12">
+      <c r="AG15" s="11">
         <v>200</v>
       </c>
-      <c r="AH15" s="12">
+      <c r="AH15" s="11">
         <v>195</v>
       </c>
-      <c r="AI15" s="12">
-[...2 lines deleted...]
-      <c r="AJ15" s="12">
+      <c r="AI15" s="11">
         <v>224.91</v>
       </c>
-      <c r="AK15" s="12">
+      <c r="AJ15" s="11">
         <v>175</v>
       </c>
-      <c r="AL15" s="12">
+      <c r="AK15" s="11">
         <v>175</v>
       </c>
-      <c r="AM15" s="12">
+      <c r="AL15" s="11">
         <v>210</v>
       </c>
-      <c r="AN15" s="12">
+      <c r="AM15" s="11">
         <v>205</v>
       </c>
-      <c r="AO15" s="12">
+      <c r="AN15" s="11">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:AO15">
-    <sortCondition ref="E2:AO2"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:AN15">
+    <sortCondition ref="E2:AN2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="E11" r:id="rId1" xr:uid="{AE9D83AC-9F38-4B18-8FDD-3F1F1A8FEFE4}"/>
     <hyperlink ref="F11" r:id="rId2" xr:uid="{F6D0AD08-D324-443C-A666-53DA48872368}"/>
     <hyperlink ref="G11" r:id="rId3" display="Price Link" xr:uid="{11C2BADC-EAC7-4D37-B4BE-BC7617DAA4EA}"/>
     <hyperlink ref="H11" r:id="rId4" xr:uid="{D502D83A-75DF-49D4-91AC-6286CEDE60F1}"/>
     <hyperlink ref="I11" r:id="rId5" xr:uid="{DCCA43D3-C298-4865-9156-E2B4FA8D586B}"/>
     <hyperlink ref="J11" r:id="rId6" xr:uid="{9BE333E7-4A4E-4F2C-B60B-C76819412A52}"/>
     <hyperlink ref="K11" r:id="rId7" xr:uid="{0EB9BE8C-9ADE-4CE7-8FCC-CD3045300CF5}"/>
     <hyperlink ref="N11" r:id="rId8" xr:uid="{397381CA-9225-4268-A70C-9F4674518B84}"/>
     <hyperlink ref="O11" r:id="rId9" xr:uid="{85D80475-2968-42FA-B7C0-1E25C3B5AA43}"/>
     <hyperlink ref="P11" r:id="rId10" xr:uid="{7AC49220-3C9B-4B8A-889C-3247E1FEE2A0}"/>
     <hyperlink ref="Q11" r:id="rId11" xr:uid="{ADF815B7-E97D-44F6-842A-F62799E3515E}"/>
     <hyperlink ref="R11" r:id="rId12" xr:uid="{B9F0A35B-7D6F-4963-BCF1-7996A9C73CD2}"/>
     <hyperlink ref="T11" r:id="rId13" xr:uid="{BD2EBA11-9F8A-41C6-81D1-5312F1A48B47}"/>
     <hyperlink ref="V11" r:id="rId14" xr:uid="{33CBC9EB-E580-445C-8707-738A09609B33}"/>
     <hyperlink ref="X11" r:id="rId15" xr:uid="{082A04F1-E434-49E6-A864-F6EF9724992D}"/>
     <hyperlink ref="Y11" r:id="rId16" xr:uid="{E29366F4-AE35-4ACF-8774-162D451B7771}"/>
     <hyperlink ref="W11" r:id="rId17" xr:uid="{38945393-89E7-4B72-A252-9418A97AC8B5}"/>
     <hyperlink ref="Z11" r:id="rId18" xr:uid="{2B5CD5E0-66D5-4A9C-B1EC-C47933B1892A}"/>
     <hyperlink ref="AA11" r:id="rId19" xr:uid="{05B8A6A2-174A-4462-A6F0-5CD83F09893D}"/>
     <hyperlink ref="AB11" r:id="rId20" xr:uid="{34DFE4B7-3D6A-4B92-A0A6-31BEC7EF7FD6}"/>
     <hyperlink ref="AC11" r:id="rId21" xr:uid="{5DCFCE26-2B27-47F0-9107-9F1EF5190BB0}"/>
     <hyperlink ref="AD11" r:id="rId22" xr:uid="{04D35721-CB63-40DD-AC07-F5A8C9996639}"/>
     <hyperlink ref="AF11" r:id="rId23" xr:uid="{C204D806-7EE8-4267-89D3-BDC63F091518}"/>
     <hyperlink ref="AG11" r:id="rId24" xr:uid="{72B6940B-0F7F-4D90-8A86-FD7D3E8ADA13}"/>
     <hyperlink ref="AH11" r:id="rId25" xr:uid="{1FD7CF0F-2FA0-405D-89CF-8017E5554D03}"/>
-    <hyperlink ref="AI11" r:id="rId26" xr:uid="{2FB8A63E-8351-4B1D-8B66-3F1DF2A8EEA6}"/>
-[...10 lines deleted...]
-    <hyperlink ref="L11" r:id="rId37" xr:uid="{B57306F7-C3D8-443B-BECB-13753D00AD12}"/>
+    <hyperlink ref="AK11" r:id="rId26" xr:uid="{FB994957-8077-474D-A7B2-037A28BADEED}"/>
+    <hyperlink ref="AL11" r:id="rId27" xr:uid="{79EEA1BB-5C57-4A3E-AEB7-E05CF7C9A35B}"/>
+    <hyperlink ref="AM11" r:id="rId28" xr:uid="{BE139F16-E485-4FD5-9215-0A5DC5F4D2AC}"/>
+    <hyperlink ref="AN11" r:id="rId29" xr:uid="{90E0FF43-882E-4EDE-8B83-AC6C6077ED79}"/>
+    <hyperlink ref="S11" r:id="rId30" xr:uid="{C7386864-F4CC-43EA-94AC-73DB10099742}"/>
+    <hyperlink ref="AE11" r:id="rId31" xr:uid="{4282C83D-8393-41BC-A35A-D817D1D4FF6B}"/>
+    <hyperlink ref="M11" r:id="rId32" xr:uid="{6AD96B37-6727-40F7-A589-F392AF4CD66D}"/>
+    <hyperlink ref="AI11" r:id="rId33" xr:uid="{442E4143-015E-4249-8FF5-3D6775FA1957}"/>
+    <hyperlink ref="U11" r:id="rId34" xr:uid="{CC3F5679-AFF9-4552-BD92-17BCD0125D77}"/>
+    <hyperlink ref="AJ11" r:id="rId35" xr:uid="{DDCC24CC-97B0-4F47-B1CA-881BE409B684}"/>
+    <hyperlink ref="L11" r:id="rId36" xr:uid="{B57306F7-C3D8-443B-BECB-13753D00AD12}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
-  <pageSetup orientation="landscape" r:id="rId38"/>
+  <pageSetup orientation="landscape" r:id="rId37"/>
   <headerFooter>
     <oddFooter>&amp;R24-7480 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Lines</vt:lpstr>
       <vt:lpstr>Lines!Print_Area</vt:lpstr>
       <vt:lpstr>Lines!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator/>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision/>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>