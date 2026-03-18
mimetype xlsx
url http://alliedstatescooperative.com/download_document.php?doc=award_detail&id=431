--- v2 (2026-01-30)
+++ v3 (2026-03-18)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2024\24-7480 Technology, Hardware, Software, Services and Related (Supplemental)\Award Summary and Award Detail\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\Bids\2024\24-7480 Technology, Hardware, Software, Services and Related (Supplemental)\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F0658887-715C-4F7E-A31C-497729AA77B8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D48DBF98-E091-471D-BDB0-BB63E5F7C08F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Lines!$A$1:$AN$15</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$E,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
@@ -57,63 +57,57 @@
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="475" uniqueCount="302">
   <si>
     <t>*updated 2/17/25, 4/30/25, 5/5/25, 5/30/25, 6/16/25</t>
   </si>
   <si>
     <t>*updated 2/22/24</t>
   </si>
   <si>
     <t>*updated 1/11/24, 5/16/25, 1/6/26</t>
   </si>
   <si>
     <t>*updated 10/16/25</t>
   </si>
   <si>
     <t>*updated 2/21/25</t>
   </si>
   <si>
     <t>*updated 10/7/25, 11/10/25</t>
   </si>
   <si>
-    <t>*updated 6/11/24, 7/23/25, 8/11/25, 10/30/25, 10/31/25, 11/5/25</t>
-[...1 lines deleted...]
-  <si>
     <t>*updated 11/1/24</t>
   </si>
   <si>
     <t>*updated 8/15/24</t>
   </si>
   <si>
     <t>*updated 1/30/24, 10/10/25</t>
-  </si>
-[...1 lines deleted...]
-    <t>*updated 4/5/24, 4/24/24, 5/24/24, 5/31/24, 7/16/24, 8/7/24, 8/26/24, 1/14/25, 1/15/25, 2/10/25, 2/27/25, 4/23/25, 5/6/25, 5/22/25, 6/3/25, 6/4/25, 6/24/25, 8/7/25, 8/19/25, 10/21/25</t>
   </si>
   <si>
     <t>*updated 2/15/24, 2/27/24, 4/2/24</t>
   </si>
   <si>
     <t>*updated 5/30/24</t>
   </si>
   <si>
     <t>Company Name…</t>
   </si>
   <si>
     <t>Abre.io</t>
   </si>
   <si>
     <t>Adjuvant Consulting, Inc.</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Advanced Security Contractors, Inc.</t>
@@ -1166,50 +1160,56 @@
     <t>QTY</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Percent Discount from Catalog/Pricelist</t>
   </si>
   <si>
     <t>Does the pricing as found on your pricelist/fee schedule already reflect the discount?</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Hourly Rate for Services</t>
   </si>
   <si>
     <t>No Bid</t>
+  </si>
+  <si>
+    <t>*updated 4/5/24, 4/24/24, 5/24/24, 5/31/24, 7/16/24, 8/7/24, 8/26/24, 1/14/25, 1/15/25, 2/10/25, 2/27/25, 4/23/25, 5/6/25, 5/22/25, 6/3/25, 6/4/25, 6/24/25, 8/7/25, 8/19/25, 10/21/25, 3/4/26</t>
+  </si>
+  <si>
+    <t>*updated 6/11/24, 7/23/25, 8/11/25, 10/30/25, 10/31/25, 11/5/25, 3/9/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
     <numFmt numFmtId="165" formatCode="\$###,###,##0.00####"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -1275,51 +1275,51 @@
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="25">
+  <cellXfs count="26">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
@@ -1348,50 +1348,53 @@
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
@@ -1667,1397 +1670,1397 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/ERP%20%20Analysts.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/LD%20Products%2C%20Inc.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/True%20North.xlsx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Masser%20Technologies.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/ESEIs.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/AVX%20Tech%20Warehouse.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/El%20Paso%20Office%20Products.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Jive%20Communications.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Precision%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Softdocs%20SC.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Adjuvant%20Bid%2024-7480.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Infrastructure%20R%26D.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/LibraryTrac.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Yoongli.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Abre.io.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/AVES%20Audio%20Visual.xlsx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Decision%20Tree.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/New%20Tech%20Solutions%2C%20Inc.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Cibus%20Brokerage.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Automation%20Arts.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Hello%20World%20CS.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Mountain%20Vector.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Utility%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Binyods.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Currey%20Adkins.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Learning%20List.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Mood%20Texas.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Aspire%20HR.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Curipod.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Gamwell%20Tech.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/MobyMax.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Tuatara%202024.xlsx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Embark.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Spectrum%20Technologies.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Comco.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Advanced%20Security%20Contractors.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/ERP%20%20Analysts.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Learning%20List.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Tuatara%202024.xlsx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/MobyMax.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Binyods.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/AVX%20Tech%20Warehouse.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/El%20Paso%20Office%20Products.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/LD%20Products%2C%20Inc.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/True%20North.xlsx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/ESEIs.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Adjuvant%20Bid%2024-7480.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Jive%20Communications.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Masser%20Technologies.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Embark.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Abre.io.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/AVES%20Audio%20Visual.xlsx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Decision%20Tree.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Precision%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Softdocs%20SC.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Automation%20Arts.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Hello%20World%20CS.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/New%20Tech%20Solutions%2C%20Inc.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Yoongli.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Infrastructure%20R%26D.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Currey%20Adkins.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/LibraryTrac.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Cibus%20Brokerage.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Aspire%20HR.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Curipod.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Gamwell%20Tech.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Mountain%20Vector.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Utility%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Mood%20Texas.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Spectrum%20Technologies.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Comco.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7480/Advanced%20Security%20Contractors.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B1:AO15"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="4" ySplit="2" topLeftCell="E5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
     <col min="3" max="3" width="36" style="1" customWidth="1"/>
     <col min="4" max="4" width="6" style="12" customWidth="1"/>
     <col min="5" max="40" width="30.7109375" style="1" customWidth="1"/>
     <col min="41" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:41" ht="105" x14ac:dyDescent="0.25">
       <c r="D1" s="1"/>
       <c r="E1" s="16"/>
       <c r="F1" s="19"/>
       <c r="G1" s="19" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="17"/>
       <c r="I1" s="17" t="s">
         <v>1</v>
       </c>
       <c r="J1" s="17"/>
       <c r="K1" s="19" t="s">
         <v>2</v>
       </c>
       <c r="L1" s="19"/>
       <c r="M1" s="17"/>
       <c r="N1" s="17"/>
       <c r="O1" s="19" t="s">
         <v>3</v>
       </c>
       <c r="P1" s="17" t="s">
         <v>4</v>
       </c>
       <c r="Q1" s="16"/>
       <c r="R1" s="17"/>
       <c r="S1" s="19"/>
       <c r="T1" s="19" t="s">
         <v>5</v>
       </c>
       <c r="U1" s="19"/>
       <c r="V1" s="16"/>
       <c r="W1" s="19"/>
       <c r="X1" s="19"/>
       <c r="Y1" s="19" t="s">
+        <v>301</v>
+      </c>
+      <c r="Z1" s="16" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
       <c r="AA1" s="18"/>
       <c r="AB1" s="16"/>
       <c r="AC1" s="16" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="AD1" s="16"/>
       <c r="AE1" s="19" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="AF1" s="16"/>
       <c r="AG1" s="16"/>
       <c r="AH1" s="16"/>
       <c r="AI1" s="19"/>
       <c r="AJ1" s="17" t="s">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="AK1" s="17"/>
       <c r="AL1" s="16" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="AM1" s="16"/>
       <c r="AN1" s="16" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="2" spans="2:41" ht="45" x14ac:dyDescent="0.25">
       <c r="D2" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" s="22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" s="22" t="s">
         <v>13</v>
       </c>
-      <c r="E2" s="22" t="s">
+      <c r="G2" s="22" t="s">
         <v>14</v>
       </c>
-      <c r="F2" s="22" t="s">
+      <c r="H2" s="22" t="s">
         <v>15</v>
       </c>
-      <c r="G2" s="22" t="s">
+      <c r="I2" s="22" t="s">
         <v>16</v>
       </c>
-      <c r="H2" s="22" t="s">
+      <c r="J2" s="22" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="22" t="s">
+      <c r="K2" s="22" t="s">
         <v>18</v>
       </c>
-      <c r="J2" s="22" t="s">
+      <c r="L2" s="22" t="s">
         <v>19</v>
       </c>
-      <c r="K2" s="22" t="s">
+      <c r="M2" s="22" t="s">
         <v>20</v>
       </c>
-      <c r="L2" s="22" t="s">
+      <c r="N2" s="22" t="s">
         <v>21</v>
       </c>
-      <c r="M2" s="22" t="s">
+      <c r="O2" s="22" t="s">
         <v>22</v>
       </c>
-      <c r="N2" s="22" t="s">
+      <c r="P2" s="22" t="s">
         <v>23</v>
       </c>
-      <c r="O2" s="22" t="s">
+      <c r="Q2" s="22" t="s">
         <v>24</v>
       </c>
-      <c r="P2" s="22" t="s">
+      <c r="R2" s="22" t="s">
         <v>25</v>
       </c>
-      <c r="Q2" s="22" t="s">
+      <c r="S2" s="22" t="s">
         <v>26</v>
       </c>
-      <c r="R2" s="22" t="s">
+      <c r="T2" s="22" t="s">
         <v>27</v>
       </c>
-      <c r="S2" s="22" t="s">
+      <c r="U2" s="22" t="s">
         <v>28</v>
       </c>
-      <c r="T2" s="22" t="s">
+      <c r="V2" s="22" t="s">
         <v>29</v>
       </c>
-      <c r="U2" s="22" t="s">
+      <c r="W2" s="22" t="s">
         <v>30</v>
       </c>
-      <c r="V2" s="22" t="s">
+      <c r="X2" s="22" t="s">
         <v>31</v>
       </c>
-      <c r="W2" s="22" t="s">
+      <c r="Y2" s="22" t="s">
         <v>32</v>
       </c>
-      <c r="X2" s="22" t="s">
+      <c r="Z2" s="22" t="s">
         <v>33</v>
       </c>
-      <c r="Y2" s="22" t="s">
+      <c r="AA2" s="22" t="s">
         <v>34</v>
       </c>
-      <c r="Z2" s="22" t="s">
+      <c r="AB2" s="22" t="s">
         <v>35</v>
       </c>
-      <c r="AA2" s="22" t="s">
+      <c r="AC2" s="22" t="s">
         <v>36</v>
       </c>
-      <c r="AB2" s="22" t="s">
+      <c r="AD2" s="22" t="s">
         <v>37</v>
       </c>
-      <c r="AC2" s="22" t="s">
+      <c r="AE2" s="22" t="s">
         <v>38</v>
       </c>
-      <c r="AD2" s="22" t="s">
+      <c r="AF2" s="22" t="s">
         <v>39</v>
       </c>
-      <c r="AE2" s="22" t="s">
+      <c r="AG2" s="22" t="s">
         <v>40</v>
       </c>
-      <c r="AF2" s="22" t="s">
+      <c r="AH2" s="22" t="s">
         <v>41</v>
       </c>
-      <c r="AG2" s="22" t="s">
+      <c r="AI2" s="22" t="s">
         <v>42</v>
       </c>
-      <c r="AH2" s="22" t="s">
+      <c r="AJ2" s="22" t="s">
         <v>43</v>
       </c>
-      <c r="AI2" s="22" t="s">
+      <c r="AK2" s="22" t="s">
         <v>44</v>
       </c>
-      <c r="AJ2" s="22" t="s">
+      <c r="AL2" s="22" t="s">
         <v>45</v>
       </c>
-      <c r="AK2" s="22" t="s">
+      <c r="AM2" s="22" t="s">
         <v>46</v>
       </c>
-      <c r="AL2" s="22" t="s">
+      <c r="AN2" s="22" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="3" spans="2:41" ht="30" x14ac:dyDescent="0.25">
       <c r="D3" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="F3" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="E3" s="5" t="s">
+      <c r="G3" s="24" t="s">
         <v>51</v>
       </c>
-      <c r="F3" s="5" t="s">
+      <c r="H3" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="G3" s="24" t="s">
+      <c r="I3" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="H3" s="5" t="s">
+      <c r="J3" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="K3" s="24" t="s">
         <v>55</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="L3" s="5" t="s">
         <v>56</v>
       </c>
-      <c r="K3" s="24" t="s">
+      <c r="M3" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="L3" s="5" t="s">
+      <c r="N3" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="M3" s="5" t="s">
+      <c r="O3" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="N3" s="5" t="s">
+      <c r="P3" s="5" t="s">
         <v>60</v>
       </c>
-      <c r="O3" s="5" t="s">
+      <c r="Q3" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="P3" s="5" t="s">
+      <c r="R3" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="Q3" s="5" t="s">
+      <c r="S3" s="5" t="s">
         <v>63</v>
       </c>
-      <c r="R3" s="5" t="s">
+      <c r="T3" s="5" t="s">
         <v>64</v>
       </c>
-      <c r="S3" s="5" t="s">
+      <c r="U3" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="T3" s="5" t="s">
+      <c r="V3" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="U3" s="5" t="s">
+      <c r="W3" s="5" t="s">
         <v>67</v>
       </c>
-      <c r="V3" s="5" t="s">
+      <c r="X3" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="W3" s="5" t="s">
+      <c r="Y3" s="5" t="s">
         <v>69</v>
       </c>
-      <c r="X3" s="5" t="s">
+      <c r="Z3" s="24" t="s">
         <v>70</v>
       </c>
-      <c r="Y3" s="5" t="s">
+      <c r="AA3" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="Z3" s="24" t="s">
+      <c r="AB3" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="AA3" s="5" t="s">
+      <c r="AC3" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="AB3" s="5" t="s">
+      <c r="AD3" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="AC3" s="5" t="s">
+      <c r="AE3" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="AD3" s="5" t="s">
+      <c r="AF3" s="5" t="s">
         <v>76</v>
       </c>
-      <c r="AE3" s="5" t="s">
+      <c r="AG3" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="AF3" s="5" t="s">
+      <c r="AH3" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="AG3" s="5" t="s">
+      <c r="AI3" s="5" t="s">
         <v>79</v>
       </c>
-      <c r="AH3" s="5" t="s">
+      <c r="AJ3" s="5" t="s">
         <v>80</v>
       </c>
-      <c r="AI3" s="5" t="s">
+      <c r="AK3" s="5" t="s">
         <v>81</v>
       </c>
-      <c r="AJ3" s="5" t="s">
+      <c r="AL3" s="5" t="s">
         <v>82</v>
       </c>
-      <c r="AK3" s="5" t="s">
+      <c r="AM3" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="AL3" s="5" t="s">
+      <c r="AN3" s="5" t="s">
         <v>84</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="4" spans="2:41" ht="45" x14ac:dyDescent="0.25">
       <c r="D4" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="F4" s="5" t="s">
         <v>87</v>
       </c>
-      <c r="E4" s="5" t="s">
+      <c r="G4" s="5" t="s">
         <v>88</v>
       </c>
-      <c r="F4" s="5" t="s">
+      <c r="H4" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="G4" s="5" t="s">
+      <c r="I4" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="H4" s="5" t="s">
+      <c r="J4" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="K4" s="5" t="s">
         <v>92</v>
       </c>
-      <c r="J4" s="5" t="s">
+      <c r="L4" s="5" t="s">
         <v>93</v>
       </c>
-      <c r="K4" s="5" t="s">
+      <c r="M4" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="L4" s="5" t="s">
+      <c r="N4" s="24" t="s">
         <v>95</v>
       </c>
-      <c r="M4" s="5" t="s">
+      <c r="O4" s="5" t="s">
         <v>96</v>
       </c>
-      <c r="N4" s="24" t="s">
+      <c r="P4" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="O4" s="5" t="s">
+      <c r="Q4" s="5" t="s">
         <v>98</v>
       </c>
-      <c r="P4" s="5" t="s">
+      <c r="R4" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="Q4" s="5" t="s">
+      <c r="S4" s="5" t="s">
         <v>100</v>
       </c>
-      <c r="R4" s="5" t="s">
+      <c r="T4" s="5" t="s">
         <v>101</v>
       </c>
-      <c r="S4" s="5" t="s">
+      <c r="U4" s="5" t="s">
         <v>102</v>
       </c>
-      <c r="T4" s="5" t="s">
+      <c r="V4" s="5" t="s">
         <v>103</v>
       </c>
-      <c r="U4" s="5" t="s">
+      <c r="W4" s="5" t="s">
         <v>104</v>
       </c>
-      <c r="V4" s="5" t="s">
+      <c r="X4" s="5" t="s">
         <v>105</v>
       </c>
-      <c r="W4" s="5" t="s">
+      <c r="Y4" s="5" t="s">
         <v>106</v>
       </c>
-      <c r="X4" s="5" t="s">
+      <c r="Z4" s="24" t="s">
         <v>107</v>
       </c>
-      <c r="Y4" s="5" t="s">
+      <c r="AA4" s="5" t="s">
         <v>108</v>
       </c>
-      <c r="Z4" s="24" t="s">
+      <c r="AB4" s="5" t="s">
         <v>109</v>
       </c>
-      <c r="AA4" s="5" t="s">
+      <c r="AC4" s="5" t="s">
         <v>110</v>
       </c>
-      <c r="AB4" s="5" t="s">
+      <c r="AD4" s="5" t="s">
         <v>111</v>
       </c>
-      <c r="AC4" s="5" t="s">
+      <c r="AE4" s="5" t="s">
         <v>112</v>
       </c>
-      <c r="AD4" s="5" t="s">
+      <c r="AF4" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="AE4" s="5" t="s">
+      <c r="AG4" s="5" t="s">
         <v>114</v>
       </c>
-      <c r="AF4" s="5" t="s">
+      <c r="AH4" s="5" t="s">
         <v>115</v>
       </c>
-      <c r="AG4" s="5" t="s">
+      <c r="AI4" s="5" t="s">
         <v>116</v>
       </c>
-      <c r="AH4" s="5" t="s">
+      <c r="AJ4" s="5" t="s">
         <v>117</v>
       </c>
-      <c r="AI4" s="5" t="s">
+      <c r="AK4" s="5" t="s">
         <v>118</v>
       </c>
-      <c r="AJ4" s="5" t="s">
+      <c r="AL4" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="AK4" s="5" t="s">
+      <c r="AM4" s="5" t="s">
         <v>120</v>
       </c>
-      <c r="AL4" s="5" t="s">
+      <c r="AN4" s="5" t="s">
         <v>121</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="5" spans="2:41" ht="90" x14ac:dyDescent="0.25">
       <c r="D5" s="7" t="s">
+        <v>122</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="F5" s="5" t="s">
         <v>124</v>
       </c>
-      <c r="E5" s="5" t="s">
+      <c r="G5" s="24" t="s">
         <v>125</v>
       </c>
-      <c r="F5" s="5" t="s">
+      <c r="H5" s="5" t="s">
         <v>126</v>
       </c>
-      <c r="G5" s="24" t="s">
+      <c r="I5" s="5" t="s">
         <v>127</v>
       </c>
-      <c r="H5" s="5" t="s">
+      <c r="J5" s="5" t="s">
         <v>128</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="K5" s="24" t="s">
         <v>129</v>
       </c>
-      <c r="J5" s="5" t="s">
+      <c r="L5" s="5" t="s">
         <v>130</v>
       </c>
-      <c r="K5" s="24" t="s">
+      <c r="M5" s="5" t="s">
         <v>131</v>
       </c>
-      <c r="L5" s="5" t="s">
+      <c r="N5" s="5" t="s">
         <v>132</v>
       </c>
-      <c r="M5" s="5" t="s">
+      <c r="O5" s="5" t="s">
         <v>133</v>
       </c>
-      <c r="N5" s="5" t="s">
+      <c r="P5" s="5" t="s">
         <v>134</v>
       </c>
-      <c r="O5" s="5" t="s">
+      <c r="Q5" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="P5" s="5" t="s">
+      <c r="R5" s="5" t="s">
         <v>136</v>
       </c>
-      <c r="Q5" s="5" t="s">
+      <c r="S5" s="5" t="s">
         <v>137</v>
       </c>
-      <c r="R5" s="5" t="s">
+      <c r="T5" s="5" t="s">
         <v>138</v>
       </c>
-      <c r="S5" s="5" t="s">
+      <c r="U5" s="5" t="s">
         <v>139</v>
       </c>
-      <c r="T5" s="5" t="s">
+      <c r="V5" s="5" t="s">
         <v>140</v>
       </c>
-      <c r="U5" s="5" t="s">
+      <c r="W5" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="V5" s="5" t="s">
+      <c r="X5" s="5" t="s">
         <v>142</v>
       </c>
-      <c r="W5" s="5" t="s">
+      <c r="Y5" s="5" t="s">
         <v>143</v>
       </c>
-      <c r="X5" s="5" t="s">
+      <c r="Z5" s="24" t="s">
         <v>144</v>
       </c>
-      <c r="Y5" s="5" t="s">
+      <c r="AA5" s="5" t="s">
         <v>145</v>
       </c>
-      <c r="Z5" s="24" t="s">
+      <c r="AB5" s="5" t="s">
         <v>146</v>
       </c>
-      <c r="AA5" s="5" t="s">
+      <c r="AC5" s="5" t="s">
         <v>147</v>
       </c>
-      <c r="AB5" s="5" t="s">
+      <c r="AD5" s="5" t="s">
         <v>148</v>
       </c>
-      <c r="AC5" s="5" t="s">
+      <c r="AE5" s="5" t="s">
         <v>149</v>
       </c>
-      <c r="AD5" s="5" t="s">
+      <c r="AF5" s="5" t="s">
         <v>150</v>
       </c>
-      <c r="AE5" s="5" t="s">
+      <c r="AG5" s="5" t="s">
         <v>151</v>
       </c>
-      <c r="AF5" s="5" t="s">
+      <c r="AH5" s="5" t="s">
         <v>152</v>
       </c>
-      <c r="AG5" s="5" t="s">
+      <c r="AI5" s="5" t="s">
         <v>153</v>
       </c>
-      <c r="AH5" s="5" t="s">
+      <c r="AJ5" s="5" t="s">
         <v>154</v>
       </c>
-      <c r="AI5" s="5" t="s">
+      <c r="AK5" s="5" t="s">
         <v>155</v>
       </c>
-      <c r="AJ5" s="5" t="s">
+      <c r="AL5" s="5" t="s">
         <v>156</v>
       </c>
-      <c r="AK5" s="5" t="s">
+      <c r="AM5" s="5" t="s">
         <v>157</v>
       </c>
-      <c r="AL5" s="5" t="s">
+      <c r="AN5" s="5" t="s">
         <v>158</v>
-      </c>
-[...4 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="6" spans="2:41" x14ac:dyDescent="0.25">
       <c r="D6" s="7" t="s">
+        <v>159</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="F6" s="5" t="s">
         <v>161</v>
       </c>
-      <c r="E6" s="5" t="s">
+      <c r="G6" s="5" t="s">
         <v>162</v>
       </c>
-      <c r="F6" s="5" t="s">
+      <c r="H6" s="5" t="s">
         <v>163</v>
       </c>
-      <c r="G6" s="5" t="s">
+      <c r="I6" s="5" t="s">
         <v>164</v>
       </c>
-      <c r="H6" s="5" t="s">
+      <c r="J6" s="5" t="s">
         <v>165</v>
       </c>
-      <c r="I6" s="5" t="s">
+      <c r="K6" s="5" t="s">
         <v>166</v>
       </c>
-      <c r="J6" s="5" t="s">
+      <c r="L6" s="5" t="s">
         <v>167</v>
       </c>
-      <c r="K6" s="5" t="s">
+      <c r="M6" s="5" t="s">
         <v>168</v>
       </c>
-      <c r="L6" s="5" t="s">
+      <c r="N6" s="5" t="s">
         <v>169</v>
       </c>
-      <c r="M6" s="5" t="s">
+      <c r="O6" s="5" t="s">
         <v>170</v>
       </c>
-      <c r="N6" s="5" t="s">
+      <c r="P6" s="5" t="s">
         <v>171</v>
       </c>
-      <c r="O6" s="5" t="s">
+      <c r="Q6" s="5" t="s">
         <v>172</v>
       </c>
-      <c r="P6" s="5" t="s">
+      <c r="R6" s="5" t="s">
         <v>173</v>
       </c>
-      <c r="Q6" s="5" t="s">
+      <c r="S6" s="5" t="s">
         <v>174</v>
       </c>
-      <c r="R6" s="5" t="s">
+      <c r="T6" s="5" t="s">
         <v>175</v>
       </c>
-      <c r="S6" s="5" t="s">
+      <c r="U6" s="5" t="s">
         <v>176</v>
       </c>
-      <c r="T6" s="5" t="s">
+      <c r="V6" s="5" t="s">
         <v>177</v>
       </c>
-      <c r="U6" s="5" t="s">
+      <c r="W6" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="V6" s="5" t="s">
+      <c r="X6" s="5" t="s">
         <v>179</v>
       </c>
-      <c r="W6" s="5" t="s">
+      <c r="Y6" s="5" t="s">
         <v>180</v>
       </c>
-      <c r="X6" s="5" t="s">
+      <c r="Z6" s="24" t="s">
         <v>181</v>
       </c>
-      <c r="Y6" s="5" t="s">
+      <c r="AA6" s="5" t="s">
         <v>182</v>
       </c>
-      <c r="Z6" s="24" t="s">
+      <c r="AB6" s="5" t="s">
         <v>183</v>
       </c>
-      <c r="AA6" s="5" t="s">
+      <c r="AC6" s="5" t="s">
         <v>184</v>
       </c>
-      <c r="AB6" s="5" t="s">
+      <c r="AD6" s="5" t="s">
         <v>185</v>
       </c>
-      <c r="AC6" s="5" t="s">
+      <c r="AE6" s="5" t="s">
         <v>186</v>
       </c>
-      <c r="AD6" s="5" t="s">
+      <c r="AF6" s="5" t="s">
         <v>187</v>
       </c>
-      <c r="AE6" s="5" t="s">
+      <c r="AG6" s="5" t="s">
         <v>188</v>
       </c>
-      <c r="AF6" s="5" t="s">
+      <c r="AH6" s="5" t="s">
         <v>189</v>
       </c>
-      <c r="AG6" s="5" t="s">
+      <c r="AI6" s="5" t="s">
         <v>190</v>
       </c>
-      <c r="AH6" s="5" t="s">
+      <c r="AJ6" s="5" t="s">
         <v>191</v>
       </c>
-      <c r="AI6" s="5" t="s">
+      <c r="AK6" s="5" t="s">
         <v>192</v>
       </c>
-      <c r="AJ6" s="5" t="s">
+      <c r="AL6" s="5" t="s">
         <v>193</v>
       </c>
-      <c r="AK6" s="5" t="s">
+      <c r="AM6" s="5" t="s">
         <v>194</v>
       </c>
-      <c r="AL6" s="5" t="s">
+      <c r="AN6" s="5" t="s">
         <v>195</v>
-      </c>
-[...4 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="7" spans="2:41" ht="30" x14ac:dyDescent="0.25">
       <c r="D7" s="7" t="s">
+        <v>196</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="F7" s="5" t="s">
         <v>198</v>
       </c>
-      <c r="E7" s="5" t="s">
+      <c r="G7" s="5" t="s">
         <v>199</v>
       </c>
-      <c r="F7" s="5" t="s">
+      <c r="H7" s="5" t="s">
         <v>200</v>
       </c>
-      <c r="G7" s="5" t="s">
+      <c r="I7" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="H7" s="5" t="s">
+      <c r="J7" s="5" t="s">
         <v>202</v>
       </c>
-      <c r="I7" s="5" t="s">
+      <c r="K7" s="5" t="s">
         <v>203</v>
       </c>
-      <c r="J7" s="5" t="s">
+      <c r="L7" s="5" t="s">
         <v>204</v>
       </c>
-      <c r="K7" s="5" t="s">
+      <c r="M7" s="5" t="s">
         <v>205</v>
       </c>
-      <c r="L7" s="5" t="s">
+      <c r="N7" s="5" t="s">
         <v>206</v>
       </c>
-      <c r="M7" s="5" t="s">
+      <c r="O7" s="5" t="s">
         <v>207</v>
       </c>
-      <c r="N7" s="5" t="s">
+      <c r="P7" s="5" t="s">
         <v>208</v>
       </c>
-      <c r="O7" s="5" t="s">
+      <c r="Q7" s="5" t="s">
         <v>209</v>
       </c>
-      <c r="P7" s="5" t="s">
+      <c r="R7" s="5" t="s">
         <v>210</v>
       </c>
-      <c r="Q7" s="5" t="s">
+      <c r="S7" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="R7" s="5" t="s">
+      <c r="T7" s="5" t="s">
         <v>212</v>
       </c>
-      <c r="S7" s="5" t="s">
+      <c r="U7" s="5" t="s">
         <v>213</v>
       </c>
-      <c r="T7" s="5" t="s">
+      <c r="V7" s="5" t="s">
         <v>214</v>
       </c>
-      <c r="U7" s="5" t="s">
+      <c r="W7" s="5" t="s">
         <v>215</v>
       </c>
-      <c r="V7" s="5" t="s">
+      <c r="X7" s="5" t="s">
         <v>216</v>
       </c>
-      <c r="W7" s="5" t="s">
+      <c r="Y7" s="5" t="s">
         <v>217</v>
       </c>
-      <c r="X7" s="5" t="s">
+      <c r="Z7" s="5" t="s">
         <v>218</v>
       </c>
-      <c r="Y7" s="5" t="s">
+      <c r="AA7" s="5" t="s">
         <v>219</v>
       </c>
-      <c r="Z7" s="5" t="s">
+      <c r="AB7" s="5" t="s">
         <v>220</v>
       </c>
-      <c r="AA7" s="5" t="s">
+      <c r="AC7" s="5" t="s">
         <v>221</v>
       </c>
-      <c r="AB7" s="5" t="s">
+      <c r="AD7" s="5" t="s">
         <v>222</v>
       </c>
-      <c r="AC7" s="5" t="s">
+      <c r="AE7" s="5" t="s">
         <v>223</v>
       </c>
-      <c r="AD7" s="5" t="s">
+      <c r="AF7" s="5" t="s">
         <v>224</v>
       </c>
-      <c r="AE7" s="5" t="s">
+      <c r="AG7" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="AF7" s="5" t="s">
+      <c r="AH7" s="5" t="s">
         <v>226</v>
       </c>
-      <c r="AG7" s="5" t="s">
+      <c r="AI7" s="5" t="s">
         <v>227</v>
       </c>
-      <c r="AH7" s="5" t="s">
+      <c r="AJ7" s="5" t="s">
         <v>228</v>
       </c>
-      <c r="AI7" s="5" t="s">
+      <c r="AK7" s="5" t="s">
         <v>229</v>
       </c>
-      <c r="AJ7" s="5" t="s">
+      <c r="AL7" s="5" t="s">
         <v>230</v>
       </c>
-      <c r="AK7" s="5" t="s">
+      <c r="AM7" s="5" t="s">
         <v>231</v>
       </c>
-      <c r="AL7" s="5" t="s">
+      <c r="AN7" s="5" t="s">
         <v>232</v>
-      </c>
-[...4 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="8" spans="2:41" x14ac:dyDescent="0.25">
       <c r="D8" s="7" t="s">
+        <v>233</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="J8" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="K8" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="L8" s="5" t="s">
         <v>235</v>
       </c>
-      <c r="E8" s="5" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="M8" s="5" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="N8" s="5" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="O8" s="5" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="P8" s="5" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="Q8" s="5" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="R8" s="5" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="S8" s="5" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="T8" s="5" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="U8" s="5" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="V8" s="5" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="W8" s="5" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="X8" s="5" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="Y8" s="5" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="Z8" s="5" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="AA8" s="5" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="AB8" s="5" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="AC8" s="5" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="AD8" s="5" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="AE8" s="5" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="AF8" s="5" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="AG8" s="5" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="AH8" s="5" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="AI8" s="5" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="AJ8" s="5" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="AK8" s="5" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="AL8" s="5" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="AM8" s="5" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="AN8" s="5" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
     </row>
     <row r="9" spans="2:41" ht="96.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D9" s="7" t="s">
+        <v>236</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="G9" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="J9" s="5" t="s">
         <v>238</v>
       </c>
-      <c r="E9" s="5" t="s">
-[...5 lines deleted...]
-      <c r="G9" s="5" t="s">
+      <c r="K9" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="L9" s="5" t="s">
         <v>239</v>
       </c>
-      <c r="H9" s="5" t="s">
-[...5 lines deleted...]
-      <c r="J9" s="5" t="s">
+      <c r="M9" s="5" t="s">
         <v>240</v>
       </c>
-      <c r="K9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="L9" s="5" t="s">
+      <c r="N9" s="5" t="s">
         <v>241</v>
       </c>
-      <c r="M9" s="5" t="s">
+      <c r="O9" s="5" t="s">
         <v>242</v>
       </c>
-      <c r="N9" s="5" t="s">
+      <c r="P9" s="5" t="s">
         <v>243</v>
       </c>
-      <c r="O9" s="5" t="s">
+      <c r="Q9" s="5" t="s">
         <v>244</v>
       </c>
-      <c r="P9" s="5" t="s">
+      <c r="R9" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="S9" s="5" t="s">
         <v>245</v>
       </c>
-      <c r="Q9" s="5" t="s">
+      <c r="T9" s="5" t="s">
         <v>246</v>
       </c>
-      <c r="R9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="S9" s="5" t="s">
+      <c r="U9" s="5" t="s">
         <v>247</v>
       </c>
-      <c r="T9" s="5" t="s">
+      <c r="V9" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="W9" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="X9" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="Y9" s="5" t="s">
         <v>248</v>
       </c>
-      <c r="U9" s="5" t="s">
+      <c r="Z9" s="5" t="s">
         <v>249</v>
       </c>
-      <c r="V9" s="5" t="s">
-[...8 lines deleted...]
-      <c r="Y9" s="5" t="s">
+      <c r="AA9" s="5" t="s">
         <v>250</v>
       </c>
-      <c r="Z9" s="5" t="s">
+      <c r="AB9" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="AC9" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="AD9" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="AE9" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="AF9" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="AG9" s="5" t="s">
         <v>251</v>
       </c>
-      <c r="AA9" s="5" t="s">
+      <c r="AH9" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="AI9" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="AJ9" s="5" t="s">
         <v>252</v>
       </c>
-      <c r="AB9" s="5" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="AK9" s="5" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="AL9" s="5" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="AM9" s="5" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="AN9" s="5" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
     </row>
     <row r="10" spans="2:41" ht="105" x14ac:dyDescent="0.25">
       <c r="D10" s="7" t="s">
+        <v>253</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="F10" s="5" t="s">
         <v>255</v>
       </c>
-      <c r="E10" s="5" t="s">
+      <c r="G10" s="24" t="s">
         <v>256</v>
       </c>
-      <c r="F10" s="5" t="s">
+      <c r="H10" s="5" t="s">
         <v>257</v>
       </c>
-      <c r="G10" s="24" t="s">
+      <c r="I10" s="5" t="s">
         <v>258</v>
       </c>
-      <c r="H10" s="5" t="s">
+      <c r="J10" s="5" t="s">
         <v>259</v>
       </c>
-      <c r="I10" s="5" t="s">
+      <c r="K10" s="5" t="s">
         <v>260</v>
       </c>
-      <c r="J10" s="5" t="s">
+      <c r="L10" s="5" t="s">
         <v>261</v>
       </c>
-      <c r="K10" s="5" t="s">
+      <c r="M10" s="5" t="s">
         <v>262</v>
       </c>
-      <c r="L10" s="5" t="s">
+      <c r="N10" s="5" t="s">
         <v>263</v>
       </c>
-      <c r="M10" s="5" t="s">
+      <c r="O10" s="5" t="s">
         <v>264</v>
       </c>
-      <c r="N10" s="5" t="s">
+      <c r="P10" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="Q10" s="5" t="s">
         <v>265</v>
       </c>
-      <c r="O10" s="5" t="s">
+      <c r="R10" s="5" t="s">
         <v>266</v>
       </c>
-      <c r="P10" s="5" t="s">
-[...2 lines deleted...]
-      <c r="Q10" s="5" t="s">
+      <c r="S10" s="5" t="s">
         <v>267</v>
       </c>
-      <c r="R10" s="5" t="s">
+      <c r="T10" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="S10" s="5" t="s">
+      <c r="U10" s="5" t="s">
         <v>269</v>
       </c>
-      <c r="T10" s="5" t="s">
+      <c r="V10" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="W10" s="5" t="s">
         <v>270</v>
       </c>
-      <c r="U10" s="5" t="s">
+      <c r="X10" s="5" t="s">
         <v>271</v>
       </c>
-      <c r="V10" s="5" t="s">
-[...2 lines deleted...]
-      <c r="W10" s="5" t="s">
+      <c r="Y10" s="5" t="s">
         <v>272</v>
       </c>
-      <c r="X10" s="5" t="s">
+      <c r="Z10" s="5" t="s">
         <v>273</v>
       </c>
-      <c r="Y10" s="5" t="s">
+      <c r="AA10" s="5" t="s">
         <v>274</v>
       </c>
-      <c r="Z10" s="5" t="s">
+      <c r="AB10" s="5" t="s">
         <v>275</v>
       </c>
-      <c r="AA10" s="5" t="s">
+      <c r="AC10" s="5" t="s">
         <v>276</v>
       </c>
-      <c r="AB10" s="5" t="s">
+      <c r="AD10" s="5" t="s">
         <v>277</v>
       </c>
-      <c r="AC10" s="5" t="s">
+      <c r="AE10" s="5" t="s">
         <v>278</v>
       </c>
-      <c r="AD10" s="5" t="s">
+      <c r="AF10" s="5" t="s">
         <v>279</v>
       </c>
-      <c r="AE10" s="5" t="s">
+      <c r="AG10" s="5" t="s">
         <v>280</v>
       </c>
-      <c r="AF10" s="5" t="s">
+      <c r="AH10" s="5" t="s">
         <v>281</v>
       </c>
-      <c r="AG10" s="5" t="s">
+      <c r="AI10" s="5" t="s">
         <v>282</v>
       </c>
-      <c r="AH10" s="5" t="s">
+      <c r="AJ10" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="AK10" s="5" t="s">
         <v>283</v>
       </c>
-      <c r="AI10" s="5" t="s">
+      <c r="AL10" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="AM10" s="5" t="s">
         <v>284</v>
       </c>
-      <c r="AJ10" s="5" t="s">
-[...2 lines deleted...]
-      <c r="AK10" s="5" t="s">
+      <c r="AN10" s="5" t="s">
         <v>285</v>
-      </c>
-[...7 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="11" spans="2:41" ht="45" x14ac:dyDescent="0.25">
       <c r="D11" s="8" t="s">
+        <v>286</v>
+      </c>
+      <c r="E11" s="20" t="s">
+        <v>287</v>
+      </c>
+      <c r="F11" s="21" t="s">
+        <v>287</v>
+      </c>
+      <c r="G11" s="20" t="s">
         <v>288</v>
       </c>
-      <c r="E11" s="20" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H11" s="20" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="I11" s="20" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="J11" s="20" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="K11" s="20" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="L11" s="21" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="M11" s="23" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="N11" s="20" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="O11" s="20" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="P11" s="20" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="Q11" s="20" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="R11" s="20" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="S11" s="20" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="T11" s="20" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="U11" s="20" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="V11" s="20" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="W11" s="20" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="X11" s="20" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="Y11" s="20" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="Z11" s="20" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="AA11" s="20" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="AB11" s="20" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="AC11" s="20" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="AD11" s="20" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="AE11" s="20" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="AF11" s="20" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="AG11" s="20" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="AH11" s="20" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="AI11" s="20" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-        <v>289</v>
+        <v>287</v>
+      </c>
+      <c r="AJ11" s="25" t="s">
+        <v>287</v>
       </c>
       <c r="AK11" s="20" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="AL11" s="20" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="AM11" s="20" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="AN11" s="20" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
     </row>
     <row r="12" spans="2:41" x14ac:dyDescent="0.25">
       <c r="B12" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>290</v>
+      </c>
+      <c r="D12" s="13" t="s">
         <v>291</v>
       </c>
-      <c r="C12" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D12" s="13" t="s">
+      <c r="E12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="F12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="G12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="H12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="I12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="J12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="K12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="L12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="M12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="N12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="O12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="P12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="Q12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="R12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="S12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="T12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="U12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="V12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="W12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="X12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="Y12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="Z12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="AA12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="AB12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="AC12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="AD12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="AE12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="AF12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="AG12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="AH12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="AI12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="AJ12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="AK12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="AL12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="AM12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="AN12" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="AO12" s="3" t="s">
         <v>293</v>
-      </c>
-[...109 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="13" spans="2:41" ht="30" x14ac:dyDescent="0.25">
       <c r="B13" s="4" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="D13" s="14">
         <v>1</v>
       </c>
       <c r="E13" s="10">
         <v>0</v>
       </c>
       <c r="F13" s="10">
         <v>0</v>
       </c>
       <c r="G13" s="10">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="H13" s="10">
         <v>0.2</v>
       </c>
       <c r="I13" s="10">
         <v>0</v>
       </c>
       <c r="J13" s="10">
         <v>0.02</v>
       </c>
       <c r="K13" s="10">
         <v>0.2</v>
       </c>
@@ -3130,249 +3133,249 @@
       <c r="AH13" s="10">
         <v>0.15</v>
       </c>
       <c r="AI13" s="10">
         <v>0.1</v>
       </c>
       <c r="AJ13" s="10">
         <v>0.02</v>
       </c>
       <c r="AK13" s="10">
         <v>0.15</v>
       </c>
       <c r="AL13" s="10">
         <v>0.1</v>
       </c>
       <c r="AM13" s="10">
         <v>0.09</v>
       </c>
       <c r="AN13" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="2:41" ht="45" x14ac:dyDescent="0.25">
       <c r="B14" s="4"/>
       <c r="C14" s="5" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="D14" s="14"/>
       <c r="E14" s="15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F14" s="15" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="G14" s="15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H14" s="15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="I14" s="15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="J14" s="15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="K14" s="15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="L14" s="15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="M14" s="15" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="N14" s="15" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="O14" s="15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="P14" s="15" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="Q14" s="15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="R14" s="15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="S14" s="15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="T14" s="15" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="U14" s="15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="V14" s="15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="W14" s="15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="X14" s="15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="Y14" s="15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="Z14" s="15" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="AA14" s="15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="AB14" s="15" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="AC14" s="15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="AD14" s="15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="AE14" s="15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="AF14" s="15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="AG14" s="15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="AH14" s="15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="AI14" s="15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="AJ14" s="15" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="AK14" s="15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="AL14" s="15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="AM14" s="15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="AN14" s="15" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
     </row>
     <row r="15" spans="2:41" x14ac:dyDescent="0.25">
       <c r="B15" s="4" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="D15" s="14">
         <v>1</v>
       </c>
       <c r="E15" s="15" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="F15" s="11">
         <v>161.72</v>
       </c>
       <c r="G15" s="11">
         <v>95</v>
       </c>
       <c r="H15" s="11">
         <v>200</v>
       </c>
       <c r="I15" s="11">
         <v>204</v>
       </c>
       <c r="J15" s="15" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="K15" s="15" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="L15" s="11">
         <v>90</v>
       </c>
       <c r="M15" s="15" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="N15" s="11">
         <v>85</v>
       </c>
       <c r="O15" s="15" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="P15" s="11">
         <v>125</v>
       </c>
       <c r="Q15" s="11">
         <v>90</v>
       </c>
       <c r="R15" s="15" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="S15" s="15" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="T15" s="11">
         <v>239</v>
       </c>
       <c r="U15" s="11">
         <v>90</v>
       </c>
       <c r="V15" s="11">
         <v>150</v>
       </c>
       <c r="W15" s="15" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="X15" s="15" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="Y15" s="11">
         <v>92.15</v>
       </c>
       <c r="Z15" s="15" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="AA15" s="11">
         <v>150</v>
       </c>
       <c r="AB15" s="11">
         <v>0</v>
       </c>
       <c r="AC15" s="11">
         <v>150</v>
       </c>
       <c r="AD15" s="15" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="AE15" s="11">
         <v>110</v>
       </c>
       <c r="AF15" s="11">
         <v>150</v>
       </c>
       <c r="AG15" s="11">
         <v>200</v>
       </c>
       <c r="AH15" s="11">
         <v>195</v>
       </c>
       <c r="AI15" s="11">
         <v>224.91</v>
       </c>
       <c r="AJ15" s="11">
         <v>175</v>
       </c>
       <c r="AK15" s="11">
         <v>175</v>
       </c>
       <c r="AL15" s="11">
         <v>210</v>
       </c>
@@ -3381,71 +3384,71 @@
       </c>
       <c r="AN15" s="11">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:AN15">
     <sortCondition ref="E2:AN2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="E11" r:id="rId1" xr:uid="{AE9D83AC-9F38-4B18-8FDD-3F1F1A8FEFE4}"/>
     <hyperlink ref="F11" r:id="rId2" xr:uid="{F6D0AD08-D324-443C-A666-53DA48872368}"/>
     <hyperlink ref="G11" r:id="rId3" display="Price Link" xr:uid="{11C2BADC-EAC7-4D37-B4BE-BC7617DAA4EA}"/>
     <hyperlink ref="H11" r:id="rId4" xr:uid="{D502D83A-75DF-49D4-91AC-6286CEDE60F1}"/>
     <hyperlink ref="I11" r:id="rId5" xr:uid="{DCCA43D3-C298-4865-9156-E2B4FA8D586B}"/>
     <hyperlink ref="J11" r:id="rId6" xr:uid="{9BE333E7-4A4E-4F2C-B60B-C76819412A52}"/>
     <hyperlink ref="K11" r:id="rId7" xr:uid="{0EB9BE8C-9ADE-4CE7-8FCC-CD3045300CF5}"/>
     <hyperlink ref="N11" r:id="rId8" xr:uid="{397381CA-9225-4268-A70C-9F4674518B84}"/>
     <hyperlink ref="O11" r:id="rId9" xr:uid="{85D80475-2968-42FA-B7C0-1E25C3B5AA43}"/>
     <hyperlink ref="P11" r:id="rId10" xr:uid="{7AC49220-3C9B-4B8A-889C-3247E1FEE2A0}"/>
     <hyperlink ref="Q11" r:id="rId11" xr:uid="{ADF815B7-E97D-44F6-842A-F62799E3515E}"/>
     <hyperlink ref="R11" r:id="rId12" xr:uid="{B9F0A35B-7D6F-4963-BCF1-7996A9C73CD2}"/>
     <hyperlink ref="T11" r:id="rId13" xr:uid="{BD2EBA11-9F8A-41C6-81D1-5312F1A48B47}"/>
     <hyperlink ref="V11" r:id="rId14" xr:uid="{33CBC9EB-E580-445C-8707-738A09609B33}"/>
     <hyperlink ref="X11" r:id="rId15" xr:uid="{082A04F1-E434-49E6-A864-F6EF9724992D}"/>
-    <hyperlink ref="Y11" r:id="rId16" xr:uid="{E29366F4-AE35-4ACF-8774-162D451B7771}"/>
-[...19 lines deleted...]
-    <hyperlink ref="L11" r:id="rId36" xr:uid="{B57306F7-C3D8-443B-BECB-13753D00AD12}"/>
+    <hyperlink ref="W11" r:id="rId16" xr:uid="{38945393-89E7-4B72-A252-9418A97AC8B5}"/>
+    <hyperlink ref="Z11" r:id="rId17" xr:uid="{2B5CD5E0-66D5-4A9C-B1EC-C47933B1892A}"/>
+    <hyperlink ref="AA11" r:id="rId18" xr:uid="{05B8A6A2-174A-4462-A6F0-5CD83F09893D}"/>
+    <hyperlink ref="AB11" r:id="rId19" xr:uid="{34DFE4B7-3D6A-4B92-A0A6-31BEC7EF7FD6}"/>
+    <hyperlink ref="AC11" r:id="rId20" xr:uid="{5DCFCE26-2B27-47F0-9107-9F1EF5190BB0}"/>
+    <hyperlink ref="AD11" r:id="rId21" xr:uid="{04D35721-CB63-40DD-AC07-F5A8C9996639}"/>
+    <hyperlink ref="AF11" r:id="rId22" xr:uid="{C204D806-7EE8-4267-89D3-BDC63F091518}"/>
+    <hyperlink ref="AG11" r:id="rId23" xr:uid="{72B6940B-0F7F-4D90-8A86-FD7D3E8ADA13}"/>
+    <hyperlink ref="AH11" r:id="rId24" xr:uid="{1FD7CF0F-2FA0-405D-89CF-8017E5554D03}"/>
+    <hyperlink ref="AK11" r:id="rId25" xr:uid="{FB994957-8077-474D-A7B2-037A28BADEED}"/>
+    <hyperlink ref="AL11" r:id="rId26" xr:uid="{79EEA1BB-5C57-4A3E-AEB7-E05CF7C9A35B}"/>
+    <hyperlink ref="AM11" r:id="rId27" xr:uid="{BE139F16-E485-4FD5-9215-0A5DC5F4D2AC}"/>
+    <hyperlink ref="AN11" r:id="rId28" xr:uid="{90E0FF43-882E-4EDE-8B83-AC6C6077ED79}"/>
+    <hyperlink ref="S11" r:id="rId29" xr:uid="{C7386864-F4CC-43EA-94AC-73DB10099742}"/>
+    <hyperlink ref="AE11" r:id="rId30" xr:uid="{4282C83D-8393-41BC-A35A-D817D1D4FF6B}"/>
+    <hyperlink ref="M11" r:id="rId31" xr:uid="{6AD96B37-6727-40F7-A589-F392AF4CD66D}"/>
+    <hyperlink ref="AI11" r:id="rId32" xr:uid="{442E4143-015E-4249-8FF5-3D6775FA1957}"/>
+    <hyperlink ref="U11" r:id="rId33" xr:uid="{CC3F5679-AFF9-4552-BD92-17BCD0125D77}"/>
+    <hyperlink ref="L11" r:id="rId34" xr:uid="{B57306F7-C3D8-443B-BECB-13753D00AD12}"/>
+    <hyperlink ref="AJ11" r:id="rId35" xr:uid="{76EF691D-D2F7-469A-AC6B-37342387A648}"/>
+    <hyperlink ref="Y11" r:id="rId36" xr:uid="{D4F34CFD-EF60-4AA0-A636-6DC01178D1BE}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
   <pageSetup orientation="landscape" r:id="rId37"/>
   <headerFooter>
     <oddFooter>&amp;R24-7480 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>