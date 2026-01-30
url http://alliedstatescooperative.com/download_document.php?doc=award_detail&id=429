--- v0 (2025-10-22)
+++ v1 (2026-01-30)
@@ -1,113 +1,107 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2024\24-7475 Guidance and Counseling, Mental Health Support, Intervention, and Therapy Services\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9C0BC470-BFC8-4326-90E7-6B54828ED586}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F7B22627-4A72-4B5C-9B93-C2F0FE171CAF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="483" uniqueCount="284">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="460" uniqueCount="273">
   <si>
     <t/>
   </si>
   <si>
     <t>Nancy Lugo Salas</t>
   </si>
   <si>
     <t>National Recruiting Consultants</t>
   </si>
   <si>
     <t>NEW STORY IDS LLC</t>
   </si>
   <si>
     <t>Pasitos Clinic, LLC</t>
   </si>
   <si>
     <t>Personal Growth and Healing Center, Inc (Maria Paez-Rios)</t>
   </si>
   <si>
     <t>Pinnacle Social Services, LLC</t>
   </si>
   <si>
     <t>Positive Behavior Supports Corp (Positive Behavior Supports)</t>
   </si>
   <si>
     <t>PresenceLearning</t>
   </si>
   <si>
     <t>Sandra Garcia-Salcido</t>
   </si>
   <si>
     <t>The Stepping Stones Group</t>
   </si>
   <si>
-    <t>Translation &amp; Interpretation Network LLC</t>
-[...1 lines deleted...]
-  <si>
     <t>TX-STAR Speech Language Services, Corp.</t>
   </si>
   <si>
-    <t>Maria de Jesus Ortiz</t>
-[...1 lines deleted...]
-  <si>
     <t>Lighthouse Therapy LLC</t>
   </si>
   <si>
     <t>ALBOUM TRANSLATION SERVICES (Alboum &amp; Associates)</t>
   </si>
   <si>
     <t>CANDOR CONSULTING AND DIAGNOSTICS, LLC</t>
   </si>
   <si>
     <t>Cook Center for Human Connection</t>
   </si>
   <si>
     <t>Delta-T Group Texas, Inc.</t>
   </si>
   <si>
     <t>El Paso Child Guidance Center</t>
   </si>
   <si>
     <t>El Paso SLI Sign Language Interpreters, LLC</t>
   </si>
   <si>
     <t>EL PASO SPEECH AND LANGUAGE SERVICE EXCELLENCE INC</t>
   </si>
   <si>
     <t>Epic Special Education Staffing (TherapyTravelers LLC &amp; 3Chords Inc)</t>
@@ -130,98 +124,92 @@
   <si>
     <t>Vitanya Brain Performance Center (Strickland Health Products, LLC)</t>
   </si>
   <si>
     <t>Line #</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>QTY</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Percent discount off pricelist.</t>
   </si>
   <si>
     <t>Nancy Lugo</t>
   </si>
   <si>
-    <t>Maria de Jesus Ortiz, LPC</t>
-[...1 lines deleted...]
-  <si>
     <t>Irma D. Gonzalez LPC</t>
   </si>
   <si>
     <t>John C Harre</t>
   </si>
   <si>
     <t>Stefanie Murphy</t>
   </si>
   <si>
     <t>Tommy Katonka</t>
   </si>
   <si>
     <t>HILDA SORIANO</t>
   </si>
   <si>
     <t>Maria Paez- Rios</t>
   </si>
   <si>
     <t>Lucia S Gadney</t>
   </si>
   <si>
     <t>Nicole Postma-Gates</t>
   </si>
   <si>
     <t>Elizabeth McComb, School Partnership Director</t>
   </si>
   <si>
     <t>Hector Zavaleta</t>
   </si>
   <si>
     <t>Sandra Garcia Salcido</t>
   </si>
   <si>
     <t>Sylvia Herrera</t>
   </si>
   <si>
     <t>Wendy Wright</t>
   </si>
   <si>
     <t>Julie Williams</t>
   </si>
   <si>
-    <t>Rebeca Nini</t>
-[...1 lines deleted...]
-  <si>
     <t>Luke Sesler</t>
   </si>
   <si>
     <t>CJ Gonsalves III</t>
   </si>
   <si>
     <t>Janet L. Courtney</t>
   </si>
   <si>
     <t>Hillary Berman</t>
   </si>
   <si>
     <t>Todd Kunders</t>
   </si>
   <si>
     <t>John Cook</t>
   </si>
   <si>
     <t>Rachana Patel, Senior Vice President. rfp@deltatg.com. 800.251.8501</t>
   </si>
   <si>
     <t>Cathy Gaytan</t>
   </si>
   <si>
     <t>Tamara Gastelum</t>
@@ -262,68 +250,59 @@
   <si>
     <t>2 Village Square Suite 210 Baltimore, MD 21210</t>
   </si>
   <si>
     <t>129 North Pennsylvania Ave, Greensburg, PA, 15601</t>
   </si>
   <si>
     <t>1418 Montana Ave El Paso, TX 79902</t>
   </si>
   <si>
     <t>530 Seventh Ave., Suite M1, New York, NY 10018</t>
   </si>
   <si>
     <t>109 S. Festival Dr. El Paso, TX 79912</t>
   </si>
   <si>
     <t>9440 Viscount Suite 117 El Paso Texas 79925</t>
   </si>
   <si>
     <t>2578 Broadway #607, New York, NY 10025</t>
   </si>
   <si>
     <t>123 N Wacker Drive STE 1150, Chicago, IL 60606</t>
   </si>
   <si>
-    <t>249 W Thornhill Dr., Fort Worth TX 76115</t>
-[...1 lines deleted...]
-  <si>
     <t>85 NE Loop 410, Suite 610, San Antonio, TX 78216</t>
   </si>
   <si>
-    <t>12130 Valley Quail, El Paso, TX  79936</t>
-[...1 lines deleted...]
-  <si>
     <t>12612 Challenger Pkwy #365, Orlando, FL 32826</t>
   </si>
   <si>
     <t>14493 S Padre Island Dr, STE A PMB 667, Corpus Christi, TX 78418-5939</t>
   </si>
   <si>
-    <t>1835 N Kirkwood Pl Arlington VA 22201</t>
-[...1 lines deleted...]
-  <si>
     <t>111 North Wall St, Unit 1171, Belton, TX  76513</t>
   </si>
   <si>
     <t>1955 West Grove Parkway, Suite 300, Pleasant Grove, UT 84062</t>
   </si>
   <si>
     <t>950 East Haverford Road, Suite 200. Bryn Mawr, PA. 19010</t>
   </si>
   <si>
     <t>6400 Cheyenne Trail El Paso Texas 79925</t>
   </si>
   <si>
     <t>1307 WYOMING AVE EL PASO, TX 79902</t>
   </si>
   <si>
     <t>2041 Rosecrans Avenue, Suite 245, El Segundo, CA 90245</t>
   </si>
   <si>
     <t>3532 Hazeltime St, El Paso, Texas 79936</t>
   </si>
   <si>
     <t>2250 Hickory Rd Suite 240 Plymouth Meeting, PA 19462</t>
   </si>
   <si>
     <t>14219 Ranier Point El Paso TX 70038</t>
@@ -361,59 +340,53 @@
   <si>
     <t>pinnacle@pinnacleelpaso.com</t>
   </si>
   <si>
     <t>npostma@teampbs.com</t>
   </si>
   <si>
     <t>elizabeth.mccomb@presence.com</t>
   </si>
   <si>
     <t>hzavaleta@rgstg.com</t>
   </si>
   <si>
     <t>sandragarcia1649@msn.com</t>
   </si>
   <si>
     <t>sxherre1@gmail.com</t>
   </si>
   <si>
     <t>wendy.wright@talkspace.com</t>
   </si>
   <si>
     <t>Julie.Williams@ssg-healthcare.com</t>
   </si>
   <si>
-    <t>rfp@tintranslation.com</t>
-[...1 lines deleted...]
-  <si>
     <t>team@tx-star.com</t>
   </si>
   <si>
-    <t>marisuom@yahoo.com</t>
-[...1 lines deleted...]
-  <si>
     <t>cgonsalves@loyalsource.com</t>
   </si>
   <si>
     <t>janet@lighthouse-therapy.com</t>
   </si>
   <si>
     <t>hillary@alboum.com</t>
   </si>
   <si>
     <t>opportunity@candordiag.com</t>
   </si>
   <si>
     <t>admin@cookcenter.org</t>
   </si>
   <si>
     <t>rfp@deltatg.com</t>
   </si>
   <si>
     <t>cgaytan@epcgc.org</t>
   </si>
   <si>
     <t>sli.schedules@gmail.com</t>
   </si>
   <si>
     <t>epslse@epslse.com</t>
@@ -466,59 +439,53 @@
   <si>
     <t>(915) 373-5493</t>
   </si>
   <si>
     <t>(915) 351-4431</t>
   </si>
   <si>
     <t>(855) 773-3839</t>
   </si>
   <si>
     <t>(765) 914-5172</t>
   </si>
   <si>
     <t>(915) 842-1788</t>
   </si>
   <si>
     <t>(915) 543-8448</t>
   </si>
   <si>
     <t>(336) 209-2444</t>
   </si>
   <si>
     <t>(678) 756-7639</t>
   </si>
   <si>
-    <t>(877) 779-5544</t>
-[...1 lines deleted...]
-  <si>
     <t>(210) 394-4410</t>
   </si>
   <si>
-    <t>(915) 588-0943</t>
-[...1 lines deleted...]
-  <si>
     <t>(407) 557-8790</t>
   </si>
   <si>
     <t>(517) 234-3914</t>
   </si>
   <si>
     <t>(571) 765-3060 x701</t>
   </si>
   <si>
     <t>(254) 308-0569</t>
   </si>
   <si>
     <t>(513) 600-8057</t>
   </si>
   <si>
     <t>(610) 527-0830</t>
   </si>
   <si>
     <t>(915) 562-1999 x1002</t>
   </si>
   <si>
     <t>(915) 356-8891</t>
   </si>
   <si>
     <t>(915) 600-2069</t>
@@ -559,53 +526,50 @@
   <si>
     <t>https://www.newstory.com/</t>
   </si>
   <si>
     <t>HTTP://oasiseducation.com</t>
   </si>
   <si>
     <t>https://www.pinnacleelpaso.com</t>
   </si>
   <si>
     <t>https://www.teampbs.com/</t>
   </si>
   <si>
     <t>HTTP://www.presence.com</t>
   </si>
   <si>
     <t>HTTP://www.rgstg.com</t>
   </si>
   <si>
     <t>https://www.talkspace.com/</t>
   </si>
   <si>
     <t>https://www.thesteppingstonesgroup.com</t>
   </si>
   <si>
-    <t>https://tintranslation.com/</t>
-[...1 lines deleted...]
-  <si>
     <t>https://tx-star.com/</t>
   </si>
   <si>
     <t>https://www.loyalsource.com/</t>
   </si>
   <si>
     <t>HTTP://lighthouse-therapy.com</t>
   </si>
   <si>
     <t>HTTP://www.alboum.com</t>
   </si>
   <si>
     <t>HTTP://www.candordiag.com</t>
   </si>
   <si>
     <t>HTTP://www.cookcenter.org</t>
   </si>
   <si>
     <t>https://www.delta-tgroup.com/</t>
   </si>
   <si>
     <t>https://epcgc.org/</t>
   </si>
   <si>
     <t>https://www.slielpaso.com/</t>
@@ -674,53 +638,50 @@
     <t>Not applicable.</t>
   </si>
   <si>
     <t>El Paso  County in Person, Anywhere Virtually</t>
   </si>
   <si>
     <t>All of United States</t>
   </si>
   <si>
     <t>All states</t>
   </si>
   <si>
     <t>El Paso County in the state of Texas</t>
   </si>
   <si>
     <t>I am only licensed in the state of Texas</t>
   </si>
   <si>
     <t>PresenceLearning, Inc. is licensed in Texas and willing to serve Texas K-12 school districts.</t>
   </si>
   <si>
     <t>El Paso County and Dona Ana County</t>
   </si>
   <si>
     <t>All 50 states</t>
-  </si>
-[...1 lines deleted...]
-    <t>Texas and other States</t>
   </si>
   <si>
     <t>All of Texas</t>
   </si>
   <si>
     <t>All US States</t>
   </si>
   <si>
     <t>National</t>
   </si>
   <si>
     <t>All of Texas. We also have over a dozen affiliate offices regionalized in strategic areas that provide services throughout the nation.  These offices are located in:  PA, CA, AZ, MI, IL, CT, MA, NJ, MD, VA, GA, FL, and TN.</t>
   </si>
   <si>
     <t>Texas, Las Cruces New Mexico</t>
   </si>
   <si>
     <t>Licensed in Texas and New Mexico</t>
   </si>
   <si>
     <t>We are licensed and allowed to provide our services nationwide.</t>
   </si>
   <si>
     <t>AL, AZ, CA, CO, DE, FL, GA, HI, ID, IL, IN, KY, LA, MD, MI, MN, MO, NE, NM, NC, SC, OH, OK, PA, RI, TN, TX, VA, WA</t>
   </si>
@@ -1003,50 +964,72 @@
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> brian.mills@newstory.com</t>
     </r>
   </si>
   <si>
     <t>(901) 491-4420
  703-955-6235</t>
   </si>
   <si>
     <t>*updated 1/8/25</t>
   </si>
   <si>
     <t>We currently place contractors in TX, NM, AZ, CO, WA, VA, GA</t>
   </si>
   <si>
     <t>*updated 5/29/25</t>
   </si>
   <si>
     <t>*updated 8/21/25</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>1835 N Kirkwood Pl Arlington VA 22201</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve">
+8606 Grant St., Bethesda, MD 20817</t>
+    </r>
+  </si>
+  <si>
+    <t>*updated 12/11/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1478,1437 +1461,1373 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Growth%20Counseling%20Center.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Lighthouse%20Therapy.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Personal%20Growth%20and%20Healing.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Updated%20Fee%20Schedule.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/TX-STAR%20Speech%20Language.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/El%20Paso%20SLI%20Sign%20Language%20Interpreters.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/GHR%20Education.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Karina%20Hernandez.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Pasitos%20Clinic.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/The%20Stepping%20Stones%20Group.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Alboum%20Translation.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Julia%20Pedregon.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Maria%20de%20Jesus%20Ortiz.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Rio%20Grande%20Therapy%20Group.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/2ove1%2C%20LLC.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/El%20Paso%20Child%20Guidance%20Center.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Eunice%20Martinez.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Oasis%20Mental%20Health.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Talkspace.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Delta%20T%20Group.xlsx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Irma%20Gonzalez.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/New%20Story%20IDS.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Positive%20Behavior%20Supports.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Holaya%20Ponce.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/E-Therapy.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Loyal%20Source%20Government.xlsx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Serene%20Life%20Family%20Counseling.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Cook%20Center.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Epic%20Special%20Education.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/HealthPRO.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/National%20Recruiting%20Consultants.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Pinnacle%20Social%20Services.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Sandra%20Garcia-Salcido.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Vitanya%20Brain%20Performance%20Center.PDF" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/El%20Paso%20Speech%20and%20Language%20Service%20Excellence.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Candor%20Consulting.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Growth%20Counseling%20Center.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Lighthouse%20Therapy.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Pinnacle%20Social%20Services.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Candor%20Consulting.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/National%20Recruiting%20Consultants.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Vitanya%20Brain%20Performance%20Center.PDF" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/El%20Paso%20SLI%20Sign%20Language%20Interpreters.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/GHR%20Education.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Karina%20Hernandez.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Personal%20Growth%20and%20Healing.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/TX-STAR%20Speech%20Language.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Alboum%20Translation.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Julia%20Pedregon.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Updated%20Fee%20Schedule.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Sandra%20Garcia-Salcido.docx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/2ove1%2C%20LLC.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/El%20Paso%20Child%20Guidance%20Center.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Eunice%20Martinez.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Pasitos%20Clinic.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/The%20Stepping%20Stones%20Group.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Delta%20T%20Group.xlsx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Irma%20Gonzalez.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Oasis%20Mental%20Health.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Rio%20Grande%20Therapy%20Group.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/E-Therapy.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Loyal%20Source%20Government.xlsx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Talkspace.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Cook%20Center.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Epic%20Special%20Education.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/HealthPRO.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/New%20Story%20IDS.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Positive%20Behavior%20Supports.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Serene%20Life%20Family%20Counseling.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Holaya%20Ponce.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/El%20Paso%20Speech%20and%20Language%20Service%20Excellence.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="B1:AQ14"/>
+  <dimension ref="B1:AO14"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
+      <selection pane="bottomRight" activeCell="E3" sqref="E3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
     <col min="3" max="3" width="36" style="1" customWidth="1"/>
     <col min="4" max="4" width="6" style="1" customWidth="1"/>
-    <col min="5" max="42" width="30.7109375" style="1" customWidth="1"/>
-    <col min="43" max="16384" width="9.140625" style="1"/>
+    <col min="5" max="40" width="30.7109375" style="1" customWidth="1"/>
+    <col min="41" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:43" x14ac:dyDescent="0.25">
-      <c r="F1" s="15"/>
+    <row r="1" spans="2:41" x14ac:dyDescent="0.25">
+      <c r="F1" s="15" t="s">
+        <v>272</v>
+      </c>
       <c r="M1" s="15"/>
       <c r="N1" s="6" t="s">
-        <v>275</v>
+        <v>262</v>
       </c>
       <c r="O1" s="15"/>
       <c r="P1" s="15"/>
       <c r="Q1" s="1" t="s">
-        <v>283</v>
+        <v>270</v>
       </c>
       <c r="R1" s="15"/>
       <c r="S1" s="17"/>
       <c r="U1" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="V1" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="X1" s="15"/>
+      <c r="Y1" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="Z1" s="17" t="s">
         <v>267</v>
       </c>
-      <c r="V1" s="1" t="s">
+      <c r="AA1" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="AF1" s="17"/>
+      <c r="AG1" s="15"/>
+      <c r="AI1" s="17"/>
+      <c r="AK1" s="15"/>
+      <c r="AL1" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="AM1" s="15"/>
+      <c r="AN1" s="15"/>
+    </row>
+    <row r="2" spans="2:41" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="D2" s="10" t="s">
+        <v>220</v>
+      </c>
+      <c r="E2" s="13" t="s">
+        <v>234</v>
+      </c>
+      <c r="F2" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="I2" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="J2" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="K2" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="L2" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="M2" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="N2" s="13" t="s">
+        <v>259</v>
+      </c>
+      <c r="O2" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="P2" s="13" t="s">
+        <v>250</v>
+      </c>
+      <c r="Q2" s="13" t="s">
+        <v>236</v>
+      </c>
+      <c r="R2" s="13" t="s">
+        <v>22</v>
+      </c>
+      <c r="S2" s="13" t="s">
+        <v>23</v>
+      </c>
+      <c r="T2" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="U2" s="13" t="s">
+        <v>255</v>
+      </c>
+      <c r="V2" s="13" t="s">
+        <v>238</v>
+      </c>
+      <c r="W2" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="X2" s="13" t="s">
+        <v>239</v>
+      </c>
+      <c r="Y2" s="13" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z2" s="13" t="s">
+        <v>2</v>
+      </c>
+      <c r="AA2" s="13" t="s">
+        <v>3</v>
+      </c>
+      <c r="AB2" s="13" t="s">
+        <v>240</v>
+      </c>
+      <c r="AC2" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD2" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="AE2" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="AF2" s="13" t="s">
+        <v>7</v>
+      </c>
+      <c r="AG2" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="AH2" s="13" t="s">
+        <v>245</v>
+      </c>
+      <c r="AI2" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="AJ2" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="AK2" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="AL2" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="AM2" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="AN2" s="13" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="3" spans="2:41" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="D3" s="11" t="s">
+        <v>221</v>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F3" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="G3" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="H3" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="I3" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="J3" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K3" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="L3" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="M3" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="N3" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="O3" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P3" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q3" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="R3" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="S3" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="T3" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="U3" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="V3" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="W3" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="X3" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="Y3" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="Z3" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="AA3" s="16" t="s">
+        <v>264</v>
+      </c>
+      <c r="AB3" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC3" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD3" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="AE3" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AF3" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="AG3" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="AH3" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="AI3" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="AJ3" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="AK3" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="AL3" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="AM3" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="AN3" s="5" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="4" spans="2:41" s="6" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="D4" s="11" t="s">
+        <v>222</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="F4" s="16" t="s">
+        <v>271</v>
+      </c>
+      <c r="G4" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="J4" s="16" t="s">
+        <v>235</v>
+      </c>
+      <c r="K4" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="L4" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="N4" s="16" t="s">
+        <v>260</v>
+      </c>
+      <c r="O4" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="P4" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="Q4" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="R4" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="S4" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="T4" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="U4" s="16" t="s">
+        <v>256</v>
+      </c>
+      <c r="V4" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="W4" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="X4" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="Y4" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="Z4" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="AA4" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="AB4" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC4" s="5" t="s">
+        <v>241</v>
+      </c>
+      <c r="AD4" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="AE4" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="AF4" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="AG4" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="AH4" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="AI4" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="AJ4" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="AK4" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="AL4" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="AM4" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="AN4" s="5" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="5" spans="2:41" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="D5" s="11" t="s">
+        <v>223</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="G5" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="J5" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="K5" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="L5" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="M5" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="N5" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="O5" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="P5" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="Q5" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="R5" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="S5" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="T5" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="U5" s="16" t="s">
+        <v>257</v>
+      </c>
+      <c r="V5" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="W5" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="X5" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="Y5" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z5" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="AA5" s="16" t="s">
+        <v>265</v>
+      </c>
+      <c r="AB5" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="AC5" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD5" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="AE5" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="AF5" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="AG5" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="AH5" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="AI5" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="AJ5" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="AK5" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL5" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="AM5" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="AN5" s="5" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="6" spans="2:41" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="D6" s="11" t="s">
+        <v>224</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="G6" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="J6" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="K6" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="L6" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="M6" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="N6" s="16" t="s">
+        <v>261</v>
+      </c>
+      <c r="O6" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="P6" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="Q6" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="R6" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="S6" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="T6" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="U6" s="16" t="s">
+        <v>258</v>
+      </c>
+      <c r="V6" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="W6" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="X6" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="Y6" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="Z6" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="AA6" s="16" t="s">
         <v>266</v>
       </c>
-      <c r="X1" s="15"/>
-[...17 lines deleted...]
-      <c r="AP1" s="15"/>
+      <c r="AB6" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="AC6" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="AD6" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="AE6" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="AF6" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="AG6" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="AH6" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="AI6" s="5" t="s">
+        <v>249</v>
+      </c>
+      <c r="AJ6" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="AK6" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="AL6" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="AM6" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="AN6" s="5" t="s">
+        <v>157</v>
+      </c>
     </row>
-    <row r="2" spans="2:43" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-[...51 lines deleted...]
-      <c r="U2" s="13" t="s">
+    <row r="7" spans="2:41" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="D7" s="11" t="s">
+        <v>225</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="G7" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="J7" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="K7" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="L7" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="M7" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="N7" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="O7" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="P7" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="Q7" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="R7" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="S7" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="T7" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="U7" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="V7" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="W7" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="X7" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="Y7" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="Z7" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="AA7" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="AB7" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="AC7" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="AD7" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="AE7" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="AF7" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="AG7" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="AH7" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="AI7" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="AJ7" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="AK7" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="AL7" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="AM7" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="AN7" s="5" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="8" spans="2:41" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D8" s="11" t="s">
+        <v>226</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="J8" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="K8" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="L8" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="M8" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="N8" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="O8" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="P8" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="Q8" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="R8" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="S8" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="T8" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="U8" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="V8" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="W8" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="X8" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="Y8" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="Z8" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="AA8" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="AB8" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="AC8" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="AD8" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="AE8" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="AF8" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="AG8" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="AH8" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="AI8" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="AJ8" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="AK8" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="AL8" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="AM8" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="AN8" s="5" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="9" spans="2:41" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D9" s="11" t="s">
+        <v>227</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="G9" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="K9" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="L9" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="M9" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="N9" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="O9" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="P9" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q9" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="R9" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="S9" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="T9" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="U9" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="V9" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="W9" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="X9" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="Y9" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="Z9" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="AA9" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="AB9" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="AC9" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="AD9" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="AE9" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="AF9" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="AG9" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="AH9" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="AI9" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="AJ9" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="AK9" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="AL9" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="AM9" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="AN9" s="5" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="10" spans="2:41" s="6" customFormat="1" ht="165" x14ac:dyDescent="0.25">
+      <c r="D10" s="11" t="s">
+        <v>228</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>198</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="G10" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="J10" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="K10" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="L10" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="M10" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="N10" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="O10" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="P10" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q10" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="R10" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="S10" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="T10" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="U10" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="V10" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="W10" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="X10" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="Y10" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="Z10" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="V2" s="13" t="s">
-[...59 lines deleted...]
-      <c r="AP2" s="13" t="s">
+      <c r="AA10" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="AB10" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="AC10" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="AD10" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="AE10" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="AF10" s="16" t="s">
+        <v>248</v>
+      </c>
+      <c r="AG10" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="AH10" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="AI10" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="AJ10" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="AK10" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="AL10" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="AM10" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="AN10" s="5" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="11" spans="2:41" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="D11" s="12" t="s">
+        <v>229</v>
+      </c>
+      <c r="E11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="F11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="G11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="H11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="I11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="J11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="K11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="L11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="M11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="N11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="O11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="P11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="Q11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="R11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="S11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="T11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="U11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="V11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="W11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="X11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="Y11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="Z11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="AA11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="AB11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="AC11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="AD11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="AE11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="AF11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="AG11" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="AH11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="AI11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="AJ11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="AK11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="AL11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="AM11" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="AN11" s="18" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="12" spans="2:41" x14ac:dyDescent="0.25">
+      <c r="B12" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C12" s="2" t="s">
         <v>28</v>
       </c>
+      <c r="D12" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="F12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="G12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="H12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="I12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="J12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="K12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="L12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="M12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="N12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="O12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="P12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="R12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="S12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="T12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="U12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="V12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="W12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="X12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="Y12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="Z12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="AA12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="AB12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="AC12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="AD12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="AE12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="AF12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="AG12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="AH12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="AI12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="AJ12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="AK12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="AL12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="AM12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="AN12" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="AO12" s="3" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="3" spans="2:43" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-[...1077 lines deleted...]
-      <c r="D12" s="2" t="s">
+    <row r="13" spans="2:41" x14ac:dyDescent="0.25">
+      <c r="B13" s="4" t="s">
         <v>31</v>
       </c>
-      <c r="E12" s="7" t="s">
+      <c r="C13" s="5" t="s">
         <v>32</v>
-      </c>
-[...120 lines deleted...]
-        <v>34</v>
       </c>
       <c r="D13" s="5">
         <v>1</v>
       </c>
       <c r="E13" s="8">
         <v>2.5000000000000001E-3</v>
       </c>
       <c r="F13" s="8">
         <v>0.05</v>
       </c>
       <c r="G13" s="8">
         <v>0.05</v>
       </c>
       <c r="H13" s="8">
         <v>0</v>
       </c>
       <c r="I13" s="8">
         <v>0</v>
       </c>
       <c r="J13" s="8">
         <v>0</v>
       </c>
       <c r="K13" s="8">
         <v>0</v>
       </c>
@@ -2939,264 +2858,251 @@
       <c r="T13" s="8">
         <v>0</v>
       </c>
       <c r="U13" s="8">
         <v>0</v>
       </c>
       <c r="V13" s="8">
         <v>0.12</v>
       </c>
       <c r="W13" s="8">
         <v>0</v>
       </c>
       <c r="X13" s="8">
         <v>0</v>
       </c>
       <c r="Y13" s="8">
         <v>0</v>
       </c>
       <c r="Z13" s="8">
         <v>0</v>
       </c>
       <c r="AA13" s="8">
         <v>0</v>
       </c>
       <c r="AB13" s="8">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="AC13" s="8">
         <v>0.1</v>
       </c>
       <c r="AD13" s="8">
-        <v>0.1</v>
+        <v>0.04</v>
       </c>
       <c r="AE13" s="8">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="AF13" s="8">
         <v>0</v>
       </c>
       <c r="AG13" s="8">
         <v>0</v>
       </c>
       <c r="AH13" s="8">
         <v>0</v>
       </c>
       <c r="AI13" s="8">
         <v>0</v>
       </c>
       <c r="AJ13" s="8">
         <v>0</v>
       </c>
       <c r="AK13" s="8">
         <v>0</v>
       </c>
       <c r="AL13" s="8">
         <v>0</v>
       </c>
       <c r="AM13" s="8">
         <v>0</v>
       </c>
       <c r="AN13" s="8">
-        <v>0</v>
-[...4 lines deleted...]
-      <c r="AP13" s="8">
         <v>0.71</v>
       </c>
     </row>
-    <row r="14" spans="2:43" ht="45" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:41" ht="45" x14ac:dyDescent="0.25">
       <c r="B14" s="14" t="s">
         <v>0</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>231</v>
+        <v>218</v>
       </c>
       <c r="D14" s="14" t="s">
         <v>0</v>
       </c>
       <c r="E14" s="9" t="s">
-        <v>198</v>
+        <v>186</v>
       </c>
       <c r="F14" s="9" t="s">
-        <v>197</v>
+        <v>185</v>
       </c>
       <c r="G14" s="9" t="s">
-        <v>197</v>
+        <v>185</v>
       </c>
       <c r="H14" s="9" t="s">
-        <v>198</v>
+        <v>186</v>
       </c>
       <c r="I14" s="9" t="s">
-        <v>197</v>
+        <v>185</v>
       </c>
       <c r="J14" s="9" t="s">
-        <v>197</v>
+        <v>185</v>
       </c>
       <c r="K14" s="9" t="s">
-        <v>197</v>
+        <v>185</v>
       </c>
       <c r="L14" s="9" t="s">
-        <v>198</v>
+        <v>186</v>
       </c>
       <c r="M14" s="9" t="s">
-        <v>197</v>
+        <v>185</v>
       </c>
       <c r="N14" s="9" t="s">
-        <v>198</v>
+        <v>186</v>
       </c>
       <c r="O14" s="9" t="s">
-        <v>198</v>
+        <v>186</v>
       </c>
       <c r="P14" s="9" t="s">
-        <v>197</v>
+        <v>185</v>
       </c>
       <c r="Q14" s="9" t="s">
-        <v>198</v>
+        <v>186</v>
       </c>
       <c r="R14" s="9" t="s">
-        <v>198</v>
+        <v>186</v>
       </c>
       <c r="S14" s="9" t="s">
-        <v>198</v>
+        <v>186</v>
       </c>
       <c r="T14" s="9" t="s">
-        <v>198</v>
+        <v>186</v>
       </c>
       <c r="U14" s="9" t="s">
-        <v>198</v>
+        <v>186</v>
       </c>
       <c r="V14" s="9" t="s">
-        <v>198</v>
+        <v>186</v>
       </c>
       <c r="W14" s="9" t="s">
-        <v>198</v>
+        <v>186</v>
       </c>
       <c r="X14" s="9" t="s">
-        <v>198</v>
+        <v>186</v>
       </c>
       <c r="Y14" s="9" t="s">
-        <v>197</v>
+        <v>186</v>
       </c>
       <c r="Z14" s="9" t="s">
-        <v>198</v>
+        <v>186</v>
       </c>
       <c r="AA14" s="9" t="s">
-        <v>198</v>
+        <v>186</v>
       </c>
       <c r="AB14" s="9" t="s">
-        <v>198</v>
+        <v>186</v>
       </c>
       <c r="AC14" s="9" t="s">
-        <v>198</v>
+        <v>186</v>
       </c>
       <c r="AD14" s="9" t="s">
-        <v>198</v>
+        <v>186</v>
       </c>
       <c r="AE14" s="9" t="s">
-        <v>198</v>
+        <v>185</v>
       </c>
       <c r="AF14" s="9" t="s">
-        <v>197</v>
+        <v>186</v>
       </c>
       <c r="AG14" s="9" t="s">
-        <v>198</v>
+        <v>186</v>
       </c>
       <c r="AH14" s="9" t="s">
-        <v>198</v>
+        <v>185</v>
       </c>
       <c r="AI14" s="9" t="s">
-        <v>197</v>
+        <v>186</v>
       </c>
       <c r="AJ14" s="9" t="s">
-        <v>198</v>
+        <v>186</v>
       </c>
       <c r="AK14" s="9" t="s">
-        <v>198</v>
+        <v>185</v>
       </c>
       <c r="AL14" s="9" t="s">
-        <v>197</v>
+        <v>186</v>
       </c>
       <c r="AM14" s="9" t="s">
-        <v>198</v>
+        <v>186</v>
       </c>
       <c r="AN14" s="9" t="s">
-        <v>198</v>
-[...5 lines deleted...]
-        <v>198</v>
+        <v>186</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:AP14">
-    <sortCondition ref="E2:AP2"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:AN14">
+    <sortCondition ref="E2:AN2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="E11" r:id="rId1" xr:uid="{6D351850-C51C-41E8-8DE0-707AA43BDFAD}"/>
     <hyperlink ref="F11" r:id="rId2" xr:uid="{A375FAA0-78AE-46D1-8AAF-8E2CEDE1D8FF}"/>
     <hyperlink ref="G11" r:id="rId3" xr:uid="{0F8C6A99-7BE1-4700-A79B-DE39F0BCB31E}"/>
     <hyperlink ref="H11" r:id="rId4" xr:uid="{86BAA335-1DC2-419B-B599-6603F077A355}"/>
     <hyperlink ref="I11" r:id="rId5" xr:uid="{EBEC4313-653F-4EE7-B0C7-112F92A431EF}"/>
     <hyperlink ref="J11" r:id="rId6" xr:uid="{45E7DD6F-9FF9-4342-9BBF-F1F46441D2D8}"/>
     <hyperlink ref="K11" r:id="rId7" xr:uid="{B23B6DD2-EC1E-4D34-8461-4CEA17081A0A}"/>
     <hyperlink ref="L11" r:id="rId8" xr:uid="{B78E7919-4A58-464D-949A-32E3DF35C0A6}"/>
     <hyperlink ref="M11" r:id="rId9" xr:uid="{414DE520-2B2C-4092-8DC3-7A4AF20E2B26}"/>
     <hyperlink ref="N11" r:id="rId10" xr:uid="{DB2E1245-452C-4D7E-9E35-0A33D4AB4C8D}"/>
     <hyperlink ref="O11" r:id="rId11" xr:uid="{343F8754-2573-48FD-91CC-3A499C7F8BC8}"/>
     <hyperlink ref="P11" r:id="rId12" xr:uid="{B50E1338-18C7-458B-AE15-7575CB6EBCA2}"/>
     <hyperlink ref="Q11" r:id="rId13" xr:uid="{F6DDF3DB-317B-4B15-81A7-7521F3DB1888}"/>
     <hyperlink ref="R11" r:id="rId14" xr:uid="{DB888F98-A3BF-4EAA-AB95-725CE9D4DC88}"/>
     <hyperlink ref="T11" r:id="rId15" xr:uid="{9BF010A0-B4FA-4806-814F-C5A009B420E6}"/>
     <hyperlink ref="U11" r:id="rId16" xr:uid="{C750E1A4-74E3-426F-AFB8-E33B2C1B56AB}"/>
     <hyperlink ref="V11" r:id="rId17" xr:uid="{6ED9A0B8-BFEA-4323-B25E-4D342A82BCCF}"/>
     <hyperlink ref="W11" r:id="rId18" xr:uid="{F39A1977-3A92-48CC-8641-07554565F985}"/>
     <hyperlink ref="X11" r:id="rId19" xr:uid="{C9B148C9-BCE7-4ED0-B279-C5D0EB140A9B}"/>
-    <hyperlink ref="Y11" r:id="rId20" xr:uid="{2E1B2F8F-3CAC-4738-8B68-BAB79A660D4C}"/>
-[...15 lines deleted...]
-    <hyperlink ref="S11" r:id="rId36" xr:uid="{B99E8974-9B3F-4763-8D3A-D6B6218AF366}"/>
+    <hyperlink ref="Y11" r:id="rId20" xr:uid="{91434AB7-8F39-4059-8EDF-669F65156270}"/>
+    <hyperlink ref="Z11" r:id="rId21" xr:uid="{86368D53-DAA7-4734-864E-3C2474F8F928}"/>
+    <hyperlink ref="AA11" r:id="rId22" xr:uid="{7D1F8FE2-2787-4967-B26F-9DE37C002CD6}"/>
+    <hyperlink ref="AB11" r:id="rId23" xr:uid="{03449002-3856-4FB3-8BE2-9C1609FBA45A}"/>
+    <hyperlink ref="AC11" r:id="rId24" xr:uid="{EDEDDB72-D5DC-4295-873A-4467321BFC06}"/>
+    <hyperlink ref="AD11" r:id="rId25" xr:uid="{81D3510F-8FE0-48DA-98E7-C7455572465E}"/>
+    <hyperlink ref="AE11" r:id="rId26" xr:uid="{CA729DC8-E2AC-4FE5-9825-2B96087B9823}"/>
+    <hyperlink ref="AF11" r:id="rId27" xr:uid="{984D7B67-AABD-4CDC-A9EA-BD3446DAD797}"/>
+    <hyperlink ref="AH11" r:id="rId28" xr:uid="{E0AB8350-CEA3-4E33-8189-306731442AE9}"/>
+    <hyperlink ref="AI11" r:id="rId29" xr:uid="{1A180EED-1E33-4950-A385-9E298B938CEB}"/>
+    <hyperlink ref="AJ11" r:id="rId30" xr:uid="{FAA927E8-F169-4BCB-9B31-5060B2A9C21D}"/>
+    <hyperlink ref="AK11" r:id="rId31" xr:uid="{9C8B5A73-CF49-4751-9F94-DC705CA5EC8C}"/>
+    <hyperlink ref="AL11" r:id="rId32" xr:uid="{B39EC86B-6F26-4E1D-A7D3-0D5C4ABFE7DC}"/>
+    <hyperlink ref="AM11" r:id="rId33" xr:uid="{75CF8F89-A789-4147-9D05-EAF955D34240}"/>
+    <hyperlink ref="AN11" r:id="rId34" xr:uid="{AE848B28-A498-40AF-A178-A2D03401A7BD}"/>
+    <hyperlink ref="S11" r:id="rId35" xr:uid="{B99E8974-9B3F-4763-8D3A-D6B6218AF366}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
-  <pageSetup orientation="landscape" r:id="rId37"/>
+  <pageSetup orientation="landscape" r:id="rId36"/>
   <headerFooter>
     <oddFooter>&amp;R24-7475 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>