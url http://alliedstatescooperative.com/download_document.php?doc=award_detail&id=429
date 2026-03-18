--- v1 (2026-01-30)
+++ v2 (2026-03-18)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2024\24-7475 Guidance and Counseling, Mental Health Support, Intervention, and Therapy Services\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F7B22627-4A72-4B5C-9B93-C2F0FE171CAF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1FB50697-2328-495B-8BB4-D94CB74320A0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="460" uniqueCount="273">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="449" uniqueCount="267">
   <si>
     <t/>
   </si>
   <si>
     <t>Nancy Lugo Salas</t>
   </si>
   <si>
     <t>National Recruiting Consultants</t>
   </si>
   <si>
     <t>NEW STORY IDS LLC</t>
   </si>
   <si>
     <t>Pasitos Clinic, LLC</t>
   </si>
   <si>
     <t>Personal Growth and Healing Center, Inc (Maria Paez-Rios)</t>
   </si>
   <si>
     <t>Pinnacle Social Services, LLC</t>
   </si>
   <si>
     <t>Positive Behavior Supports Corp (Positive Behavior Supports)</t>
   </si>
   <si>
@@ -100,53 +100,50 @@
   <si>
     <t>El Paso SLI Sign Language Interpreters, LLC</t>
   </si>
   <si>
     <t>EL PASO SPEECH AND LANGUAGE SERVICE EXCELLENCE INC</t>
   </si>
   <si>
     <t>Epic Special Education Staffing (TherapyTravelers LLC &amp; 3Chords Inc)</t>
   </si>
   <si>
     <t>EUNICE MARTINEZ, LPC-S, LBSW. PLLC</t>
   </si>
   <si>
     <t>HealthPRO Pediatrics, LLC</t>
   </si>
   <si>
     <t>Holaya Ponce Acosta, PLLC</t>
   </si>
   <si>
     <t>Irma Gonzalez LPC</t>
   </si>
   <si>
     <t>Julia Pedregon</t>
   </si>
   <si>
-    <t>Vitanya Brain Performance Center (Strickland Health Products, LLC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Line #</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>QTY</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Percent discount off pricelist.</t>
   </si>
   <si>
     <t>Nancy Lugo</t>
   </si>
   <si>
     <t>Irma D. Gonzalez LPC</t>
   </si>
   <si>
     <t>John C Harre</t>
@@ -217,53 +214,50 @@
   <si>
     <t>KARIN DE LA FUENTE</t>
   </si>
   <si>
     <t>Carol Cheney, M.S., CCC-SLP</t>
   </si>
   <si>
     <t>Eunice Martinez</t>
   </si>
   <si>
     <t>Jennifer Ray</t>
   </si>
   <si>
     <t>Brett L. Selvidge</t>
   </si>
   <si>
     <t>Holaya Ponce Acosta</t>
   </si>
   <si>
     <t>Karina Hernandez</t>
   </si>
   <si>
     <t>Diana Parafiniuk</t>
   </si>
   <si>
-    <t>John Strickland</t>
-[...1 lines deleted...]
-  <si>
     <t>12253 Delacroix Dr. El Paso, TX 79936</t>
   </si>
   <si>
     <t>2810 Trinity Mills Ste 209-302 Carrollton, TX 75006</t>
   </si>
   <si>
     <t>2 Village Square Suite 210 Baltimore, MD 21210</t>
   </si>
   <si>
     <t>129 North Pennsylvania Ave, Greensburg, PA, 15601</t>
   </si>
   <si>
     <t>1418 Montana Ave El Paso, TX 79902</t>
   </si>
   <si>
     <t>530 Seventh Ave., Suite M1, New York, NY 10018</t>
   </si>
   <si>
     <t>109 S. Festival Dr. El Paso, TX 79912</t>
   </si>
   <si>
     <t>9440 Viscount Suite 117 El Paso Texas 79925</t>
   </si>
   <si>
     <t>2578 Broadway #607, New York, NY 10025</t>
@@ -295,53 +289,50 @@
   <si>
     <t>1307 WYOMING AVE EL PASO, TX 79902</t>
   </si>
   <si>
     <t>2041 Rosecrans Avenue, Suite 245, El Segundo, CA 90245</t>
   </si>
   <si>
     <t>3532 Hazeltime St, El Paso, Texas 79936</t>
   </si>
   <si>
     <t>2250 Hickory Rd Suite 240 Plymouth Meeting, PA 19462</t>
   </si>
   <si>
     <t>14219 Ranier Point El Paso TX 70038</t>
   </si>
   <si>
     <t>1851 Trawood Suite A, El Paso, TX 79935</t>
   </si>
   <si>
     <t>7511 Alpine Drive, El Paso, Texas 79915</t>
   </si>
   <si>
     <t>7362 Remcon Cir. #518 El Paso Texas 79912</t>
   </si>
   <si>
-    <t>1760 Airway Blvd., Ste 104, El Paso, TX 79925</t>
-[...1 lines deleted...]
-  <si>
     <t>chuck.harre@yahoo.com</t>
   </si>
   <si>
     <t>nlugo@lugotherapy.com</t>
   </si>
   <si>
     <t>smurphy@natlrecruiting.com</t>
   </si>
   <si>
     <t>tommy@oasisapp.com</t>
   </si>
   <si>
     <t>hilda.soriano@pasitosclinic.com</t>
   </si>
   <si>
     <t>pgahc@hotmail.com</t>
   </si>
   <si>
     <t>pinnacle@pinnacleelpaso.com</t>
   </si>
   <si>
     <t>npostma@teampbs.com</t>
   </si>
   <si>
     <t>elizabeth.mccomb@presence.com</t>
@@ -397,53 +388,50 @@
   <si>
     <t>eunice.martinez.pllc@hotmail.com</t>
   </si>
   <si>
     <t>jennifer.ray@ghresources.com</t>
   </si>
   <si>
     <t>brueda93@gmail.com</t>
   </si>
   <si>
     <t>pedsrfp@healthpropediatrics.com</t>
   </si>
   <si>
     <t>hpadjust@gmail.com</t>
   </si>
   <si>
     <t>icounsel@sbcglobal.net</t>
   </si>
   <si>
     <t>karina@mytherapyroom.com</t>
   </si>
   <si>
     <t>dianap@electronic-therapy.com</t>
   </si>
   <si>
-    <t>jstrickland@vitanya.com</t>
-[...1 lines deleted...]
-  <si>
     <t>(915) 222-0472</t>
   </si>
   <si>
     <t>(915) 525-3269</t>
   </si>
   <si>
     <t>(972) 330-4549</t>
   </si>
   <si>
     <t>(724) 252-4531</t>
   </si>
   <si>
     <t>(915) 307-7612</t>
   </si>
   <si>
     <t>(915) 373-5493</t>
   </si>
   <si>
     <t>(915) 351-4431</t>
   </si>
   <si>
     <t>(855) 773-3839</t>
   </si>
   <si>
     <t>(765) 914-5172</t>
@@ -493,53 +481,50 @@
   <si>
     <t>(888) 223-8002</t>
   </si>
   <si>
     <t>(915) 479-3249</t>
   </si>
   <si>
     <t>(484) 567-9470</t>
   </si>
   <si>
     <t>(915) 263-1070</t>
   </si>
   <si>
     <t>(918) 553-7551</t>
   </si>
   <si>
     <t>(915) 240-4135</t>
   </si>
   <si>
     <t>(915) 526-2300</t>
   </si>
   <si>
     <t>(915) 642-9170</t>
   </si>
   <si>
-    <t>(915) 603-3119</t>
-[...1 lines deleted...]
-  <si>
     <t>HTTP://www.2love1.org</t>
   </si>
   <si>
     <t>https://natlrecruiting.com</t>
   </si>
   <si>
     <t>https://www.newstory.com/</t>
   </si>
   <si>
     <t>HTTP://oasiseducation.com</t>
   </si>
   <si>
     <t>https://www.pinnacleelpaso.com</t>
   </si>
   <si>
     <t>https://www.teampbs.com/</t>
   </si>
   <si>
     <t>HTTP://www.presence.com</t>
   </si>
   <si>
     <t>HTTP://www.rgstg.com</t>
   </si>
   <si>
     <t>https://www.talkspace.com/</t>
@@ -574,53 +559,50 @@
   <si>
     <t>https://www.slielpaso.com/</t>
   </si>
   <si>
     <t>HTTP://epslse.com</t>
   </si>
   <si>
     <t>https://epicspecialeducationstaffing.com/</t>
   </si>
   <si>
     <t>HTTP://www.ghresources.com</t>
   </si>
   <si>
     <t>HTTP://healthpropediatrics.com</t>
   </si>
   <si>
     <t>HTTP://www.parentingclassestoday.com</t>
   </si>
   <si>
     <t>HTTP://www.mytherapyroom.com</t>
   </si>
   <si>
     <t>HTTP://www.electronic-therapy.com</t>
   </si>
   <si>
-    <t>HTTP://www.vitanya.com/el-paso</t>
-[...1 lines deleted...]
-  <si>
     <t>No</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>El Paso, Texas</t>
   </si>
   <si>
     <t>El Paso TX</t>
   </si>
   <si>
     <t>n/a</t>
   </si>
   <si>
     <t>Texas</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>N/A</t>
@@ -671,53 +653,50 @@
     <t>National</t>
   </si>
   <si>
     <t>All of Texas. We also have over a dozen affiliate offices regionalized in strategic areas that provide services throughout the nation.  These offices are located in:  PA, CA, AZ, MI, IL, CT, MA, NJ, MD, VA, GA, FL, and TN.</t>
   </si>
   <si>
     <t>Texas, Las Cruces New Mexico</t>
   </si>
   <si>
     <t>Licensed in Texas and New Mexico</t>
   </si>
   <si>
     <t>We are licensed and allowed to provide our services nationwide.</t>
   </si>
   <si>
     <t>AL, AZ, CA, CO, DE, FL, GA, HI, ID, IL, IN, KY, LA, MD, MI, MN, MO, NE, NM, NC, SC, OH, OK, PA, RI, TN, TX, VA, WA</t>
   </si>
   <si>
     <t>Texas and New Mexico</t>
   </si>
   <si>
     <t>State of Texas</t>
   </si>
   <si>
     <t>We can provide teletherapy services in all 50 states.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Texas and New Mexico as long as service area does not infringe on other franchise territories. Other states as long as we are not infringing on other franchise territories.</t>
   </si>
   <si>
     <t>Does the pricing as found on your pricelist/fee schedule already reflect the discount?</t>
   </si>
   <si>
     <t>Brenda Rueda</t>
   </si>
   <si>
     <t>Company Name…</t>
   </si>
   <si>
     <t>Company Contact…</t>
   </si>
   <si>
     <t>Company Address…</t>
   </si>
   <si>
     <t>Contact Email Address…</t>
   </si>
   <si>
     <t>Company Phone Number…</t>
   </si>
   <si>
     <t>Company Website…</t>
   </si>
@@ -986,50 +965,53 @@
   </si>
   <si>
     <t>*updated 8/21/25</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>1835 N Kirkwood Pl Arlington VA 22201</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve">
 8606 Grant St., Bethesda, MD 20817</t>
     </r>
   </si>
   <si>
     <t>*updated 12/11/2025</t>
+  </si>
+  <si>
+    <t>*updated 3/13/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1461,1373 +1443,1342 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Growth%20Counseling%20Center.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Lighthouse%20Therapy.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Pinnacle%20Social%20Services.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Candor%20Consulting.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/National%20Recruiting%20Consultants.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Vitanya%20Brain%20Performance%20Center.PDF" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/El%20Paso%20SLI%20Sign%20Language%20Interpreters.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/GHR%20Education.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Karina%20Hernandez.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Personal%20Growth%20and%20Healing.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/TX-STAR%20Speech%20Language.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Alboum%20Translation.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Julia%20Pedregon.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Updated%20Fee%20Schedule.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Sandra%20Garcia-Salcido.docx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/2ove1%2C%20LLC.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/El%20Paso%20Child%20Guidance%20Center.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Eunice%20Martinez.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Pasitos%20Clinic.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/The%20Stepping%20Stones%20Group.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Delta%20T%20Group.xlsx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Irma%20Gonzalez.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Oasis%20Mental%20Health.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Rio%20Grande%20Therapy%20Group.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/E-Therapy.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Loyal%20Source%20Government.xlsx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Talkspace.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Cook%20Center.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Epic%20Special%20Education.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/HealthPRO.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/New%20Story%20IDS.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Positive%20Behavior%20Supports.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Serene%20Life%20Family%20Counseling.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Holaya%20Ponce.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/El%20Paso%20Speech%20and%20Language%20Service%20Excellence.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Growth%20Counseling%20Center.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Lighthouse%20Therapy.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Pinnacle%20Social%20Services.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Candor%20Consulting.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/National%20Recruiting%20Consultants.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Holaya%20Ponce.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/El%20Paso%20SLI%20Sign%20Language%20Interpreters.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/GHR%20Education.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Karina%20Hernandez.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Personal%20Growth%20and%20Healing.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/TX-STAR%20Speech%20Language.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Alboum%20Translation.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Julia%20Pedregon.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Updated%20Fee%20Schedule.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Sandra%20Garcia-Salcido.docx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/2ove1%2C%20LLC.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/El%20Paso%20Child%20Guidance%20Center.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Eunice%20Martinez.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Pasitos%20Clinic.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/The%20Stepping%20Stones%20Group.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Delta%20T%20Group.xlsx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Irma%20Gonzalez.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Oasis%20Mental%20Health.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Rio%20Grande%20Therapy%20Group.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/E-Therapy.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Loyal%20Source%20Government.xlsx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Talkspace.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Cook%20Center.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Epic%20Special%20Education.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/HealthPRO.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/New%20Story%20IDS.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Positive%20Behavior%20Supports.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/Serene%20Life%20Family%20Counseling.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7475/El%20Paso%20Speech%20and%20Language%20Service%20Excellence.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="B1:AO14"/>
+  <dimension ref="B1:AN14"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight" activeCell="E3" sqref="E3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
     <col min="3" max="3" width="36" style="1" customWidth="1"/>
     <col min="4" max="4" width="6" style="1" customWidth="1"/>
-    <col min="5" max="40" width="30.7109375" style="1" customWidth="1"/>
-    <col min="41" max="16384" width="9.140625" style="1"/>
+    <col min="5" max="39" width="30.7109375" style="1" customWidth="1"/>
+    <col min="40" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:41" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:40" x14ac:dyDescent="0.25">
+      <c r="E1" s="1" t="s">
+        <v>266</v>
+      </c>
       <c r="F1" s="15" t="s">
-        <v>272</v>
+        <v>265</v>
       </c>
       <c r="M1" s="15"/>
       <c r="N1" s="6" t="s">
-        <v>262</v>
+        <v>255</v>
       </c>
       <c r="O1" s="15"/>
       <c r="P1" s="15"/>
       <c r="Q1" s="1" t="s">
-        <v>270</v>
+        <v>263</v>
       </c>
       <c r="R1" s="15"/>
       <c r="S1" s="17"/>
       <c r="U1" s="1" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="V1" s="1" t="s">
-        <v>253</v>
+        <v>246</v>
       </c>
       <c r="X1" s="15"/>
       <c r="Y1" s="1" t="s">
-        <v>252</v>
+        <v>245</v>
       </c>
       <c r="Z1" s="17" t="s">
-        <v>267</v>
+        <v>260</v>
       </c>
       <c r="AA1" s="1" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="AF1" s="17"/>
       <c r="AG1" s="15"/>
       <c r="AI1" s="17"/>
       <c r="AK1" s="15"/>
       <c r="AL1" s="1" t="s">
-        <v>269</v>
+        <v>262</v>
       </c>
       <c r="AM1" s="15"/>
-      <c r="AN1" s="15"/>
     </row>
-    <row r="2" spans="2:41" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:40" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="D2" s="10" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="E2" s="13" t="s">
-        <v>234</v>
+        <v>227</v>
       </c>
       <c r="F2" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H2" s="13" t="s">
         <v>15</v>
       </c>
       <c r="I2" s="13" t="s">
         <v>16</v>
       </c>
       <c r="J2" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K2" s="13" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="13" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="13" t="s">
         <v>20</v>
       </c>
       <c r="N2" s="13" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="O2" s="13" t="s">
         <v>21</v>
       </c>
       <c r="P2" s="13" t="s">
-        <v>250</v>
+        <v>243</v>
       </c>
       <c r="Q2" s="13" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="R2" s="13" t="s">
         <v>22</v>
       </c>
       <c r="S2" s="13" t="s">
         <v>23</v>
       </c>
       <c r="T2" s="13" t="s">
         <v>24</v>
       </c>
       <c r="U2" s="13" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="V2" s="13" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="W2" s="13" t="s">
         <v>12</v>
       </c>
       <c r="X2" s="13" t="s">
-        <v>239</v>
+        <v>232</v>
       </c>
       <c r="Y2" s="13" t="s">
         <v>1</v>
       </c>
       <c r="Z2" s="13" t="s">
         <v>2</v>
       </c>
       <c r="AA2" s="13" t="s">
         <v>3</v>
       </c>
       <c r="AB2" s="13" t="s">
-        <v>240</v>
+        <v>233</v>
       </c>
       <c r="AC2" s="13" t="s">
         <v>4</v>
       </c>
       <c r="AD2" s="13" t="s">
         <v>5</v>
       </c>
       <c r="AE2" s="13" t="s">
         <v>6</v>
       </c>
       <c r="AF2" s="13" t="s">
         <v>7</v>
       </c>
       <c r="AG2" s="13" t="s">
         <v>8</v>
       </c>
       <c r="AH2" s="13" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="AI2" s="13" t="s">
         <v>9</v>
       </c>
       <c r="AJ2" s="13" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="AK2" s="13" t="s">
-        <v>251</v>
+        <v>244</v>
       </c>
       <c r="AL2" s="13" t="s">
         <v>10</v>
       </c>
       <c r="AM2" s="13" t="s">
         <v>11</v>
       </c>
-      <c r="AN2" s="13" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
-    <row r="3" spans="2:41" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:40" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="D3" s="11" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F3" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G3" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="G3" s="5" t="s">
+      <c r="H3" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="H3" s="5" t="s">
+      <c r="I3" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="J3" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="K3" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="K3" s="5" t="s">
+      <c r="L3" s="5" t="s">
         <v>56</v>
       </c>
-      <c r="L3" s="5" t="s">
+      <c r="M3" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="M3" s="5" t="s">
+      <c r="N3" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="O3" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="N3" s="5" t="s">
-[...2 lines deleted...]
-      <c r="O3" s="5" t="s">
+      <c r="P3" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="P3" s="5" t="s">
+      <c r="Q3" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="R3" s="5" t="s">
         <v>60</v>
       </c>
-      <c r="Q3" s="5" t="s">
-[...2 lines deleted...]
-      <c r="R3" s="5" t="s">
+      <c r="S3" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="S3" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T3" s="5" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="U3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="V3" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="W3" s="5" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X3" s="5" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="Y3" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="Z3" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA3" s="16" t="s">
+        <v>257</v>
+      </c>
+      <c r="AB3" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="AA3" s="16" t="s">
+      <c r="AC3" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD3" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE3" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="AF3" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AG3" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="AH3" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="AI3" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="AJ3" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="AK3" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="AL3" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="AM3" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="4" spans="2:40" s="6" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="D4" s="11" t="s">
+        <v>215</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="F4" s="16" t="s">
         <v>264</v>
       </c>
-      <c r="AB3" s="5" t="s">
-[...35 lines deleted...]
-      <c r="AN3" s="5" t="s">
+      <c r="G4" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="J4" s="16" t="s">
+        <v>228</v>
+      </c>
+      <c r="K4" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="L4" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="N4" s="16" t="s">
+        <v>253</v>
+      </c>
+      <c r="O4" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="P4" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="Q4" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="R4" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="S4" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="T4" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="U4" s="16" t="s">
+        <v>249</v>
+      </c>
+      <c r="V4" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="W4" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="X4" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="Y4" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="Z4" s="5" t="s">
         <v>65</v>
       </c>
+      <c r="AA4" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB4" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="AC4" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="AD4" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="AE4" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="AF4" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="AG4" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="AH4" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="AI4" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="AJ4" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="AK4" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="AL4" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="AM4" s="5" t="s">
+        <v>74</v>
+      </c>
     </row>
-    <row r="4" spans="2:41" s="6" customFormat="1" ht="60" x14ac:dyDescent="0.25">
-      <c r="D4" s="11" t="s">
+    <row r="5" spans="2:40" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="D5" s="11" t="s">
+        <v>216</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="G5" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="J5" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="K5" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="L5" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="M5" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="N5" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="O5" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="P5" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q5" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="R5" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="S5" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="T5" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="U5" s="16" t="s">
+        <v>250</v>
+      </c>
+      <c r="V5" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="W5" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="X5" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="Y5" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="Z5" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="AA5" s="16" t="s">
+        <v>258</v>
+      </c>
+      <c r="AB5" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="AC5" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="AD5" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="AE5" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="AF5" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG5" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="AH5" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="AI5" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="AJ5" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="AK5" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="AL5" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="AM5" s="5" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="6" spans="2:40" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="D6" s="11" t="s">
+        <v>217</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="G6" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="J6" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="K6" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="L6" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="M6" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="N6" s="16" t="s">
+        <v>254</v>
+      </c>
+      <c r="O6" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="P6" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="Q6" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="R6" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="S6" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="T6" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="U6" s="16" t="s">
+        <v>251</v>
+      </c>
+      <c r="V6" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="W6" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="X6" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="Y6" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="Z6" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="AA6" s="16" t="s">
+        <v>259</v>
+      </c>
+      <c r="AB6" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="AC6" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD6" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="AE6" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="AF6" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="AG6" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="AH6" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="AI6" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="AJ6" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="AK6" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="AL6" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="AM6" s="5" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="7" spans="2:40" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="D7" s="11" t="s">
+        <v>218</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="G7" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="J7" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="K7" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="L7" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="M7" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="N7" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="O7" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="P7" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="Q7" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="R7" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="S7" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="T7" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="U7" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="V7" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="W7" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="X7" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="Y7" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="Z7" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="AA7" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="AB7" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="AC7" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="AD7" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="AE7" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="AF7" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="AG7" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="AH7" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="AI7" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="AJ7" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="AK7" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="AL7" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="AM7" s="5" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="8" spans="2:40" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D8" s="11" t="s">
+        <v>219</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="J8" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="K8" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="L8" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="M8" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="N8" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="O8" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="P8" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="Q8" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="R8" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="S8" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="T8" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="U8" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="V8" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="W8" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="X8" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="Y8" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="Z8" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="AA8" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="AB8" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="AC8" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="AD8" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="AE8" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="AF8" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="AG8" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="AH8" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="AI8" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="AJ8" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="AK8" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="AL8" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="AM8" s="5" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="9" spans="2:40" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D9" s="11" t="s">
+        <v>220</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="G9" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="K9" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="L9" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="M9" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="N9" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="O9" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="P9" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="Q9" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="R9" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="S9" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="T9" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="U9" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="V9" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="W9" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="X9" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="Y9" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="Z9" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="AA9" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="AB9" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="AC9" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="AD9" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="AE9" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="AF9" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="AG9" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="AH9" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="AI9" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="AJ9" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="AK9" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="AL9" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="AM9" s="5" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="10" spans="2:40" s="6" customFormat="1" ht="165" x14ac:dyDescent="0.25">
+      <c r="D10" s="11" t="s">
+        <v>221</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="G10" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="J10" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="K10" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="L10" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="M10" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="N10" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="O10" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="P10" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="Q10" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="R10" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="S10" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="T10" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="U10" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="V10" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="W10" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="X10" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="Y10" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="Z10" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="AA10" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="AB10" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="AC10" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="AD10" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="AE10" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="AF10" s="16" t="s">
+        <v>241</v>
+      </c>
+      <c r="AG10" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="AH10" s="5" t="s">
+        <v>198</v>
+      </c>
+      <c r="AI10" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="AJ10" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="AK10" s="5" t="s">
+        <v>224</v>
+      </c>
+      <c r="AL10" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="AM10" s="5" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="11" spans="2:40" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="D11" s="12" t="s">
         <v>222</v>
       </c>
-      <c r="E4" s="5" t="s">
-[...38 lines deleted...]
-      <c r="R4" s="5" t="s">
+      <c r="E11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="F11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="G11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="H11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="I11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="J11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="K11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="L11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="M11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="N11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="O11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="P11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="Q11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="R11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="S11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="T11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="U11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="V11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="W11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="X11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="Y11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="Z11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="AA11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="AB11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="AC11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="AD11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="AE11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="AF11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="AG11" s="13" t="s">
         <v>237</v>
       </c>
-      <c r="S4" s="5" t="s">
-[...63 lines deleted...]
-        <v>91</v>
+      <c r="AH11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="AI11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="AJ11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="AK11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="AL11" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="AM11" s="18" t="s">
+        <v>223</v>
       </c>
     </row>
-    <row r="5" spans="2:41" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
-[...109 lines deleted...]
-        <v>125</v>
+    <row r="12" spans="2:40" x14ac:dyDescent="0.25">
+      <c r="B12" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="F12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="G12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="H12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="I12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="J12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="K12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="L12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="M12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="N12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="O12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="P12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="R12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="S12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="T12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="U12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="V12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="W12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="X12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="AB12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="AC12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="AD12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="AE12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="AF12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="AG12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="AH12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="AI12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="AJ12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="AK12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="AL12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="AM12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="AN12" s="3" t="s">
+        <v>0</v>
       </c>
     </row>
-    <row r="6" spans="2:41" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
-[...687 lines deleted...]
-      <c r="E12" s="7" t="s">
+    <row r="13" spans="2:40" x14ac:dyDescent="0.25">
+      <c r="B13" s="4" t="s">
         <v>30</v>
       </c>
-      <c r="F12" s="7" t="s">
-[...109 lines deleted...]
-      <c r="B13" s="4" t="s">
+      <c r="C13" s="5" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="D13" s="5">
         <v>1</v>
       </c>
       <c r="E13" s="8">
         <v>2.5000000000000001E-3</v>
       </c>
       <c r="F13" s="8">
         <v>0.05</v>
       </c>
       <c r="G13" s="8">
         <v>0.05</v>
       </c>
       <c r="H13" s="8">
         <v>0</v>
       </c>
       <c r="I13" s="8">
         <v>0</v>
       </c>
       <c r="J13" s="8">
         <v>0</v>
       </c>
       <c r="K13" s="8">
         <v>0</v>
       </c>
@@ -2893,216 +2844,209 @@
       </c>
       <c r="AF13" s="8">
         <v>0</v>
       </c>
       <c r="AG13" s="8">
         <v>0</v>
       </c>
       <c r="AH13" s="8">
         <v>0</v>
       </c>
       <c r="AI13" s="8">
         <v>0</v>
       </c>
       <c r="AJ13" s="8">
         <v>0</v>
       </c>
       <c r="AK13" s="8">
         <v>0</v>
       </c>
       <c r="AL13" s="8">
         <v>0</v>
       </c>
       <c r="AM13" s="8">
         <v>0</v>
       </c>
-      <c r="AN13" s="8">
-[...1 lines deleted...]
-      </c>
     </row>
-    <row r="14" spans="2:41" ht="45" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:40" ht="45" x14ac:dyDescent="0.25">
       <c r="B14" s="14" t="s">
         <v>0</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>218</v>
+        <v>211</v>
       </c>
       <c r="D14" s="14" t="s">
         <v>0</v>
       </c>
       <c r="E14" s="9" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="F14" s="9" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="G14" s="9" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="H14" s="9" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="I14" s="9" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="J14" s="9" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="K14" s="9" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="L14" s="9" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="M14" s="9" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="N14" s="9" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="O14" s="9" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="P14" s="9" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="Q14" s="9" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="R14" s="9" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="S14" s="9" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="T14" s="9" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="U14" s="9" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="V14" s="9" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="W14" s="9" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="X14" s="9" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="Y14" s="9" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="Z14" s="9" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="AA14" s="9" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="AB14" s="9" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="AC14" s="9" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="AD14" s="9" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="AE14" s="9" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="AF14" s="9" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="AG14" s="9" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="AH14" s="9" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="AI14" s="9" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="AJ14" s="9" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="AK14" s="9" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="AL14" s="9" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="AM14" s="9" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>186</v>
+        <v>180</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:AN14">
-    <sortCondition ref="E2:AN2"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:AM14">
+    <sortCondition ref="E2:AM2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="E11" r:id="rId1" xr:uid="{6D351850-C51C-41E8-8DE0-707AA43BDFAD}"/>
     <hyperlink ref="F11" r:id="rId2" xr:uid="{A375FAA0-78AE-46D1-8AAF-8E2CEDE1D8FF}"/>
     <hyperlink ref="G11" r:id="rId3" xr:uid="{0F8C6A99-7BE1-4700-A79B-DE39F0BCB31E}"/>
     <hyperlink ref="H11" r:id="rId4" xr:uid="{86BAA335-1DC2-419B-B599-6603F077A355}"/>
     <hyperlink ref="I11" r:id="rId5" xr:uid="{EBEC4313-653F-4EE7-B0C7-112F92A431EF}"/>
     <hyperlink ref="J11" r:id="rId6" xr:uid="{45E7DD6F-9FF9-4342-9BBF-F1F46441D2D8}"/>
     <hyperlink ref="K11" r:id="rId7" xr:uid="{B23B6DD2-EC1E-4D34-8461-4CEA17081A0A}"/>
     <hyperlink ref="L11" r:id="rId8" xr:uid="{B78E7919-4A58-464D-949A-32E3DF35C0A6}"/>
     <hyperlink ref="M11" r:id="rId9" xr:uid="{414DE520-2B2C-4092-8DC3-7A4AF20E2B26}"/>
     <hyperlink ref="N11" r:id="rId10" xr:uid="{DB2E1245-452C-4D7E-9E35-0A33D4AB4C8D}"/>
     <hyperlink ref="O11" r:id="rId11" xr:uid="{343F8754-2573-48FD-91CC-3A499C7F8BC8}"/>
     <hyperlink ref="P11" r:id="rId12" xr:uid="{B50E1338-18C7-458B-AE15-7575CB6EBCA2}"/>
     <hyperlink ref="Q11" r:id="rId13" xr:uid="{F6DDF3DB-317B-4B15-81A7-7521F3DB1888}"/>
     <hyperlink ref="R11" r:id="rId14" xr:uid="{DB888F98-A3BF-4EAA-AB95-725CE9D4DC88}"/>
     <hyperlink ref="T11" r:id="rId15" xr:uid="{9BF010A0-B4FA-4806-814F-C5A009B420E6}"/>
     <hyperlink ref="U11" r:id="rId16" xr:uid="{C750E1A4-74E3-426F-AFB8-E33B2C1B56AB}"/>
     <hyperlink ref="V11" r:id="rId17" xr:uid="{6ED9A0B8-BFEA-4323-B25E-4D342A82BCCF}"/>
     <hyperlink ref="W11" r:id="rId18" xr:uid="{F39A1977-3A92-48CC-8641-07554565F985}"/>
     <hyperlink ref="X11" r:id="rId19" xr:uid="{C9B148C9-BCE7-4ED0-B279-C5D0EB140A9B}"/>
     <hyperlink ref="Y11" r:id="rId20" xr:uid="{91434AB7-8F39-4059-8EDF-669F65156270}"/>
     <hyperlink ref="Z11" r:id="rId21" xr:uid="{86368D53-DAA7-4734-864E-3C2474F8F928}"/>
     <hyperlink ref="AA11" r:id="rId22" xr:uid="{7D1F8FE2-2787-4967-B26F-9DE37C002CD6}"/>
     <hyperlink ref="AB11" r:id="rId23" xr:uid="{03449002-3856-4FB3-8BE2-9C1609FBA45A}"/>
     <hyperlink ref="AC11" r:id="rId24" xr:uid="{EDEDDB72-D5DC-4295-873A-4467321BFC06}"/>
     <hyperlink ref="AD11" r:id="rId25" xr:uid="{81D3510F-8FE0-48DA-98E7-C7455572465E}"/>
     <hyperlink ref="AE11" r:id="rId26" xr:uid="{CA729DC8-E2AC-4FE5-9825-2B96087B9823}"/>
     <hyperlink ref="AF11" r:id="rId27" xr:uid="{984D7B67-AABD-4CDC-A9EA-BD3446DAD797}"/>
     <hyperlink ref="AH11" r:id="rId28" xr:uid="{E0AB8350-CEA3-4E33-8189-306731442AE9}"/>
     <hyperlink ref="AI11" r:id="rId29" xr:uid="{1A180EED-1E33-4950-A385-9E298B938CEB}"/>
     <hyperlink ref="AJ11" r:id="rId30" xr:uid="{FAA927E8-F169-4BCB-9B31-5060B2A9C21D}"/>
     <hyperlink ref="AK11" r:id="rId31" xr:uid="{9C8B5A73-CF49-4751-9F94-DC705CA5EC8C}"/>
     <hyperlink ref="AL11" r:id="rId32" xr:uid="{B39EC86B-6F26-4E1D-A7D3-0D5C4ABFE7DC}"/>
     <hyperlink ref="AM11" r:id="rId33" xr:uid="{75CF8F89-A789-4147-9D05-EAF955D34240}"/>
-    <hyperlink ref="AN11" r:id="rId34" xr:uid="{AE848B28-A498-40AF-A178-A2D03401A7BD}"/>
-    <hyperlink ref="S11" r:id="rId35" xr:uid="{B99E8974-9B3F-4763-8D3A-D6B6218AF366}"/>
+    <hyperlink ref="S11" r:id="rId34" xr:uid="{B99E8974-9B3F-4763-8D3A-D6B6218AF366}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
-  <pageSetup orientation="landscape" r:id="rId36"/>
+  <pageSetup orientation="landscape" r:id="rId35"/>
   <headerFooter>
     <oddFooter>&amp;R24-7475 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>