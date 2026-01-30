--- v0 (2025-10-21)
+++ v1 (2026-01-30)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2024\24-7474 Consulting, Instructional, and Training Resources\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{03542DE6-D41A-4CCD-AC39-D5AAD978A075}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D11FE0B6-B36B-47E6-9C40-6B8A05342623}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId1"/>
     <sheet name="Lines" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -4375,53 +4375,50 @@
     <t>*updated 9/10/24, 4/4/25</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>CompTIA (The Computing Technology Industry Association, Inc)</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> CompTIA, Inc.</t>
     </r>
   </si>
   <si>
     <t>*updated 7/1/2024, 4/4/25</t>
   </si>
   <si>
-    <t>*updated 4/29/25</t>
-[...1 lines deleted...]
-  <si>
     <t>*updated 6/18/24, 5/6/25</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>13091 Pond Springs Road, Suite 300, Austin, Texas 78729</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> PO Box 200579 Austin, TX 78720</t>
     </r>
   </si>
   <si>
     <t>*updated 5/30/24, 5/15/25</t>
   </si>
   <si>
@@ -4737,50 +4734,53 @@
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve"> 2845</t>
     </r>
   </si>
   <si>
     <r>
       <t>Yes -</t>
     </r>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Alfie Perrin - aperrin@hatchearlylearning.com - 800-624-7968 ext. 1125</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve"> contact listed above</t>
     </r>
+  </si>
+  <si>
+    <t>*updated 4/29/25, 12/17/25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
     <numFmt numFmtId="165" formatCode="\$###,###,##0.00####"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -8571,147 +8571,147 @@
     <col min="2" max="2" width="8" style="13" customWidth="1"/>
     <col min="3" max="3" width="36" style="13" customWidth="1"/>
     <col min="4" max="4" width="6" style="13" customWidth="1"/>
     <col min="5" max="136" width="30.7109375" style="13" customWidth="1"/>
     <col min="137" max="16384" width="9.140625" style="13"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:137" ht="30" x14ac:dyDescent="0.25">
       <c r="E1" s="26"/>
       <c r="G1" s="26"/>
       <c r="H1" s="26" t="s">
         <v>1312</v>
       </c>
       <c r="I1" s="28"/>
       <c r="J1" s="31" t="s">
         <v>1311</v>
       </c>
       <c r="L1" s="13" t="s">
         <v>1325</v>
       </c>
       <c r="M1" s="28"/>
       <c r="O1" s="31" t="s">
         <v>1327</v>
       </c>
       <c r="P1" s="28" t="s">
-        <v>1338</v>
+        <v>1337</v>
       </c>
       <c r="R1" s="26"/>
       <c r="U1" s="26"/>
       <c r="Y1" s="26" t="s">
+        <v>1352</v>
+      </c>
+      <c r="AC1" s="28" t="s">
         <v>1353</v>
-      </c>
-[...1 lines deleted...]
-        <v>1354</v>
       </c>
       <c r="AD1" s="28" t="s">
         <v>1318</v>
       </c>
       <c r="AE1" s="31" t="s">
         <v>1301</v>
       </c>
       <c r="AF1" s="13" t="s">
         <v>1331</v>
       </c>
       <c r="AG1" s="26"/>
       <c r="AH1" s="26"/>
       <c r="AJ1" s="28" t="s">
-        <v>1335</v>
+        <v>1334</v>
       </c>
       <c r="AK1" s="26"/>
       <c r="AL1" s="13" t="s">
         <v>1329</v>
       </c>
       <c r="AN1" s="26" t="s">
         <v>1319</v>
       </c>
       <c r="AQ1" s="26"/>
       <c r="AR1" s="31" t="s">
         <v>1301</v>
       </c>
       <c r="AT1" s="26"/>
       <c r="AU1" s="26" t="s">
-        <v>1351</v>
+        <v>1350</v>
       </c>
       <c r="AX1" s="27"/>
       <c r="AZ1" s="26"/>
       <c r="BE1" s="26"/>
       <c r="BH1" s="26"/>
       <c r="BI1" s="28"/>
       <c r="BK1" s="13" t="s">
         <v>1301</v>
       </c>
       <c r="BL1" s="26"/>
       <c r="BM1" s="13" t="s">
         <v>1330</v>
       </c>
       <c r="BQ1" s="26"/>
       <c r="BR1" s="28" t="s">
         <v>1305</v>
       </c>
       <c r="BU1" s="26"/>
       <c r="BX1" s="13" t="s">
         <v>1291</v>
       </c>
       <c r="CF1" s="28" t="s">
-        <v>1350</v>
+        <v>1349</v>
       </c>
       <c r="CG1" s="26"/>
       <c r="CH1" s="26" t="s">
         <v>1313</v>
       </c>
       <c r="CI1" s="26"/>
       <c r="CK1" s="26"/>
       <c r="CO1" s="26"/>
       <c r="CP1" s="31" t="s">
         <v>1301</v>
       </c>
       <c r="CR1" s="13" t="s">
         <v>1328</v>
       </c>
       <c r="CS1" s="26"/>
       <c r="CT1" s="26"/>
       <c r="CU1" s="28"/>
       <c r="CV1" s="28"/>
       <c r="CY1" s="28"/>
       <c r="CZ1" s="26"/>
       <c r="DA1" s="26"/>
       <c r="DB1" s="28"/>
       <c r="DF1" s="28" t="s">
-        <v>1337</v>
+        <v>1336</v>
       </c>
       <c r="DJ1" s="26"/>
       <c r="DL1" s="28" t="s">
-        <v>1339</v>
+        <v>1338</v>
       </c>
       <c r="DN1" s="28"/>
       <c r="DP1" s="26" t="s">
-        <v>1340</v>
+        <v>1339</v>
       </c>
       <c r="DR1" s="28"/>
       <c r="DS1" s="13" t="s">
-        <v>1334</v>
+        <v>1362</v>
       </c>
       <c r="DT1" s="31"/>
       <c r="DU1" s="42" t="s">
         <v>1333</v>
       </c>
       <c r="DV1" s="28"/>
       <c r="DW1" s="28" t="s">
         <v>1307</v>
       </c>
       <c r="DX1" s="26"/>
       <c r="EA1" s="26" t="s">
         <v>1304</v>
       </c>
       <c r="ED1" s="26"/>
       <c r="EE1" s="28"/>
     </row>
     <row r="2" spans="2:137" s="25" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="B2" s="31"/>
       <c r="C2" s="31"/>
       <c r="D2" s="22" t="s">
         <v>477</v>
       </c>
       <c r="E2" s="29" t="s">
         <v>478</v>
       </c>
@@ -8928,51 +8928,51 @@
       <c r="BX2" s="29" t="s">
         <v>112</v>
       </c>
       <c r="BY2" s="29" t="s">
         <v>116</v>
       </c>
       <c r="BZ2" s="29" t="s">
         <v>119</v>
       </c>
       <c r="CA2" s="29" t="s">
         <v>122</v>
       </c>
       <c r="CB2" s="29" t="s">
         <v>124</v>
       </c>
       <c r="CC2" s="29" t="s">
         <v>129</v>
       </c>
       <c r="CD2" s="29" t="s">
         <v>133</v>
       </c>
       <c r="CE2" s="29" t="s">
         <v>138</v>
       </c>
       <c r="CF2" s="29" t="s">
-        <v>1349</v>
+        <v>1348</v>
       </c>
       <c r="CG2" s="29" t="s">
         <v>141</v>
       </c>
       <c r="CH2" s="29" t="s">
         <v>1314</v>
       </c>
       <c r="CI2" s="29" t="s">
         <v>34</v>
       </c>
       <c r="CJ2" s="29" t="s">
         <v>38</v>
       </c>
       <c r="CK2" s="29" t="s">
         <v>42</v>
       </c>
       <c r="CL2" s="29" t="s">
         <v>45</v>
       </c>
       <c r="CM2" s="29" t="s">
         <v>48</v>
       </c>
       <c r="CN2" s="29" t="s">
         <v>52</v>
       </c>
@@ -9036,51 +9036,51 @@
       <c r="DH2" s="29" t="s">
         <v>225</v>
       </c>
       <c r="DI2" s="29" t="s">
         <v>229</v>
       </c>
       <c r="DJ2" s="29" t="s">
         <v>501</v>
       </c>
       <c r="DK2" s="29" t="s">
         <v>502</v>
       </c>
       <c r="DL2" s="29" t="s">
         <v>239</v>
       </c>
       <c r="DM2" s="29" t="s">
         <v>242</v>
       </c>
       <c r="DN2" s="29" t="s">
         <v>245</v>
       </c>
       <c r="DO2" s="29" t="s">
         <v>248</v>
       </c>
       <c r="DP2" s="29" t="s">
-        <v>1341</v>
+        <v>1340</v>
       </c>
       <c r="DQ2" s="29" t="s">
         <v>251</v>
       </c>
       <c r="DR2" s="29" t="s">
         <v>205</v>
       </c>
       <c r="DS2" s="29" t="s">
         <v>199</v>
       </c>
       <c r="DT2" s="29" t="s">
         <v>158</v>
       </c>
       <c r="DU2" s="29" t="s">
         <v>1283</v>
       </c>
       <c r="DV2" s="29" t="s">
         <v>162</v>
       </c>
       <c r="DW2" s="29" t="s">
         <v>503</v>
       </c>
       <c r="DX2" s="29" t="s">
         <v>169</v>
       </c>
@@ -9165,51 +9165,51 @@
       <c r="U3" s="17" t="s">
         <v>1293</v>
       </c>
       <c r="V3" s="17" t="s">
         <v>522</v>
       </c>
       <c r="W3" s="17" t="s">
         <v>523</v>
       </c>
       <c r="X3" s="17" t="s">
         <v>524</v>
       </c>
       <c r="Y3" s="17" t="s">
         <v>525</v>
       </c>
       <c r="Z3" s="17" t="s">
         <v>526</v>
       </c>
       <c r="AA3" s="17" t="s">
         <v>527</v>
       </c>
       <c r="AB3" s="17" t="s">
         <v>528</v>
       </c>
       <c r="AC3" s="30" t="s">
-        <v>1355</v>
+        <v>1354</v>
       </c>
       <c r="AD3" s="30" t="s">
         <v>1316</v>
       </c>
       <c r="AE3" s="17" t="s">
         <v>529</v>
       </c>
       <c r="AF3" s="17" t="s">
         <v>530</v>
       </c>
       <c r="AG3" s="17" t="s">
         <v>531</v>
       </c>
       <c r="AH3" s="17" t="s">
         <v>532</v>
       </c>
       <c r="AI3" s="17" t="s">
         <v>533</v>
       </c>
       <c r="AJ3" s="17" t="s">
         <v>534</v>
       </c>
       <c r="AK3" s="17" t="s">
         <v>555</v>
       </c>
@@ -9258,51 +9258,51 @@
       <c r="AZ3" s="17" t="s">
         <v>547</v>
       </c>
       <c r="BA3" s="17" t="s">
         <v>548</v>
       </c>
       <c r="BB3" s="17" t="s">
         <v>549</v>
       </c>
       <c r="BC3" s="17" t="s">
         <v>550</v>
       </c>
       <c r="BD3" s="17" t="s">
         <v>551</v>
       </c>
       <c r="BE3" s="17" t="s">
         <v>552</v>
       </c>
       <c r="BF3" s="17" t="s">
         <v>553</v>
       </c>
       <c r="BG3" s="17" t="s">
         <v>554</v>
       </c>
       <c r="BH3" s="30" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="BI3" s="17" t="s">
         <v>556</v>
       </c>
       <c r="BJ3" s="17" t="s">
         <v>557</v>
       </c>
       <c r="BK3" s="17" t="s">
         <v>558</v>
       </c>
       <c r="BL3" s="17" t="s">
         <v>559</v>
       </c>
       <c r="BM3" s="17" t="s">
         <v>560</v>
       </c>
       <c r="BN3" s="17" t="s">
         <v>561</v>
       </c>
       <c r="BO3" s="17" t="s">
         <v>562</v>
       </c>
       <c r="BP3" s="17" t="s">
         <v>563</v>
       </c>
@@ -9330,51 +9330,51 @@
       <c r="BX3" s="17" t="s">
         <v>571</v>
       </c>
       <c r="BY3" s="17" t="s">
         <v>572</v>
       </c>
       <c r="BZ3" s="17" t="s">
         <v>513</v>
       </c>
       <c r="CA3" s="17" t="s">
         <v>573</v>
       </c>
       <c r="CB3" s="17" t="s">
         <v>574</v>
       </c>
       <c r="CC3" s="17" t="s">
         <v>575</v>
       </c>
       <c r="CD3" s="17" t="s">
         <v>576</v>
       </c>
       <c r="CE3" s="17" t="s">
         <v>577</v>
       </c>
       <c r="CF3" s="30" t="s">
-        <v>1346</v>
+        <v>1345</v>
       </c>
       <c r="CG3" s="17" t="s">
         <v>1289</v>
       </c>
       <c r="CH3" s="17" t="s">
         <v>578</v>
       </c>
       <c r="CI3" s="17" t="s">
         <v>579</v>
       </c>
       <c r="CJ3" s="17" t="s">
         <v>580</v>
       </c>
       <c r="CK3" s="17" t="s">
         <v>581</v>
       </c>
       <c r="CL3" s="17" t="s">
         <v>582</v>
       </c>
       <c r="CM3" s="17" t="s">
         <v>583</v>
       </c>
       <c r="CN3" s="17" t="s">
         <v>584</v>
       </c>
@@ -9566,51 +9566,51 @@
       <c r="U4" s="17" t="s">
         <v>1294</v>
       </c>
       <c r="V4" s="17" t="s">
         <v>642</v>
       </c>
       <c r="W4" s="17" t="s">
         <v>643</v>
       </c>
       <c r="X4" s="17" t="s">
         <v>644</v>
       </c>
       <c r="Y4" s="17" t="s">
         <v>645</v>
       </c>
       <c r="Z4" s="17" t="s">
         <v>646</v>
       </c>
       <c r="AA4" s="17" t="s">
         <v>647</v>
       </c>
       <c r="AB4" s="17" t="s">
         <v>648</v>
       </c>
       <c r="AC4" s="30" t="s">
-        <v>1356</v>
+        <v>1355</v>
       </c>
       <c r="AD4" s="17" t="s">
         <v>649</v>
       </c>
       <c r="AE4" s="17" t="s">
         <v>650</v>
       </c>
       <c r="AF4" s="17" t="s">
         <v>651</v>
       </c>
       <c r="AG4" s="17" t="s">
         <v>1287</v>
       </c>
       <c r="AH4" s="17" t="s">
         <v>652</v>
       </c>
       <c r="AI4" s="17" t="s">
         <v>653</v>
       </c>
       <c r="AJ4" s="17" t="s">
         <v>654</v>
       </c>
       <c r="AK4" s="17" t="s">
         <v>675</v>
       </c>
@@ -9620,51 +9620,51 @@
       <c r="AM4" s="17" t="s">
         <v>648</v>
       </c>
       <c r="AN4" s="30" t="s">
         <v>1322</v>
       </c>
       <c r="AO4" s="17" t="s">
         <v>656</v>
       </c>
       <c r="AP4" s="17" t="s">
         <v>657</v>
       </c>
       <c r="AQ4" s="17" t="s">
         <v>658</v>
       </c>
       <c r="AR4" s="17" t="s">
         <v>659</v>
       </c>
       <c r="AS4" s="17" t="s">
         <v>660</v>
       </c>
       <c r="AT4" s="17" t="s">
         <v>661</v>
       </c>
       <c r="AU4" s="30" t="s">
-        <v>1352</v>
+        <v>1351</v>
       </c>
       <c r="AV4" s="17" t="s">
         <v>662</v>
       </c>
       <c r="AW4" s="17" t="s">
         <v>663</v>
       </c>
       <c r="AX4" s="17" t="s">
         <v>664</v>
       </c>
       <c r="AY4" s="17" t="s">
         <v>665</v>
       </c>
       <c r="AZ4" s="17" t="s">
         <v>666</v>
       </c>
       <c r="BA4" s="17" t="s">
         <v>667</v>
       </c>
       <c r="BB4" s="17" t="s">
         <v>668</v>
       </c>
       <c r="BC4" s="17" t="s">
         <v>669</v>
       </c>
@@ -9809,81 +9809,81 @@
       <c r="CX4" s="17" t="s">
         <v>713</v>
       </c>
       <c r="CY4" s="17" t="s">
         <v>714</v>
       </c>
       <c r="CZ4" s="17" t="s">
         <v>715</v>
       </c>
       <c r="DA4" s="17" t="s">
         <v>716</v>
       </c>
       <c r="DB4" s="17" t="s">
         <v>717</v>
       </c>
       <c r="DC4" s="17" t="s">
         <v>718</v>
       </c>
       <c r="DD4" s="17" t="s">
         <v>719</v>
       </c>
       <c r="DE4" s="17" t="s">
         <v>720</v>
       </c>
       <c r="DF4" s="30" t="s">
-        <v>1336</v>
+        <v>1335</v>
       </c>
       <c r="DG4" s="17" t="s">
         <v>721</v>
       </c>
       <c r="DH4" s="17" t="s">
         <v>722</v>
       </c>
       <c r="DI4" s="17" t="s">
         <v>723</v>
       </c>
       <c r="DJ4" s="17" t="s">
         <v>724</v>
       </c>
       <c r="DK4" s="17" t="s">
         <v>725</v>
       </c>
       <c r="DL4" s="17" t="s">
         <v>726</v>
       </c>
       <c r="DM4" s="17" t="s">
         <v>727</v>
       </c>
       <c r="DN4" s="17" t="s">
         <v>728</v>
       </c>
       <c r="DO4" s="17" t="s">
         <v>729</v>
       </c>
       <c r="DP4" s="30" t="s">
-        <v>1342</v>
+        <v>1341</v>
       </c>
       <c r="DQ4" s="17" t="s">
         <v>695</v>
       </c>
       <c r="DR4" s="17" t="s">
         <v>730</v>
       </c>
       <c r="DS4" s="30" t="s">
         <v>731</v>
       </c>
       <c r="DT4" s="17" t="s">
         <v>732</v>
       </c>
       <c r="DU4" s="17" t="s">
         <v>733</v>
       </c>
       <c r="DV4" s="17" t="s">
         <v>734</v>
       </c>
       <c r="DW4" s="30" t="s">
         <v>1306</v>
       </c>
       <c r="DX4" s="17" t="s">
         <v>735</v>
       </c>
@@ -9967,51 +9967,51 @@
       <c r="U5" s="17" t="s">
         <v>1295</v>
       </c>
       <c r="V5" s="17" t="s">
         <v>761</v>
       </c>
       <c r="W5" s="17" t="s">
         <v>762</v>
       </c>
       <c r="X5" s="17" t="s">
         <v>763</v>
       </c>
       <c r="Y5" s="17" t="s">
         <v>764</v>
       </c>
       <c r="Z5" s="17" t="s">
         <v>765</v>
       </c>
       <c r="AA5" s="17" t="s">
         <v>766</v>
       </c>
       <c r="AB5" s="17" t="s">
         <v>767</v>
       </c>
       <c r="AC5" s="30" t="s">
-        <v>1357</v>
+        <v>1356</v>
       </c>
       <c r="AD5" s="30" t="s">
         <v>1317</v>
       </c>
       <c r="AE5" s="17" t="s">
         <v>768</v>
       </c>
       <c r="AF5" s="17" t="s">
         <v>769</v>
       </c>
       <c r="AG5" s="17" t="s">
         <v>770</v>
       </c>
       <c r="AH5" s="17" t="s">
         <v>771</v>
       </c>
       <c r="AI5" s="17" t="s">
         <v>772</v>
       </c>
       <c r="AJ5" s="17" t="s">
         <v>773</v>
       </c>
       <c r="AK5" s="17" t="s">
         <v>794</v>
       </c>
@@ -10060,51 +10060,51 @@
       <c r="AZ5" s="17" t="s">
         <v>786</v>
       </c>
       <c r="BA5" s="17" t="s">
         <v>787</v>
       </c>
       <c r="BB5" s="17" t="s">
         <v>788</v>
       </c>
       <c r="BC5" s="17" t="s">
         <v>789</v>
       </c>
       <c r="BD5" s="17" t="s">
         <v>790</v>
       </c>
       <c r="BE5" s="17" t="s">
         <v>791</v>
       </c>
       <c r="BF5" s="17" t="s">
         <v>792</v>
       </c>
       <c r="BG5" s="17" t="s">
         <v>793</v>
       </c>
       <c r="BH5" s="30" t="s">
-        <v>1360</v>
+        <v>1359</v>
       </c>
       <c r="BI5" s="17" t="s">
         <v>795</v>
       </c>
       <c r="BJ5" s="17" t="s">
         <v>796</v>
       </c>
       <c r="BK5" s="17" t="s">
         <v>797</v>
       </c>
       <c r="BL5" s="17" t="s">
         <v>798</v>
       </c>
       <c r="BM5" s="17" t="s">
         <v>799</v>
       </c>
       <c r="BN5" s="17" t="s">
         <v>800</v>
       </c>
       <c r="BO5" s="17" t="s">
         <v>801</v>
       </c>
       <c r="BP5" s="17" t="s">
         <v>802</v>
       </c>
@@ -10132,51 +10132,51 @@
       <c r="BX5" s="17" t="s">
         <v>810</v>
       </c>
       <c r="BY5" s="17" t="s">
         <v>811</v>
       </c>
       <c r="BZ5" s="17" t="s">
         <v>812</v>
       </c>
       <c r="CA5" s="17" t="s">
         <v>813</v>
       </c>
       <c r="CB5" s="17" t="s">
         <v>814</v>
       </c>
       <c r="CC5" s="17" t="s">
         <v>815</v>
       </c>
       <c r="CD5" s="17" t="s">
         <v>816</v>
       </c>
       <c r="CE5" s="17" t="s">
         <v>817</v>
       </c>
       <c r="CF5" s="30" t="s">
-        <v>1347</v>
+        <v>1346</v>
       </c>
       <c r="CG5" s="17" t="s">
         <v>818</v>
       </c>
       <c r="CH5" s="17" t="s">
         <v>819</v>
       </c>
       <c r="CI5" s="17" t="s">
         <v>820</v>
       </c>
       <c r="CJ5" s="17" t="s">
         <v>821</v>
       </c>
       <c r="CK5" s="17" t="s">
         <v>822</v>
       </c>
       <c r="CL5" s="17" t="s">
         <v>823</v>
       </c>
       <c r="CM5" s="17" t="s">
         <v>824</v>
       </c>
       <c r="CN5" s="17" t="s">
         <v>825</v>
       </c>
@@ -10240,51 +10240,51 @@
       <c r="DH5" s="17" t="s">
         <v>844</v>
       </c>
       <c r="DI5" s="17" t="s">
         <v>845</v>
       </c>
       <c r="DJ5" s="17" t="s">
         <v>846</v>
       </c>
       <c r="DK5" s="17" t="s">
         <v>847</v>
       </c>
       <c r="DL5" s="17" t="s">
         <v>848</v>
       </c>
       <c r="DM5" s="17" t="s">
         <v>849</v>
       </c>
       <c r="DN5" s="17" t="s">
         <v>850</v>
       </c>
       <c r="DO5" s="17" t="s">
         <v>851</v>
       </c>
       <c r="DP5" s="30" t="s">
-        <v>1345</v>
+        <v>1344</v>
       </c>
       <c r="DQ5" s="17" t="s">
         <v>852</v>
       </c>
       <c r="DR5" s="17" t="s">
         <v>853</v>
       </c>
       <c r="DS5" s="17" t="s">
         <v>854</v>
       </c>
       <c r="DT5" s="17" t="s">
         <v>855</v>
       </c>
       <c r="DU5" s="17" t="s">
         <v>856</v>
       </c>
       <c r="DV5" s="17" t="s">
         <v>857</v>
       </c>
       <c r="DW5" s="17" t="s">
         <v>858</v>
       </c>
       <c r="DX5" s="17" t="s">
         <v>859</v>
       </c>
@@ -10368,51 +10368,51 @@
       <c r="U6" s="17" t="s">
         <v>1296</v>
       </c>
       <c r="V6" s="17" t="s">
         <v>885</v>
       </c>
       <c r="W6" s="17" t="s">
         <v>886</v>
       </c>
       <c r="X6" s="17" t="s">
         <v>887</v>
       </c>
       <c r="Y6" s="17" t="s">
         <v>888</v>
       </c>
       <c r="Z6" s="17" t="s">
         <v>889</v>
       </c>
       <c r="AA6" s="17" t="s">
         <v>890</v>
       </c>
       <c r="AB6" s="17" t="s">
         <v>891</v>
       </c>
       <c r="AC6" s="30" t="s">
-        <v>1358</v>
+        <v>1357</v>
       </c>
       <c r="AD6" s="17" t="s">
         <v>892</v>
       </c>
       <c r="AE6" s="17" t="s">
         <v>893</v>
       </c>
       <c r="AF6" s="17" t="s">
         <v>894</v>
       </c>
       <c r="AG6" s="17" t="s">
         <v>895</v>
       </c>
       <c r="AH6" s="17" t="s">
         <v>896</v>
       </c>
       <c r="AI6" s="17" t="s">
         <v>897</v>
       </c>
       <c r="AJ6" s="17" t="s">
         <v>898</v>
       </c>
       <c r="AK6" s="17" t="s">
         <v>919</v>
       </c>
@@ -10461,51 +10461,51 @@
       <c r="AZ6" s="17" t="s">
         <v>911</v>
       </c>
       <c r="BA6" s="17" t="s">
         <v>912</v>
       </c>
       <c r="BB6" s="17" t="s">
         <v>913</v>
       </c>
       <c r="BC6" s="17" t="s">
         <v>914</v>
       </c>
       <c r="BD6" s="17" t="s">
         <v>915</v>
       </c>
       <c r="BE6" s="17" t="s">
         <v>916</v>
       </c>
       <c r="BF6" s="17" t="s">
         <v>917</v>
       </c>
       <c r="BG6" s="17" t="s">
         <v>918</v>
       </c>
       <c r="BH6" s="30" t="s">
-        <v>1361</v>
+        <v>1360</v>
       </c>
       <c r="BI6" s="17" t="s">
         <v>920</v>
       </c>
       <c r="BJ6" s="17" t="s">
         <v>921</v>
       </c>
       <c r="BK6" s="17" t="s">
         <v>922</v>
       </c>
       <c r="BL6" s="17" t="s">
         <v>923</v>
       </c>
       <c r="BM6" s="17" t="s">
         <v>924</v>
       </c>
       <c r="BN6" s="17" t="s">
         <v>925</v>
       </c>
       <c r="BO6" s="17" t="s">
         <v>926</v>
       </c>
       <c r="BP6" s="17" t="s">
         <v>927</v>
       </c>
@@ -10641,51 +10641,51 @@
       <c r="DH6" s="17" t="s">
         <v>970</v>
       </c>
       <c r="DI6" s="17" t="s">
         <v>971</v>
       </c>
       <c r="DJ6" s="17" t="s">
         <v>972</v>
       </c>
       <c r="DK6" s="17" t="s">
         <v>973</v>
       </c>
       <c r="DL6" s="17" t="s">
         <v>974</v>
       </c>
       <c r="DM6" s="17" t="s">
         <v>975</v>
       </c>
       <c r="DN6" s="17" t="s">
         <v>976</v>
       </c>
       <c r="DO6" s="17" t="s">
         <v>977</v>
       </c>
       <c r="DP6" s="30" t="s">
-        <v>1343</v>
+        <v>1342</v>
       </c>
       <c r="DQ6" s="17" t="s">
         <v>940</v>
       </c>
       <c r="DR6" s="17" t="s">
         <v>978</v>
       </c>
       <c r="DS6" s="17" t="s">
         <v>979</v>
       </c>
       <c r="DT6" s="17" t="s">
         <v>980</v>
       </c>
       <c r="DU6" s="17" t="s">
         <v>981</v>
       </c>
       <c r="DV6" s="17" t="s">
         <v>982</v>
       </c>
       <c r="DW6" s="17" t="s">
         <v>983</v>
       </c>
       <c r="DX6" s="17" t="s">
         <v>984</v>
       </c>
@@ -10934,51 +10934,51 @@
       <c r="BX7" s="17" t="s">
         <v>1064</v>
       </c>
       <c r="BY7" s="17" t="s">
         <v>1065</v>
       </c>
       <c r="BZ7" s="17" t="s">
         <v>1066</v>
       </c>
       <c r="CA7" s="17" t="s">
         <v>1067</v>
       </c>
       <c r="CB7" s="17" t="s">
         <v>1068</v>
       </c>
       <c r="CC7" s="17" t="s">
         <v>1069</v>
       </c>
       <c r="CD7" s="17" t="s">
         <v>1070</v>
       </c>
       <c r="CE7" s="17" t="s">
         <v>1071</v>
       </c>
       <c r="CF7" s="30" t="s">
-        <v>1348</v>
+        <v>1347</v>
       </c>
       <c r="CG7" s="17" t="s">
         <v>1072</v>
       </c>
       <c r="CH7" s="17" t="s">
         <v>1073</v>
       </c>
       <c r="CI7" s="17" t="s">
         <v>1074</v>
       </c>
       <c r="CJ7" s="17" t="s">
         <v>1075</v>
       </c>
       <c r="CK7" s="17" t="s">
         <v>1076</v>
       </c>
       <c r="CL7" s="17" t="s">
         <v>1077</v>
       </c>
       <c r="CM7" s="17" t="s">
         <v>1078</v>
       </c>
       <c r="CN7" s="17" t="s">
         <v>1079</v>
       </c>
@@ -11042,51 +11042,51 @@
       <c r="DH7" s="17" t="s">
         <v>1097</v>
       </c>
       <c r="DI7" s="17" t="s">
         <v>1098</v>
       </c>
       <c r="DJ7" s="17" t="s">
         <v>1000</v>
       </c>
       <c r="DK7" s="17" t="s">
         <v>1099</v>
       </c>
       <c r="DL7" s="17" t="s">
         <v>1100</v>
       </c>
       <c r="DM7" s="17" t="s">
         <v>1101</v>
       </c>
       <c r="DN7" s="17" t="s">
         <v>1102</v>
       </c>
       <c r="DO7" s="17" t="s">
         <v>1103</v>
       </c>
       <c r="DP7" s="30" t="s">
-        <v>1344</v>
+        <v>1343</v>
       </c>
       <c r="DQ7" s="17" t="s">
         <v>1104</v>
       </c>
       <c r="DR7" s="17" t="s">
         <v>1105</v>
       </c>
       <c r="DS7" s="17" t="s">
         <v>1106</v>
       </c>
       <c r="DT7" s="17" t="s">
         <v>1107</v>
       </c>
       <c r="DU7" s="17" t="s">
         <v>1108</v>
       </c>
       <c r="DV7" s="17" t="s">
         <v>1109</v>
       </c>
       <c r="DW7" s="17" t="s">
         <v>1110</v>
       </c>
       <c r="DX7" s="17" t="s">
         <v>1111</v>
       </c>
@@ -11664,51 +11664,51 @@
       <c r="AZ9" s="17" t="s">
         <v>1126</v>
       </c>
       <c r="BA9" s="17" t="s">
         <v>1123</v>
       </c>
       <c r="BB9" s="17" t="s">
         <v>1123</v>
       </c>
       <c r="BC9" s="17" t="s">
         <v>1123</v>
       </c>
       <c r="BD9" s="17" t="s">
         <v>1151</v>
       </c>
       <c r="BE9" s="17" t="s">
         <v>1123</v>
       </c>
       <c r="BF9" s="17" t="s">
         <v>1152</v>
       </c>
       <c r="BG9" s="17" t="s">
         <v>1153</v>
       </c>
       <c r="BH9" s="30" t="s">
-        <v>1362</v>
+        <v>1361</v>
       </c>
       <c r="BI9" s="17" t="s">
         <v>1154</v>
       </c>
       <c r="BJ9" s="17" t="s">
         <v>1000</v>
       </c>
       <c r="BK9" s="17" t="s">
         <v>1123</v>
       </c>
       <c r="BL9" s="17" t="s">
         <v>1123</v>
       </c>
       <c r="BM9" s="17" t="s">
         <v>1123</v>
       </c>
       <c r="BN9" s="17" t="s">
         <v>1136</v>
       </c>
       <c r="BO9" s="17" t="s">
         <v>1155</v>
       </c>
       <c r="BP9" s="17" t="s">
         <v>1123</v>
       </c>