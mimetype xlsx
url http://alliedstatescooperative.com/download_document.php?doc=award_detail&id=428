--- v1 (2026-01-30)
+++ v2 (2026-03-18)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2024\24-7474 Consulting, Instructional, and Training Resources\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D11FE0B6-B36B-47E6-9C40-6B8A05342623}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E2D42C1D-6AC4-4DEC-A05F-D803CF788003}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId1"/>
     <sheet name="Lines" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2445" uniqueCount="1363">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2446" uniqueCount="1364">
   <si>
     <t>Event Number</t>
   </si>
   <si>
     <t>24-7474</t>
   </si>
   <si>
     <t>Organization</t>
   </si>
   <si>
     <t>Allied States Cooperative - Powered by ESC 19</t>
   </si>
   <si>
     <t>Event Title</t>
   </si>
   <si>
     <t>Consulting, Instructional, and Training Resources  - ESC Region 19 Allied States Cooperative</t>
   </si>
   <si>
     <t>Workgroup</t>
   </si>
   <si>
     <t>Allied States Cooperative</t>
   </si>
   <si>
@@ -4737,50 +4737,53 @@
     </r>
   </si>
   <si>
     <r>
       <t>Yes -</t>
     </r>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Alfie Perrin - aperrin@hatchearlylearning.com - 800-624-7968 ext. 1125</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve"> contact listed above</t>
     </r>
   </si>
   <si>
     <t>*updated 4/29/25, 12/17/25</t>
+  </si>
+  <si>
+    <t>*updated 2/2/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
     <numFmt numFmtId="165" formatCode="\$###,###,##0.00####"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -5353,51 +5356,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Thinking%20Maps.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Carnegie%20Learning.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Filo%20Edtech.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Keystone%20Books%20and%20Media.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Pacific%20Learning.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Bellwether%20Media.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/School%20Specialty.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Back%202%20School%20Texas.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Delaney%20Educational%20Enterprises.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Educational%20Research%20Institute.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/HMH-NWEA.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/JROTC%20Dog%20Tags.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Math%20%26%20Science%20Cut%20Ups.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/New%20Teacher%20Center.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/RUSSELL'S%20EDUCATIONAL%20CONSULTING.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Progress%20Learning%20LLC.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Quill.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Accelerate%20Learning.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/QEP%20Professional%20books.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Renaissance%20Learning.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Children's%20Plus.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/CONSTRUCTIVE%20PLAYTHINGS.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Flinn%20Scientific.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Getpoms.com.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Kids%20Excel%20El%20Paso.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Loom%20Consulting.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Teachers%20Discovery.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Threads%20of%20Love.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/NEXTEC.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Perma-Bound%20Books.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Ballard%20%26%20Tighe.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/BookNook.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/DreamBox%20Learning.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/EMILY%20ILAND%20INC.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Kagan%20Professional%20Development.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Salas%20Music.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Seidlitz%20Education.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Crabtree%20Coaching.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Forethought%20Essentials.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/IEP%20Curriculum%20and%20Consulting.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Loving%20Guidance%20LLC.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/MindRise%20Learning.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Rainbow%20Book%20Company.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Responsive%20Learning.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/2ove1%2C%20LLC.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Apperson%20Inc.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Committee%20For%20Children.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Creative%20Mathematics.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Gumdrop%20Books.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Teaching%20Strategies.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Tutorfly.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Footsteps2Brilliance.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Kajitani%20Education.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Lakeshore%20Learning%20Materials%2C%20LLC.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Okapi%20Educational%20Publishing.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Platinum%20Consulting%20Services.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Southwest%20Training.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/BattleQuestions.com.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Bound%20to%20Stay%20Bound%20Books.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Engage!%20Learning.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Sirius%20Education%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Dual%20Language%20Education%20of%20New%20Mexico.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Happy%20and%20Fun%20Lifestyle.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/ILO%20Group.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/n2y.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Rev%20it%20Up.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Sanviks%20HOP.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/UWorld.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Real%20OT%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Applied%20Practice.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/LumenKind.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Readable%20English.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/4D%20Works%20LLC.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Crisis%20Prevention%20Institute.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Complete%20Book%20and%20Media%20Supply.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/EPS%20Operations%2C%20LLC.xlsx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Frenalytics.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Learner's%20Edge%20Consulting.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Playlearn%20USA.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Solution%20Tree%2C%20Inc.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Textbook%20Warehouse.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/BlueWonder%20Creative.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Kamico.xlsx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Onofre%20%26%20Associates.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Braintrust%20Tutors.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Be%20Glad.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Crowning%20Point.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/E3%20Alliance.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Instructional%20Empowerment.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Natinal%20Science%20Teachers%20Association.xlsx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Rigged%20In%20Your%20Favor.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Savvas%20Learning%20Company%20LLC.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/XELLO.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Asteria%20Education.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Harry_K_Wong.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Mamba%20Gaga.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Really%20Good%20Stuff%2C%20LLC.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Richard%20C.%20Owen%20Publishers.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/XanEdu%20Publishing.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/4MATIV%20Technologies.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Comprehensive%20Training%20Center.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Fried%20Technology.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Learning%20Farm.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Think%20Big%20Learning.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Care%20Behavioral%20health.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Expedited%20Reports.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Kaplan%20Learning.xlsx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Ori%20Learning.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Positive%20Directions%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Summit%20K12%20Holdings.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/TCASE%20Services%20by%20Design.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Bedford%2C%20Freeman%20%26%20Worth.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Education%20Elements.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Josh%20Shipp.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Scholastic%20Book%20Fairs.xlsx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/CQ%20International.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/B.E.%20Publishing.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Dallas%20Ecological%20Foundation.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Hatch.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Marzano%20Resources%2C%20LLC.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Nearpod.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Really%20Great%20Reading%20Company%2C%20LLC.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/richards%20Lindsay%20%26%20Martin.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Ripple%20Effects.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Ztastic%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/4QM%20Teaching.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Avant%20Assessment.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/CompTIA.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Garro%20Behavior.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Learning%20Without%20Tears.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/ProSolve.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Tag2.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Threads%20of%20Love.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Carnegie%20Learning.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Filo%20Edtech.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Keystone%20Books%20and%20Media.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Perma-Bound%20Books.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Bellwether%20Media.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Seidlitz%20Education.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Back%202%20School%20Texas.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Delaney%20Educational%20Enterprises.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Educational%20Research%20Institute.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/HMH-NWEA.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/JROTC%20Dog%20Tags.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/MindRise%20Learning.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/NEXTEC.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Salas%20Music.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Crabtree%20Coaching.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Forethought%20Essentials.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Accelerate%20Learning.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Rainbow%20Book%20Company.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Responsive%20Learning.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Children's%20Plus.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/CONSTRUCTIVE%20PLAYTHINGS.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Flinn%20Scientific.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Getpoms.com.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Kids%20Excel%20El%20Paso.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Loom%20Consulting.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Teaching%20Strategies.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Tutorfly.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Okapi%20Educational%20Publishing.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Platinum%20Consulting%20Services.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Ballard%20%26%20Tighe.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/BookNook.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/DreamBox%20Learning.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/EMILY%20ILAND%20INC.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Kagan%20Professional%20Development.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Sanviks%20HOP.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Sirius%20Education%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Real%20OT%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Southwest%20Training.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/IEP%20Curriculum%20and%20Consulting.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/LumenKind.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/n2y.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Readable%20English.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Rev%20it%20Up.docx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/2ove1%2C%20LLC.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Apperson%20Inc.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Committee%20For%20Children.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Creative%20Mathematics.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Gumdrop%20Books.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Textbook%20Warehouse.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/UWorld.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Footsteps2Brilliance.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Kajitani%20Education.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Lakeshore%20Learning%20Materials%2C%20LLC.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Onofre%20%26%20Associates.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Playlearn%20USA.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/BlueWonder%20Creative.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/BattleQuestions.com.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Bound%20to%20Stay%20Bound%20Books.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Engage!%20Learning.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Solution%20Tree%2C%20Inc.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Dual%20Language%20Education%20of%20New%20Mexico.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Happy%20and%20Fun%20Lifestyle.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/ILO%20Group.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Natinal%20Science%20Teachers%20Association.xlsx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Richard%20C.%20Owen%20Publishers.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Savvas%20Learning%20Company%20LLC.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/XanEdu%20Publishing.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/XELLO.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Applied%20Practice.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Mamba%20Gaga.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Really%20Good%20Stuff%2C%20LLC.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/4D%20Works%20LLC.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Crisis%20Prevention%20Institute.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Complete%20Book%20and%20Media%20Supply.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/EPS%20Operations%2C%20LLC.xlsx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Frenalytics.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Learner's%20Edge%20Consulting.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Positive%20Directions%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Summit%20K12%20Holdings.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Think%20Big%20Learning.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/TCASE%20Services%20by%20Design.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Kamico.xlsx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Ori%20Learning.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Braintrust%20Tutors.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Be%20Glad.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Crowning%20Point.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/E3%20Alliance.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Instructional%20Empowerment.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Nearpod.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Ripple%20Effects.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Scholastic%20Book%20Fairs.xlsx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/CQ%20International.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Asteria%20Education.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Harry_K_Wong.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Marzano%20Resources%2C%20LLC.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Really%20Great%20Reading%20Company%2C%20LLC.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/richards%20Lindsay%20%26%20Martin.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Ztastic%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/4MATIV%20Technologies.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Comprehensive%20Training%20Center.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Fried%20Technology.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Learning%20Farm.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Thinking%20Maps.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Care%20Behavioral%20health.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Expedited%20Reports.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Kaplan%20Learning.xlsx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Pacific%20Learning.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/ProSolve.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Tag2.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Loving%20Guidance.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Bedford%2C%20Freeman%20%26%20Worth.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Education%20Elements.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Josh%20Shipp.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/School%20Specialty.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Quill.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/B.E.%20Publishing.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Dallas%20Ecological%20Foundation.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Hatch.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Math%20%26%20Science%20Cut%20Ups.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/New%20Teacher%20Center.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Renaissance%20Learning.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Rigged%20In%20Your%20Favor.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/RUSSELL'S%20EDUCATIONAL%20CONSULTING.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Progress%20Learning%20LLC.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/4QM%20Teaching.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Avant%20Assessment.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/CompTIA.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Garro%20Behavior.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Learning%20Without%20Tears.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/QEP%20Professional%20books.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/24-7474/Teachers%20Discovery.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B2:G163"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" customWidth="1"/>
     <col min="2" max="3" width="25.7109375" customWidth="1"/>
     <col min="4" max="4" width="9.140625" customWidth="1"/>
     <col min="5" max="5" width="25.7109375" customWidth="1"/>
     <col min="6" max="7" width="15.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B2" s="9" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="1" t="s">
@@ -8630,50 +8633,53 @@
       </c>
       <c r="AT1" s="26"/>
       <c r="AU1" s="26" t="s">
         <v>1350</v>
       </c>
       <c r="AX1" s="27"/>
       <c r="AZ1" s="26"/>
       <c r="BE1" s="26"/>
       <c r="BH1" s="26"/>
       <c r="BI1" s="28"/>
       <c r="BK1" s="13" t="s">
         <v>1301</v>
       </c>
       <c r="BL1" s="26"/>
       <c r="BM1" s="13" t="s">
         <v>1330</v>
       </c>
       <c r="BQ1" s="26"/>
       <c r="BR1" s="28" t="s">
         <v>1305</v>
       </c>
       <c r="BU1" s="26"/>
       <c r="BX1" s="13" t="s">
         <v>1291</v>
       </c>
+      <c r="BZ1" s="13" t="s">
+        <v>1363</v>
+      </c>
       <c r="CF1" s="28" t="s">
         <v>1349</v>
       </c>
       <c r="CG1" s="26"/>
       <c r="CH1" s="26" t="s">
         <v>1313</v>
       </c>
       <c r="CI1" s="26"/>
       <c r="CK1" s="26"/>
       <c r="CO1" s="26"/>
       <c r="CP1" s="31" t="s">
         <v>1301</v>
       </c>
       <c r="CR1" s="13" t="s">
         <v>1328</v>
       </c>
       <c r="CS1" s="26"/>
       <c r="CT1" s="26"/>
       <c r="CU1" s="28"/>
       <c r="CV1" s="28"/>
       <c r="CY1" s="28"/>
       <c r="CZ1" s="26"/>
       <c r="DA1" s="26"/>
       <c r="DB1" s="28"/>
       <c r="DF1" s="28" t="s">
@@ -12519,51 +12525,51 @@
       </c>
       <c r="BR11" s="32" t="s">
         <v>1303</v>
       </c>
       <c r="BS11" s="32" t="s">
         <v>1270</v>
       </c>
       <c r="BT11" s="32" t="s">
         <v>1270</v>
       </c>
       <c r="BU11" s="32" t="s">
         <v>1270</v>
       </c>
       <c r="BV11" s="32" t="s">
         <v>1270</v>
       </c>
       <c r="BW11" s="32" t="s">
         <v>1270</v>
       </c>
       <c r="BX11" s="32" t="s">
         <v>1270</v>
       </c>
       <c r="BY11" s="32" t="s">
         <v>1270</v>
       </c>
-      <c r="BZ11" s="32" t="s">
+      <c r="BZ11" s="39" t="s">
         <v>1270</v>
       </c>
       <c r="CA11" s="32" t="s">
         <v>1270</v>
       </c>
       <c r="CB11" s="32" t="s">
         <v>1270</v>
       </c>
       <c r="CC11" s="32" t="s">
         <v>1270</v>
       </c>
       <c r="CD11" s="32" t="s">
         <v>1270</v>
       </c>
       <c r="CE11" s="32" t="s">
         <v>1270</v>
       </c>
       <c r="CF11" s="32" t="s">
         <v>1270</v>
       </c>
       <c r="CG11" s="32" t="s">
         <v>1270</v>
       </c>
       <c r="CH11" s="32" t="s">
         <v>1270</v>
@@ -14805,113 +14811,113 @@
     <hyperlink ref="BA11" r:id="rId45" xr:uid="{66149CB9-7981-43A1-9FC8-49F52A1A2043}"/>
     <hyperlink ref="BB11" r:id="rId46" xr:uid="{DF2ACC10-170F-4A7B-ABEE-4783701EF7EC}"/>
     <hyperlink ref="BC11" r:id="rId47" xr:uid="{9B792C7C-7429-4FEC-9C33-4DEE09B61441}"/>
     <hyperlink ref="BD11" r:id="rId48" xr:uid="{4B56B7EB-D22A-4DD3-B001-AAE80423FE5E}"/>
     <hyperlink ref="BE11" r:id="rId49" xr:uid="{DFDA2FB8-5141-48E5-AFBB-66A35D061363}"/>
     <hyperlink ref="BF11" r:id="rId50" xr:uid="{3833828D-E545-4AE8-8409-51B0D13B2C02}"/>
     <hyperlink ref="BG11" r:id="rId51" xr:uid="{7C427BB9-BC5C-4A0A-846C-38D0A0F115CC}"/>
     <hyperlink ref="BH11" r:id="rId52" xr:uid="{DE49F96B-C745-40E1-ADE9-E7E111B370F9}"/>
     <hyperlink ref="BI11" r:id="rId53" xr:uid="{FCDF0C6B-F280-4D2C-BEBA-5442822A2B73}"/>
     <hyperlink ref="BJ11" r:id="rId54" xr:uid="{1BCE173C-6F01-485B-AD5E-3ABF2ECD2A7E}"/>
     <hyperlink ref="BK11" r:id="rId55" xr:uid="{4F01E618-93FE-4F54-96D1-0FD104254E3D}"/>
     <hyperlink ref="BL11" r:id="rId56" xr:uid="{A4DFC7E0-CE40-4188-BFD3-639FC1566EF1}"/>
     <hyperlink ref="BM11" r:id="rId57" xr:uid="{575D9D4D-F9A9-4D85-8A7E-6AC5E92C57F1}"/>
     <hyperlink ref="BN11" r:id="rId58" xr:uid="{624BFF22-1EBE-4BC6-B7FA-2003DE35518F}"/>
     <hyperlink ref="BO11" r:id="rId59" xr:uid="{4FD7EA5D-9DF2-4627-BBF0-3F99B55522B9}"/>
     <hyperlink ref="BP11" r:id="rId60" xr:uid="{887EE94F-D736-4B72-802D-57EE1578154D}"/>
     <hyperlink ref="BQ11" r:id="rId61" xr:uid="{D9AD6BBC-1EDA-48C5-89BF-D88F534C90E2}"/>
     <hyperlink ref="BR11" r:id="rId62" display="Price Link" xr:uid="{2FF296CB-1C3B-45A9-852C-ADCA97CB04C7}"/>
     <hyperlink ref="BS11" r:id="rId63" xr:uid="{865DDE85-F93E-455E-A54E-BF57FCEB2C12}"/>
     <hyperlink ref="BT11" r:id="rId64" xr:uid="{ADCD4684-20A5-436C-8625-04C739C95FE7}"/>
     <hyperlink ref="BU11" r:id="rId65" xr:uid="{6E604574-086D-486C-B009-4788DEC4BC89}"/>
     <hyperlink ref="BV11" r:id="rId66" xr:uid="{334E40B8-D6EB-4A0A-A8A7-4EC74C89D8E3}"/>
     <hyperlink ref="BW11" r:id="rId67" xr:uid="{2246AD21-A759-44C3-A29A-6F7409DC2B54}"/>
     <hyperlink ref="BX11" r:id="rId68" xr:uid="{BA755245-A56D-4615-8373-B3D5FE0AC1ED}"/>
     <hyperlink ref="BY11" r:id="rId69" xr:uid="{66AD46B3-1E64-45B2-AB32-D53A4A4B1401}"/>
-    <hyperlink ref="BZ11" r:id="rId70" xr:uid="{DD2450AE-90B9-4C17-A558-372B8D45907D}"/>
-[...61 lines deleted...]
-    <hyperlink ref="DU11" r:id="rId132" xr:uid="{9A8C58DA-45B2-45C5-AF74-EF978AFE1D78}"/>
+    <hyperlink ref="CA11" r:id="rId70" xr:uid="{EA4F112C-83CB-4346-B78C-3010BCAB3BF1}"/>
+    <hyperlink ref="CB11" r:id="rId71" xr:uid="{323BEB52-724E-4289-8D56-0A687932EB74}"/>
+    <hyperlink ref="CC11" r:id="rId72" xr:uid="{629F9029-1B45-4991-938D-96E9849E6047}"/>
+    <hyperlink ref="CD11" r:id="rId73" xr:uid="{E5549888-8E90-40D4-B76D-6F35811EE6CD}"/>
+    <hyperlink ref="CE11" r:id="rId74" xr:uid="{2BBE63B1-2C19-459C-8739-1480EF4F0CF3}"/>
+    <hyperlink ref="CF11" r:id="rId75" xr:uid="{BA7734D6-3FFF-4D49-B037-848A95C96B5A}"/>
+    <hyperlink ref="CG11" r:id="rId76" xr:uid="{39998C05-3B0D-40B8-BF30-BBA5264D276A}"/>
+    <hyperlink ref="CH11" r:id="rId77" xr:uid="{B982582A-5F7C-4AA6-8A78-642C6F4282A5}"/>
+    <hyperlink ref="CI11" r:id="rId78" xr:uid="{F3C97480-EA83-40C4-B296-70CF07C49C79}"/>
+    <hyperlink ref="CJ11" r:id="rId79" xr:uid="{ACE13A4E-A702-4D2C-B7C0-5EC224C3BED1}"/>
+    <hyperlink ref="CK11" r:id="rId80" xr:uid="{5055C3AD-A231-4D1A-BE65-A53E962B9CA1}"/>
+    <hyperlink ref="CL11" r:id="rId81" xr:uid="{C83F5176-A06D-4321-B861-4A7176DA1CB3}"/>
+    <hyperlink ref="CM11" r:id="rId82" xr:uid="{5B1197EA-1EAE-4ABD-94B6-6FE055E90252}"/>
+    <hyperlink ref="CN11" r:id="rId83" xr:uid="{7FBFDB7B-2B79-43F3-A986-3E642105A685}"/>
+    <hyperlink ref="CO11" r:id="rId84" xr:uid="{8FE9C312-6936-48D3-B8AB-69559CE1F7FD}"/>
+    <hyperlink ref="CP11" r:id="rId85" xr:uid="{ECF12204-7894-49CA-AC81-B8EB14C4B497}"/>
+    <hyperlink ref="CQ11" r:id="rId86" xr:uid="{1B173D14-550E-4295-84C8-589ED0CA453D}"/>
+    <hyperlink ref="CR11" r:id="rId87" xr:uid="{30538F82-C546-4F0D-9F7C-44C3905ED4BA}"/>
+    <hyperlink ref="CT11" r:id="rId88" xr:uid="{929F4CEE-C87C-48A6-AB4E-F1D69ECEE6CF}"/>
+    <hyperlink ref="CU11" r:id="rId89" xr:uid="{34FCE062-1A25-44E1-9663-C62C729B715D}"/>
+    <hyperlink ref="CW11" r:id="rId90" xr:uid="{E679F414-70BB-4D56-B68B-D551EAF09D5C}"/>
+    <hyperlink ref="CX11" r:id="rId91" xr:uid="{5F20AE10-ADF5-4F6F-951B-EAC5B91183ED}"/>
+    <hyperlink ref="CZ11" r:id="rId92" xr:uid="{4246C0E2-418B-4347-BCBD-A75F0AD26F30}"/>
+    <hyperlink ref="DA11" r:id="rId93" xr:uid="{A1DC8E52-ECF7-4AD0-80C5-93C349B23154}"/>
+    <hyperlink ref="DB11" r:id="rId94" xr:uid="{8BED4423-E20C-4764-9950-D51BA2C420E5}"/>
+    <hyperlink ref="DC11" r:id="rId95" xr:uid="{017E164F-627F-4AC8-9855-6C1BC845C9B0}"/>
+    <hyperlink ref="DD11" r:id="rId96" xr:uid="{40380B3C-49E6-49AD-8783-6D5F95F73AFA}"/>
+    <hyperlink ref="DE11" r:id="rId97" xr:uid="{0B04651A-27CD-4E02-8605-F1F432E9DE8B}"/>
+    <hyperlink ref="DF11" r:id="rId98" xr:uid="{0ADF2826-5EA0-4A42-8921-3B4E31B77E2B}"/>
+    <hyperlink ref="DG11" r:id="rId99" xr:uid="{DD150F17-AE91-4420-A461-D0EB1B5043EF}"/>
+    <hyperlink ref="DH11" r:id="rId100" xr:uid="{838CD233-793F-4549-B70B-061E8B2BDCAB}"/>
+    <hyperlink ref="DI11" r:id="rId101" xr:uid="{460D4C2B-077A-4500-86A5-75FBB4E77D38}"/>
+    <hyperlink ref="DJ11" r:id="rId102" xr:uid="{F4863DDE-A2CE-4029-9620-751C35D2D812}"/>
+    <hyperlink ref="DK11" r:id="rId103" xr:uid="{5DA20315-38D1-473C-A18D-6C6853E94E7C}"/>
+    <hyperlink ref="DL11" r:id="rId104" xr:uid="{F13B6336-2BAF-4CE4-98E4-0D7B185918D9}"/>
+    <hyperlink ref="DM11" r:id="rId105" xr:uid="{DAAA6DB9-FF0E-4CA5-A467-84C32D46B570}"/>
+    <hyperlink ref="DN11" r:id="rId106" xr:uid="{799701FF-6C49-4F11-96A9-2CC40394485F}"/>
+    <hyperlink ref="DO11" r:id="rId107" xr:uid="{7AD8CE20-788B-4B9B-A4A7-64EA5A88F31B}"/>
+    <hyperlink ref="DP11" r:id="rId108" xr:uid="{F3B3D298-B16C-49FC-94CC-03D79CE24477}"/>
+    <hyperlink ref="DQ11" r:id="rId109" xr:uid="{330F5D45-9A0B-470A-88ED-1CEE9BE36AA6}"/>
+    <hyperlink ref="DS11" r:id="rId110" xr:uid="{82FF97CA-4042-4178-A49B-0C7CA9AA1B6F}"/>
+    <hyperlink ref="DT11" r:id="rId111" xr:uid="{BECB4F49-337D-4233-9131-A17CDAFE8091}"/>
+    <hyperlink ref="DV11" r:id="rId112" xr:uid="{10B38817-D768-462B-B8EA-35C751C0C04B}"/>
+    <hyperlink ref="DW11" r:id="rId113" xr:uid="{CC3F5EB6-608B-40D4-9B5F-E0206832D9D5}"/>
+    <hyperlink ref="DX11" r:id="rId114" xr:uid="{8BE82BE5-BB89-48C2-B99B-B42D0FB79A2A}"/>
+    <hyperlink ref="DY11" r:id="rId115" xr:uid="{B7871F41-7B7E-4BFD-A778-CB12E60D407A}"/>
+    <hyperlink ref="DZ11" r:id="rId116" xr:uid="{FF74D2BC-1F8C-4DCF-BDB9-634903593644}"/>
+    <hyperlink ref="EA11" r:id="rId117" xr:uid="{9392E54E-2C2D-47BA-84B7-15590A8D5B19}"/>
+    <hyperlink ref="EB11" r:id="rId118" xr:uid="{0821CC53-89F0-4FE9-B315-3A0BD4DDA5F1}"/>
+    <hyperlink ref="EC11" r:id="rId119" xr:uid="{51652613-026B-4649-BDA2-DD86CA672B54}"/>
+    <hyperlink ref="ED11" r:id="rId120" xr:uid="{1C16E4FC-4251-4E70-8705-C0C4CFC41F65}"/>
+    <hyperlink ref="EF11" r:id="rId121" xr:uid="{CDCB99C2-2E3F-4489-9717-1BEBB4796EA4}"/>
+    <hyperlink ref="CS11" r:id="rId122" xr:uid="{5C2B5411-4EFD-4D19-8CE1-F40010FF66AF}"/>
+    <hyperlink ref="AH11" r:id="rId123" xr:uid="{B7CDDE12-EA09-4895-B8E8-53CCDEF29C67}"/>
+    <hyperlink ref="CY11" r:id="rId124" xr:uid="{5761E1DE-6434-44DE-ADC6-593B4674283D}"/>
+    <hyperlink ref="EE11" r:id="rId125" xr:uid="{365AE3FF-0A6C-4463-ADB6-46B3851AB4CA}"/>
+    <hyperlink ref="Y11" r:id="rId126" xr:uid="{026281E8-A0AC-4184-B88C-BDA57556F7EA}"/>
+    <hyperlink ref="CV11" r:id="rId127" xr:uid="{579294DE-DA15-4FFA-BD89-A1696F9A41AF}"/>
+    <hyperlink ref="AZ11" r:id="rId128" xr:uid="{56093556-AC51-40F6-B9F2-B21D965BFA2D}"/>
+    <hyperlink ref="DR11" r:id="rId129" xr:uid="{8F6D74C5-9E6F-4CBD-963F-9B3D304B990E}"/>
+    <hyperlink ref="U11" r:id="rId130" xr:uid="{13151973-D4A8-446B-9E0D-5F3EDA26F2D4}"/>
+    <hyperlink ref="DU11" r:id="rId131" xr:uid="{9A8C58DA-45B2-45C5-AF74-EF978AFE1D78}"/>
+    <hyperlink ref="BZ11" r:id="rId132" xr:uid="{112A8BE8-B6B1-405E-A837-B6EBF001F0D5}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
   <pageSetup orientation="landscape" r:id="rId133"/>
   <headerFooter>
     <oddFooter>&amp;R24-7474 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>