--- v0 (2025-10-22)
+++ v1 (2026-01-30)
@@ -1,149 +1,137 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27830"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="X:\Bids\2023\23-7465 Trenchless Technology\Award Summary and Award Detail\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\Bids\2023\23-7465 Trenchless Technology\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BD51BF97-BE11-4E25-BB67-CA8CF6581453}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6F32DF43-E1F8-4070-9F07-D0A64676A368}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-105" windowWidth="29040" windowHeight="16440" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="56">
   <si>
     <t/>
   </si>
   <si>
     <t>AmeriChoice Construction LLC</t>
   </si>
   <si>
     <t>Bio Remedies (Texas Fannon Enterprises Inc)</t>
   </si>
   <si>
     <t>Murphy Pipeline Contractors</t>
   </si>
   <si>
     <t>Line #</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>QTY</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>OMAR  FAVELLA</t>
   </si>
   <si>
     <t>Jerry Fannon</t>
   </si>
   <si>
     <t>Bella Burks</t>
   </si>
   <si>
-    <t>Todd Grafenauer</t>
-[...1 lines deleted...]
-  <si>
     <t>7717 LOCKHEED DR.   EL PASO   TX.   79925</t>
   </si>
   <si>
     <t>3820 Admiral, El Paso, TX 79925</t>
   </si>
   <si>
     <t>3625 E. Atlanta Ave Suite 2, Phoenix, AZ 85040</t>
   </si>
   <si>
-    <t>12235 New Berlin Rd, Jacksonville, FL 32226</t>
-[...1 lines deleted...]
-  <si>
     <t>americhoiceconstruction@gmail.com</t>
   </si>
   <si>
     <t>jerry@bioremedies.net</t>
   </si>
   <si>
     <t>bella@cpmpipelines.com</t>
   </si>
   <si>
-    <t>toddg@murphypipelines.com</t>
-[...1 lines deleted...]
-  <si>
     <t>(915) 345-9196</t>
   </si>
   <si>
     <t>(915) 590-0163 x01</t>
   </si>
   <si>
     <t>(480) 438-1283</t>
   </si>
   <si>
-    <t>(904) 764-6887</t>
-[...1 lines deleted...]
-  <si>
     <t>http://www.ameri-choice.com</t>
   </si>
   <si>
     <t>http://www.bioremedies.net</t>
   </si>
   <si>
     <t>HTTP://cpmpipelines.com</t>
   </si>
   <si>
     <t>HTTP://murphypipelines.com</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Yes, A schedule will be provided and material ordered accordingly. If during the course of the project the customer would like to expediate a portion and the material is not on hand a fee will be applied to cover the rushed shipping.</t>
   </si>
   <si>
     <t>El Paso, TX; Horizon, TX; Anthony, TX; Van Horn, TX; Alpine, TX</t>
@@ -185,85 +173,181 @@
     <t>Areas Served…</t>
   </si>
   <si>
     <t>Price Link…</t>
   </si>
   <si>
     <t>Price Link</t>
   </si>
   <si>
     <t>Equipment/Supplies/Materials Percent Discount from Catalog/Pricelist</t>
   </si>
   <si>
     <t>Services Percent Discount from Pricelist</t>
   </si>
   <si>
     <t>TEXAS, NEW MEXICO</t>
   </si>
   <si>
     <t>Construction Product Marketing (CPM Pipelines)</t>
   </si>
   <si>
     <t>*updated 8/22/23</t>
   </si>
   <si>
     <t>*updated 12/1/23, 8/9/24</t>
+  </si>
+  <si>
+    <t>*updated 1/22/26</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>toddg@murphypipelines.com</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve">
+Marissa.Maring@murphypipelines.com
+bill.fussner@murphypipelines.com</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>12235 New Berlin Rd, Jacksonville, FL 32226</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve">
+510 Shotgun Road, Unit 150 Sunrise, FL 33326</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Todd Grafenauer</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve">
+Marissa Maring (315) 794-1929
+Bill Fussing</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> (440) 590-3200</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>(904) 764-6887</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve">
+(954) 842-4771
+</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
+    </font>
+    <font>
+      <strike/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom/>
@@ -278,98 +362,101 @@
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="17">
+  <cellXfs count="18">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
@@ -655,359 +742,362 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7465/Bio%20Remedies.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7465/Murphy%20Pipeline%20Contractors.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/TRENCHLESS%20TECHNOLOGY%20REGION%2019TH%20NEW%20ITEMS.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Catalog_Pricelist_Part_2%20updates.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B1:I16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
+      <selection pane="bottomRight" activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
     <col min="3" max="3" width="36" style="1" customWidth="1"/>
     <col min="4" max="4" width="6" style="1" customWidth="1"/>
     <col min="5" max="8" width="30.7109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="12" style="1" customWidth="1"/>
     <col min="10" max="10" width="14" style="1" customWidth="1"/>
     <col min="11" max="11" width="12" style="1" customWidth="1"/>
     <col min="12" max="12" width="14" style="1" customWidth="1"/>
     <col min="13" max="13" width="12" style="1" customWidth="1"/>
     <col min="14" max="14" width="14" style="1" customWidth="1"/>
     <col min="15" max="15" width="12" style="1" customWidth="1"/>
     <col min="16" max="16" width="14" style="1" customWidth="1"/>
     <col min="17" max="17" width="12" style="1" customWidth="1"/>
     <col min="18" max="18" width="14" style="1" customWidth="1"/>
     <col min="19" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:9" x14ac:dyDescent="0.25">
       <c r="E1" s="13" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="G1" s="13" t="s">
-        <v>54</v>
+        <v>50</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="2" spans="2:9" ht="30" x14ac:dyDescent="0.25">
       <c r="D2" s="7" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="E2" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F2" s="10" t="s">
         <v>2</v>
       </c>
       <c r="G2" s="10" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="H2" s="10" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="3" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:9" ht="45" x14ac:dyDescent="0.25">
       <c r="D3" s="8" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="E3" s="6" t="s">
         <v>10</v>
       </c>
       <c r="F3" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G3" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="H3" s="6" t="s">
+      <c r="H3" s="17" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="4" spans="2:9" ht="60" x14ac:dyDescent="0.25">
+      <c r="D4" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="E4" s="6" t="s">
         <v>13</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="E4" s="6" t="s">
+      <c r="F4" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="F4" s="6" t="s">
+      <c r="G4" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G4" s="6" t="s">
+      <c r="H4" s="17" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="5" spans="2:9" ht="75" x14ac:dyDescent="0.25">
+      <c r="D5" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="E5" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="H4" s="6" t="s">
+      <c r="F5" s="6" t="s">
         <v>17</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="E5" s="6" t="s">
+      <c r="G5" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="F5" s="6" t="s">
+      <c r="H5" s="17" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="2:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="D6" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="E6" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G5" s="6" t="s">
+      <c r="F6" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="H5" s="6" t="s">
+      <c r="G6" s="6" t="s">
         <v>21</v>
       </c>
-    </row>
-[...14 lines deleted...]
-        <v>25</v>
+      <c r="H6" s="17" t="s">
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="2:9" x14ac:dyDescent="0.25">
       <c r="D7" s="8" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F7" s="6" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="G7" s="6" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="H7" s="6" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
     </row>
     <row r="8" spans="2:9" x14ac:dyDescent="0.25">
       <c r="D8" s="8" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="9" spans="2:9" ht="120" x14ac:dyDescent="0.25">
       <c r="D9" s="8" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="F9" s="6" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G9" s="6" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="H9" s="6" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="2:9" ht="45" x14ac:dyDescent="0.25">
       <c r="D10" s="8" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="E10" s="6" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="F10" s="6" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="G10" s="6" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="H10" s="6" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
     </row>
     <row r="11" spans="2:9" x14ac:dyDescent="0.25">
       <c r="D11" s="9" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E11" s="15" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="F11" s="15" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G11" s="16" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="H11" s="15" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
     </row>
     <row r="12" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B12" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E12" s="11" t="s">
         <v>7</v>
       </c>
       <c r="F12" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G12" s="11" t="s">
         <v>7</v>
       </c>
       <c r="H12" s="11" t="s">
         <v>7</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="2:9" ht="45" x14ac:dyDescent="0.25">
       <c r="B13" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="6" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D13" s="5">
         <v>1</v>
       </c>
       <c r="E13" s="12">
         <v>0</v>
       </c>
       <c r="F13" s="12">
         <v>0.1</v>
       </c>
       <c r="G13" s="12">
         <v>0.1</v>
       </c>
       <c r="H13" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="2:9" ht="45" x14ac:dyDescent="0.25">
       <c r="B14" s="4"/>
       <c r="C14" s="6" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D14" s="5"/>
       <c r="E14" s="14" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="F14" s="14" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="G14" s="14" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="H14" s="14" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="15" spans="2:9" ht="30" x14ac:dyDescent="0.25">
       <c r="B15" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D15" s="5">
         <v>1</v>
       </c>
       <c r="E15" s="12">
         <v>0</v>
       </c>
       <c r="F15" s="12">
         <v>0.1</v>
       </c>
       <c r="G15" s="12">
         <v>0.1</v>
       </c>
       <c r="H15" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="2:9" ht="45" x14ac:dyDescent="0.25">
       <c r="B16" s="4"/>
       <c r="C16" s="6" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D16" s="5"/>
       <c r="E16" s="14" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="F16" s="14" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="G16" s="14" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="H16" s="14" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:H16">
     <sortCondition ref="E2:H2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="E11" r:id="rId1" xr:uid="{CFE454E0-ED8F-41E1-AFE4-8160612B92B5}"/>
     <hyperlink ref="H11" r:id="rId2" xr:uid="{6B068316-ED89-4B40-8B62-BDE2F372822E}"/>
     <hyperlink ref="F11" r:id="rId3" xr:uid="{F99F30EC-27E2-476D-8A94-0BF9F55D016F}"/>
     <hyperlink ref="G11" r:id="rId4" xr:uid="{DF5DFE75-830D-45FA-B10A-4C4694F5D4D5}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
   <pageSetup orientation="landscape" r:id="rId5"/>
   <headerFooter>
     <oddFooter>&amp;R23-7465 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>