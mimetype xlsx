--- v0 (2025-10-21)
+++ v1 (2026-01-30)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2023\23-7457 Maintenance, Repair and Operation (MRO) Equipment, Supplies,\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D58E402E-5F4B-4D9D-83C3-FCA9032D9AC7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CD1E75E5-24F8-4262-9E94-F2913DC6EABA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -254,53 +254,50 @@
   <si>
     <t>Jorge Felix</t>
   </si>
   <si>
     <t>Juan Reyes</t>
   </si>
   <si>
     <t>Sergio Torres</t>
   </si>
   <si>
     <t>ELVIRA SOLIS</t>
   </si>
   <si>
     <t>Simon Woodart</t>
   </si>
   <si>
     <t>Steve Campbell</t>
   </si>
   <si>
     <t>Yocmin W Yee</t>
   </si>
   <si>
     <t>Company Address…</t>
   </si>
   <si>
-    <t>6802 Commerce Ave Building 9 Unit F, El Paso, TX 79915</t>
-[...1 lines deleted...]
-  <si>
     <t>3524 Gateway East, El Paso, TX 79905</t>
   </si>
   <si>
     <t>11409 Cedar Oak Dr., El Paso, TX 79936</t>
   </si>
   <si>
     <t>7170 Copperqueen Dr, El Paso, TX 79912</t>
   </si>
   <si>
     <t>3820 Admiral St, El Paso, TX 79925</t>
   </si>
   <si>
     <t>5450 Hurd Place Ste. E, El Paso, Texas 79912</t>
   </si>
   <si>
     <t>11221 Rojas Drive, El Paso, TX 79935</t>
   </si>
   <si>
     <t>9030 KIRBY DR HOUSTON, TX 77054</t>
   </si>
   <si>
     <t>5519 E. Paisano. El Paso, TX 79905</t>
   </si>
   <si>
     <t>809 Tony Lama, El Paso, TX 79915</t>
@@ -1085,57 +1082,76 @@
     <t>*updated 7/16/25</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Liber Holdings LLC (Roger Brown Co) </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>RBC Industrial LLC (Liber Holdings LLC)</t>
     </r>
   </si>
   <si>
     <t>*updated 9/10/25</t>
   </si>
   <si>
-    <t>*updated 8/26/25, 9/29/25</t>
-[...5 lines deleted...]
-    <t>*updated 4/4/25, 5/14/25, 6/16/25, 6/24/25, 8/29/25, 10/10/25</t>
+    <t>*updated 8/26/25, 9/29/25, 12/8/25</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>6802 Commerce Ave Building 9 Unit F, El Paso, TX 79915</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve">
+6112 N. Mesa #235, El Paso, TX 79912</t>
+    </r>
+  </si>
+  <si>
+    <t>*updated 4/4/25, 5/14/25, 6/16/25, 6/24/25, 8/29/25, 10/10/25, 11/7/25, 12/9/25, 1/15/26, 1/21/26</t>
+  </si>
+  <si>
+    <t>*updated 3/27/25, 4/16/25, 4/17/25, 5/20/25, 5/21/25, 6/23/25, 6/25/25, 7/2/25, 7/21/25, 7/22/25, 8/4/25, 8/15/25, 8/29/25, 9/5/25, 9/11/25, 9/30/25, 11/4/25, 11/5/25, 11/21/25, 12/4/25, 12/9/25, 1/5/26, 1/9/26, 1/22/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1613,119 +1629,119 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/EL%20PASO%20RIO%20ELECTRIC%2C%20INC.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Liber%20Holdings%20LLC.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Texas%20EnviroBlast.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/American%20Refrigeration%20Supplies.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Pride%20General%20Contractors.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Black%20Stallion.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/El%20Paso%20%26%20Juarez%20Paint.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Hercules%20Industries.PNG" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Texas%20Chiller%20Systems.rtf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Yee%20Electrical%20Contractor%20LLC.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/A2Z%20Supplies.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Full%20Turn%20Interior%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Mentru%20Enterprises.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/West%20Texas%20Chiller.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.competitivechoice.net/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Bio%20Remedies.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/DALE%20BORENS%20SERVICE%20SUPPLY.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Sunset%20Carpets.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Work%20Wear%20Safety%20Shoes.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/B%26M%20Machinery.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Ferguson%20Enterprises%20(1).pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Sun%20City%20Plumbers.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Warrior%20Xpress.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Contractors%20Tiles%20Plus.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Longhorn%20Electrical%20Services.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Woodart.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/AMPTX%20Electric.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Competitive%20Choice.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Facility%20Solutions%20Group.xlsx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Sigler%20Wholesale.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Varitec%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/WESTERN%20STAR.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Clowe%20%26%20Cowan.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/EL%20PASO%20RIO%20ELECTRIC%2C%20INC.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Liber%20Holdings%20LLC.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Texas%20EnviroBlast.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/American%20Refrigeration%20Supplies.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Pride%20General%20Contractors.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Black%20Stallion.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/El%20Paso%20%26%20Juarez%20Paint.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Hercules%20Industries.PNG" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Texas%20Chiller%20Systems.rtf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Yee%20Electrical%20Contractor%20LLC.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/A2Z%20Supplies.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Full%20Turn%20Interior%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Mentru%20Enterprises.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/West%20Texas%20Chiller.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.competitivechoice.net/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Bio%20Remedies.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/DALE%20BORENS%20SERVICE%20SUPPLY.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Sunset%20Carpets.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Workwear%20MRO.xlsx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/B%26M%20Machinery.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Ferguson%20Enterprises%20(1).pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Sun%20City%20Plumbers.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Warrior%20Xpress.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Contractors%20Tiles%20Plus.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Longhorn%20Electrical%20Services.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Woodart.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/AMPTX%20Electric.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Competitive%20Choice.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Facility%20Solutions%20Group.xlsx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Sigler%20Wholesale.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Varitec%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/WESTERN%20STAR.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Clowe%20%26%20Cowan.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B1:AZ17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="11" customWidth="1"/>
     <col min="2" max="2" width="8" style="11" customWidth="1"/>
     <col min="3" max="3" width="36" style="11" customWidth="1"/>
     <col min="4" max="4" width="6" style="11" customWidth="1"/>
     <col min="5" max="40" width="30.7109375" style="11" customWidth="1"/>
     <col min="41" max="16384" width="9.140625" style="11"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:52" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:52" s="1" customFormat="1" ht="120" x14ac:dyDescent="0.25">
       <c r="E1" s="23" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="F1" s="8"/>
       <c r="G1" s="23"/>
       <c r="H1" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="J1" s="23"/>
       <c r="K1" s="23"/>
       <c r="L1" s="23"/>
       <c r="M1" s="8"/>
       <c r="O1" s="8"/>
       <c r="R1" s="23"/>
       <c r="S1" s="24"/>
       <c r="T1" s="8"/>
       <c r="U1" s="1" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="V1" s="23"/>
       <c r="X1" s="8" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="Y1" s="24" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="Z1" s="8" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="AA1" s="23"/>
       <c r="AC1" s="21"/>
       <c r="AD1" s="8" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="AE1" s="8"/>
       <c r="AF1" s="8"/>
       <c r="AG1" s="8"/>
       <c r="AI1" s="22"/>
       <c r="AJ1" s="1" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="AL1" s="22"/>
       <c r="AM1" s="23" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="AN1" s="8"/>
     </row>
     <row r="2" spans="2:52" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="B2" s="30"/>
       <c r="C2" s="30"/>
       <c r="D2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="E2" s="25" t="s">
         <v>1</v>
       </c>
       <c r="F2" s="25" t="s">
         <v>2</v>
       </c>
       <c r="G2" s="25" t="s">
         <v>3</v>
       </c>
       <c r="H2" s="25" t="s">
         <v>4</v>
       </c>
       <c r="I2" s="25" t="s">
         <v>5</v>
       </c>
       <c r="J2" s="25" t="s">
@@ -1749,87 +1765,87 @@
       <c r="P2" s="25" t="s">
         <v>12</v>
       </c>
       <c r="Q2" s="25" t="s">
         <v>13</v>
       </c>
       <c r="R2" s="25" t="s">
         <v>14</v>
       </c>
       <c r="S2" s="25" t="s">
         <v>15</v>
       </c>
       <c r="T2" s="25" t="s">
         <v>16</v>
       </c>
       <c r="U2" s="25" t="s">
         <v>17</v>
       </c>
       <c r="V2" s="25" t="s">
         <v>18</v>
       </c>
       <c r="W2" s="25" t="s">
         <v>19</v>
       </c>
       <c r="X2" s="25" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="Y2" s="25" t="s">
         <v>20</v>
       </c>
       <c r="Z2" s="25" t="s">
         <v>21</v>
       </c>
       <c r="AA2" s="25" t="s">
         <v>22</v>
       </c>
       <c r="AB2" s="25" t="s">
         <v>23</v>
       </c>
       <c r="AC2" s="25" t="s">
         <v>24</v>
       </c>
       <c r="AD2" s="25" t="s">
         <v>25</v>
       </c>
       <c r="AE2" s="25" t="s">
         <v>26</v>
       </c>
       <c r="AF2" s="25" t="s">
         <v>27</v>
       </c>
       <c r="AG2" s="25" t="s">
         <v>28</v>
       </c>
       <c r="AH2" s="25" t="s">
         <v>29</v>
       </c>
       <c r="AI2" s="25" t="s">
         <v>30</v>
       </c>
       <c r="AJ2" s="25" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="AK2" s="25" t="s">
         <v>31</v>
       </c>
       <c r="AL2" s="25" t="s">
         <v>32</v>
       </c>
       <c r="AM2" s="25" t="s">
         <v>33</v>
       </c>
       <c r="AN2" s="25" t="s">
         <v>34</v>
       </c>
       <c r="AO2" s="31"/>
       <c r="AP2" s="31"/>
       <c r="AQ2" s="31"/>
       <c r="AR2" s="31"/>
       <c r="AS2" s="31"/>
       <c r="AT2" s="31"/>
       <c r="AU2" s="31"/>
       <c r="AV2" s="31"/>
       <c r="AW2" s="31"/>
       <c r="AX2" s="31"/>
       <c r="AY2" s="31"/>
       <c r="AZ2" s="31"/>
@@ -1925,1082 +1941,1082 @@
       <c r="AG3" s="2" t="s">
         <v>64</v>
       </c>
       <c r="AH3" s="2" t="s">
         <v>65</v>
       </c>
       <c r="AI3" s="2" t="s">
         <v>66</v>
       </c>
       <c r="AJ3" s="2" t="s">
         <v>67</v>
       </c>
       <c r="AK3" s="2" t="s">
         <v>68</v>
       </c>
       <c r="AL3" s="2" t="s">
         <v>69</v>
       </c>
       <c r="AM3" s="2" t="s">
         <v>70</v>
       </c>
       <c r="AN3" s="2" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="4" spans="2:52" ht="45" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:52" ht="60" x14ac:dyDescent="0.25">
       <c r="D4" s="4" t="s">
         <v>72</v>
       </c>
-      <c r="E4" s="2" t="s">
+      <c r="E4" s="27" t="s">
+        <v>334</v>
+      </c>
+      <c r="F4" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="F4" s="2" t="s">
+      <c r="G4" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="G4" s="2" t="s">
+      <c r="H4" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="H4" s="2" t="s">
+      <c r="I4" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="I4" s="2" t="s">
+      <c r="J4" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="J4" s="2" t="s">
+      <c r="K4" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="K4" s="2" t="s">
+      <c r="L4" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="L4" s="2" t="s">
+      <c r="M4" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="M4" s="2" t="s">
+      <c r="N4" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="N4" s="2" t="s">
+      <c r="O4" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="O4" s="2" t="s">
+      <c r="P4" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="P4" s="2" t="s">
+      <c r="Q4" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="Q4" s="2" t="s">
+      <c r="R4" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="R4" s="2" t="s">
+      <c r="S4" s="2" t="s">
         <v>86</v>
       </c>
-      <c r="S4" s="2" t="s">
+      <c r="T4" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="T4" s="2" t="s">
+      <c r="U4" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="U4" s="2" t="s">
+      <c r="V4" s="2" t="s">
         <v>89</v>
       </c>
-      <c r="V4" s="2" t="s">
+      <c r="W4" s="2" t="s">
         <v>90</v>
       </c>
-      <c r="W4" s="2" t="s">
+      <c r="X4" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="X4" s="2" t="s">
+      <c r="Y4" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="Y4" s="2" t="s">
+      <c r="Z4" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="Z4" s="2" t="s">
+      <c r="AA4" s="2" t="s">
         <v>94</v>
       </c>
-      <c r="AA4" s="2" t="s">
+      <c r="AB4" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="AB4" s="2" t="s">
+      <c r="AC4" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="AC4" s="2" t="s">
+      <c r="AD4" s="2" t="s">
         <v>97</v>
       </c>
-      <c r="AD4" s="2" t="s">
+      <c r="AE4" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="AE4" s="2" t="s">
+      <c r="AF4" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="AF4" s="2" t="s">
+      <c r="AG4" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="AG4" s="2" t="s">
+      <c r="AH4" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="AH4" s="2" t="s">
+      <c r="AI4" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="AI4" s="2" t="s">
+      <c r="AJ4" s="27" t="s">
+        <v>328</v>
+      </c>
+      <c r="AK4" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="AJ4" s="27" t="s">
-[...2 lines deleted...]
-      <c r="AK4" s="2" t="s">
+      <c r="AL4" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="AL4" s="2" t="s">
+      <c r="AM4" s="2" t="s">
         <v>105</v>
       </c>
-      <c r="AM4" s="2" t="s">
+      <c r="AN4" s="2" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="5" spans="2:52" ht="30" x14ac:dyDescent="0.25">
       <c r="D5" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="E5" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="E5" s="2" t="s">
+      <c r="F5" s="11" t="s">
         <v>109</v>
       </c>
-      <c r="F5" s="11" t="s">
+      <c r="G5" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="G5" s="2" t="s">
+      <c r="H5" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="H5" s="2" t="s">
+      <c r="I5" s="2" t="s">
         <v>112</v>
       </c>
-      <c r="I5" s="2" t="s">
+      <c r="J5" s="2" t="s">
         <v>113</v>
       </c>
-      <c r="J5" s="2" t="s">
+      <c r="K5" s="2" t="s">
         <v>114</v>
       </c>
-      <c r="K5" s="2" t="s">
+      <c r="L5" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="L5" s="2" t="s">
+      <c r="M5" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="M5" s="2" t="s">
+      <c r="N5" s="2" t="s">
         <v>117</v>
       </c>
-      <c r="N5" s="2" t="s">
+      <c r="O5" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="O5" s="2" t="s">
+      <c r="P5" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="P5" s="2" t="s">
+      <c r="Q5" s="2" t="s">
         <v>120</v>
       </c>
-      <c r="Q5" s="2" t="s">
+      <c r="R5" s="2" t="s">
         <v>121</v>
       </c>
-      <c r="R5" s="2" t="s">
+      <c r="S5" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="S5" s="2" t="s">
+      <c r="T5" s="2" t="s">
         <v>123</v>
       </c>
-      <c r="T5" s="2" t="s">
+      <c r="U5" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="U5" s="2" t="s">
+      <c r="V5" s="2" t="s">
         <v>125</v>
       </c>
-      <c r="V5" s="2" t="s">
+      <c r="W5" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="W5" s="2" t="s">
+      <c r="X5" s="2" t="s">
         <v>127</v>
       </c>
-      <c r="X5" s="2" t="s">
+      <c r="Y5" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="Y5" s="2" t="s">
+      <c r="Z5" s="2" t="s">
         <v>129</v>
       </c>
-      <c r="Z5" s="2" t="s">
+      <c r="AA5" s="2" t="s">
         <v>130</v>
       </c>
-      <c r="AA5" s="2" t="s">
+      <c r="AB5" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="AB5" s="2" t="s">
+      <c r="AC5" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="AC5" s="2" t="s">
+      <c r="AD5" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="AD5" s="2" t="s">
+      <c r="AE5" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="AE5" s="2" t="s">
+      <c r="AF5" s="2" t="s">
         <v>135</v>
       </c>
-      <c r="AF5" s="2" t="s">
+      <c r="AG5" s="2" t="s">
         <v>136</v>
       </c>
-      <c r="AG5" s="2" t="s">
+      <c r="AH5" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="AH5" s="2" t="s">
+      <c r="AI5" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="AI5" s="2" t="s">
+      <c r="AJ5" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="AJ5" s="2" t="s">
+      <c r="AK5" s="2" t="s">
         <v>140</v>
       </c>
-      <c r="AK5" s="2" t="s">
+      <c r="AL5" s="2" t="s">
         <v>141</v>
       </c>
-      <c r="AL5" s="2" t="s">
+      <c r="AM5" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="AM5" s="2" t="s">
+      <c r="AN5" s="2" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="6" spans="2:52" x14ac:dyDescent="0.25">
       <c r="D6" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="E6" s="2" t="s">
         <v>145</v>
       </c>
-      <c r="E6" s="2" t="s">
+      <c r="F6" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="F6" s="2" t="s">
+      <c r="G6" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="G6" s="2" t="s">
+      <c r="H6" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="H6" s="2" t="s">
+      <c r="I6" s="2" t="s">
         <v>149</v>
       </c>
-      <c r="I6" s="2" t="s">
+      <c r="J6" s="2" t="s">
         <v>150</v>
       </c>
-      <c r="J6" s="2" t="s">
+      <c r="K6" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="K6" s="2" t="s">
+      <c r="L6" s="2" t="s">
         <v>152</v>
       </c>
-      <c r="L6" s="2" t="s">
+      <c r="M6" s="2" t="s">
         <v>153</v>
       </c>
-      <c r="M6" s="2" t="s">
+      <c r="N6" s="2" t="s">
         <v>154</v>
       </c>
-      <c r="N6" s="2" t="s">
+      <c r="O6" s="2" t="s">
         <v>155</v>
       </c>
-      <c r="O6" s="2" t="s">
+      <c r="P6" s="2" t="s">
         <v>156</v>
       </c>
-      <c r="P6" s="2" t="s">
+      <c r="Q6" s="2" t="s">
         <v>157</v>
       </c>
-      <c r="Q6" s="2" t="s">
+      <c r="R6" s="2" t="s">
         <v>158</v>
       </c>
-      <c r="R6" s="2" t="s">
+      <c r="S6" s="2" t="s">
         <v>159</v>
       </c>
-      <c r="S6" s="2" t="s">
+      <c r="T6" s="2" t="s">
         <v>160</v>
       </c>
-      <c r="T6" s="2" t="s">
+      <c r="U6" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="U6" s="2" t="s">
+      <c r="V6" s="2" t="s">
         <v>162</v>
       </c>
-      <c r="V6" s="2" t="s">
+      <c r="W6" s="2" t="s">
         <v>163</v>
       </c>
-      <c r="W6" s="2" t="s">
+      <c r="X6" s="2" t="s">
         <v>164</v>
       </c>
-      <c r="X6" s="2" t="s">
+      <c r="Y6" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="Y6" s="2" t="s">
+      <c r="Z6" s="2" t="s">
         <v>166</v>
       </c>
-      <c r="Z6" s="2" t="s">
+      <c r="AA6" s="2" t="s">
         <v>167</v>
       </c>
-      <c r="AA6" s="2" t="s">
+      <c r="AB6" s="2" t="s">
         <v>168</v>
       </c>
-      <c r="AB6" s="2" t="s">
+      <c r="AC6" s="2" t="s">
         <v>169</v>
       </c>
-      <c r="AC6" s="2" t="s">
+      <c r="AD6" s="2" t="s">
         <v>170</v>
       </c>
-      <c r="AD6" s="2" t="s">
+      <c r="AE6" s="2" t="s">
         <v>171</v>
       </c>
-      <c r="AE6" s="2" t="s">
+      <c r="AF6" s="2" t="s">
         <v>172</v>
       </c>
-      <c r="AF6" s="2" t="s">
+      <c r="AG6" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="AG6" s="2" t="s">
+      <c r="AH6" s="2" t="s">
         <v>174</v>
       </c>
-      <c r="AH6" s="2" t="s">
+      <c r="AI6" s="2" t="s">
         <v>175</v>
       </c>
-      <c r="AI6" s="2" t="s">
+      <c r="AJ6" s="2" t="s">
         <v>176</v>
       </c>
-      <c r="AJ6" s="2" t="s">
+      <c r="AK6" s="2" t="s">
         <v>177</v>
       </c>
-      <c r="AK6" s="2" t="s">
+      <c r="AL6" s="2" t="s">
         <v>178</v>
       </c>
-      <c r="AL6" s="2" t="s">
+      <c r="AM6" s="2" t="s">
         <v>179</v>
       </c>
-      <c r="AM6" s="2" t="s">
+      <c r="AN6" s="2" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="7" spans="2:52" ht="30" x14ac:dyDescent="0.25">
       <c r="D7" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="E7" s="27" t="s">
         <v>182</v>
       </c>
-      <c r="E7" s="27" t="s">
+      <c r="F7" s="11" t="s">
         <v>183</v>
       </c>
-      <c r="F7" s="11" t="s">
+      <c r="G7" s="11" t="s">
         <v>184</v>
       </c>
-      <c r="G7" s="11" t="s">
+      <c r="H7" s="2" t="s">
         <v>185</v>
       </c>
-      <c r="H7" s="2" t="s">
+      <c r="I7" s="2" t="s">
         <v>186</v>
       </c>
-      <c r="I7" s="2" t="s">
+      <c r="J7" s="2" t="s">
         <v>187</v>
       </c>
-      <c r="J7" s="2" t="s">
+      <c r="K7" s="2" t="s">
         <v>188</v>
       </c>
-      <c r="K7" s="2" t="s">
+      <c r="L7" s="9" t="s">
         <v>189</v>
       </c>
-      <c r="L7" s="9" t="s">
+      <c r="M7" s="2" t="s">
         <v>190</v>
       </c>
-      <c r="M7" s="2" t="s">
+      <c r="N7" s="27" t="s">
+        <v>182</v>
+      </c>
+      <c r="O7" s="2" t="s">
         <v>191</v>
       </c>
-      <c r="N7" s="27" t="s">
-[...2 lines deleted...]
-      <c r="O7" s="2" t="s">
+      <c r="P7" s="2" t="s">
         <v>192</v>
       </c>
-      <c r="P7" s="2" t="s">
+      <c r="Q7" s="27" t="s">
+        <v>182</v>
+      </c>
+      <c r="R7" s="2" t="s">
         <v>193</v>
       </c>
-      <c r="Q7" s="27" t="s">
-[...2 lines deleted...]
-      <c r="R7" s="2" t="s">
+      <c r="S7" s="27" t="s">
+        <v>182</v>
+      </c>
+      <c r="T7" s="2" t="s">
         <v>194</v>
       </c>
-      <c r="S7" s="27" t="s">
-[...2 lines deleted...]
-      <c r="T7" s="2" t="s">
+      <c r="U7" s="2" t="s">
         <v>195</v>
       </c>
-      <c r="U7" s="2" t="s">
+      <c r="V7" s="2" t="s">
         <v>196</v>
       </c>
-      <c r="V7" s="2" t="s">
+      <c r="W7" s="2" t="s">
         <v>197</v>
       </c>
-      <c r="W7" s="2" t="s">
+      <c r="X7" s="2" t="s">
         <v>198</v>
       </c>
-      <c r="X7" s="2" t="s">
+      <c r="Y7" s="2" t="s">
         <v>199</v>
       </c>
-      <c r="Y7" s="2" t="s">
+      <c r="Z7" s="2" t="s">
         <v>200</v>
       </c>
-      <c r="Z7" s="2" t="s">
+      <c r="AA7" s="2" t="s">
         <v>201</v>
       </c>
-      <c r="AA7" s="2" t="s">
+      <c r="AB7" s="2" t="s">
         <v>202</v>
       </c>
-      <c r="AB7" s="2" t="s">
+      <c r="AC7" s="2" t="s">
         <v>203</v>
       </c>
-      <c r="AC7" s="2" t="s">
+      <c r="AD7" s="2" t="s">
         <v>204</v>
       </c>
-      <c r="AD7" s="2" t="s">
+      <c r="AE7" s="27" t="s">
+        <v>182</v>
+      </c>
+      <c r="AF7" s="2" t="s">
         <v>205</v>
       </c>
-      <c r="AE7" s="27" t="s">
-[...2 lines deleted...]
-      <c r="AF7" s="2" t="s">
+      <c r="AG7" s="2" t="s">
         <v>206</v>
       </c>
-      <c r="AG7" s="2" t="s">
+      <c r="AH7" s="2" t="s">
         <v>207</v>
       </c>
-      <c r="AH7" s="2" t="s">
+      <c r="AI7" s="27" t="s">
+        <v>182</v>
+      </c>
+      <c r="AJ7" s="2" t="s">
         <v>208</v>
       </c>
-      <c r="AI7" s="27" t="s">
-[...2 lines deleted...]
-      <c r="AJ7" s="2" t="s">
+      <c r="AK7" s="2" t="s">
         <v>209</v>
       </c>
-      <c r="AK7" s="2" t="s">
+      <c r="AL7" s="2" t="s">
         <v>210</v>
       </c>
-      <c r="AL7" s="2" t="s">
+      <c r="AM7" s="2" t="s">
         <v>211</v>
       </c>
-      <c r="AM7" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AN7" s="27" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
     </row>
     <row r="8" spans="2:52" ht="30" x14ac:dyDescent="0.25">
       <c r="D8" s="4" t="s">
+        <v>212</v>
+      </c>
+      <c r="E8" s="2" t="s">
         <v>213</v>
       </c>
-      <c r="E8" s="2" t="s">
+      <c r="F8" s="2" t="s">
         <v>214</v>
       </c>
-      <c r="F8" s="2" t="s">
+      <c r="G8" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="H8" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="I8" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="J8" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="K8" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="L8" s="2" t="s">
         <v>215</v>
       </c>
-      <c r="G8" s="2" t="s">
+      <c r="M8" s="2" t="s">
         <v>214</v>
       </c>
-      <c r="H8" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I8" s="2" t="s">
+      <c r="N8" s="2" t="s">
         <v>214</v>
       </c>
-      <c r="J8" s="2" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="O8" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="P8" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="Q8" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="R8" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="S8" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="T8" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="U8" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="V8" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="W8" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="X8" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="Y8" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="Z8" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="AA8" s="2" t="s">
         <v>214</v>
       </c>
-      <c r="AA8" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB8" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="AC8" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="AD8" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="AE8" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="AF8" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="AG8" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="AH8" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="AI8" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="AJ8" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="AK8" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="AL8" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="AM8" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="AN8" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
     </row>
     <row r="9" spans="2:52" ht="120" x14ac:dyDescent="0.25">
       <c r="D9" s="4" t="s">
+        <v>216</v>
+      </c>
+      <c r="E9" s="2" t="s">
         <v>217</v>
       </c>
-      <c r="E9" s="2" t="s">
+      <c r="F9" s="2" t="s">
         <v>218</v>
       </c>
-      <c r="F9" s="2" t="s">
+      <c r="G9" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="H9" s="2" t="s">
         <v>219</v>
       </c>
-      <c r="G9" s="2" t="s">
+      <c r="I9" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="J9" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="K9" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="L9" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="M9" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="N9" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="O9" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="P9" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="Q9" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="R9" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="S9" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="T9" s="27" t="s">
+        <v>226</v>
+      </c>
+      <c r="U9" s="2" t="s">
+        <v>227</v>
+      </c>
+      <c r="V9" s="2" t="s">
+        <v>228</v>
+      </c>
+      <c r="W9" s="27" t="s">
+        <v>229</v>
+      </c>
+      <c r="X9" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="Y9" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="Z9" s="2" t="s">
+        <v>232</v>
+      </c>
+      <c r="AA9" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="AB9" s="2" t="s">
+        <v>233</v>
+      </c>
+      <c r="AC9" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="AD9" s="2" t="s">
+        <v>234</v>
+      </c>
+      <c r="AE9" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="AF9" s="2" t="s">
         <v>214</v>
       </c>
-      <c r="H9" s="2" t="s">
-[...17 lines deleted...]
-      <c r="N9" s="2" t="s">
+      <c r="AG9" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="AH9" s="2" t="s">
+        <v>237</v>
+      </c>
+      <c r="AI9" s="27" t="s">
+        <v>238</v>
+      </c>
+      <c r="AJ9" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="AK9" s="2" t="s">
         <v>225</v>
       </c>
-      <c r="O9" s="2" t="s">
-[...67 lines deleted...]
-      </c>
       <c r="AL9" s="2" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="AM9" s="2" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="AN9" s="2" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
     </row>
     <row r="10" spans="2:52" ht="90" x14ac:dyDescent="0.25">
       <c r="D10" s="4" t="s">
+        <v>240</v>
+      </c>
+      <c r="E10" s="2" t="s">
         <v>241</v>
       </c>
-      <c r="E10" s="2" t="s">
+      <c r="F10" s="2" t="s">
         <v>242</v>
       </c>
-      <c r="F10" s="2" t="s">
+      <c r="G10" s="2" t="s">
         <v>243</v>
       </c>
-      <c r="G10" s="2" t="s">
+      <c r="H10" s="2" t="s">
         <v>244</v>
       </c>
-      <c r="H10" s="2" t="s">
+      <c r="I10" s="2" t="s">
         <v>245</v>
       </c>
-      <c r="I10" s="2" t="s">
+      <c r="J10" s="2" t="s">
         <v>246</v>
       </c>
-      <c r="J10" s="2" t="s">
+      <c r="K10" s="2" t="s">
         <v>247</v>
       </c>
-      <c r="K10" s="2" t="s">
+      <c r="L10" s="2" t="s">
         <v>248</v>
       </c>
-      <c r="L10" s="2" t="s">
+      <c r="M10" s="2" t="s">
         <v>249</v>
       </c>
-      <c r="M10" s="2" t="s">
+      <c r="N10" s="2" t="s">
         <v>250</v>
       </c>
-      <c r="N10" s="2" t="s">
+      <c r="O10" s="27" t="s">
         <v>251</v>
       </c>
-      <c r="O10" s="27" t="s">
+      <c r="P10" s="2" t="s">
         <v>252</v>
       </c>
-      <c r="P10" s="2" t="s">
+      <c r="Q10" s="27" t="s">
         <v>253</v>
       </c>
-      <c r="Q10" s="27" t="s">
+      <c r="R10" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="S10" s="2" t="s">
         <v>254</v>
       </c>
-      <c r="R10" s="2" t="s">
+      <c r="T10" s="2" t="s">
+        <v>255</v>
+      </c>
+      <c r="U10" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="V10" s="2" t="s">
+        <v>257</v>
+      </c>
+      <c r="W10" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="X10" s="2" t="s">
+        <v>259</v>
+      </c>
+      <c r="Y10" s="2" t="s">
+        <v>260</v>
+      </c>
+      <c r="Z10" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="AA10" s="2" t="s">
         <v>251</v>
       </c>
-      <c r="S10" s="2" t="s">
-[...14 lines deleted...]
-      <c r="X10" s="2" t="s">
+      <c r="AB10" s="2" t="s">
+        <v>261</v>
+      </c>
+      <c r="AC10" s="2" t="s">
+        <v>262</v>
+      </c>
+      <c r="AD10" s="2" t="s">
+        <v>263</v>
+      </c>
+      <c r="AE10" s="2" t="s">
+        <v>264</v>
+      </c>
+      <c r="AF10" s="2" t="s">
+        <v>265</v>
+      </c>
+      <c r="AG10" s="2" t="s">
         <v>260</v>
       </c>
-      <c r="Y10" s="2" t="s">
-[...20 lines deleted...]
-      <c r="AF10" s="2" t="s">
+      <c r="AH10" s="2" t="s">
         <v>266</v>
       </c>
-      <c r="AG10" s="2" t="s">
-[...2 lines deleted...]
-      <c r="AH10" s="2" t="s">
+      <c r="AI10" s="2" t="s">
         <v>267</v>
       </c>
-      <c r="AI10" s="2" t="s">
+      <c r="AJ10" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="AK10" s="2" t="s">
         <v>268</v>
       </c>
-      <c r="AJ10" s="2" t="s">
-[...2 lines deleted...]
-      <c r="AK10" s="2" t="s">
+      <c r="AL10" s="2" t="s">
+        <v>246</v>
+      </c>
+      <c r="AM10" s="2" t="s">
         <v>269</v>
       </c>
-      <c r="AL10" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AN10" s="2" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="2:52" ht="120" x14ac:dyDescent="0.25">
       <c r="D11" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="E11" s="28" t="s">
         <v>271</v>
       </c>
-      <c r="E11" s="28" t="s">
+      <c r="F11" s="29" t="s">
         <v>272</v>
       </c>
-      <c r="F11" s="29" t="s">
+      <c r="G11" s="29" t="s">
+        <v>272</v>
+      </c>
+      <c r="H11" s="29" t="s">
+        <v>272</v>
+      </c>
+      <c r="I11" s="29" t="s">
+        <v>272</v>
+      </c>
+      <c r="J11" s="29" t="s">
+        <v>272</v>
+      </c>
+      <c r="K11" s="29" t="s">
+        <v>272</v>
+      </c>
+      <c r="L11" s="29" t="s">
+        <v>272</v>
+      </c>
+      <c r="M11" s="29" t="s">
+        <v>272</v>
+      </c>
+      <c r="N11" s="29" t="s">
+        <v>272</v>
+      </c>
+      <c r="O11" s="25" t="s">
         <v>273</v>
       </c>
-      <c r="G11" s="29" t="s">
+      <c r="P11" s="25" t="s">
         <v>273</v>
       </c>
-      <c r="H11" s="29" t="s">
+      <c r="Q11" s="29" t="s">
+        <v>272</v>
+      </c>
+      <c r="R11" s="25" t="s">
         <v>273</v>
       </c>
-      <c r="I11" s="29" t="s">
+      <c r="S11" s="29" t="s">
+        <v>272</v>
+      </c>
+      <c r="T11" s="29" t="s">
+        <v>272</v>
+      </c>
+      <c r="U11" s="29" t="s">
+        <v>272</v>
+      </c>
+      <c r="V11" s="29" t="s">
+        <v>272</v>
+      </c>
+      <c r="W11" s="29" t="s">
+        <v>272</v>
+      </c>
+      <c r="X11" s="29" t="s">
+        <v>272</v>
+      </c>
+      <c r="Y11" s="29" t="s">
+        <v>272</v>
+      </c>
+      <c r="Z11" s="29" t="s">
+        <v>272</v>
+      </c>
+      <c r="AA11" s="29" t="s">
+        <v>272</v>
+      </c>
+      <c r="AB11" s="25" t="s">
         <v>273</v>
       </c>
-      <c r="J11" s="29" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="AC11" s="29" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="AD11" s="29" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="AE11" s="29" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="AF11" s="29" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="AG11" s="29" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="AH11" s="29" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="AI11" s="29" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="AJ11" s="29" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="AK11" s="29" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="AL11" s="29" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="AM11" s="29" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="AN11" s="29" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
     </row>
     <row r="12" spans="2:52" x14ac:dyDescent="0.25">
       <c r="B12" s="12" t="s">
+        <v>274</v>
+      </c>
+      <c r="C12" s="12" t="s">
         <v>275</v>
       </c>
-      <c r="C12" s="12" t="s">
+      <c r="D12" s="12" t="s">
         <v>276</v>
       </c>
-      <c r="D12" s="12" t="s">
+      <c r="E12" s="13" t="s">
         <v>277</v>
       </c>
-      <c r="E12" s="13" t="s">
+      <c r="F12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="G12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="H12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="I12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="J12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="K12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="L12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="M12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="N12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="O12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="P12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="Q12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="R12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="S12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="T12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="U12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="V12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="W12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="X12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="Y12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="Z12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="AA12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="AB12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="AC12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="AD12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="AE12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="AF12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="AG12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="AH12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="AI12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="AJ12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="AK12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="AL12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="AM12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="AN12" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="AO12" s="14" t="s">
         <v>278</v>
-      </c>
-[...106 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="13" spans="2:52" ht="45" x14ac:dyDescent="0.25">
       <c r="B13" s="15" t="s">
+        <v>279</v>
+      </c>
+      <c r="C13" s="2" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="D13" s="16">
         <v>1</v>
       </c>
       <c r="E13" s="17">
         <v>0.03</v>
       </c>
       <c r="F13" s="17">
         <v>0.17</v>
       </c>
       <c r="G13" s="17">
         <v>0</v>
       </c>
       <c r="H13" s="17">
         <v>0</v>
       </c>
       <c r="I13" s="17">
         <v>0.1</v>
       </c>
       <c r="J13" s="17">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="K13" s="17">
         <v>0.1</v>
       </c>
@@ -3043,122 +3059,122 @@
       <c r="X13" s="17">
         <v>0.05</v>
       </c>
       <c r="Y13" s="17">
         <v>0</v>
       </c>
       <c r="Z13" s="17">
         <v>0.2</v>
       </c>
       <c r="AA13" s="17">
         <v>0</v>
       </c>
       <c r="AB13" s="17">
         <v>0</v>
       </c>
       <c r="AC13" s="17">
         <v>0.1</v>
       </c>
       <c r="AD13" s="17">
         <v>0</v>
       </c>
       <c r="AE13" s="17">
         <v>0.15</v>
       </c>
       <c r="AF13" s="18" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="AG13" s="17">
         <v>0.02</v>
       </c>
       <c r="AH13" s="17">
         <v>0.3</v>
       </c>
       <c r="AI13" s="17">
         <v>0</v>
       </c>
       <c r="AJ13" s="17">
         <v>0.2</v>
       </c>
       <c r="AK13" s="17">
         <v>0.02</v>
       </c>
       <c r="AL13" s="17">
         <v>0</v>
       </c>
       <c r="AM13" s="17">
         <v>0.22</v>
       </c>
       <c r="AN13" s="17">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="2:52" ht="30" x14ac:dyDescent="0.25">
       <c r="B14" s="15" t="s">
+        <v>282</v>
+      </c>
+      <c r="C14" s="2" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="D14" s="16">
         <v>1</v>
       </c>
       <c r="E14" s="17">
         <v>0.03</v>
       </c>
       <c r="F14" s="17">
         <v>0.17</v>
       </c>
       <c r="G14" s="17">
         <v>0</v>
       </c>
       <c r="H14" s="17">
         <v>0</v>
       </c>
       <c r="I14" s="17">
         <v>0.1</v>
       </c>
       <c r="J14" s="17">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="K14" s="17">
         <v>0.1</v>
       </c>
       <c r="L14" s="18" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="M14" s="17">
         <v>0.1</v>
       </c>
       <c r="N14" s="18" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="O14" s="17">
         <v>0.25</v>
       </c>
       <c r="P14" s="18" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="Q14" s="17">
         <v>0.1</v>
       </c>
       <c r="R14" s="17">
         <v>0</v>
       </c>
       <c r="S14" s="17">
         <v>0.04</v>
       </c>
       <c r="T14" s="17">
         <v>0.23499999999999999</v>
       </c>
       <c r="U14" s="17">
         <v>0.15</v>
       </c>
       <c r="V14" s="17">
         <v>0</v>
       </c>
       <c r="W14" s="17">
         <v>0.1</v>
       </c>
       <c r="X14" s="17">
         <v>0.05</v>
       </c>
@@ -3177,413 +3193,413 @@
       <c r="AC14" s="17">
         <v>0</v>
       </c>
       <c r="AD14" s="17">
         <v>0</v>
       </c>
       <c r="AE14" s="17">
         <v>0.15</v>
       </c>
       <c r="AF14" s="17">
         <v>0.1</v>
       </c>
       <c r="AG14" s="17">
         <v>0.02</v>
       </c>
       <c r="AH14" s="17">
         <v>0.3</v>
       </c>
       <c r="AI14" s="17">
         <v>0</v>
       </c>
       <c r="AJ14" s="17">
         <v>0.2</v>
       </c>
       <c r="AK14" s="18" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="AL14" s="17">
         <v>0</v>
       </c>
       <c r="AM14" s="17">
         <v>0.22</v>
       </c>
       <c r="AN14" s="17">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="2:52" x14ac:dyDescent="0.25">
       <c r="B15" s="15" t="s">
+        <v>284</v>
+      </c>
+      <c r="C15" s="2" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="D15" s="16">
         <v>1</v>
       </c>
       <c r="E15" s="17">
         <v>0.03</v>
       </c>
       <c r="F15" s="17">
         <v>0.17</v>
       </c>
       <c r="G15" s="18" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="H15" s="17">
         <v>0</v>
       </c>
       <c r="I15" s="18" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="J15" s="17">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="K15" s="17">
         <v>0.1</v>
       </c>
       <c r="L15" s="18" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="M15" s="17">
         <v>0.1</v>
       </c>
       <c r="N15" s="17">
         <v>0.5</v>
       </c>
       <c r="O15" s="17">
         <v>0.25</v>
       </c>
       <c r="P15" s="17">
         <v>0.05</v>
       </c>
       <c r="Q15" s="17">
         <v>0.1</v>
       </c>
       <c r="R15" s="18" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="S15" s="18" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="T15" s="18" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="U15" s="17">
         <v>0.15</v>
       </c>
       <c r="V15" s="17">
         <v>0</v>
       </c>
       <c r="W15" s="17">
         <v>0.1</v>
       </c>
       <c r="X15" s="17">
         <v>0.05</v>
       </c>
       <c r="Y15" s="18" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="Z15" s="18" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="AA15" s="18" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="AB15" s="17">
         <v>0</v>
       </c>
       <c r="AC15" s="17">
         <v>0</v>
       </c>
       <c r="AD15" s="18" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="AE15" s="17">
         <v>0</v>
       </c>
       <c r="AF15" s="18" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="AG15" s="26" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="AH15" s="17">
         <v>0.2</v>
       </c>
       <c r="AI15" s="18" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="AJ15" s="18" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="AK15" s="17">
         <v>0.02</v>
       </c>
       <c r="AL15" s="18" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="AM15" s="17">
         <v>0.22</v>
       </c>
       <c r="AN15" s="17">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="2:52" ht="45" x14ac:dyDescent="0.25">
       <c r="B16" s="19" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="C16" s="6" t="s">
+        <v>286</v>
+      </c>
+      <c r="D16" s="19" t="s">
+        <v>278</v>
+      </c>
+      <c r="E16" s="7" t="s">
         <v>287</v>
       </c>
-      <c r="D16" s="19" t="s">
-[...2 lines deleted...]
-      <c r="E16" s="7" t="s">
+      <c r="F16" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="G16" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="H16" s="7" t="s">
         <v>288</v>
       </c>
-      <c r="F16" s="7" t="s">
-[...5 lines deleted...]
-      <c r="H16" s="7" t="s">
+      <c r="I16" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="J16" s="7" t="s">
         <v>289</v>
       </c>
-      <c r="I16" s="7" t="s">
-[...2 lines deleted...]
-      <c r="J16" s="7" t="s">
+      <c r="K16" s="7" t="s">
         <v>290</v>
       </c>
-      <c r="K16" s="7" t="s">
+      <c r="L16" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="M16" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="N16" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="O16" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="P16" s="7" t="s">
         <v>291</v>
       </c>
-      <c r="L16" s="7" t="s">
-[...11 lines deleted...]
-      <c r="P16" s="7" t="s">
+      <c r="Q16" s="7" t="s">
         <v>292</v>
       </c>
-      <c r="Q16" s="7" t="s">
+      <c r="R16" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="S16" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="T16" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="U16" s="7" t="s">
         <v>293</v>
       </c>
-      <c r="R16" s="7" t="s">
-[...8 lines deleted...]
-      <c r="U16" s="7" t="s">
+      <c r="V16" s="7" t="s">
         <v>294</v>
       </c>
-      <c r="V16" s="7" t="s">
+      <c r="W16" s="7" t="s">
         <v>295</v>
       </c>
-      <c r="W16" s="7" t="s">
+      <c r="X16" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="Y16" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="Z16" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="AA16" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="AB16" s="7" t="s">
         <v>296</v>
       </c>
-      <c r="X16" s="7" t="s">
-[...11 lines deleted...]
-      <c r="AB16" s="7" t="s">
+      <c r="AC16" s="7" t="s">
         <v>297</v>
       </c>
-      <c r="AC16" s="7" t="s">
+      <c r="AD16" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="AE16" s="7" t="s">
+        <v>98</v>
+      </c>
+      <c r="AF16" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="AG16" s="7" t="s">
+        <v>182</v>
+      </c>
+      <c r="AH16" s="7" t="s">
         <v>298</v>
       </c>
-      <c r="AD16" s="7" t="s">
-[...11 lines deleted...]
-      <c r="AH16" s="7" t="s">
+      <c r="AI16" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="AJ16" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="AK16" s="7" t="s">
         <v>299</v>
       </c>
-      <c r="AI16" s="7" t="s">
-[...5 lines deleted...]
-      <c r="AK16" s="7" t="s">
+      <c r="AL16" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="AM16" s="7" t="s">
         <v>300</v>
       </c>
-      <c r="AL16" s="7" t="s">
-[...2 lines deleted...]
-      <c r="AM16" s="7" t="s">
+      <c r="AN16" s="7" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="17" spans="2:40" ht="45" x14ac:dyDescent="0.25">
       <c r="B17" s="20"/>
       <c r="C17" s="6" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="D17" s="20"/>
       <c r="E17" s="7" t="s">
+        <v>303</v>
+      </c>
+      <c r="F17" s="7" t="s">
         <v>304</v>
       </c>
-      <c r="F17" s="7" t="s">
+      <c r="G17" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="H17" s="7" t="s">
         <v>305</v>
       </c>
-      <c r="G17" s="7" t="s">
-[...2 lines deleted...]
-      <c r="H17" s="7" t="s">
+      <c r="I17" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="J17" s="7" t="s">
         <v>306</v>
       </c>
-      <c r="I17" s="7" t="s">
-[...2 lines deleted...]
-      <c r="J17" s="7" t="s">
+      <c r="K17" s="7" t="s">
         <v>307</v>
       </c>
-      <c r="K17" s="7" t="s">
+      <c r="L17" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="M17" s="7" t="s">
         <v>308</v>
       </c>
-      <c r="L17" s="7" t="s">
-[...2 lines deleted...]
-      <c r="M17" s="7" t="s">
+      <c r="N17" s="7" t="s">
         <v>309</v>
       </c>
-      <c r="N17" s="7" t="s">
+      <c r="O17" s="7" t="s">
         <v>310</v>
       </c>
-      <c r="O17" s="7" t="s">
+      <c r="P17" s="7" t="s">
         <v>311</v>
       </c>
-      <c r="P17" s="7" t="s">
+      <c r="Q17" s="7" t="s">
         <v>312</v>
       </c>
-      <c r="Q17" s="7" t="s">
+      <c r="R17" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="S17" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="T17" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="U17" s="7" t="s">
         <v>313</v>
       </c>
-      <c r="R17" s="7" t="s">
-[...8 lines deleted...]
-      <c r="U17" s="7" t="s">
+      <c r="V17" s="7" t="s">
         <v>314</v>
       </c>
-      <c r="V17" s="7" t="s">
+      <c r="W17" s="7" t="s">
         <v>315</v>
       </c>
-      <c r="W17" s="7" t="s">
+      <c r="X17" s="7" t="s">
         <v>316</v>
       </c>
-      <c r="X17" s="7" t="s">
+      <c r="Y17" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="Z17" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="AA17" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="AB17" s="7" t="s">
         <v>317</v>
       </c>
-      <c r="Y17" s="7" t="s">
-[...8 lines deleted...]
-      <c r="AB17" s="7" t="s">
+      <c r="AC17" s="7" t="s">
         <v>318</v>
       </c>
-      <c r="AC17" s="7" t="s">
+      <c r="AD17" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="AE17" s="7" t="s">
         <v>319</v>
       </c>
-      <c r="AD17" s="7" t="s">
-[...2 lines deleted...]
-      <c r="AE17" s="7" t="s">
+      <c r="AF17" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="AG17" s="7" t="s">
+        <v>182</v>
+      </c>
+      <c r="AH17" s="7" t="s">
         <v>320</v>
       </c>
-      <c r="AF17" s="7" t="s">
-[...5 lines deleted...]
-      <c r="AH17" s="7" t="s">
+      <c r="AI17" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="AJ17" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="AK17" s="7" t="s">
         <v>321</v>
       </c>
-      <c r="AI17" s="7" t="s">
-[...5 lines deleted...]
-      <c r="AK17" s="7" t="s">
+      <c r="AL17" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="AM17" s="7" t="s">
         <v>322</v>
       </c>
-      <c r="AL17" s="7" t="s">
-[...2 lines deleted...]
-      <c r="AM17" s="7" t="s">
+      <c r="AN17" s="7" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:AN16">
     <sortCondition ref="E2:AN2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="L7" r:id="rId1" xr:uid="{A03E17BE-72D1-4D8A-A1D3-1EED4DE2EB7B}"/>
     <hyperlink ref="E11" r:id="rId2" display="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/A2Z Supplies.pdf" xr:uid="{73858D99-1307-482F-8495-841469303F6C}"/>
     <hyperlink ref="F11" r:id="rId3" xr:uid="{78AA5C75-637D-44DA-9A1E-294B0242A7E7}"/>
     <hyperlink ref="G11" r:id="rId4" xr:uid="{34DB832C-E572-4AC1-89C7-6185DE7F72F3}"/>
     <hyperlink ref="H11" r:id="rId5" xr:uid="{1751B648-49A3-43F4-99B6-63E9ED120ACD}"/>
     <hyperlink ref="I11" r:id="rId6" xr:uid="{5CE1DBD3-F0F7-4348-8A12-800C636616D9}"/>
     <hyperlink ref="J11" r:id="rId7" xr:uid="{71135628-A0F7-467B-880D-A9A3875BC4F7}"/>
     <hyperlink ref="K11" r:id="rId8" xr:uid="{64B2D562-C5C0-4E36-AC10-AFBCDFE5EDC5}"/>
     <hyperlink ref="L11" r:id="rId9" xr:uid="{F1C29F7F-D1EF-4B2A-97B5-D2F88F2A1CB6}"/>
     <hyperlink ref="M11" r:id="rId10" xr:uid="{8460A448-75D7-4BFF-AEA5-F7ACD6F4665A}"/>
     <hyperlink ref="N11" r:id="rId11" xr:uid="{CF19103C-D052-44C9-8554-2E45975FAA84}"/>
     <hyperlink ref="Q11" r:id="rId12" xr:uid="{B70973CD-4925-43D3-80AC-EDB4AA7B3BAC}"/>
     <hyperlink ref="S11" r:id="rId13" xr:uid="{17D37BB5-0F61-4F0A-B18C-6E10A71C3CFA}"/>
     <hyperlink ref="T11" r:id="rId14" xr:uid="{A316BCBB-7929-4521-88DF-D3B10180822B}"/>
     <hyperlink ref="U11" r:id="rId15" xr:uid="{0420CBC9-BD2C-47D2-BA37-63F69F428E2B}"/>
     <hyperlink ref="V11" r:id="rId16" xr:uid="{AF571C66-195F-4FEB-98BB-76FA35309869}"/>
     <hyperlink ref="W11" r:id="rId17" xr:uid="{C258AF13-614E-4327-A4F9-943E559C2A95}"/>
     <hyperlink ref="X11" r:id="rId18" xr:uid="{64D984E7-F6AD-48A7-B4CA-A247BFA853D5}"/>