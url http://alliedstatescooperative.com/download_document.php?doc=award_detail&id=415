--- v1 (2026-01-30)
+++ v2 (2026-03-18)
@@ -1,711 +1,639 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2023\23-7457 Maintenance, Repair and Operation (MRO) Equipment, Supplies,\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CD1E75E5-24F8-4262-9E94-F2913DC6EABA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AB251A37-3752-4047-B925-7E93BBBBD988}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="521" uniqueCount="337">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="466" uniqueCount="309">
   <si>
     <t>Company Name…</t>
   </si>
   <si>
     <t>A2Z Supplies (Heather C Ivy)</t>
   </si>
   <si>
     <t>American Refrigeration Supplies Inc (ARS)</t>
   </si>
   <si>
     <t>AMPTX Electric, LP</t>
   </si>
   <si>
     <t>B&amp;M Machinery (B&amp;M Industrial Inc)</t>
   </si>
   <si>
     <t>Bio Remedies (Texas Fannon Enterprises Inc)</t>
   </si>
   <si>
     <t>Black Stallion Construction, Inc (Black Stallion Contractors, Inc.)</t>
   </si>
   <si>
     <t>Clowe &amp; Cowan (Clowe and Cowan of El Paso LLC)</t>
   </si>
   <si>
     <t>COMPETITIVE CHOICE</t>
   </si>
   <si>
     <t>Contractors Tiles Plus, Inc.</t>
   </si>
   <si>
     <t>DALE BORENS SERVICE SUPPLY</t>
   </si>
   <si>
-    <t>Delta Air Conditioning and Heating LLC</t>
-[...1 lines deleted...]
-  <si>
     <t>Dunn-Edwards Corporation</t>
   </si>
   <si>
     <t>El Paso &amp; Juarez Paint, Inc.</t>
   </si>
   <si>
     <t>El Paso J.A.G, Inc.</t>
   </si>
   <si>
     <t>EL PASO RIO ELECTRIC, INC</t>
   </si>
   <si>
     <t>Facility Solutions Group Inc</t>
   </si>
   <si>
     <t>Ferguson Enterprises LLC (Ferguson US Holdings, Inc)</t>
   </si>
   <si>
     <t>Full Turn Interior Solutions LLC</t>
   </si>
   <si>
     <t>Hercules Industries Inc.</t>
   </si>
   <si>
     <t>Longhorn Electrical Services, Inc.</t>
   </si>
   <si>
     <t>Mentru Enterprises (Olga Mendoza Duran)</t>
   </si>
   <si>
     <t>PRIDE GENERAL CONTRACTORS LLC</t>
   </si>
   <si>
     <t>Purvis Industries</t>
   </si>
   <si>
     <t>SIGLER WHOLESALE DISTRIBUTORS (RUSSELL SIGLER INC)</t>
   </si>
   <si>
     <t>Sun City Plumbers (Sun City Plumbers, LLC)</t>
   </si>
   <si>
     <t>Sunset Carpets (Victor F. Nevarez dba Sunset Carpets)</t>
   </si>
   <si>
-    <t>Texas Chiller Systems, LLC.</t>
-[...1 lines deleted...]
-  <si>
     <t>Texas EnviroBlast,LLC</t>
   </si>
   <si>
     <t>Varitec Solutions (Javine WMC) (JVI Arizona LLC)</t>
   </si>
   <si>
     <t>Warrior Xpress Solutions, LLC</t>
   </si>
   <si>
     <t>WESTERN STAR ENTRPRISES</t>
   </si>
   <si>
     <t>Woodart Enterprises, LLC.</t>
   </si>
   <si>
     <t>Work Wear Safety Shoes (Northern Imports)</t>
   </si>
   <si>
-    <t>Yee Electrical Contractor LLC (Yocmin W. Yee)</t>
-[...1 lines deleted...]
-  <si>
     <t>Company Contact…</t>
   </si>
   <si>
     <t>Heather Ivy</t>
   </si>
   <si>
     <t>Raul Aragon</t>
   </si>
   <si>
     <t>Vince Moore</t>
   </si>
   <si>
     <t>David Valdez</t>
   </si>
   <si>
     <t>Jerry Fannon</t>
   </si>
   <si>
     <t>Hector Luna</t>
   </si>
   <si>
     <t>Luis Jimenez</t>
   </si>
   <si>
     <t>Julia Suan</t>
   </si>
   <si>
     <t>Javier Murguia</t>
   </si>
   <si>
     <t>Kelly Boren</t>
   </si>
   <si>
-    <t>Anis Azkoul</t>
-[...1 lines deleted...]
-  <si>
     <t>Sandra Nieves</t>
   </si>
   <si>
     <t>Jazmin Fernandez  and Eduardo Martinez</t>
   </si>
   <si>
     <t>Patricia Castro</t>
   </si>
   <si>
     <t>Rafael Ortiz</t>
   </si>
   <si>
     <t>Jerrod Kew</t>
   </si>
   <si>
     <t>Dan Poppen</t>
   </si>
   <si>
     <t>Yvonne Vasquez</t>
   </si>
   <si>
     <t>Jesus Salido</t>
   </si>
   <si>
     <t>Elva Munoz</t>
   </si>
   <si>
     <t>Eric Villegas</t>
   </si>
   <si>
     <t>David Duran</t>
   </si>
   <si>
     <t>Ramon T Salgado</t>
   </si>
   <si>
     <t>Jeremiah Johnson</t>
   </si>
   <si>
     <t>Jose G. Dominguez</t>
   </si>
   <si>
     <t>Francisco Perry</t>
   </si>
   <si>
     <t>Rene Nevarez</t>
   </si>
   <si>
-    <t>Mark McMurray</t>
-[...1 lines deleted...]
-  <si>
     <t>Terry Pelech</t>
   </si>
   <si>
     <t>Jorge Felix</t>
   </si>
   <si>
     <t>Juan Reyes</t>
   </si>
   <si>
-    <t>Sergio Torres</t>
-[...1 lines deleted...]
-  <si>
     <t>ELVIRA SOLIS</t>
   </si>
   <si>
-    <t>Simon Woodart</t>
-[...1 lines deleted...]
-  <si>
     <t>Steve Campbell</t>
   </si>
   <si>
-    <t>Yocmin W Yee</t>
-[...1 lines deleted...]
-  <si>
     <t>Company Address…</t>
   </si>
   <si>
     <t>3524 Gateway East, El Paso, TX 79905</t>
   </si>
   <si>
     <t>11409 Cedar Oak Dr., El Paso, TX 79936</t>
   </si>
   <si>
     <t>7170 Copperqueen Dr, El Paso, TX 79912</t>
   </si>
   <si>
     <t>3820 Admiral St, El Paso, TX 79925</t>
   </si>
   <si>
     <t>5450 Hurd Place Ste. E, El Paso, Texas 79912</t>
   </si>
   <si>
     <t>11221 Rojas Drive, El Paso, TX 79935</t>
   </si>
   <si>
     <t>9030 KIRBY DR HOUSTON, TX 77054</t>
   </si>
   <si>
     <t>5519 E. Paisano. El Paso, TX 79905</t>
   </si>
   <si>
     <t>809 Tony Lama, El Paso, TX 79915</t>
   </si>
   <si>
-    <t>9612 Westpark Drive. Houston, Texas 77063</t>
-[...1 lines deleted...]
-  <si>
     <t>6119 E WASHINGTON BLVD. COMMERCE, CA 90040</t>
   </si>
   <si>
     <t>1819 Montana Ave.  El Paso Tx 79902</t>
   </si>
   <si>
     <t>3750 Durazno Avenue El Paso, TX 79905</t>
   </si>
   <si>
     <t>11845 Diamond Head Dr., El Paso, Texas 79936   P.O. Box 962338 El Paso, Texas 79996</t>
   </si>
   <si>
     <t>8340 Burnham Rd Suite 300 El Paso TX 79907</t>
   </si>
   <si>
     <t>12500 Jefferson Ave Newport News, VA 23602</t>
   </si>
   <si>
     <t>6120 Carole Jeschke CT, El Paso, TX 79924</t>
   </si>
   <si>
     <t>200 Chelsea Dr El Paso TX 79905</t>
   </si>
   <si>
     <t>3950 Doniphan Dr, Ste P, El Paso, TX 79922</t>
   </si>
   <si>
     <t>2227 Texas Ave., El Paso TX 79901</t>
   </si>
   <si>
     <t>1033 Humble Pl Suite 204. El Paso, TX 79915</t>
   </si>
   <si>
     <t>700 N Copia St, El Paso, TX 79903</t>
   </si>
   <si>
     <t>10500 N Stemmons Freeway, Dallas, TX 75220</t>
   </si>
   <si>
     <t>7250 Copperqueen Dr., El Paso, TX 79915</t>
   </si>
   <si>
     <t>2920 N Piedras Ave. El Paso TX. 79930</t>
   </si>
   <si>
     <t>2201 N. Piedras, El Paso, TX 79930</t>
   </si>
   <si>
-    <t>1219 Safari, San Antonio, TX 78216</t>
-[...1 lines deleted...]
-  <si>
     <t>209 Viking Dr. El Paso Texas 79912</t>
   </si>
   <si>
     <t>11040 Argal CT El Paso, Texas 79935</t>
   </si>
   <si>
     <t>11940 Don Haskins Dr. Ste. B148, El Paso, TX 79936</t>
   </si>
   <si>
     <t>11394 JAMES WATT #503 EL PASO TX 79936</t>
   </si>
   <si>
-    <t>PO Box 26851, El Paso, Texas 79926</t>
-[...1 lines deleted...]
-  <si>
     <t>6318 Airport Freeway Suite C, Fort Worth, Texas 76117</t>
   </si>
   <si>
-    <t>7308 B North Loop Dr, El Paso, TX 79915</t>
-[...1 lines deleted...]
-  <si>
     <t>Contact Email Address…</t>
   </si>
   <si>
     <t>A2ZSupplies@live.com</t>
   </si>
   <si>
     <t>raragon@arsnet.com</t>
   </si>
   <si>
     <t>vincemoore@amptxelectric.com</t>
   </si>
   <si>
     <t>accounts.payable@bmmachinery.com</t>
   </si>
   <si>
     <t>jerry@bioremedies.net</t>
   </si>
   <si>
     <t>info@blackstalliongroup.com</t>
   </si>
   <si>
     <t>ljimenez@ccelp.com</t>
   </si>
   <si>
     <t>BIDS@COMPETITIVECHOICE.NET</t>
   </si>
   <si>
     <t>jm@tilesplusinc.com</t>
   </si>
   <si>
     <t>servicesupply32@gmail.com</t>
   </si>
   <si>
-    <t>anis@deltaachouston.com</t>
-[...1 lines deleted...]
-  <si>
     <t>sandra.nieves@dunnedwards.com</t>
   </si>
   <si>
     <t>j.villegas@pasopaint.com</t>
   </si>
   <si>
     <t>jag@elpasojag.com</t>
   </si>
   <si>
     <t>admin@eprelec.com</t>
   </si>
   <si>
     <t>Jerrod.kew@fsgi.com</t>
   </si>
   <si>
     <t>dan.poppen@ferguson.com</t>
   </si>
   <si>
     <t>yvasquez075@gmail.com</t>
   </si>
   <si>
     <t>jsalido@hercmail.com</t>
   </si>
   <si>
     <t>sales@rogerbrownco.com</t>
   </si>
   <si>
     <t>eric@longhornelectrical.com</t>
   </si>
   <si>
     <t>mentru@gmail.com</t>
   </si>
   <si>
     <t>info@pridegc.com</t>
   </si>
   <si>
     <t>jeremiah.johnson@purvisindustries.com</t>
   </si>
   <si>
     <t>jdominguez@siglers.com</t>
   </si>
   <si>
     <t>suncityplumbers@gmail.com</t>
   </si>
   <si>
     <t>Nevarez77@sbcglobal.net</t>
   </si>
   <si>
-    <t>mark.mcmurray@texaschillersystems.com</t>
-[...1 lines deleted...]
-  <si>
     <t>texasenviroblastllc@yahoo.com</t>
   </si>
   <si>
     <t>jorgef@varitecsolutions.com</t>
   </si>
   <si>
     <t>services@warriorxpresssolutions.com</t>
   </si>
   <si>
-    <t>storres@westtxchillersolutions.com</t>
-[...1 lines deleted...]
-  <si>
     <t>elvira.westernstar@sbcglobal.net</t>
   </si>
   <si>
-    <t>swoodart@woodart.llc</t>
-[...1 lines deleted...]
-  <si>
     <t>steve.campbell@workwearsafety.com</t>
   </si>
   <si>
-    <t>electricyee62@hotmail.com</t>
-[...1 lines deleted...]
-  <si>
     <t>Company Phone Number…</t>
   </si>
   <si>
     <t>(206) 612-3228</t>
   </si>
   <si>
     <t>(915) 533-1677</t>
   </si>
   <si>
     <t>(915) 599-9669</t>
   </si>
   <si>
     <t>(915) 772-9007</t>
   </si>
   <si>
     <t>(915) 590-0163 x1</t>
   </si>
   <si>
     <t>(915) 584-2098</t>
   </si>
   <si>
     <t>(915) 593-8833 x214</t>
   </si>
   <si>
     <t>(713) 838-1144</t>
   </si>
   <si>
     <t>(915) 545-2000</t>
   </si>
   <si>
     <t>(915) 779-8686</t>
   </si>
   <si>
-    <t>(713) 894-5760</t>
-[...1 lines deleted...]
-  <si>
     <t>(505) 379-1525</t>
   </si>
   <si>
     <t>(915) 478-8607</t>
   </si>
   <si>
     <t>(915) 533-8607</t>
   </si>
   <si>
     <t>(915) 860-2522</t>
   </si>
   <si>
     <t>(915) 307-3386 x31225</t>
   </si>
   <si>
     <t>(619) 843-8548</t>
   </si>
   <si>
     <t>(915) 407-8193</t>
   </si>
   <si>
     <t>(915) 243-2035</t>
   </si>
   <si>
     <t>(915) 845-8188</t>
   </si>
   <si>
     <t>(915) 771-0488</t>
   </si>
   <si>
     <t>(915) 873-5625</t>
   </si>
   <si>
     <t>(915) 771-9601</t>
   </si>
   <si>
     <t>(214) 358-5500</t>
   </si>
   <si>
     <t>(915) 779-3202</t>
   </si>
   <si>
     <t>(915) 472-0022</t>
   </si>
   <si>
     <t>(915) 474-3389</t>
   </si>
   <si>
-    <t>(210) 650-9972</t>
-[...1 lines deleted...]
-  <si>
     <t>(915) 478-0447</t>
   </si>
   <si>
     <t>(915) 497-5423</t>
   </si>
   <si>
     <t>(915) 740-3126</t>
   </si>
   <si>
-    <t>(915) 505-6500</t>
-[...1 lines deleted...]
-  <si>
     <t>(915) 592-8200</t>
   </si>
   <si>
     <t>(915) 204-1721</t>
   </si>
   <si>
     <t>(800) 820-0073</t>
   </si>
   <si>
-    <t>(915) 867-5074</t>
-[...1 lines deleted...]
-  <si>
     <t>Company Website…</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>HTTP://www.arsnet.com</t>
   </si>
   <si>
     <t>HTTP://www.amptxelectric.com</t>
   </si>
   <si>
     <t>HTTP://www.bmmachinery.com</t>
   </si>
   <si>
     <t>HTTP://www.bioremedies.net</t>
   </si>
   <si>
     <t>http://www.blackstalliongroup.com</t>
   </si>
   <si>
     <t>HTTP://www.ccelp.com</t>
   </si>
   <si>
     <t>https://www.competitivechoice.net/</t>
   </si>
   <si>
     <t>HTTP://www.tilesplusinc.com</t>
   </si>
   <si>
-    <t>HTTP://deltaachouston.com</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.dunnedwards.com/</t>
   </si>
   <si>
     <t>HTTP://www.elpasojag.com</t>
   </si>
   <si>
     <t>HTTP://www.fsgi.com</t>
   </si>
   <si>
     <t>HTTP://Ferguson.com</t>
   </si>
   <si>
     <t>HTTP://www.ftisep.com</t>
   </si>
   <si>
     <t>HTTP://Herculesindustries.com</t>
   </si>
   <si>
     <t>https://www.rogerbrownco.com</t>
   </si>
   <si>
     <t>HTTP://www.longhornelectrical.com</t>
   </si>
   <si>
     <t>http://mentruenterprises.com (coming soon)</t>
   </si>
   <si>
     <t>HTTP://www.pridegc.com</t>
   </si>
   <si>
     <t>https://www.purvisindustries.com/</t>
   </si>
   <si>
     <t>https://www.siglers.com/</t>
   </si>
   <si>
     <t>HTTP://www.plumbersinelpaso.com</t>
   </si>
   <si>
-    <t>HTTP://www.texaschillersystems.com</t>
-[...1 lines deleted...]
-  <si>
     <t>HTTP://www.texasenviroblast.com</t>
   </si>
   <si>
     <t>HTTP://www.varitecsolutions.com</t>
   </si>
   <si>
-    <t>HTTP://westtxchillersolutions.com</t>
-[...1 lines deleted...]
-  <si>
     <t>HTTP://WWW.WESTERNSTARENTERPRISES.COM</t>
   </si>
   <si>
     <t>HTTP://www.woodart.llc</t>
   </si>
   <si>
     <t>HTTP://www.workwearsafety.com</t>
   </si>
   <si>
     <t>S&amp;H included in pricing…</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>No, shipping fee may apply to orders under $100.</t>
   </si>
   <si>
     <t>S&amp;H (expedite fees)…</t>
   </si>
   <si>
     <t>Yes, We base any additional fees on the charges we incur procuring the shipments, Heather Ivy</t>
@@ -752,53 +680,50 @@
   <si>
     <t>Yes. Any expedited fees for materials or premium after hour fees for non standard hours services are additional. Designated person to approve expedites is Eric Villegas.</t>
   </si>
   <si>
     <t>Yes - some items may be special order requiring additional freight charges. David Duran (915) 873-5625</t>
   </si>
   <si>
     <t>Yes, these fees will be determined by charges that come from the manufacturer. Contact  - Jim Lindsay</t>
   </si>
   <si>
     <t>Yes. An expedite fee of 25% will be added to final price. Frank Perry can be reached for expedites at 915-472-0022</t>
   </si>
   <si>
     <t>Yes, if a product requires shipping other than routine shipping, fees may apply.  Contact person is Rene Nevarez.</t>
   </si>
   <si>
     <t>Yes, if project requires, Terry Pelech</t>
   </si>
   <si>
     <t>Yes, contact Abel Pineda  apineda@varitecsolutions.com</t>
   </si>
   <si>
     <t xml:space="preserve">No  </t>
   </si>
   <si>
-    <t>yes. when ordering part second day or next day shipping has additional charges</t>
-[...1 lines deleted...]
-  <si>
     <t>Areas Served…</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>AZ, TX, NM, CA, NV, VA</t>
   </si>
   <si>
     <t>Licensed in El Paso, County/City, Texas &amp; New Mexico</t>
   </si>
   <si>
     <t>300 miles from El Paso, TX</t>
   </si>
   <si>
     <t>El Paso, TX; Horizon, TX; Anthony, TX; Van Horn, TX; Alpine, TX</t>
   </si>
   <si>
     <t>El Paso</t>
   </si>
   <si>
     <t>Southwest Texas and New Mexico</t>
   </si>
   <si>
     <t>Nation Wide</t>
@@ -828,53 +753,50 @@
     <t>All 50 State</t>
   </si>
   <si>
     <t>TX, NM</t>
   </si>
   <si>
     <t>El Paso TX 79905</t>
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
     <t>Texas, New Mexico</t>
   </si>
   <si>
     <t>Arizona, Nevada, Idaho, Montana, Wyoming, Utah, Colorado, New Mexico, Texas, Oklahoma, Kansas, Missouri, Arkansas, Tennessee, Louisiana, Illinois, Pennsylvania</t>
   </si>
   <si>
     <t>Texas, New Mexico, Arizona, California, Idaho, Nevada</t>
   </si>
   <si>
     <t>Texas. This price will be honored in El Paso County</t>
   </si>
   <si>
     <t>El Paso County</t>
-  </si>
-[...1 lines deleted...]
-    <t>TX</t>
   </si>
   <si>
     <t>TX,NM,AZ,CA</t>
   </si>
   <si>
     <t>Open to new opportunities around the outsides of El Paso, TX</t>
   </si>
   <si>
     <t>EL PASO,TX LAS CRUCES</t>
   </si>
   <si>
     <t>Arkansas, Colorado, New Mexico, Texas, Wyoming</t>
   </si>
   <si>
     <t>Price Link…</t>
   </si>
   <si>
     <t>Price Link
 *Please note: Regardless of what is offered in the vendor's price link, this RFP can only be used for MRO supplies/services as listed in the Special Conditions. It cannot be used for any other purchases.</t>
   </si>
   <si>
     <t>Price Link</t>
   </si>
   <si>
     <t>Please contact Purchasing for pricing.</t>
@@ -939,163 +861,114 @@
   <si>
     <t>6914 Industrial Blvd El Paso Texas 79915 915-779-3388</t>
   </si>
   <si>
     <t>2414 Texas Ave, El Paso, TX 79901</t>
   </si>
   <si>
     <t>200 Chelsea Dr El Paso Texas 79905</t>
   </si>
   <si>
     <t>805 Tony Lama St, El Paso, TX 79915</t>
   </si>
   <si>
     <t>7250 Copperquen Dr., El Paso, TX 79915</t>
   </si>
   <si>
     <t>11040 Argal Ct, El Paso, Texas 79935</t>
   </si>
   <si>
     <t>11394 JAMES WATT #503, EL PASO,TX 79936</t>
   </si>
   <si>
     <t>1360 N Lee Trevino #101, El Paso, Texas 79936</t>
   </si>
   <si>
-    <t>7308 B North Loop Dr El Paso Tx,79915</t>
-[...1 lines deleted...]
-  <si>
     <t>Store Hours</t>
   </si>
   <si>
     <t>M-F 7am-5pm, 24/7 via phone 206-612-3228</t>
   </si>
   <si>
     <t>7am to 5pm Monday thru Friday, open on Saturdays 8 to 12 in Summer only</t>
   </si>
   <si>
     <t>M-F 08:00 - 17:00</t>
   </si>
   <si>
     <t>8:00AM-5:00PM MONDAY- FRIDAY</t>
   </si>
   <si>
     <t>7:00am - 5:00PM</t>
   </si>
   <si>
     <t>8:00 AM to 4:30 PM</t>
   </si>
   <si>
     <t>7AM-6PM</t>
   </si>
   <si>
-    <t>7:00 AM to 5:00 PM Monday to Friday.  7:00AM to 2:00 PM Saturday. Closed on Sunday.</t>
-[...1 lines deleted...]
-  <si>
     <t>6:30AZ- 5PM</t>
   </si>
   <si>
     <t>Monday to Friday 7:30am  - 5:00pm    Saturday 8:00 - 12:00pm</t>
   </si>
   <si>
     <t>M-F 7am - 4:30pm Sat 8am - 12pm Sun Closed</t>
   </si>
   <si>
     <t>Monday-Tuesday 7am-4pm/ Wednesday-Thursday 7am-4pm/ Friday 7am-1pm</t>
   </si>
   <si>
     <t>7 a.m.to 4 p.m. Monday to Friday</t>
   </si>
   <si>
     <t>9am-6pm</t>
   </si>
   <si>
     <t>8am-5pm</t>
   </si>
   <si>
     <t>M-F, 7am - 4 pm</t>
   </si>
   <si>
     <t>M-F 10:00 am- 1:00 pm</t>
   </si>
   <si>
     <t>8-5</t>
   </si>
   <si>
     <t>8:AM-5:00 PM</t>
   </si>
   <si>
     <t>9:00am-6:00pm</t>
   </si>
   <si>
-    <t>7:00 am -3:30 pm</t>
-[...1 lines deleted...]
-  <si>
     <t>*updated 5/26/23, 10/27/23</t>
   </si>
   <si>
     <t>*updated 3/20/24, 10/3/24, 4/25/25</t>
-  </si>
-[...38 lines deleted...]
-    </r>
   </si>
   <si>
     <t>*updated 8/22/24, 9/11/24, 6/23/25</t>
   </si>
   <si>
     <t>*updated 7/16/25</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Liber Holdings LLC (Roger Brown Co) </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>RBC Industrial LLC (Liber Holdings LLC)</t>
     </r>
@@ -1107,51 +980,111 @@
     <t>*updated 8/26/25, 9/29/25, 12/8/25</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>6802 Commerce Ave Building 9 Unit F, El Paso, TX 79915</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve">
 6112 N. Mesa #235, El Paso, TX 79912</t>
     </r>
   </si>
   <si>
     <t>*updated 4/4/25, 5/14/25, 6/16/25, 6/24/25, 8/29/25, 10/10/25, 11/7/25, 12/9/25, 1/15/26, 1/21/26</t>
   </si>
   <si>
-    <t>*updated 3/27/25, 4/16/25, 4/17/25, 5/20/25, 5/21/25, 6/23/25, 6/25/25, 7/2/25, 7/21/25, 7/22/25, 8/4/25, 8/15/25, 8/29/25, 9/5/25, 9/11/25, 9/30/25, 11/4/25, 11/5/25, 11/21/25, 12/4/25, 12/9/25, 1/5/26, 1/9/26, 1/22/26</t>
+    <t>*updated 3/27/25, 4/16/25, 4/17/25, 5/20/25, 5/21/25, 6/23/25, 6/25/25, 7/2/25, 7/21/25, 7/22/25, 8/4/25, 8/15/25, 8/29/25, 9/5/25, 9/11/25, 9/30/25, 11/4/25, 11/5/25, 11/21/25, 12/4/25, 12/9/25, 1/5/26, 1/9/26, 1/22/26, 2/6/26, 2/20/26, 2/26/26, 3/11/26</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Simon Woodart</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve">
+Ivonne Woodart</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>swoodart@woodart.llc</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve">
+ivonne@woodart.llc</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>PO Box 26851, El Paso, Texas 79926</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve">
+7300 Dale Rd, El Paso, TX 79915</t>
+    </r>
+  </si>
+  <si>
+    <t>*updated 3/12/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1629,123 +1562,119 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/EL%20PASO%20RIO%20ELECTRIC%2C%20INC.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Liber%20Holdings%20LLC.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Texas%20EnviroBlast.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/American%20Refrigeration%20Supplies.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Pride%20General%20Contractors.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Black%20Stallion.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/El%20Paso%20%26%20Juarez%20Paint.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Hercules%20Industries.PNG" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Texas%20Chiller%20Systems.rtf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Yee%20Electrical%20Contractor%20LLC.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/A2Z%20Supplies.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Full%20Turn%20Interior%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Mentru%20Enterprises.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/West%20Texas%20Chiller.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.competitivechoice.net/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Bio%20Remedies.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/DALE%20BORENS%20SERVICE%20SUPPLY.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Sunset%20Carpets.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Workwear%20MRO.xlsx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/B%26M%20Machinery.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Ferguson%20Enterprises%20(1).pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Sun%20City%20Plumbers.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Warrior%20Xpress.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Contractors%20Tiles%20Plus.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Longhorn%20Electrical%20Services.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Woodart.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/AMPTX%20Electric.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Competitive%20Choice.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Facility%20Solutions%20Group.xlsx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Sigler%20Wholesale.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Varitec%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/WESTERN%20STAR.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Clowe%20%26%20Cowan.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Competitive%20Choice.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Facility%20Solutions%20Group.xlsx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Longhorn%20Electrical%20Services.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Warrior%20Xpress.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/American%20Refrigeration%20Supplies.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Sigler%20Wholesale.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Clowe%20%26%20Cowan.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/EL%20PASO%20RIO%20ELECTRIC%2C%20INC.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Liber%20Holdings%20LLC.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Varitec%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/A2Z%20Supplies.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Hercules%20Industries.PNG" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Pride%20General%20Contractors.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Workwear%20MRO.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.competitivechoice.net/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Black%20Stallion.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/El%20Paso%20%26%20Juarez%20Paint.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Texas%20EnviroBlast.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Bio%20Remedies.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Full%20Turn%20Interior%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Sunset%20Carpets.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Woodart.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/DALE%20BORENS%20SERVICE%20SUPPLY.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Mentru%20Enterprises.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/AMPTX%20Electric.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Contractors%20Tiles%20Plus.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Ferguson%20Enterprises%20(1).pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/Sun%20City%20Plumbers.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/WESTERN%20STAR.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/B%26M%20Machinery.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="B1:AZ17"/>
+  <dimension ref="B1:AV17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="11" customWidth="1"/>
     <col min="2" max="2" width="8" style="11" customWidth="1"/>
     <col min="3" max="3" width="36" style="11" customWidth="1"/>
     <col min="4" max="4" width="6" style="11" customWidth="1"/>
-    <col min="5" max="40" width="30.7109375" style="11" customWidth="1"/>
-    <col min="41" max="16384" width="9.140625" style="11"/>
+    <col min="5" max="36" width="30.7109375" style="11" customWidth="1"/>
+    <col min="37" max="16384" width="9.140625" style="11"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:52" s="1" customFormat="1" ht="120" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:48" s="1" customFormat="1" ht="135" x14ac:dyDescent="0.25">
       <c r="E1" s="23" t="s">
-        <v>335</v>
+        <v>303</v>
       </c>
       <c r="F1" s="8"/>
       <c r="G1" s="23"/>
       <c r="H1" s="1" t="s">
-        <v>336</v>
+        <v>304</v>
       </c>
       <c r="J1" s="23"/>
       <c r="K1" s="23"/>
       <c r="L1" s="23"/>
       <c r="M1" s="8"/>
-      <c r="O1" s="8"/>
-[...20 lines deleted...]
-      </c>
+      <c r="Q1" s="23"/>
+      <c r="R1" s="24"/>
+      <c r="S1" s="8"/>
+      <c r="T1" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="U1" s="23"/>
+      <c r="W1" s="8" t="s">
+        <v>298</v>
+      </c>
+      <c r="X1" s="24" t="s">
+        <v>297</v>
+      </c>
+      <c r="Y1" s="8" t="s">
+        <v>300</v>
+      </c>
+      <c r="Z1" s="23"/>
+      <c r="AB1" s="21"/>
+      <c r="AC1" s="8" t="s">
+        <v>296</v>
+      </c>
+      <c r="AD1" s="8"/>
       <c r="AE1" s="8"/>
-      <c r="AF1" s="8"/>
-[...9 lines deleted...]
-      <c r="AN1" s="8"/>
+      <c r="AG1" s="22"/>
+      <c r="AI1" s="24" t="s">
+        <v>308</v>
+      </c>
+      <c r="AJ1" s="23" t="s">
+        <v>301</v>
+      </c>
     </row>
-    <row r="2" spans="2:52" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:48" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="B2" s="30"/>
       <c r="C2" s="30"/>
       <c r="D2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="E2" s="25" t="s">
         <v>1</v>
       </c>
       <c r="F2" s="25" t="s">
         <v>2</v>
       </c>
       <c r="G2" s="25" t="s">
         <v>3</v>
       </c>
       <c r="H2" s="25" t="s">
         <v>4</v>
       </c>
       <c r="I2" s="25" t="s">
         <v>5</v>
       </c>
       <c r="J2" s="25" t="s">
         <v>6</v>
       </c>
       <c r="K2" s="25" t="s">
         <v>7</v>
@@ -1762,1887 +1691,1692 @@
       <c r="O2" s="25" t="s">
         <v>11</v>
       </c>
       <c r="P2" s="25" t="s">
         <v>12</v>
       </c>
       <c r="Q2" s="25" t="s">
         <v>13</v>
       </c>
       <c r="R2" s="25" t="s">
         <v>14</v>
       </c>
       <c r="S2" s="25" t="s">
         <v>15</v>
       </c>
       <c r="T2" s="25" t="s">
         <v>16</v>
       </c>
       <c r="U2" s="25" t="s">
         <v>17</v>
       </c>
       <c r="V2" s="25" t="s">
         <v>18</v>
       </c>
       <c r="W2" s="25" t="s">
+        <v>299</v>
+      </c>
+      <c r="X2" s="25" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
       <c r="Y2" s="25" t="s">
         <v>20</v>
       </c>
       <c r="Z2" s="25" t="s">
         <v>21</v>
       </c>
       <c r="AA2" s="25" t="s">
         <v>22</v>
       </c>
       <c r="AB2" s="25" t="s">
         <v>23</v>
       </c>
       <c r="AC2" s="25" t="s">
         <v>24</v>
       </c>
       <c r="AD2" s="25" t="s">
         <v>25</v>
       </c>
       <c r="AE2" s="25" t="s">
         <v>26</v>
       </c>
       <c r="AF2" s="25" t="s">
         <v>27</v>
       </c>
       <c r="AG2" s="25" t="s">
         <v>28</v>
       </c>
       <c r="AH2" s="25" t="s">
         <v>29</v>
       </c>
       <c r="AI2" s="25" t="s">
         <v>30</v>
       </c>
       <c r="AJ2" s="25" t="s">
-        <v>327</v>
-[...1 lines deleted...]
-      <c r="AK2" s="25" t="s">
         <v>31</v>
       </c>
-      <c r="AL2" s="25" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="AK2" s="31"/>
+      <c r="AL2" s="31"/>
+      <c r="AM2" s="31"/>
+      <c r="AN2" s="31"/>
       <c r="AO2" s="31"/>
       <c r="AP2" s="31"/>
       <c r="AQ2" s="31"/>
       <c r="AR2" s="31"/>
       <c r="AS2" s="31"/>
       <c r="AT2" s="31"/>
       <c r="AU2" s="31"/>
       <c r="AV2" s="31"/>
-      <c r="AW2" s="31"/>
-[...2 lines deleted...]
-      <c r="AZ2" s="31"/>
     </row>
-    <row r="3" spans="2:52" ht="30" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:48" ht="30" x14ac:dyDescent="0.25">
       <c r="D3" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="E3" s="2" t="s">
+      <c r="H3" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="F3" s="2" t="s">
+      <c r="I3" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="G3" s="2" t="s">
+      <c r="J3" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="H3" s="2" t="s">
+      <c r="K3" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="I3" s="2" t="s">
+      <c r="L3" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="J3" s="2" t="s">
+      <c r="M3" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="K3" s="2" t="s">
+      <c r="N3" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="L3" s="2" t="s">
+      <c r="O3" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="M3" s="2" t="s">
+      <c r="P3" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="N3" s="2" t="s">
+      <c r="Q3" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="O3" s="2" t="s">
+      <c r="R3" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="P3" s="2" t="s">
+      <c r="S3" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="Q3" s="2" t="s">
+      <c r="T3" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="R3" s="2" t="s">
+      <c r="U3" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="S3" s="2" t="s">
+      <c r="V3" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="T3" s="2" t="s">
+      <c r="W3" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="U3" s="2" t="s">
+      <c r="X3" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="V3" s="2" t="s">
+      <c r="Y3" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="W3" s="2" t="s">
+      <c r="Z3" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="X3" s="2" t="s">
+      <c r="AA3" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="Y3" s="2" t="s">
+      <c r="AB3" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="Z3" s="2" t="s">
+      <c r="AC3" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="AA3" s="2" t="s">
+      <c r="AD3" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="AB3" s="2" t="s">
+      <c r="AE3" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="AC3" s="2" t="s">
+      <c r="AF3" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="AD3" s="2" t="s">
+      <c r="AG3" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="AE3" s="2" t="s">
+      <c r="AH3" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="AF3" s="2" t="s">
+      <c r="AI3" s="27" t="s">
+        <v>305</v>
+      </c>
+      <c r="AJ3" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="AG3" s="2" t="s">
+    </row>
+    <row r="4" spans="2:48" ht="60" x14ac:dyDescent="0.25">
+      <c r="D4" s="4" t="s">
         <v>64</v>
       </c>
-      <c r="AH3" s="2" t="s">
+      <c r="E4" s="27" t="s">
+        <v>302</v>
+      </c>
+      <c r="F4" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="AI3" s="2" t="s">
+      <c r="G4" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="AJ3" s="2" t="s">
+      <c r="H4" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="AK3" s="2" t="s">
+      <c r="I4" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="AL3" s="2" t="s">
+      <c r="J4" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="AM3" s="2" t="s">
+      <c r="K4" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="AN3" s="2" t="s">
+      <c r="L4" s="2" t="s">
         <v>71</v>
       </c>
+      <c r="M4" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="N4" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="O4" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="P4" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q4" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="R4" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="S4" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="T4" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="U4" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="V4" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="W4" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="X4" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="Y4" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z4" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="AA4" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="AB4" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="AC4" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="AD4" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="AE4" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="AF4" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="AG4" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="AH4" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="AI4" s="27" t="s">
+        <v>307</v>
+      </c>
+      <c r="AJ4" s="2" t="s">
+        <v>94</v>
+      </c>
     </row>
-    <row r="4" spans="2:52" ht="60" x14ac:dyDescent="0.25">
-[...72 lines deleted...]
-      <c r="AB4" s="2" t="s">
+    <row r="5" spans="2:48" ht="30" x14ac:dyDescent="0.25">
+      <c r="D5" s="4" t="s">
         <v>95</v>
       </c>
-      <c r="AC4" s="2" t="s">
+      <c r="E5" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="AD4" s="2" t="s">
+      <c r="F5" s="11" t="s">
         <v>97</v>
       </c>
-      <c r="AE4" s="2" t="s">
+      <c r="G5" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="AF4" s="2" t="s">
+      <c r="H5" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="AG4" s="2" t="s">
+      <c r="I5" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="AH4" s="2" t="s">
+      <c r="J5" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="AI4" s="2" t="s">
+      <c r="K5" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="AJ4" s="27" t="s">
-[...2 lines deleted...]
-      <c r="AK4" s="2" t="s">
+      <c r="L5" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="AL4" s="2" t="s">
+      <c r="M5" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="AM4" s="2" t="s">
+      <c r="N5" s="2" t="s">
         <v>105</v>
       </c>
-      <c r="AN4" s="2" t="s">
+      <c r="O5" s="2" t="s">
         <v>106</v>
       </c>
+      <c r="P5" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="Q5" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="R5" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="S5" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="T5" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="U5" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="V5" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="W5" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="X5" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="Y5" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="Z5" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="AA5" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="AB5" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC5" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="AD5" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="AE5" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="AF5" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="AG5" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="AH5" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="AI5" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="AJ5" s="2" t="s">
+        <v>126</v>
+      </c>
     </row>
-    <row r="5" spans="2:52" ht="30" x14ac:dyDescent="0.25">
-[...60 lines deleted...]
-      <c r="X5" s="2" t="s">
+    <row r="6" spans="2:48" x14ac:dyDescent="0.25">
+      <c r="D6" s="4" t="s">
         <v>127</v>
       </c>
-      <c r="Y5" s="2" t="s">
+      <c r="E6" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="Z5" s="2" t="s">
+      <c r="F6" s="2" t="s">
         <v>129</v>
       </c>
-      <c r="AA5" s="2" t="s">
+      <c r="G6" s="2" t="s">
         <v>130</v>
       </c>
-      <c r="AB5" s="2" t="s">
+      <c r="H6" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="AC5" s="2" t="s">
+      <c r="I6" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="AD5" s="2" t="s">
+      <c r="J6" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="AE5" s="2" t="s">
+      <c r="K6" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="AF5" s="2" t="s">
+      <c r="L6" s="2" t="s">
         <v>135</v>
       </c>
-      <c r="AG5" s="2" t="s">
+      <c r="M6" s="2" t="s">
         <v>136</v>
       </c>
-      <c r="AH5" s="2" t="s">
+      <c r="N6" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="AI5" s="2" t="s">
+      <c r="O6" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="AJ5" s="2" t="s">
+      <c r="P6" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="AK5" s="2" t="s">
+      <c r="Q6" s="2" t="s">
         <v>140</v>
       </c>
-      <c r="AL5" s="2" t="s">
+      <c r="R6" s="2" t="s">
         <v>141</v>
       </c>
-      <c r="AM5" s="2" t="s">
+      <c r="S6" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="AN5" s="2" t="s">
+      <c r="T6" s="2" t="s">
         <v>143</v>
       </c>
+      <c r="U6" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="V6" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="W6" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="X6" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="Y6" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="Z6" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="AA6" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB6" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="AC6" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="AD6" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="AE6" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="AF6" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="AG6" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="AH6" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="AI6" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="AJ6" s="2" t="s">
+        <v>159</v>
+      </c>
     </row>
-    <row r="6" spans="2:52" x14ac:dyDescent="0.25">
-[...48 lines deleted...]
-      <c r="T6" s="2" t="s">
+    <row r="7" spans="2:48" ht="30" x14ac:dyDescent="0.25">
+      <c r="D7" s="4" t="s">
         <v>160</v>
       </c>
-      <c r="U6" s="2" t="s">
+      <c r="E7" s="27" t="s">
         <v>161</v>
       </c>
-      <c r="V6" s="2" t="s">
+      <c r="F7" s="11" t="s">
         <v>162</v>
       </c>
-      <c r="W6" s="2" t="s">
+      <c r="G7" s="11" t="s">
         <v>163</v>
       </c>
-      <c r="X6" s="2" t="s">
+      <c r="H7" s="2" t="s">
         <v>164</v>
       </c>
-      <c r="Y6" s="2" t="s">
+      <c r="I7" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="Z6" s="2" t="s">
+      <c r="J7" s="2" t="s">
         <v>166</v>
       </c>
-      <c r="AA6" s="2" t="s">
+      <c r="K7" s="2" t="s">
         <v>167</v>
       </c>
-      <c r="AB6" s="2" t="s">
+      <c r="L7" s="9" t="s">
         <v>168</v>
       </c>
-      <c r="AC6" s="2" t="s">
+      <c r="M7" s="2" t="s">
         <v>169</v>
       </c>
-      <c r="AD6" s="2" t="s">
+      <c r="N7" s="27" t="s">
+        <v>161</v>
+      </c>
+      <c r="O7" s="2" t="s">
         <v>170</v>
       </c>
-      <c r="AE6" s="2" t="s">
+      <c r="P7" s="27" t="s">
+        <v>161</v>
+      </c>
+      <c r="Q7" s="2" t="s">
         <v>171</v>
       </c>
-      <c r="AF6" s="2" t="s">
+      <c r="R7" s="27" t="s">
+        <v>161</v>
+      </c>
+      <c r="S7" s="2" t="s">
         <v>172</v>
       </c>
-      <c r="AG6" s="2" t="s">
+      <c r="T7" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="AH6" s="2" t="s">
+      <c r="U7" s="2" t="s">
         <v>174</v>
       </c>
-      <c r="AI6" s="2" t="s">
+      <c r="V7" s="2" t="s">
         <v>175</v>
       </c>
-      <c r="AJ6" s="2" t="s">
+      <c r="W7" s="2" t="s">
         <v>176</v>
       </c>
-      <c r="AK6" s="2" t="s">
+      <c r="X7" s="2" t="s">
         <v>177</v>
       </c>
-      <c r="AL6" s="2" t="s">
+      <c r="Y7" s="2" t="s">
         <v>178</v>
       </c>
-      <c r="AM6" s="2" t="s">
+      <c r="Z7" s="2" t="s">
         <v>179</v>
       </c>
-      <c r="AN6" s="2" t="s">
+      <c r="AA7" s="2" t="s">
         <v>180</v>
       </c>
+      <c r="AB7" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="AC7" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="AD7" s="27" t="s">
+        <v>161</v>
+      </c>
+      <c r="AE7" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="AF7" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="AG7" s="27" t="s">
+        <v>161</v>
+      </c>
+      <c r="AH7" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="AI7" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="AJ7" s="2" t="s">
+        <v>187</v>
+      </c>
     </row>
-    <row r="7" spans="2:52" ht="30" x14ac:dyDescent="0.25">
-[...21 lines deleted...]
-      <c r="K7" s="2" t="s">
+    <row r="8" spans="2:48" ht="30" x14ac:dyDescent="0.25">
+      <c r="D8" s="4" t="s">
         <v>188</v>
       </c>
-      <c r="L7" s="9" t="s">
+      <c r="E8" s="2" t="s">
         <v>189</v>
       </c>
-      <c r="M7" s="2" t="s">
+      <c r="F8" s="2" t="s">
         <v>190</v>
       </c>
-      <c r="N7" s="27" t="s">
-[...2 lines deleted...]
-      <c r="O7" s="2" t="s">
+      <c r="G8" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="H8" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="I8" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="J8" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="K8" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="L8" s="2" t="s">
         <v>191</v>
       </c>
-      <c r="P7" s="2" t="s">
+      <c r="M8" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="N8" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="O8" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="P8" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="Q8" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="R8" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="S8" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="T8" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="U8" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="V8" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="W8" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="X8" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="Y8" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="Z8" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="AA8" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="AB8" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="AC8" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="AD8" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="AE8" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="AF8" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="AG8" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="AH8" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="AI8" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="AJ8" s="2" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="9" spans="2:48" ht="120" x14ac:dyDescent="0.25">
+      <c r="D9" s="4" t="s">
         <v>192</v>
       </c>
-      <c r="Q7" s="27" t="s">
-[...2 lines deleted...]
-      <c r="R7" s="2" t="s">
+      <c r="E9" s="2" t="s">
         <v>193</v>
       </c>
-      <c r="S7" s="27" t="s">
-[...2 lines deleted...]
-      <c r="T7" s="2" t="s">
+      <c r="F9" s="2" t="s">
         <v>194</v>
       </c>
-      <c r="U7" s="2" t="s">
+      <c r="G9" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="H9" s="2" t="s">
         <v>195</v>
       </c>
-      <c r="V7" s="2" t="s">
+      <c r="I9" s="2" t="s">
         <v>196</v>
       </c>
-      <c r="W7" s="2" t="s">
+      <c r="J9" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="K9" s="2" t="s">
         <v>197</v>
       </c>
-      <c r="X7" s="2" t="s">
+      <c r="L9" s="2" t="s">
         <v>198</v>
       </c>
-      <c r="Y7" s="2" t="s">
+      <c r="M9" s="2" t="s">
         <v>199</v>
       </c>
-      <c r="Z7" s="2" t="s">
+      <c r="N9" s="2" t="s">
         <v>200</v>
       </c>
-      <c r="AA7" s="2" t="s">
+      <c r="O9" s="2" t="s">
         <v>201</v>
       </c>
-      <c r="AB7" s="2" t="s">
+      <c r="P9" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q9" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="R9" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="S9" s="27" t="s">
         <v>202</v>
       </c>
-      <c r="AC7" s="2" t="s">
+      <c r="T9" s="2" t="s">
         <v>203</v>
       </c>
-      <c r="AD7" s="2" t="s">
+      <c r="U9" s="2" t="s">
         <v>204</v>
       </c>
-      <c r="AE7" s="27" t="s">
-[...2 lines deleted...]
-      <c r="AF7" s="2" t="s">
+      <c r="V9" s="27" t="s">
         <v>205</v>
       </c>
-      <c r="AG7" s="2" t="s">
+      <c r="W9" s="2" t="s">
         <v>206</v>
       </c>
-      <c r="AH7" s="2" t="s">
+      <c r="X9" s="2" t="s">
         <v>207</v>
       </c>
-      <c r="AI7" s="27" t="s">
-[...2 lines deleted...]
-      <c r="AJ7" s="2" t="s">
+      <c r="Y9" s="2" t="s">
         <v>208</v>
       </c>
-      <c r="AK7" s="2" t="s">
+      <c r="Z9" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="AA9" s="2" t="s">
         <v>209</v>
       </c>
-      <c r="AL7" s="2" t="s">
+      <c r="AB9" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="AC9" s="2" t="s">
         <v>210</v>
       </c>
-      <c r="AM7" s="2" t="s">
+      <c r="AD9" s="2" t="s">
         <v>211</v>
       </c>
-      <c r="AN7" s="27" t="s">
-        <v>182</v>
+      <c r="AE9" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="AF9" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="AG9" s="27" t="s">
+        <v>214</v>
+      </c>
+      <c r="AH9" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="AI9" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="AJ9" s="2" t="s">
+        <v>189</v>
       </c>
     </row>
-    <row r="8" spans="2:52" ht="30" x14ac:dyDescent="0.25">
-[...24 lines deleted...]
-      <c r="L8" s="2" t="s">
+    <row r="10" spans="2:48" ht="90" x14ac:dyDescent="0.25">
+      <c r="D10" s="4" t="s">
         <v>215</v>
       </c>
-      <c r="M8" s="2" t="s">
-[...81 lines deleted...]
-        <v>214</v>
+      <c r="E10" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="F10" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>218</v>
+      </c>
+      <c r="H10" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="I10" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="J10" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="K10" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="L10" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="M10" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="N10" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="O10" s="2" t="s">
+        <v>227</v>
+      </c>
+      <c r="P10" s="27" t="s">
+        <v>228</v>
+      </c>
+      <c r="Q10" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="R10" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="S10" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="T10" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="U10" s="2" t="s">
+        <v>232</v>
+      </c>
+      <c r="V10" s="2" t="s">
+        <v>233</v>
+      </c>
+      <c r="W10" s="2" t="s">
+        <v>234</v>
+      </c>
+      <c r="X10" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="Y10" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="Z10" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="AA10" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="AB10" s="2" t="s">
+        <v>237</v>
+      </c>
+      <c r="AC10" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="AD10" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="AE10" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="AF10" s="2" t="s">
+        <v>240</v>
+      </c>
+      <c r="AG10" s="2" t="s">
+        <v>241</v>
+      </c>
+      <c r="AH10" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="AI10" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="AJ10" s="2" t="s">
+        <v>243</v>
       </c>
     </row>
-    <row r="9" spans="2:52" ht="120" x14ac:dyDescent="0.25">
-[...109 lines deleted...]
-        <v>213</v>
+    <row r="11" spans="2:48" ht="120" x14ac:dyDescent="0.25">
+      <c r="D11" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="E11" s="28" t="s">
+        <v>245</v>
+      </c>
+      <c r="F11" s="29" t="s">
+        <v>246</v>
+      </c>
+      <c r="G11" s="29" t="s">
+        <v>246</v>
+      </c>
+      <c r="H11" s="29" t="s">
+        <v>246</v>
+      </c>
+      <c r="I11" s="29" t="s">
+        <v>246</v>
+      </c>
+      <c r="J11" s="29" t="s">
+        <v>246</v>
+      </c>
+      <c r="K11" s="29" t="s">
+        <v>246</v>
+      </c>
+      <c r="L11" s="29" t="s">
+        <v>246</v>
+      </c>
+      <c r="M11" s="29" t="s">
+        <v>246</v>
+      </c>
+      <c r="N11" s="29" t="s">
+        <v>246</v>
+      </c>
+      <c r="O11" s="25" t="s">
+        <v>247</v>
+      </c>
+      <c r="P11" s="29" t="s">
+        <v>246</v>
+      </c>
+      <c r="Q11" s="25" t="s">
+        <v>247</v>
+      </c>
+      <c r="R11" s="29" t="s">
+        <v>246</v>
+      </c>
+      <c r="S11" s="29" t="s">
+        <v>246</v>
+      </c>
+      <c r="T11" s="29" t="s">
+        <v>246</v>
+      </c>
+      <c r="U11" s="29" t="s">
+        <v>246</v>
+      </c>
+      <c r="V11" s="29" t="s">
+        <v>246</v>
+      </c>
+      <c r="W11" s="29" t="s">
+        <v>246</v>
+      </c>
+      <c r="X11" s="29" t="s">
+        <v>246</v>
+      </c>
+      <c r="Y11" s="29" t="s">
+        <v>246</v>
+      </c>
+      <c r="Z11" s="29" t="s">
+        <v>246</v>
+      </c>
+      <c r="AA11" s="25" t="s">
+        <v>247</v>
+      </c>
+      <c r="AB11" s="29" t="s">
+        <v>246</v>
+      </c>
+      <c r="AC11" s="29" t="s">
+        <v>246</v>
+      </c>
+      <c r="AD11" s="29" t="s">
+        <v>246</v>
+      </c>
+      <c r="AE11" s="29" t="s">
+        <v>246</v>
+      </c>
+      <c r="AF11" s="29" t="s">
+        <v>246</v>
+      </c>
+      <c r="AG11" s="29" t="s">
+        <v>246</v>
+      </c>
+      <c r="AH11" s="29" t="s">
+        <v>246</v>
+      </c>
+      <c r="AI11" s="29" t="s">
+        <v>246</v>
+      </c>
+      <c r="AJ11" s="29" t="s">
+        <v>246</v>
       </c>
     </row>
-    <row r="10" spans="2:52" ht="90" x14ac:dyDescent="0.25">
-[...24 lines deleted...]
-      <c r="L10" s="2" t="s">
+    <row r="12" spans="2:48" x14ac:dyDescent="0.25">
+      <c r="B12" s="12" t="s">
         <v>248</v>
       </c>
-      <c r="M10" s="2" t="s">
+      <c r="C12" s="12" t="s">
         <v>249</v>
       </c>
-      <c r="N10" s="2" t="s">
+      <c r="D12" s="12" t="s">
         <v>250</v>
       </c>
-      <c r="O10" s="27" t="s">
+      <c r="E12" s="13" t="s">
         <v>251</v>
       </c>
-      <c r="P10" s="2" t="s">
+      <c r="F12" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="G12" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="H12" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="I12" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="J12" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="K12" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="L12" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="M12" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="N12" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="O12" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="P12" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="Q12" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="R12" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="S12" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="T12" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="U12" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="V12" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="W12" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="X12" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="Y12" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="Z12" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="AA12" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="AB12" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="AC12" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="AD12" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="AE12" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="AF12" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="AG12" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="AH12" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="AI12" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="AJ12" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="AK12" s="14" t="s">
         <v>252</v>
       </c>
-      <c r="Q10" s="27" t="s">
+    </row>
+    <row r="13" spans="2:48" ht="45" x14ac:dyDescent="0.25">
+      <c r="B13" s="15" t="s">
         <v>253</v>
       </c>
-      <c r="R10" s="2" t="s">
-[...2 lines deleted...]
-      <c r="S10" s="2" t="s">
+      <c r="C13" s="2" t="s">
         <v>254</v>
-      </c>
-[...304 lines deleted...]
-        <v>280</v>
       </c>
       <c r="D13" s="16">
         <v>1</v>
       </c>
       <c r="E13" s="17">
         <v>0.03</v>
       </c>
       <c r="F13" s="17">
         <v>0.17</v>
       </c>
       <c r="G13" s="17">
         <v>0</v>
       </c>
       <c r="H13" s="17">
         <v>0</v>
       </c>
       <c r="I13" s="17">
         <v>0.1</v>
       </c>
       <c r="J13" s="17">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="K13" s="17">
         <v>0.1</v>
       </c>
       <c r="L13" s="17">
         <v>0.1</v>
       </c>
       <c r="M13" s="17">
         <v>0.1</v>
       </c>
       <c r="N13" s="17">
         <v>0.5</v>
       </c>
       <c r="O13" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="P13" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="Q13" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="R13" s="17">
+        <v>0</v>
+      </c>
+      <c r="S13" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="T13" s="17">
+        <v>0.15</v>
+      </c>
+      <c r="U13" s="17">
         <v>0.25</v>
       </c>
-      <c r="P13" s="17">
+      <c r="V13" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="W13" s="17">
         <v>0.05</v>
       </c>
-      <c r="Q13" s="17">
-[...5 lines deleted...]
-      <c r="S13" s="17">
+      <c r="X13" s="17">
         <v>0</v>
       </c>
-      <c r="T13" s="17">
-[...13 lines deleted...]
-      </c>
       <c r="Y13" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="Z13" s="17">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="AA13" s="17">
         <v>0</v>
       </c>
       <c r="AB13" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="AC13" s="17">
         <v>0</v>
       </c>
-      <c r="AC13" s="17">
-[...1 lines deleted...]
-      </c>
       <c r="AD13" s="17">
+        <v>0.15</v>
+      </c>
+      <c r="AE13" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AF13" s="17">
+        <v>0.3</v>
+      </c>
+      <c r="AG13" s="17">
         <v>0</v>
       </c>
-      <c r="AE13" s="17">
-[...5 lines deleted...]
-      <c r="AG13" s="17">
+      <c r="AH13" s="17">
         <v>0.02</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="AI13" s="17">
         <v>0</v>
       </c>
       <c r="AJ13" s="17">
-        <v>0.2</v>
-[...7 lines deleted...]
-      <c r="AM13" s="17">
         <v>0.22</v>
       </c>
-      <c r="AN13" s="17">
-[...1 lines deleted...]
-      </c>
     </row>
-    <row r="14" spans="2:52" ht="30" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:48" ht="30" x14ac:dyDescent="0.25">
       <c r="B14" s="15" t="s">
-        <v>282</v>
+        <v>256</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>283</v>
+        <v>257</v>
       </c>
       <c r="D14" s="16">
         <v>1</v>
       </c>
       <c r="E14" s="17">
         <v>0.03</v>
       </c>
       <c r="F14" s="17">
         <v>0.17</v>
       </c>
       <c r="G14" s="17">
         <v>0</v>
       </c>
       <c r="H14" s="17">
         <v>0</v>
       </c>
       <c r="I14" s="17">
         <v>0.1</v>
       </c>
       <c r="J14" s="17">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="K14" s="17">
         <v>0.1</v>
       </c>
       <c r="L14" s="18" t="s">
-        <v>281</v>
+        <v>255</v>
       </c>
       <c r="M14" s="17">
         <v>0.1</v>
       </c>
       <c r="N14" s="18" t="s">
-        <v>281</v>
-[...5 lines deleted...]
-        <v>281</v>
+        <v>255</v>
+      </c>
+      <c r="O14" s="18" t="s">
+        <v>255</v>
+      </c>
+      <c r="P14" s="17">
+        <v>0.1</v>
       </c>
       <c r="Q14" s="17">
+        <v>0</v>
+      </c>
+      <c r="R14" s="17">
+        <v>0.04</v>
+      </c>
+      <c r="S14" s="17">
+        <v>0.23499999999999999</v>
+      </c>
+      <c r="T14" s="17">
+        <v>0.15</v>
+      </c>
+      <c r="U14" s="17">
+        <v>0</v>
+      </c>
+      <c r="V14" s="17">
         <v>0.1</v>
       </c>
-      <c r="R14" s="17">
+      <c r="W14" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="X14" s="17">
         <v>0</v>
       </c>
-      <c r="S14" s="17">
-[...8 lines deleted...]
-      <c r="V14" s="17">
+      <c r="Y14" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="Z14" s="17">
         <v>0</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="AA14" s="17">
         <v>0</v>
       </c>
       <c r="AB14" s="17">
         <v>0</v>
       </c>
       <c r="AC14" s="17">
         <v>0</v>
       </c>
       <c r="AD14" s="17">
+        <v>0.15</v>
+      </c>
+      <c r="AE14" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AF14" s="17">
+        <v>0.3</v>
+      </c>
+      <c r="AG14" s="17">
         <v>0</v>
       </c>
-      <c r="AE14" s="17">
-[...9 lines deleted...]
-        <v>0.3</v>
+      <c r="AH14" s="18" t="s">
+        <v>255</v>
       </c>
       <c r="AI14" s="17">
         <v>0</v>
       </c>
       <c r="AJ14" s="17">
-        <v>0.2</v>
-[...7 lines deleted...]
-      <c r="AM14" s="17">
         <v>0.22</v>
       </c>
-      <c r="AN14" s="17">
-[...1 lines deleted...]
-      </c>
     </row>
-    <row r="15" spans="2:52" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:48" x14ac:dyDescent="0.25">
       <c r="B15" s="15" t="s">
-        <v>284</v>
+        <v>258</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>285</v>
+        <v>259</v>
       </c>
       <c r="D15" s="16">
         <v>1</v>
       </c>
       <c r="E15" s="17">
         <v>0.03</v>
       </c>
       <c r="F15" s="17">
         <v>0.17</v>
       </c>
       <c r="G15" s="18" t="s">
-        <v>281</v>
+        <v>255</v>
       </c>
       <c r="H15" s="17">
         <v>0</v>
       </c>
       <c r="I15" s="18" t="s">
-        <v>281</v>
+        <v>255</v>
       </c>
       <c r="J15" s="17">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="K15" s="17">
         <v>0.1</v>
       </c>
       <c r="L15" s="18" t="s">
-        <v>281</v>
+        <v>255</v>
       </c>
       <c r="M15" s="17">
         <v>0.1</v>
       </c>
       <c r="N15" s="17">
         <v>0.5</v>
       </c>
       <c r="O15" s="17">
-        <v>0.25</v>
+        <v>0.05</v>
       </c>
       <c r="P15" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="Q15" s="18" t="s">
+        <v>255</v>
+      </c>
+      <c r="R15" s="18" t="s">
+        <v>255</v>
+      </c>
+      <c r="S15" s="18" t="s">
+        <v>255</v>
+      </c>
+      <c r="T15" s="17">
+        <v>0.15</v>
+      </c>
+      <c r="U15" s="17">
+        <v>0</v>
+      </c>
+      <c r="V15" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="W15" s="17">
         <v>0.05</v>
       </c>
-      <c r="Q15" s="17">
-[...14 lines deleted...]
-      <c r="V15" s="17">
+      <c r="X15" s="18" t="s">
+        <v>255</v>
+      </c>
+      <c r="Y15" s="18" t="s">
+        <v>255</v>
+      </c>
+      <c r="Z15" s="18" t="s">
+        <v>255</v>
+      </c>
+      <c r="AA15" s="17">
         <v>0</v>
-      </c>
-[...13 lines deleted...]
-        <v>281</v>
       </c>
       <c r="AB15" s="17">
         <v>0</v>
       </c>
-      <c r="AC15" s="17">
+      <c r="AC15" s="18" t="s">
+        <v>255</v>
+      </c>
+      <c r="AD15" s="17">
         <v>0</v>
       </c>
-      <c r="AD15" s="18" t="s">
-[...9 lines deleted...]
-        <v>281</v>
+      <c r="AE15" s="26" t="s">
+        <v>255</v>
+      </c>
+      <c r="AF15" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="AG15" s="18" t="s">
+        <v>255</v>
       </c>
       <c r="AH15" s="17">
-        <v>0.2</v>
+        <v>0.02</v>
       </c>
       <c r="AI15" s="18" t="s">
-        <v>281</v>
-[...10 lines deleted...]
-      <c r="AM15" s="17">
+        <v>255</v>
+      </c>
+      <c r="AJ15" s="17">
         <v>0.22</v>
       </c>
-      <c r="AN15" s="17">
-[...1 lines deleted...]
-      </c>
     </row>
-    <row r="16" spans="2:52" ht="45" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:48" ht="45" x14ac:dyDescent="0.25">
       <c r="B16" s="19" t="s">
-        <v>278</v>
+        <v>252</v>
       </c>
       <c r="C16" s="6" t="s">
-        <v>286</v>
+        <v>260</v>
       </c>
       <c r="D16" s="19" t="s">
-        <v>278</v>
+        <v>252</v>
       </c>
       <c r="E16" s="7" t="s">
-        <v>287</v>
+        <v>261</v>
       </c>
       <c r="F16" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="G16" s="7" t="s">
+        <v>252</v>
+      </c>
+      <c r="H16" s="7" t="s">
+        <v>262</v>
+      </c>
+      <c r="I16" s="7" t="s">
+        <v>252</v>
+      </c>
+      <c r="J16" s="7" t="s">
+        <v>263</v>
+      </c>
+      <c r="K16" s="7" t="s">
+        <v>264</v>
+      </c>
+      <c r="L16" s="7" t="s">
+        <v>252</v>
+      </c>
+      <c r="M16" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="N16" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="G16" s="7" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="O16" s="7" t="s">
+        <v>265</v>
+      </c>
+      <c r="P16" s="7" t="s">
+        <v>266</v>
+      </c>
+      <c r="Q16" s="7" t="s">
+        <v>252</v>
+      </c>
+      <c r="R16" s="7" t="s">
+        <v>252</v>
+      </c>
+      <c r="S16" s="7" t="s">
+        <v>252</v>
+      </c>
+      <c r="T16" s="7" t="s">
+        <v>267</v>
+      </c>
+      <c r="U16" s="7" t="s">
+        <v>268</v>
+      </c>
+      <c r="V16" s="7" t="s">
+        <v>269</v>
+      </c>
+      <c r="W16" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="P16" s="7" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="X16" s="7" t="s">
-        <v>91</v>
+        <v>252</v>
       </c>
       <c r="Y16" s="7" t="s">
-        <v>278</v>
+        <v>252</v>
       </c>
       <c r="Z16" s="7" t="s">
-        <v>278</v>
+        <v>252</v>
       </c>
       <c r="AA16" s="7" t="s">
-        <v>278</v>
+        <v>270</v>
       </c>
       <c r="AB16" s="7" t="s">
-        <v>296</v>
+        <v>271</v>
       </c>
       <c r="AC16" s="7" t="s">
-        <v>297</v>
+        <v>252</v>
       </c>
       <c r="AD16" s="7" t="s">
-        <v>278</v>
+        <v>89</v>
       </c>
       <c r="AE16" s="7" t="s">
-        <v>98</v>
+        <v>161</v>
       </c>
       <c r="AF16" s="7" t="s">
-        <v>278</v>
+        <v>272</v>
       </c>
       <c r="AG16" s="7" t="s">
-        <v>182</v>
+        <v>252</v>
       </c>
       <c r="AH16" s="7" t="s">
-        <v>298</v>
+        <v>273</v>
       </c>
       <c r="AI16" s="7" t="s">
-        <v>278</v>
+        <v>252</v>
       </c>
       <c r="AJ16" s="7" t="s">
-        <v>278</v>
-[...11 lines deleted...]
-        <v>301</v>
+        <v>274</v>
       </c>
     </row>
-    <row r="17" spans="2:40" ht="45" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:36" ht="45" x14ac:dyDescent="0.25">
       <c r="B17" s="20"/>
       <c r="C17" s="6" t="s">
-        <v>302</v>
+        <v>275</v>
       </c>
       <c r="D17" s="20"/>
       <c r="E17" s="7" t="s">
-        <v>303</v>
+        <v>276</v>
       </c>
       <c r="F17" s="7" t="s">
-        <v>304</v>
+        <v>277</v>
       </c>
       <c r="G17" s="7" t="s">
+        <v>252</v>
+      </c>
+      <c r="H17" s="7" t="s">
         <v>278</v>
       </c>
-      <c r="H17" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I17" s="7" t="s">
-        <v>278</v>
+        <v>252</v>
       </c>
       <c r="J17" s="7" t="s">
-        <v>306</v>
+        <v>279</v>
       </c>
       <c r="K17" s="7" t="s">
-        <v>307</v>
+        <v>280</v>
       </c>
       <c r="L17" s="7" t="s">
-        <v>278</v>
+        <v>252</v>
       </c>
       <c r="M17" s="7" t="s">
-        <v>308</v>
+        <v>281</v>
       </c>
       <c r="N17" s="7" t="s">
-        <v>309</v>
+        <v>282</v>
       </c>
       <c r="O17" s="7" t="s">
-        <v>310</v>
+        <v>283</v>
       </c>
       <c r="P17" s="7" t="s">
-        <v>311</v>
+        <v>284</v>
       </c>
       <c r="Q17" s="7" t="s">
-        <v>312</v>
+        <v>252</v>
       </c>
       <c r="R17" s="7" t="s">
-        <v>278</v>
+        <v>252</v>
       </c>
       <c r="S17" s="7" t="s">
-        <v>278</v>
+        <v>252</v>
       </c>
       <c r="T17" s="7" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="U17" s="7" t="s">
-        <v>313</v>
+        <v>286</v>
       </c>
       <c r="V17" s="7" t="s">
-        <v>314</v>
+        <v>287</v>
       </c>
       <c r="W17" s="7" t="s">
-        <v>315</v>
+        <v>288</v>
       </c>
       <c r="X17" s="7" t="s">
-        <v>316</v>
+        <v>252</v>
       </c>
       <c r="Y17" s="7" t="s">
-        <v>278</v>
+        <v>252</v>
       </c>
       <c r="Z17" s="7" t="s">
-        <v>278</v>
+        <v>252</v>
       </c>
       <c r="AA17" s="7" t="s">
-        <v>278</v>
+        <v>289</v>
       </c>
       <c r="AB17" s="7" t="s">
-        <v>317</v>
+        <v>290</v>
       </c>
       <c r="AC17" s="7" t="s">
-        <v>318</v>
+        <v>252</v>
       </c>
       <c r="AD17" s="7" t="s">
-        <v>278</v>
+        <v>291</v>
       </c>
       <c r="AE17" s="7" t="s">
-        <v>319</v>
+        <v>161</v>
       </c>
       <c r="AF17" s="7" t="s">
-        <v>278</v>
+        <v>292</v>
       </c>
       <c r="AG17" s="7" t="s">
-        <v>182</v>
+        <v>252</v>
       </c>
       <c r="AH17" s="7" t="s">
-        <v>320</v>
+        <v>293</v>
       </c>
       <c r="AI17" s="7" t="s">
-        <v>278</v>
+        <v>252</v>
       </c>
       <c r="AJ17" s="7" t="s">
-        <v>278</v>
-[...11 lines deleted...]
-        <v>323</v>
+        <v>294</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:AN16">
-    <sortCondition ref="E2:AN2"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:AJ16">
+    <sortCondition ref="E2:AJ2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="L7" r:id="rId1" xr:uid="{A03E17BE-72D1-4D8A-A1D3-1EED4DE2EB7B}"/>
     <hyperlink ref="E11" r:id="rId2" display="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7457/A2Z Supplies.pdf" xr:uid="{73858D99-1307-482F-8495-841469303F6C}"/>
     <hyperlink ref="F11" r:id="rId3" xr:uid="{78AA5C75-637D-44DA-9A1E-294B0242A7E7}"/>
     <hyperlink ref="G11" r:id="rId4" xr:uid="{34DB832C-E572-4AC1-89C7-6185DE7F72F3}"/>
-    <hyperlink ref="H11" r:id="rId5" xr:uid="{1751B648-49A3-43F4-99B6-63E9ED120ACD}"/>
-[...27 lines deleted...]
-    <hyperlink ref="AN11" r:id="rId33" xr:uid="{E44C9CF5-D942-4A3B-9B6C-8F2A61E20F38}"/>
+    <hyperlink ref="I11" r:id="rId5" xr:uid="{5CE1DBD3-F0F7-4348-8A12-800C636616D9}"/>
+    <hyperlink ref="J11" r:id="rId6" xr:uid="{71135628-A0F7-467B-880D-A9A3875BC4F7}"/>
+    <hyperlink ref="K11" r:id="rId7" xr:uid="{64B2D562-C5C0-4E36-AC10-AFBCDFE5EDC5}"/>
+    <hyperlink ref="L11" r:id="rId8" xr:uid="{F1C29F7F-D1EF-4B2A-97B5-D2F88F2A1CB6}"/>
+    <hyperlink ref="M11" r:id="rId9" xr:uid="{8460A448-75D7-4BFF-AEA5-F7ACD6F4665A}"/>
+    <hyperlink ref="N11" r:id="rId10" xr:uid="{CF19103C-D052-44C9-8554-2E45975FAA84}"/>
+    <hyperlink ref="P11" r:id="rId11" xr:uid="{B70973CD-4925-43D3-80AC-EDB4AA7B3BAC}"/>
+    <hyperlink ref="R11" r:id="rId12" xr:uid="{17D37BB5-0F61-4F0A-B18C-6E10A71C3CFA}"/>
+    <hyperlink ref="S11" r:id="rId13" xr:uid="{A316BCBB-7929-4521-88DF-D3B10180822B}"/>
+    <hyperlink ref="T11" r:id="rId14" xr:uid="{0420CBC9-BD2C-47D2-BA37-63F69F428E2B}"/>
+    <hyperlink ref="U11" r:id="rId15" xr:uid="{AF571C66-195F-4FEB-98BB-76FA35309869}"/>
+    <hyperlink ref="V11" r:id="rId16" xr:uid="{C258AF13-614E-4327-A4F9-943E559C2A95}"/>
+    <hyperlink ref="W11" r:id="rId17" xr:uid="{64D984E7-F6AD-48A7-B4CA-A247BFA853D5}"/>
+    <hyperlink ref="X11" r:id="rId18" xr:uid="{8D75227D-D368-42C1-BC69-62FE0ACC231E}"/>
+    <hyperlink ref="Y11" r:id="rId19" xr:uid="{FD3F7B0C-5AC5-4853-93B5-368FF202C174}"/>
+    <hyperlink ref="Z11" r:id="rId20" xr:uid="{DEA175BE-717D-4914-AA4C-A7524FE2957C}"/>
+    <hyperlink ref="AB11" r:id="rId21" xr:uid="{44683E47-D881-4525-8A78-8C57F08203FC}"/>
+    <hyperlink ref="AC11" r:id="rId22" xr:uid="{EFA3C496-567F-4732-9CCE-80D49EA94F44}"/>
+    <hyperlink ref="AD11" r:id="rId23" xr:uid="{7067B060-529F-493F-9D58-1B415B9A8815}"/>
+    <hyperlink ref="AE11" r:id="rId24" xr:uid="{91C3AA37-F669-4DFD-B48B-36CFF974E373}"/>
+    <hyperlink ref="AF11" r:id="rId25" xr:uid="{B459FEE5-6E81-4510-89AA-2D9624246A56}"/>
+    <hyperlink ref="AG11" r:id="rId26" xr:uid="{BB7D3DF3-8533-4C7F-B271-5B4AF754E9ED}"/>
+    <hyperlink ref="AH11" r:id="rId27" xr:uid="{962B7A95-6DDA-4D0D-A6ED-C62AC1FCCABC}"/>
+    <hyperlink ref="AI11" r:id="rId28" xr:uid="{57A9A047-E7DB-41E1-A81D-AB395BBB175C}"/>
+    <hyperlink ref="AJ11" r:id="rId29" xr:uid="{B6135D16-095C-46CD-8FF6-64BE89DA8F30}"/>
+    <hyperlink ref="H11" r:id="rId30" xr:uid="{74088A1F-BD98-4B36-B672-B004043A2B57}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
-  <pageSetup orientation="landscape" r:id="rId34"/>
+  <pageSetup orientation="landscape" r:id="rId31"/>
   <headerFooter>
     <oddFooter>&amp;R23-7457 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>