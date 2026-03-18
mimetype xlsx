--- v0 (2025-10-19)
+++ v1 (2026-03-18)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="X:\Bids\2023\23-7456 Security Services and Gear\Award Summary and Award Detail\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2023\23-7456 Security Services and Gear\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{77E7481C-DA65-4133-B90D-1952955F784F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B6EAE940-A9ED-4D22-A89A-AB89EAF2CF3D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-105" windowWidth="29040" windowHeight="16440" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="47">
   <si>
     <t/>
   </si>
   <si>
     <t>Defenz Special Systems LLC</t>
   </si>
   <si>
     <t>Mike Garcia Merchant Security, LLC</t>
   </si>
   <si>
     <t>Line #</t>
   </si>
@@ -160,51 +160,51 @@
   <si>
     <t>Price Link</t>
   </si>
   <si>
     <t>American Surveillance Co (American Surveillance Company Incorporated)</t>
   </si>
   <si>
     <t>Eduardo Camarillo</t>
   </si>
   <si>
     <t>ecamarillo@americansurveillanceco.com</t>
   </si>
   <si>
     <t>HTTP://americansurveillanceco.com</t>
   </si>
   <si>
     <t>Yes, products that are available and ready to be shipped non standard shipping like overnight or next day air. Eduardo Camarillo is the contact person for expedite shipments.</t>
   </si>
   <si>
     <t>Security Services and Products</t>
   </si>
   <si>
     <t>*updated 1/23/24</t>
   </si>
   <si>
-    <t>*updated 7/29/25</t>
+    <t>*updated 7/29/25, 2/16/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -265,51 +265,51 @@
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="18">
+  <cellXfs count="19">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
@@ -318,50 +318,51 @@
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
@@ -636,51 +637,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7456/American%20Surveillance.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Mike%20Garcia%20Merchant%20Security.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7456/Defensz%20Special%20Systems.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7456/Mike%20Garcia%20Merchant%20Security.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7456/American%20Surveillance.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7456/Defensz%20Special%20Systems.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B1:H16"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="8" style="5" customWidth="1"/>
     <col min="3" max="3" width="52" style="5" customWidth="1"/>
     <col min="4" max="4" width="6" style="5" customWidth="1"/>
     <col min="5" max="7" width="30.7109375" style="5" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:8" x14ac:dyDescent="0.25">
       <c r="E1" s="5" t="s">
@@ -819,51 +820,51 @@
     </row>
     <row r="11" spans="2:8" x14ac:dyDescent="0.25">
       <c r="D11" s="4" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="17" t="s">
         <v>21</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="12" spans="2:8" x14ac:dyDescent="0.25">
       <c r="D12" s="14" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="16" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="13" t="s">
         <v>38</v>
       </c>
-      <c r="G12" s="13" t="s">
+      <c r="G12" s="18" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="13" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B13" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>4</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="G13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="H13" s="9" t="s">
         <v>0</v>
       </c>
@@ -910,52 +911,52 @@
     </row>
     <row r="16" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B16" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C16" s="11" t="s">
         <v>0</v>
       </c>
       <c r="D16" s="11" t="s">
         <v>0</v>
       </c>
       <c r="E16" s="11"/>
       <c r="F16" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G16" s="11" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="F1:G16">
     <sortCondition ref="F2:G2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="F12" r:id="rId1" xr:uid="{DF73E8A7-F93C-46BD-B6A6-A81719BBBF45}"/>
-    <hyperlink ref="G12" r:id="rId2" xr:uid="{62A8C4C0-A43E-4D76-B984-999106C5F0BC}"/>
-    <hyperlink ref="E12" r:id="rId3" xr:uid="{6B12279E-BA78-47FD-AEC5-7AA55697E662}"/>
+    <hyperlink ref="E12" r:id="rId2" xr:uid="{6B12279E-BA78-47FD-AEC5-7AA55697E662}"/>
+    <hyperlink ref="G12" r:id="rId3" xr:uid="{66A446EE-7F04-4450-B7E5-B886A948CE05}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
   <pageSetup orientation="landscape" r:id="rId4"/>
   <headerFooter>
     <oddFooter>&amp;R23-7456 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>