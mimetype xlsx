--- v0 (2025-10-19)
+++ v1 (2026-01-30)
@@ -1,681 +1,600 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2023\23-7452 Technology, Hardware, Software, Services and Related\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{59EC582A-614A-43C6-AC00-FDB6A99BED05}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B42A12EA-FEE2-48AC-BC85-C0A4A928456E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="415" uniqueCount="277">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="376" uniqueCount="251">
   <si>
     <t/>
   </si>
   <si>
     <t>LibraryTrac</t>
   </si>
   <si>
     <t>Legends of Learning</t>
   </si>
   <si>
     <t>InformedK12 (Emics, Inc.)</t>
   </si>
   <si>
     <t>iBenzer Inc.</t>
   </si>
   <si>
     <t>Public Consulting Group</t>
   </si>
   <si>
-    <t>Glowforge</t>
-[...1 lines deleted...]
-  <si>
     <t>Scenario Learning DBA Vector Solutions</t>
   </si>
   <si>
     <t>TalkingPoints of Illinois (TalkingPoints)</t>
   </si>
   <si>
     <t>AGParts Worldwide, Inc.</t>
   </si>
   <si>
     <t>STS Recycling LLC</t>
   </si>
   <si>
     <t>PCS Revenue Control Systems</t>
   </si>
   <si>
     <t>Securly, Inc.</t>
   </si>
   <si>
     <t>Bass Computers, Inc.</t>
   </si>
   <si>
     <t>Christal Vision</t>
   </si>
   <si>
     <t>Compu-Cel (Personal Computer Technologies,Inc.)</t>
   </si>
   <si>
     <t>Pyrocom System Inc. (PyroCom systems Inc.)</t>
   </si>
   <si>
     <t>Helios Ed (Mann InfoCom Inc.)</t>
   </si>
   <si>
     <t>Accur8 Software Solutions LLC (Accur8 Software LLP)</t>
   </si>
   <si>
     <t>Asentex, Inc</t>
   </si>
   <si>
-    <t>Redline Networks, LP</t>
-[...1 lines deleted...]
-  <si>
     <t>Terralogic Document Systems Inc</t>
   </si>
   <si>
     <t>Age of Learning, Inc.</t>
   </si>
   <si>
     <t>CS Educational Services LLC (thinkLaw)</t>
   </si>
   <si>
     <t>Line #</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>QTY</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Percent Discount from Catalog/Pricelist</t>
   </si>
   <si>
     <t>No Bid</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Hourly Rate for Services</t>
   </si>
   <si>
     <t>Scott Allen</t>
   </si>
   <si>
     <t>Aryah Fradkin</t>
   </si>
   <si>
     <t>Aaron Yu</t>
   </si>
   <si>
-    <t>Katie Margolis</t>
-[...1 lines deleted...]
-  <si>
     <t>James Childers</t>
   </si>
   <si>
     <t>Andrew Deitschel</t>
   </si>
   <si>
     <t>Andrew Unrein</t>
   </si>
   <si>
     <t>Tim Chapman</t>
   </si>
   <si>
     <t>Jamie Sesar</t>
   </si>
   <si>
     <t>Brian Townsend</t>
   </si>
   <si>
     <t>Linda Garza</t>
   </si>
   <si>
     <t>Nick Schmidt</t>
   </si>
   <si>
     <t>Jim Campbell</t>
   </si>
   <si>
     <t>Ed Christal</t>
   </si>
   <si>
     <t>JORGE RUBIO</t>
   </si>
   <si>
     <t>Angie Duron</t>
   </si>
   <si>
     <t>Brian Juarez</t>
   </si>
   <si>
     <t>Charles Logan, COO</t>
   </si>
   <si>
     <t>Ron Patterson</t>
   </si>
   <si>
     <t>Jose Luis Camarena Jr</t>
   </si>
   <si>
-    <t>Layne Gossett</t>
-[...7 lines deleted...]
-  <si>
     <t>Colin Seale</t>
   </si>
   <si>
     <t>3 Ravinia Drive NE. Suite P7. Atlanta, GA 30346</t>
   </si>
   <si>
     <t>2012 Snowbush Court, Culpeper, VA 22701</t>
   </si>
   <si>
     <t>500 North Capitol St, NW, Suite 230, Washington, DC 20001</t>
   </si>
   <si>
     <t>555 12th St., Suite 1670 Oakland, CA 94607</t>
   </si>
   <si>
     <t>2230 119th St. College Point, NY, 11356</t>
   </si>
   <si>
     <t>816 Congress Ave. UNIT 1110, Austin, TX 78701</t>
   </si>
   <si>
-    <t>1938 Occidental Ave S, Suite C Seattle, WA 98134</t>
-[...1 lines deleted...]
-  <si>
     <t>4890 W. Kennedy Blvd., Suite 300, Tampa FL 33609</t>
   </si>
   <si>
     <t>2021 Fillmore Street, #2124 San Francisco, CA 94115</t>
   </si>
   <si>
     <t>220 Huff Ave., Suite 100, Greensburg, PA 15601</t>
   </si>
   <si>
     <t>569 Sylvan Ave, Englewood Cliffs, NJ 07632</t>
   </si>
   <si>
     <t>5600 77 Center Drive Suite 350, Charlotte, NC 28217</t>
   </si>
   <si>
     <t>10558 Bissonnet St. Houston, TX  77099</t>
   </si>
   <si>
     <t>11457 Pellicano Dr. , El Paso, TX, 79936</t>
   </si>
   <si>
     <t>1025 Texas Avenue, El Paso, Texas  79901</t>
   </si>
   <si>
     <t>111 Deerwood Rd, Ste 200 San Ramon CA 94583</t>
   </si>
   <si>
     <t>2724 East Kemper Road, Sharon Road, OH  45241</t>
   </si>
   <si>
     <t>100 E. San Marcos Blvd. Ste. #400, San Marcos, CA 92069</t>
   </si>
   <si>
-    <t>2081 Hutton Drive, Suite 303, Carrollton, TX 75006</t>
-[...4 lines deleted...]
-  <si>
     <t>101 N. Brand Blvd, Suite 870  Glendale, CA  91203</t>
   </si>
   <si>
     <t>3651 S. Lindell Road, Suite D692, Las Vegas, NV 89103</t>
   </si>
   <si>
     <t>info@librarytrac.com</t>
   </si>
   <si>
     <t>aryah@legendsoflearning.com</t>
   </si>
   <si>
     <t>info@ibenzer.com</t>
   </si>
   <si>
-    <t>accountsales@glowforge.com</t>
-[...1 lines deleted...]
-  <si>
     <t>andrew.deitschel@vectorsolutions.com</t>
   </si>
   <si>
     <t>andrew@talkingpts.org</t>
   </si>
   <si>
     <t>tim@systemliquidation.com</t>
   </si>
   <si>
-    <t>purchaseorders@agpartsworldwide.com</t>
-[...1 lines deleted...]
-  <si>
     <t>brian@stsrecycle.com</t>
   </si>
   <si>
     <t>lindag@pcsrcs.com</t>
   </si>
   <si>
     <t>nick.schmidt@securly.com</t>
   </si>
   <si>
     <t>bassedu@basscomputers.com</t>
   </si>
   <si>
     <t>ed@satx.rr.com</t>
   </si>
   <si>
     <t>jrubio@compu-cel.com</t>
   </si>
   <si>
     <t>aduron@pyrocomsystems.com</t>
   </si>
   <si>
     <t>brian@heliosed.com</t>
   </si>
   <si>
     <t>clogan@forward-edge.net</t>
   </si>
   <si>
     <t>ron@accur8software.com</t>
   </si>
   <si>
     <t>Luis.c@asentex.com</t>
   </si>
   <si>
-    <t>Layne.Gossett@redlinenet.com</t>
-[...7 lines deleted...]
-  <si>
     <t>colin@thinklaw.us</t>
   </si>
   <si>
     <t>(800) 880-7270</t>
   </si>
   <si>
     <t>(540) 717-9300</t>
   </si>
   <si>
     <t>(443) 695-1761</t>
   </si>
   <si>
     <t>(718) 886-7868</t>
   </si>
   <si>
-    <t>(855) 569-4878</t>
-[...1 lines deleted...]
-  <si>
     <t>(972) 890-8472</t>
   </si>
   <si>
     <t>(800) 434-0154 x7016</t>
   </si>
   <si>
     <t>(586) 337-9337</t>
   </si>
   <si>
     <t>(908) 668-0008 x354</t>
   </si>
   <si>
     <t>(844) 706-5084 x147</t>
   </si>
   <si>
     <t>(903) 589-3705</t>
   </si>
   <si>
     <t>(800) 247-3061 x1170</t>
   </si>
   <si>
     <t>(512) 786-2980</t>
   </si>
   <si>
     <t>(281) 776-6700</t>
   </si>
   <si>
     <t>(210) 394-6303</t>
   </si>
   <si>
     <t>(915) 252-6250</t>
   </si>
   <si>
     <t>(915) 772-0880</t>
   </si>
   <si>
     <t>(562) 882-3551</t>
   </si>
   <si>
     <t>(513) 761-3343</t>
   </si>
   <si>
     <t>(416) 617-5811</t>
   </si>
   <si>
     <t>(833) 427-3683</t>
   </si>
   <si>
-    <t>(972) 677-3600 x2203</t>
-[...7 lines deleted...]
-  <si>
     <t>(702) 318-7512</t>
   </si>
   <si>
     <t>http://librarytrac.com/</t>
   </si>
   <si>
     <t>https://www.legendsoflearning.com/</t>
   </si>
   <si>
     <t>https://www.informedk12.com/</t>
   </si>
   <si>
     <t>https://www.ibenzerb2b.com/</t>
   </si>
   <si>
     <t>HTTP://www.pcgus.com</t>
   </si>
   <si>
-    <t>HTTP://www.glowforge.com</t>
-[...1 lines deleted...]
-  <si>
     <t>HTTP://www.vectorsolutions.com</t>
   </si>
   <si>
     <t>HTTP://talkingpts.org</t>
   </si>
   <si>
     <t>HTTP://www.systemliquidation.com</t>
   </si>
   <si>
     <t>HTTP://www.agpartseducation.com</t>
   </si>
   <si>
     <t>https://www.stselectronicrecyclinginc.com/</t>
   </si>
   <si>
     <t>HTTP://www.pcsrcs.com</t>
   </si>
   <si>
     <t>https://www.securly.com/</t>
   </si>
   <si>
     <t>HTTP://www.basscomputers.com</t>
   </si>
   <si>
     <t>HTTP://www.christalvision.com</t>
   </si>
   <si>
     <t>HTTP://www.compu-cel.com</t>
   </si>
   <si>
     <t>HTTP://www.pyrocomsystems.com</t>
   </si>
   <si>
     <t>https://heliosed.com/</t>
   </si>
   <si>
     <t>HTTP://www.forward-edge.net</t>
   </si>
   <si>
     <t>HTTP://www.accur8software.com</t>
   </si>
   <si>
     <t>https://www.asentex.com</t>
   </si>
   <si>
-    <t>https://www.redlinenet.com</t>
-[...1 lines deleted...]
-  <si>
     <t>HTTP://www.pdswest.com</t>
   </si>
   <si>
-    <t>https://udtonline.com/</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.ageoflearning.com/</t>
   </si>
   <si>
     <t>HTTP://www.thinklaw.us</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Texas</t>
   </si>
   <si>
     <t>1414 Common Drive, El Paso, TX 79936</t>
   </si>
   <si>
-    <t>no expedited shipping</t>
-[...1 lines deleted...]
-  <si>
     <t>N/A - no shipping as products are delivered electronically</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>We offer Free Ground Shipping on all orders.  With over 500,000 parts in-stock, most orders ship out same day.  For expedited next day or 2nd day shipping, our discounted rate through our freight companies will be extended to the customer.</t>
   </si>
   <si>
     <t>Yes, if over the amount of standard shipping difference to be charged, contact Linda Garza</t>
   </si>
   <si>
     <t>This does not apply to Securly, as we are a Software as a Service solution.</t>
   </si>
   <si>
     <t>Yes. Please contact Scott Hooper in sales at 281.776.6715 or hoopera@basscomputers.com</t>
   </si>
   <si>
     <t>YES,  Jorge Rubio</t>
   </si>
   <si>
     <t>Yes, expedited shipping fees are a pass through from the carrier and will be quoted upon request.</t>
   </si>
   <si>
     <t>Yes. Services provided herein are predominately remotely delivered software and management solutions wherein no shipping costs apply.  Supporting hardware equipment shipping costs are billed at competitive carrier rates.  Account Executives will provide any applicable shipping quotes as needed.</t>
   </si>
   <si>
-    <t>Yes.  This is currently necessary due to unprecedented global supply chain issues and their ripple effects beyond Redline's control.  Designated contact is:  accounting@redlinenet.com</t>
-[...1 lines deleted...]
-  <si>
     <t>All hardware items are shipped at standard "Ground Service" if not in stock, If customer wishes to ship expedited, they'll need to request it at time of quotation.</t>
   </si>
   <si>
-    <t>Yes, and fees are based on size, weight, originating shipping point, method of shipment Overnight, 2 days, express, LTL, etc). No expedited fee for e-delivery items such as software keys. Al Zayed, azayed@udtonline.com, 915-730-5502</t>
-[...1 lines deleted...]
-  <si>
     <t>None of our products require shipping.</t>
   </si>
   <si>
     <t>LeaseQuery provides SaaS based web applications for lease accounting and lease administration. Please reference the included LeaseQuery Solutions section of our RFP response for additional details, product overviews, and more.</t>
   </si>
   <si>
     <t>Online subscription for librarians - track usage of the library</t>
   </si>
   <si>
     <t>Math and Science game-based learning platform, including games, assessments, and lesson plans for Grades K-8; Math Basecamp, a math fluency product</t>
   </si>
   <si>
     <t>Software for digital forms and workflow automation. Optional Service for implementation of forms and workflows.</t>
   </si>
   <si>
     <t>iBenzer is the leading provider of Chromebook Case, Macbook Cases, iPad Cases, and a complete lineup of smart accessories.</t>
   </si>
   <si>
-    <t>Glowforge designs, manufactures, and sells 3D laser printers.</t>
-[...1 lines deleted...]
-  <si>
     <t>We offer an instructional math software program that's TEKS based.</t>
   </si>
   <si>
     <t>Professional development and educator evaluations (Vector Evaluations+ and Vector PD Tracking); online training for school staff/students (Vector Training); emergency communications and anonymous tip reporting platform (Vector LiveSafe); Vector EHS</t>
   </si>
   <si>
     <t>TalkingPoints is a non-profit organization solely focused on family engagement for families of under-resourced, multilingual communities. We focus on high-quality two way translation that makes family-school communication easy.</t>
   </si>
   <si>
     <t>New and Refurbished Desktops, Laptops, Monitors and Chromebooks.   We are an authorized HP and Lenovo Business Partner.   We are a Microsoft Authorized Refurbisher.   We also offer extended warranties, ADP and google licenses</t>
   </si>
   <si>
     <t>We provide Chromebook Parts including:  LCD, Palmrest/Keyboard, Motherboard, Adapter, Battery, Top Cover, Bottom Cover, Bezel, Cables/Boards, Misc. Internal Parts.  Our Services include: Motherboard Repair, Motherboard Exchange and Technology Buyback</t>
   </si>
   <si>
     <t>Electronic recycling, data destruction, asset liquidation.</t>
   </si>
   <si>
     <t>Cloud Based Child Nutrition Technology to include software, hardware, special diets, menu planning, collections assistant, free &amp; reduced applications, production records, point of sale</t>
   </si>
   <si>
     <t>Securly, Inc. is excited to propose our student safety and wellness software solutions to help create and foster a safe and engaging learning environment for Texas students in ESC Region 19. These include our Filtering and Monitoring products.</t>
   </si>
   <si>
     <t>Bass Computers, Inc. is a wholesale distributor of a variety of technology, storage, software, networking &amp; video surveillance products. We also offer electronic recycling &amp; data destruction. We are R2v3, ISO 9001, ISO 14001, and ISO 45001 certified.</t>
   </si>
   <si>
     <t>Christal Vision provides assistive technology for students who are blind or visually impaired including both hardware and software solutions.</t>
   </si>
   <si>
     <t>Computers and all related parts and accessories including hardware and software, cellphones and tablet sales and repair.</t>
   </si>
   <si>
     <t>Established in 1997, PyroCom Systems has more than 25 years experience in the Fire, Security, Low Voltage, Audio, Video and Technology Systems market. We are a full systems integrator offering consulting / design, installation and maintenance.</t>
   </si>
   <si>
     <t>Helios Ed provides paperless K-12 solutions to streamline business and HR operations, increase efficiency, and reduce overhead.</t>
   </si>
   <si>
     <t>Technology and Network Engineering Company solely focused on K-12 Environments.  Solutions include: Network Design and Management, Comprehensive Cybersecurity Solutions, Wireless, Backups, Video Surveillance, Access Control, etc.</t>
   </si>
   <si>
     <t>Products include data integration tools, analytics and vendor collection software.  Services include data migration, application modernization and a range of cloud services.</t>
   </si>
   <si>
     <t>Asentex, Inc. is a business process automation company that specializes in web/mobile based applications, forms processing, document imaging with content management and workflow/process improvement.</t>
   </si>
   <si>
-    <t>Redline provides network engineering and consulting services, and is a value-added reseller for network and network security related products and services, including Juniper, Fortinet, Ruckus, Cradlepoint, Arista, Cisco Meraki, and many others.</t>
-[...1 lines deleted...]
-  <si>
     <t>Document Management SaaS, Cloud Hosted Services, Document Scanners, Managed IT services (In regards to this particular RFP)</t>
   </si>
   <si>
-    <t>Hardware, software, solution and services covering all technology related solutions within K-12 including instructional, network, DataCenter, Collaboration, Security (Cyber and Physical), WiFi, Life Cycle Management, Managed Services, AV, etc...</t>
-[...1 lines deleted...]
-  <si>
     <t>My Math Academy is an adaptive, personalized program that helps students master foundational math concepts. My Reading Academy helps young learners become fluent readers and build a foundation for reading comprehension and literacy.</t>
   </si>
   <si>
     <t>Access to a digital subscription platform with curriculum resources for K-12 teachers, professional development workshops, books and book studies, and subscription resources for families.</t>
   </si>
   <si>
     <t>LeaseQuery supports all service in all 50 US states.</t>
   </si>
   <si>
     <t>All 50 states</t>
   </si>
   <si>
     <t>Legends of Learning services all 50 states and Washington, DC. Within Texas, we currently provide our products and related services to more than 400 districts. We are willing to provide services in any city, county, or area within the US.</t>
   </si>
   <si>
     <t>All U.S. States</t>
   </si>
   <si>
     <t>All the states except Hawaii</t>
   </si>
   <si>
     <t>All</t>
   </si>
   <si>
     <t>Vector Solutions is licensed and willing to service all fifty states in the United States.</t>
@@ -698,59 +617,53 @@
   <si>
     <t>Texas, Louisiana, Oklahoma, Missouri</t>
   </si>
   <si>
     <t>State of Texas</t>
   </si>
   <si>
     <t>TEXAS</t>
   </si>
   <si>
     <t>Texas, New Mexico and Arizona</t>
   </si>
   <si>
     <t>Alabama, Alaska, Arizona, Arkansas, California, Colorado, Connecticut, Delaware, Florida, Georgia, Hawaii, Idaho, Illinois, Indiana, Iowa, Kansas, Kentucky, Louisiana, Maine, Maryland, Massachusetts, Michigan, Minnesota, Mississippi, Missouri, Montana, Nebraska, Nevada, New Hampshire, New Jersey, New Mexico, New York, North Carolina, North Dakota, Ohio, Oklahoma, Oregon, Pennsylvania, Rhode Island, South Carolina, South Dakota, Tennessee, Texas, Utah, Vermont, Virginia, Washington, West Virginia, Wisconsin, Wyoming</t>
   </si>
   <si>
     <t>Contiguous USA</t>
   </si>
   <si>
     <t>All US State</t>
   </si>
   <si>
     <t>All 48 contiguous states</t>
   </si>
   <si>
-    <t>Contiguous United States (lower 48)</t>
-[...1 lines deleted...]
-  <si>
     <t>Domestic US</t>
   </si>
   <si>
-    <t>Florida, Tennessee, Georgia, Texas and Oklahoma for onsite services. Nationwide for remote services.</t>
-[...1 lines deleted...]
-  <si>
     <t>Age of Learning has a national sales practice and is willing to service any state.</t>
   </si>
   <si>
     <t>thinkLaw is willing to service all interested areas.</t>
   </si>
   <si>
     <t>Company Name…</t>
   </si>
   <si>
     <t>Company Contact…</t>
   </si>
   <si>
     <t>Company Address…</t>
   </si>
   <si>
     <t>Contact Email Address…</t>
   </si>
   <si>
     <t>Company Phone Number…</t>
   </si>
   <si>
     <t>Company Website…</t>
   </si>
   <si>
     <t>S&amp;H included in pricing…</t>
@@ -767,316 +680,249 @@
   <si>
     <t>Price Link…</t>
   </si>
   <si>
     <t>Price Link</t>
   </si>
   <si>
     <t>We provide a software solution to manage student behavior threat assessments, the EDPlan Prevention Suite. EDPlan supports youth suicide prevention and manages behavioral  threat assessment, social-emotional learning</t>
   </si>
   <si>
     <t>106 Evans Oak Ln, San Antonio, TX 78260</t>
   </si>
   <si>
     <t>402 South Ragsdale St, Jacksonville, TX 75766</t>
   </si>
   <si>
     <t>See Price Link attached</t>
   </si>
   <si>
     <t>Forward Edge LLC</t>
   </si>
   <si>
     <t>Please contact Purchasing for pricing.</t>
   </si>
   <si>
-    <t>United Data Technologies, Inc. (UDT; UDT Financial Services)</t>
-[...5 lines deleted...]
-    <t>*updated 1/3/24</t>
+    <t>*updated 5/20/24</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t>Morris Williams</t>
-[...6 lines deleted...]
-      <t xml:space="preserve"> Justin Chou</t>
+      <t>4501 Warwick Lane, Frisco, TX 75034</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> 7800 Dallas Pkwy Suite 430 Plano, TX 75024</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t>(210) 309-4343</t>
-[...10 lines deleted...]
-    <t>*updated 5/20/24</t>
+      <t xml:space="preserve">james@everychildgrows.com </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>james @cleark12.com</t>
+    </r>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t>4501 Warwick Lane, Frisco, TX 75034</t>
-[...7 lines deleted...]
-    </r>
+      <t>Every Child Grows, Inc.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Clear K12, Inc.</t>
+    </r>
+  </si>
+  <si>
+    <t>*updated 7/25/23, 8/21/24</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">james@everychildgrows.com </t>
-[...7 lines deleted...]
-    </r>
+      <t>LeaseQuery, LLC</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> FinQuery, LLC</t>
+    </r>
+  </si>
+  <si>
+    <t>*updated 10/10/24</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t>Every Child Grows, Inc.</t>
-[...14 lines deleted...]
-    <t>*updated 8/27/24</t>
+      <t>Brandon Cooper</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Ian Fisher</t>
+    </r>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t>LeaseQuery, LLC</t>
-[...11 lines deleted...]
-    <t>*updated 10/10/24</t>
+      <t>brandon.cooper@leasequery.com</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> ian.fisher@finquery.com</t>
+    </r>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t>Brandon Cooper</t>
-[...7 lines deleted...]
-    </r>
+      <t>HTTP://www.leasequery.com</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> www.finquery.com</t>
+    </r>
+  </si>
+  <si>
+    <t>*updated 10/18/2024</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t>brandon.cooper@leasequery.com</t>
-[...64 lines deleted...]
-      </rPr>
       <t>Richard Purcell</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
+        <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 Shayla LaMotte</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>rpurcell@pcgus.com</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
+        <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 slamotte@pcgus.com</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>(828) 242-7732</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
+        <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 (346) 415-6509</t>
     </r>
   </si>
   <si>
     <t>*updated 11/8/23, 11/4/24</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Matt Bowman Tracey Duenas and </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Renil Komitla</t>
@@ -1115,102 +961,301 @@
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>408-338-8423</t>
     </r>
   </si>
   <si>
     <t>*updated 6/2/23, 2/7/25</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>73 Main St, Suite 10, Brattleboro, VT, 05301</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
+        <family val="2"/>
       </rPr>
       <t xml:space="preserve"> 5251 E Lake Rd Burt, NY 14028</t>
     </r>
   </si>
   <si>
     <t>*updated 5/28/25</t>
   </si>
   <si>
-    <t>*updated 8/16/24, 8/19/24, 6/17/25</t>
-[...1 lines deleted...]
-  <si>
     <t>*updated 5/12/25, 8/15/25</t>
   </si>
   <si>
     <t>*updated 10/10/25</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>System Liquidation</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> CNB Computers USA, Inc (System Liquidation)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>1652 South 2nd Street, Plainfield, New Jersey  07063</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
+        <family val="2"/>
       </rPr>
       <t xml:space="preserve"> 12539 Perry Road Houston, TX 77070</t>
     </r>
+  </si>
+  <si>
+    <t>*updated 8/27/24, 10/20/25</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>David Webb</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve">
+Caitline Dwyer</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>David.Webb@AofL.com</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve">
+k12bids@aofl.com</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>(214) 883-2880</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve">
+(818) 246-2223</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>purchaseorders@agpartsworldwide.com</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve">
+bids@agpartsworldwide.com</t>
+    </r>
+  </si>
+  <si>
+    <t>*updated 10/20/2025</t>
+  </si>
+  <si>
+    <t>*updated 1/3/24, 10/20/25</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Morris Williams</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Justin Chou</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Brianna Bolton</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>(210) 309-4343</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>650-704-2695</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+(415) 862-4255</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>morris@informedk12.com</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>justinc@informedk12.com;</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+contracts@informedk12.com
+bbolton@informedk12.com</t>
+    </r>
+  </si>
+  <si>
+    <t>*updated 8/16/24, 8/19/24, 6/17/25, 11/20/25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
     <numFmt numFmtId="165" formatCode="\$###,###,##0.00####"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -1292,51 +1337,51 @@
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="29">
+  <cellXfs count="28">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
@@ -1362,53 +1407,50 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -1694,1390 +1736,1264 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Every%20Child%20Grows.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/InformedK12.xlsx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Redline%20Networks.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Accur8.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Asentex.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/STS%20Recycling.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/CS%20Educational%20Services.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/iBenzer.xlsx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Public%20Consulting%20Group.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/United%20Data%20Technologies.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/AGParts%20Worldwide.xls" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/PCS%20Revenue%20Controls%20Systems.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Securly%20Inc..pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Age%20of%20Learning.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Compu-Cel.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Helios%20Ed.xlsx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Terralogic.xlsx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Christal%20Catalog.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/LibraryTrac.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/TalkingPoints.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Glowforge.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Scenario%20Learning.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Bass%20Computers.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Forward%20Edge.xlsx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Legends%20of%20Learning.xlsx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/System%20Liquidation.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Every%20Child%20Grows.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Legends%20of%20Learning.xlsx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Securly%20Inc..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Asentex.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/TalkingPoints.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/CS%20Educational%20Services.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/InformedK12.xlsx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Scenario%20Learning.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/AGParts%20Worldwide.xls" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Public%20Consulting%20Group.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/System%20Liquidation.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Age%20of%20Learning.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Compu-Cel.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/iBenzer.xlsx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Christal%20Catalog.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/PCS%20Revenue%20Controls%20Systems.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Accur8.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Helios%20Ed.xlsx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/STS%20Recycling.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Bass%20Computers.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Forward%20Edge.xlsx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/LibraryTrac.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Terralogic.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="B1:AG16"/>
+  <dimension ref="B1:AD16"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" customWidth="1"/>
     <col min="2" max="2" width="8" customWidth="1"/>
     <col min="3" max="3" width="40.140625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" customWidth="1"/>
     <col min="5" max="6" width="30.7109375" customWidth="1"/>
     <col min="7" max="7" width="52.5703125" customWidth="1"/>
-    <col min="8" max="15" width="30.7109375" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="32" max="32" width="59.42578125" customWidth="1"/>
+    <col min="8" max="14" width="30.7109375" customWidth="1"/>
+    <col min="15" max="15" width="49.7109375" customWidth="1"/>
+    <col min="16" max="29" width="30.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:33" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:30" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="E1" s="22" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-        <v>254</v>
+        <v>236</v>
+      </c>
+      <c r="F1" s="25" t="s">
+        <v>240</v>
+      </c>
+      <c r="G1" s="25" t="s">
+        <v>245</v>
       </c>
       <c r="J1" s="3" t="s">
-        <v>253</v>
+        <v>219</v>
       </c>
       <c r="L1" s="18"/>
       <c r="M1" s="3" t="s">
-        <v>272</v>
-[...3 lines deleted...]
-      <c r="R1" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="O1" s="20"/>
+      <c r="Q1" s="25" t="s">
         <v>246</v>
       </c>
-      <c r="S1" s="22" t="s">
-        <v>256</v>
+      <c r="R1" s="22" t="s">
+        <v>221</v>
+      </c>
+      <c r="U1" s="20" t="s">
+        <v>215</v>
       </c>
       <c r="V1" s="20" t="s">
+        <v>225</v>
+      </c>
+      <c r="W1" s="20" t="s">
+        <v>233</v>
+      </c>
+      <c r="X1" s="20" t="s">
+        <v>235</v>
+      </c>
+      <c r="Y1" s="20"/>
+      <c r="Z1" s="20"/>
+      <c r="AA1" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="AC1" s="20" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="2" spans="2:30" s="9" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="D2" s="7" t="s">
+        <v>197</v>
+      </c>
+      <c r="E2" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="F2" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="H2" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="I2" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="K2" s="19" t="s">
+        <v>14</v>
+      </c>
+      <c r="L2" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="M2" s="23" t="s">
+        <v>218</v>
+      </c>
+      <c r="N2" s="19" t="s">
+        <v>213</v>
+      </c>
+      <c r="O2" s="19" t="s">
+        <v>16</v>
+      </c>
+      <c r="P2" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q2" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="R2" s="23" t="s">
+        <v>220</v>
+      </c>
+      <c r="S2" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="T2" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="U2" s="19" t="s">
+        <v>10</v>
+      </c>
+      <c r="V2" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="W2" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="X2" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="Y2" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="Z2" s="19" t="s">
+        <v>9</v>
+      </c>
+      <c r="AA2" s="23" t="s">
+        <v>238</v>
+      </c>
+      <c r="AB2" s="19" t="s">
+        <v>7</v>
+      </c>
+      <c r="AC2" s="19" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="3" spans="2:30" ht="30" x14ac:dyDescent="0.25">
+      <c r="D3" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="E3" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="F3" s="27" t="s">
+        <v>241</v>
+      </c>
+      <c r="G3" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="I3" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="J3" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K3" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="L3" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="M3" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="O3" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P3" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q3" s="27" t="s">
+        <v>247</v>
+      </c>
+      <c r="R3" s="27" t="s">
+        <v>222</v>
+      </c>
+      <c r="S3" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="T3" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="U3" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="V3" s="27" t="s">
+        <v>226</v>
+      </c>
+      <c r="W3" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="X3" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y3" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z3" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="AA3" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB3" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="AC3" s="27" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="4" spans="2:30" ht="60" x14ac:dyDescent="0.25">
+      <c r="D4" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="E4" s="27" t="s">
+        <v>234</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="G4" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="H4" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="I4" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="J4" s="17" t="s">
+        <v>210</v>
+      </c>
+      <c r="K4" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="L4" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="M4" s="27" t="s">
+        <v>216</v>
+      </c>
+      <c r="N4" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="O4" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="P4" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="Q4" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="R4" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="S4" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="T4" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="U4" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="V4" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="W4" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="X4" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="Y4" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z4" s="17" t="s">
+        <v>211</v>
+      </c>
+      <c r="AA4" s="27" t="s">
+        <v>239</v>
+      </c>
+      <c r="AB4" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="AC4" s="17" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="5" spans="2:30" ht="60" x14ac:dyDescent="0.25">
+      <c r="D5" s="7" t="s">
+        <v>200</v>
+      </c>
+      <c r="E5" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="F5" s="27" t="s">
+        <v>242</v>
+      </c>
+      <c r="G5" s="27" t="s">
+        <v>244</v>
+      </c>
+      <c r="H5" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="I5" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="J5" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="K5" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="L5" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="M5" s="27" t="s">
+        <v>217</v>
+      </c>
+      <c r="N5" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="O5" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="P5" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="Q5" s="27" t="s">
         <v>249</v>
       </c>
-      <c r="W1" s="20" t="s">
-[...16 lines deleted...]
-      <c r="AF1" s="20"/>
+      <c r="R5" s="27" t="s">
+        <v>223</v>
+      </c>
+      <c r="S5" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="T5" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="U5" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="V5" s="27" t="s">
+        <v>227</v>
+      </c>
+      <c r="W5" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="X5" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="Y5" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="Z5" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="AA5" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="AB5" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="AC5" s="27" t="s">
+        <v>231</v>
+      </c>
     </row>
-    <row r="2" spans="2:33" s="9" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="F2" s="19" t="s">
+    <row r="6" spans="2:30" ht="30" x14ac:dyDescent="0.25">
+      <c r="D6" s="7" t="s">
+        <v>201</v>
+      </c>
+      <c r="E6" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="F6" s="27" t="s">
+        <v>243</v>
+      </c>
+      <c r="G6" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="H6" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="I6" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="J6" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="K6" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="M6" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="O6" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="P6" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="Q6" s="27" t="s">
+        <v>248</v>
+      </c>
+      <c r="R6" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="S6" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="T6" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="U6" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="V6" s="27" t="s">
+        <v>228</v>
+      </c>
+      <c r="W6" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="X6" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="Y6" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="Z6" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="AA6" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="AB6" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="AC6" s="27" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="7" spans="2:30" ht="30" x14ac:dyDescent="0.25">
+      <c r="D7" s="7" t="s">
+        <v>202</v>
+      </c>
+      <c r="E7" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="F7" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="G7" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="H7" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="I7" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="J7" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="K7" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="M7" s="17" t="s">
+        <v>132</v>
+      </c>
+      <c r="N7" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="O7" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="P7" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q7" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="R7" s="27" t="s">
+        <v>224</v>
+      </c>
+      <c r="S7" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="T7" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="U7" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="V7" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="W7" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="X7" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="Y7" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="Z7" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="AA7" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="AB7" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="AC7" s="4" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="8" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="D8" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="E8" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="F8" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="G8" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="H8" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="I8" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="J8" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="K8" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="L8" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="M8" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="N8" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="O8" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="P8" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="Q8" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="R8" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="S8" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="T8" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="U8" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="V8" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="W8" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="X8" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="Y8" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="Z8" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="AA8" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="AB8" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="AC8" s="4" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="9" spans="2:30" ht="165" x14ac:dyDescent="0.25">
+      <c r="D9" s="7" t="s">
+        <v>204</v>
+      </c>
+      <c r="E9" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="F9" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="G9" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="H9" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="I9" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="J9" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="K9" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="N9" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="O9" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="P9" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="Q9" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="R9" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="S9" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="T9" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="U9" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="V9" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="W9" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="X9" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="Y9" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="Z9" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="AA9" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="AB9" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="AC9" s="4" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="10" spans="2:30" ht="135" x14ac:dyDescent="0.25">
+      <c r="D10" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="E10" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="F10" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="G10" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="H10" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="I10" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="J10" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="K10" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="M10" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="N10" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="O10" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="P10" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="Q10" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="R10" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="S10" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="T10" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="U10" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="V10" s="17" t="s">
+        <v>209</v>
+      </c>
+      <c r="W10" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="X10" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="Y10" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="Z10" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="AA10" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="AB10" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="AC10" s="4" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="11" spans="2:30" ht="180" x14ac:dyDescent="0.25">
+      <c r="D11" s="7" t="s">
+        <v>206</v>
+      </c>
+      <c r="E11" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="F11" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="G11" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="H11" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="I11" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="J11" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="K11" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="L11" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="M11" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="N11" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="O11" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="P11" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q11" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="R11" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="S11" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="T11" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="U11" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="V11" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="W11" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="X11" s="4" t="s">
+        <v>180</v>
+      </c>
+      <c r="Y11" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="Z11" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="AA11" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="AB11" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="AC11" s="4" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="12" spans="2:30" s="21" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="D12" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="E12" s="24" t="s">
+        <v>208</v>
+      </c>
+      <c r="F12" s="24" t="s">
+        <v>208</v>
+      </c>
+      <c r="G12" s="24" t="s">
+        <v>208</v>
+      </c>
+      <c r="H12" s="24" t="s">
+        <v>208</v>
+      </c>
+      <c r="I12" s="24" t="s">
+        <v>208</v>
+      </c>
+      <c r="J12" s="24" t="s">
+        <v>208</v>
+      </c>
+      <c r="K12" s="24" t="s">
+        <v>208</v>
+      </c>
+      <c r="L12" s="24" t="s">
+        <v>208</v>
+      </c>
+      <c r="M12" s="24" t="s">
+        <v>208</v>
+      </c>
+      <c r="N12" s="24" t="s">
+        <v>208</v>
+      </c>
+      <c r="O12" s="24" t="s">
+        <v>208</v>
+      </c>
+      <c r="P12" s="24" t="s">
+        <v>208</v>
+      </c>
+      <c r="Q12" s="24" t="s">
+        <v>208</v>
+      </c>
+      <c r="R12" s="23" t="s">
+        <v>214</v>
+      </c>
+      <c r="S12" s="24" t="s">
+        <v>208</v>
+      </c>
+      <c r="T12" s="24" t="s">
+        <v>208</v>
+      </c>
+      <c r="U12" s="24" t="s">
+        <v>208</v>
+      </c>
+      <c r="V12" s="24" t="s">
+        <v>208</v>
+      </c>
+      <c r="W12" s="25" t="s">
+        <v>214</v>
+      </c>
+      <c r="X12" s="26" t="s">
+        <v>208</v>
+      </c>
+      <c r="Y12" s="26" t="s">
+        <v>208</v>
+      </c>
+      <c r="Z12" s="26" t="s">
+        <v>208</v>
+      </c>
+      <c r="AA12" s="24" t="s">
+        <v>208</v>
+      </c>
+      <c r="AB12" s="24" t="s">
+        <v>208</v>
+      </c>
+      <c r="AC12" s="24" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="13" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B13" s="10" t="s">
         <v>22</v>
       </c>
-      <c r="G2" s="19" t="s">
-[...14 lines deleted...]
-      <c r="L2" s="19" t="s">
+      <c r="C13" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="M2" s="23" t="s">
-[...57 lines deleted...]
-        <v>244</v>
+      <c r="D13" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F13" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="G13" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="H13" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="I13" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="J13" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="K13" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L13" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M13" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O13" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="P13" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q13" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="R13" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="S13" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="T13" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="U13" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="V13" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="W13" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="X13" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="Y13" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="Z13" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="AA13" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="AB13" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="AC13" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="AD13" s="1" t="s">
+        <v>0</v>
       </c>
     </row>
-    <row r="3" spans="2:33" ht="30" x14ac:dyDescent="0.25">
-[...896 lines deleted...]
-      <c r="D13" s="2" t="s">
+    <row r="14" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B14" s="11" t="s">
         <v>26</v>
       </c>
-      <c r="E13" s="5" t="s">
+      <c r="C14" s="12" t="s">
         <v>27</v>
-      </c>
-[...90 lines deleted...]
-        <v>29</v>
       </c>
       <c r="D14" s="16">
         <v>1</v>
       </c>
       <c r="E14" s="13">
         <v>0.1429</v>
       </c>
       <c r="F14" s="13">
         <v>0.1</v>
       </c>
       <c r="G14" s="13">
         <v>0</v>
       </c>
       <c r="H14" s="13">
         <v>0.05</v>
       </c>
       <c r="I14" s="13">
         <v>0.05</v>
       </c>
       <c r="J14" s="13">
         <v>0.04</v>
       </c>
       <c r="K14" s="13">
         <v>0.05</v>
       </c>
       <c r="L14" s="13">
         <v>0</v>
       </c>
       <c r="M14" s="13">
         <v>0.05</v>
       </c>
       <c r="N14" s="13">
         <v>0.25</v>
       </c>
       <c r="O14" s="13">
-        <v>7.0000000000000007E-2</v>
+        <v>0.15</v>
       </c>
       <c r="P14" s="13">
-        <v>0.15</v>
+        <v>0.3</v>
       </c>
       <c r="Q14" s="13">
-        <v>0.3</v>
+        <v>0.1</v>
       </c>
       <c r="R14" s="13">
         <v>0.1</v>
       </c>
       <c r="S14" s="13">
+        <v>0</v>
+      </c>
+      <c r="T14" s="13">
+        <v>0</v>
+      </c>
+      <c r="U14" s="13">
         <v>0.1</v>
       </c>
-      <c r="T14" s="13">
-[...4 lines deleted...]
-      </c>
       <c r="V14" s="13">
-        <v>0.1</v>
+        <v>0</v>
       </c>
       <c r="W14" s="13">
-        <v>0</v>
+        <v>0.15</v>
       </c>
       <c r="X14" s="13">
-        <v>0.15</v>
+        <v>0</v>
       </c>
       <c r="Y14" s="13">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
       <c r="Z14" s="13">
         <v>0</v>
       </c>
       <c r="AA14" s="13">
-        <v>0.05</v>
+        <v>0.08</v>
       </c>
       <c r="AB14" s="13">
-        <v>0</v>
+        <v>0.27</v>
       </c>
       <c r="AC14" s="13">
-        <v>0.08</v>
-[...4 lines deleted...]
-      <c r="AE14" s="13">
         <v>2.18E-2</v>
       </c>
-      <c r="AF14" s="13">
-[...1 lines deleted...]
-      </c>
     </row>
-    <row r="15" spans="2:33" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:30" x14ac:dyDescent="0.25">
       <c r="B15" s="11" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C15" s="12" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D15" s="16">
         <v>1</v>
       </c>
       <c r="E15" s="14">
         <v>150</v>
       </c>
       <c r="F15" s="14">
         <v>583</v>
       </c>
       <c r="G15" s="15" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="H15" s="14">
         <v>150</v>
       </c>
       <c r="I15" s="15" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="J15" s="15" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="K15" s="14" t="s">
-        <v>241</v>
+        <v>212</v>
       </c>
       <c r="L15" s="14">
         <v>1500</v>
       </c>
       <c r="M15" s="15" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="N15" s="14">
         <v>135</v>
       </c>
-      <c r="O15" s="15" t="s">
-[...2 lines deleted...]
-      <c r="P15" s="14">
+      <c r="O15" s="14">
         <v>125</v>
       </c>
+      <c r="P15" s="15" t="s">
+        <v>28</v>
+      </c>
       <c r="Q15" s="15" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="R15" s="15" t="s">
-        <v>30</v>
-[...16 lines deleted...]
-      <c r="X15" s="14">
+        <v>28</v>
+      </c>
+      <c r="S15" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="T15" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="U15" s="14" t="s">
+        <v>212</v>
+      </c>
+      <c r="V15" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="W15" s="14">
         <v>80</v>
       </c>
-      <c r="Y15" s="14">
-[...3 lines deleted...]
-        <v>30</v>
+      <c r="X15" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="Y15" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="Z15" s="13">
+        <v>0</v>
       </c>
       <c r="AA15" s="15" t="s">
-        <v>30</v>
-[...10 lines deleted...]
-      <c r="AE15" s="14">
+        <v>28</v>
+      </c>
+      <c r="AB15" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="AC15" s="14">
         <v>193.7</v>
       </c>
-      <c r="AF15" s="14">
-[...1 lines deleted...]
-      </c>
     </row>
-    <row r="16" spans="2:33" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:30" x14ac:dyDescent="0.25">
       <c r="B16" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>0</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>0</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>0</v>
       </c>
       <c r="F16" s="6" t="s">
         <v>0</v>
       </c>
       <c r="G16" s="6" t="s">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="s">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="s">
         <v>0</v>
       </c>
       <c r="J16" s="6" t="s">
@@ -3116,96 +3032,84 @@
       <c r="U16" s="6" t="s">
         <v>0</v>
       </c>
       <c r="V16" s="6" t="s">
         <v>0</v>
       </c>
       <c r="W16" s="6" t="s">
         <v>0</v>
       </c>
       <c r="X16" s="6" t="s">
         <v>0</v>
       </c>
       <c r="Y16" s="6" t="s">
         <v>0</v>
       </c>
       <c r="Z16" s="6" t="s">
         <v>0</v>
       </c>
       <c r="AA16" s="6" t="s">
         <v>0</v>
       </c>
       <c r="AB16" s="6" t="s">
         <v>0</v>
       </c>
       <c r="AC16" s="6" t="s">
-        <v>0</v>
-[...7 lines deleted...]
-      <c r="AF16" s="6" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E2:AF16">
-    <sortCondition ref="E2:AF2"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E2:AC16">
+    <sortCondition ref="E2:AC2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="F12" r:id="rId1" xr:uid="{7DA3AD19-2B66-4259-98E5-B641FB8FA061}"/>
     <hyperlink ref="G12" r:id="rId2" xr:uid="{35218562-78F3-4B43-9787-7DD277B03B30}"/>
     <hyperlink ref="H12" r:id="rId3" xr:uid="{8FC1E71F-1786-4195-9EDC-B3C7F8C798B5}"/>
     <hyperlink ref="I12" r:id="rId4" xr:uid="{D4FD865A-9258-4F00-8A2D-8914A224E13E}"/>
     <hyperlink ref="J12" r:id="rId5" xr:uid="{A08CC21A-229A-4F02-8DAF-A385F3255887}"/>
     <hyperlink ref="K12" r:id="rId6" xr:uid="{C9663B79-130F-45AB-8EBF-DF7B35E122EC}"/>
     <hyperlink ref="L12" r:id="rId7" xr:uid="{40F10850-0695-4B64-9C8B-AE8E1DC3FE12}"/>
     <hyperlink ref="M12" r:id="rId8" xr:uid="{2ADAA4FC-97D6-41EB-BE84-5B6A73E8472E}"/>
     <hyperlink ref="N12" r:id="rId9" xr:uid="{039FB2EC-7E41-4A17-817C-EF0655A1248E}"/>
-    <hyperlink ref="O12" r:id="rId10" xr:uid="{1C572316-BEE6-428F-9B0D-8F1732C8C8AD}"/>
-[...15 lines deleted...]
-    <hyperlink ref="E12" r:id="rId26" xr:uid="{EB70325D-CC12-4578-BF82-8A4443038837}"/>
+    <hyperlink ref="O12" r:id="rId10" xr:uid="{D9E99BAF-9615-4AE5-84EB-E91522F010AD}"/>
+    <hyperlink ref="P12" r:id="rId11" xr:uid="{F9E37AD5-8863-436D-A962-C4BEF3DE5F97}"/>
+    <hyperlink ref="Q12" r:id="rId12" xr:uid="{C77B2217-D17F-4D12-A219-0D5E1670CCA2}"/>
+    <hyperlink ref="S12" r:id="rId13" xr:uid="{E0F7BC41-37A2-4B95-8C8B-37F6AADD1C56}"/>
+    <hyperlink ref="T12" r:id="rId14" xr:uid="{AD5F74E3-5DB3-478C-A7B1-73690FD87D18}"/>
+    <hyperlink ref="U12" r:id="rId15" xr:uid="{1CD26B6F-686F-4F21-B6CE-1A1D1B9D7A41}"/>
+    <hyperlink ref="V12" r:id="rId16" xr:uid="{2E7BA437-8683-4F21-BC44-2CDF61AD236B}"/>
+    <hyperlink ref="X12" r:id="rId17" xr:uid="{E93611B5-DADC-4723-9F6A-7D615FEBADC7}"/>
+    <hyperlink ref="Y12" r:id="rId18" xr:uid="{47C6ED12-CCC6-4C2F-8A76-C596A0FC43FF}"/>
+    <hyperlink ref="Z12" r:id="rId19" xr:uid="{E89B2662-F2B9-48F0-BAED-C57D13308A7D}"/>
+    <hyperlink ref="AA12" r:id="rId20" xr:uid="{39273735-1913-4195-87C6-B23B23A529A4}"/>
+    <hyperlink ref="AB12" r:id="rId21" xr:uid="{75498070-F0AB-4847-BA46-14D6BD58C83C}"/>
+    <hyperlink ref="AC12" r:id="rId22" xr:uid="{704F0BEB-EB43-4454-9A9C-37580C4FA077}"/>
+    <hyperlink ref="E12" r:id="rId23" xr:uid="{EB70325D-CC12-4578-BF82-8A4443038837}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
-  <pageSetup orientation="landscape" r:id="rId27"/>
+  <pageSetup orientation="landscape" r:id="rId24"/>
   <headerFooter>
     <oddFooter>&amp;R23-7452 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>