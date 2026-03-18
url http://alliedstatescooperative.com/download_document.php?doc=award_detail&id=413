--- v1 (2026-01-30)
+++ v2 (2026-03-18)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2023\23-7452 Technology, Hardware, Software, Services and Related\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B42A12EA-FEE2-48AC-BC85-C0A4A928456E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{76D9F2C5-5DCE-4FA9-ADEC-47411D645EA0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1211,51 +1211,51 @@
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>justinc@informedk12.com;</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 contracts@informedk12.com
 bbolton@informedk12.com</t>
     </r>
   </si>
   <si>
-    <t>*updated 8/16/24, 8/19/24, 6/17/25, 11/20/25</t>
+    <t>*updated 8/16/24, 8/19/24, 6/17/25, 11/20/25, 2/19/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
     <numFmt numFmtId="165" formatCode="\$###,###,##0.00####"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -1337,51 +1337,51 @@
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="28">
+  <cellXfs count="29">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
@@ -1418,50 +1418,51 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
@@ -1736,51 +1737,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Every%20Child%20Grows.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Legends%20of%20Learning.xlsx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Securly%20Inc..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Asentex.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/TalkingPoints.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/CS%20Educational%20Services.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/InformedK12.xlsx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Scenario%20Learning.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/AGParts%20Worldwide.xls" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Public%20Consulting%20Group.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/System%20Liquidation.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Age%20of%20Learning.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Compu-Cel.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/iBenzer.xlsx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Christal%20Catalog.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/PCS%20Revenue%20Controls%20Systems.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Accur8.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Helios%20Ed.xlsx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/STS%20Recycling.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Bass%20Computers.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Forward%20Edge.xlsx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/LibraryTrac.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Terralogic.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Forward%20Edge.xlsx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/LibraryTrac.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/STS%20Recycling.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Asentex.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Terralogic.xlsx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/CS%20Educational%20Services.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Legends%20of%20Learning.xlsx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Securly%20Inc..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/AGParts%20Worldwide.xls" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Scenario%20Learning.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/TalkingPoints.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Age%20of%20Learning.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Compu-Cel.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/InformedK12.xlsx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Christal%20Catalog.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Public%20Consulting%20Group.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Clear%20K12%20Pricing%20Sheet.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/iBenzer.xlsx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/System%20Liquidation.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Bass%20Computers.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/Helios%20Ed.xlsx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/23-7453/PCS%20Revenue%20Controls%20Systems.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Accur8.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B1:AD16"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" customWidth="1"/>
     <col min="2" max="2" width="8" customWidth="1"/>
     <col min="3" max="3" width="40.140625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" customWidth="1"/>
     <col min="5" max="6" width="30.7109375" customWidth="1"/>
     <col min="7" max="7" width="52.5703125" customWidth="1"/>
     <col min="8" max="14" width="30.7109375" customWidth="1"/>
     <col min="15" max="15" width="49.7109375" customWidth="1"/>
     <col min="16" max="29" width="30.7109375" customWidth="1"/>
   </cols>
@@ -2636,51 +2637,51 @@
       </c>
       <c r="E12" s="24" t="s">
         <v>208</v>
       </c>
       <c r="F12" s="24" t="s">
         <v>208</v>
       </c>
       <c r="G12" s="24" t="s">
         <v>208</v>
       </c>
       <c r="H12" s="24" t="s">
         <v>208</v>
       </c>
       <c r="I12" s="24" t="s">
         <v>208</v>
       </c>
       <c r="J12" s="24" t="s">
         <v>208</v>
       </c>
       <c r="K12" s="24" t="s">
         <v>208</v>
       </c>
       <c r="L12" s="24" t="s">
         <v>208</v>
       </c>
-      <c r="M12" s="24" t="s">
+      <c r="M12" s="28" t="s">
         <v>208</v>
       </c>
       <c r="N12" s="24" t="s">
         <v>208</v>
       </c>
       <c r="O12" s="24" t="s">
         <v>208</v>
       </c>
       <c r="P12" s="24" t="s">
         <v>208</v>
       </c>
       <c r="Q12" s="24" t="s">
         <v>208</v>
       </c>
       <c r="R12" s="23" t="s">
         <v>214</v>
       </c>
       <c r="S12" s="24" t="s">
         <v>208</v>
       </c>
       <c r="T12" s="24" t="s">
         <v>208</v>
       </c>
       <c r="U12" s="24" t="s">
         <v>208</v>
@@ -3047,66 +3048,66 @@
       <c r="Z16" s="6" t="s">
         <v>0</v>
       </c>
       <c r="AA16" s="6" t="s">
         <v>0</v>
       </c>
       <c r="AB16" s="6" t="s">
         <v>0</v>
       </c>
       <c r="AC16" s="6" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E2:AC16">
     <sortCondition ref="E2:AC2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="F12" r:id="rId1" xr:uid="{7DA3AD19-2B66-4259-98E5-B641FB8FA061}"/>
     <hyperlink ref="G12" r:id="rId2" xr:uid="{35218562-78F3-4B43-9787-7DD277B03B30}"/>
     <hyperlink ref="H12" r:id="rId3" xr:uid="{8FC1E71F-1786-4195-9EDC-B3C7F8C798B5}"/>
     <hyperlink ref="I12" r:id="rId4" xr:uid="{D4FD865A-9258-4F00-8A2D-8914A224E13E}"/>
     <hyperlink ref="J12" r:id="rId5" xr:uid="{A08CC21A-229A-4F02-8DAF-A385F3255887}"/>
     <hyperlink ref="K12" r:id="rId6" xr:uid="{C9663B79-130F-45AB-8EBF-DF7B35E122EC}"/>
     <hyperlink ref="L12" r:id="rId7" xr:uid="{40F10850-0695-4B64-9C8B-AE8E1DC3FE12}"/>
-    <hyperlink ref="M12" r:id="rId8" xr:uid="{2ADAA4FC-97D6-41EB-BE84-5B6A73E8472E}"/>
-[...14 lines deleted...]
-    <hyperlink ref="E12" r:id="rId23" xr:uid="{EB70325D-CC12-4578-BF82-8A4443038837}"/>
+    <hyperlink ref="N12" r:id="rId8" xr:uid="{039FB2EC-7E41-4A17-817C-EF0655A1248E}"/>
+    <hyperlink ref="O12" r:id="rId9" xr:uid="{D9E99BAF-9615-4AE5-84EB-E91522F010AD}"/>
+    <hyperlink ref="P12" r:id="rId10" xr:uid="{F9E37AD5-8863-436D-A962-C4BEF3DE5F97}"/>
+    <hyperlink ref="Q12" r:id="rId11" xr:uid="{C77B2217-D17F-4D12-A219-0D5E1670CCA2}"/>
+    <hyperlink ref="S12" r:id="rId12" xr:uid="{E0F7BC41-37A2-4B95-8C8B-37F6AADD1C56}"/>
+    <hyperlink ref="T12" r:id="rId13" xr:uid="{AD5F74E3-5DB3-478C-A7B1-73690FD87D18}"/>
+    <hyperlink ref="U12" r:id="rId14" xr:uid="{1CD26B6F-686F-4F21-B6CE-1A1D1B9D7A41}"/>
+    <hyperlink ref="V12" r:id="rId15" xr:uid="{2E7BA437-8683-4F21-BC44-2CDF61AD236B}"/>
+    <hyperlink ref="X12" r:id="rId16" xr:uid="{E93611B5-DADC-4723-9F6A-7D615FEBADC7}"/>
+    <hyperlink ref="Y12" r:id="rId17" xr:uid="{47C6ED12-CCC6-4C2F-8A76-C596A0FC43FF}"/>
+    <hyperlink ref="Z12" r:id="rId18" xr:uid="{E89B2662-F2B9-48F0-BAED-C57D13308A7D}"/>
+    <hyperlink ref="AA12" r:id="rId19" xr:uid="{39273735-1913-4195-87C6-B23B23A529A4}"/>
+    <hyperlink ref="AB12" r:id="rId20" xr:uid="{75498070-F0AB-4847-BA46-14D6BD58C83C}"/>
+    <hyperlink ref="AC12" r:id="rId21" xr:uid="{704F0BEB-EB43-4454-9A9C-37580C4FA077}"/>
+    <hyperlink ref="E12" r:id="rId22" xr:uid="{EB70325D-CC12-4578-BF82-8A4443038837}"/>
+    <hyperlink ref="M12" r:id="rId23" xr:uid="{F73E7063-41B2-4D19-B3E4-21237CE94203}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
   <pageSetup orientation="landscape" r:id="rId24"/>
   <headerFooter>
     <oddFooter>&amp;R23-7452 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>