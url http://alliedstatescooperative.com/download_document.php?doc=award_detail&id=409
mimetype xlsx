--- v0 (2025-10-21)
+++ v1 (2026-01-30)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2022\22-7446 Office and Copy Center Supplies\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1EFE7EAD-527B-46EA-B014-DEA24C8E3A19}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{34FC70BB-FECC-4A77-9207-32EF634BC3F6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="141" uniqueCount="104">
   <si>
     <t/>
   </si>
   <si>
     <t>BTek Holdings LLC</t>
   </si>
   <si>
     <t>Coast To Coast Computer Products, Inc.</t>
   </si>
   <si>
     <t>El Paso Office Products (El Paso Office Products, LLC.)</t>
   </si>
   <si>
     <t>Full Turn Interior Solutions</t>
   </si>
   <si>
     <t>Indoff, Inc.</t>
   </si>
   <si>
     <t>Shelby Distributions Inc. (Express Office Products)</t>
   </si>
   <si>
     <t>Southwest Plastic Binding Company dba Southwest Binding &amp; Laminating</t>
   </si>
   <si>
@@ -94,96 +94,90 @@
   <si>
     <t>Bruce Banko</t>
   </si>
   <si>
     <t>Miranda Horowitz</t>
   </si>
   <si>
     <t>Sandy Grodin</t>
   </si>
   <si>
     <t>Yvonne Vasquez</t>
   </si>
   <si>
     <t>Kim Gregory</t>
   </si>
   <si>
     <t>Spiros Ninos</t>
   </si>
   <si>
     <t>Rosemary Brumage</t>
   </si>
   <si>
     <t>Maxine Brown-Soto</t>
   </si>
   <si>
-    <t>Bonnie Garza</t>
-[...1 lines deleted...]
-  <si>
     <t>1201 Gandy Blvd N, Unit 22481, St Petersburg, FL 33742</t>
   </si>
   <si>
     <t>4277 Valley Fair Street, Simi Valley, Ca. 93063</t>
   </si>
   <si>
     <t>11816 Lackland Road, St. Louis, MO 63146</t>
   </si>
   <si>
     <t>109 Millwell Ct, Maryland Heights, MO 63043</t>
   </si>
   <si>
     <t>27 Concord St., El Paso, TX 79906</t>
   </si>
   <si>
     <t>8200 IH-10 West, Suite 400 San Antonio, Texas 78230</t>
   </si>
   <si>
     <t>bruce@btekholdings.com</t>
   </si>
   <si>
     <t>mirandah@coastcoast.com</t>
   </si>
   <si>
     <t>sgrodin@elpasoop.com</t>
   </si>
   <si>
     <t>yvasquez075@gmail.com</t>
   </si>
   <si>
     <t>kim.gregory@indoff.com</t>
   </si>
   <si>
     <t>sninos@shelbydistributions.com</t>
   </si>
   <si>
     <t>rosemary.brumage@swbindinglaminating.com</t>
   </si>
   <si>
     <t>customerservice@spectrumpaper.com</t>
-  </si>
-[...1 lines deleted...]
-    <t>bonnie.garza@xerox.com</t>
   </si>
   <si>
     <t>(800) 223-8890 x369</t>
   </si>
   <si>
     <t>(915) 593-9000 x222</t>
   </si>
   <si>
     <t>(915) 407-8193</t>
   </si>
   <si>
     <t>(915) 355-0120</t>
   </si>
   <si>
     <t>(915) 590-3050</t>
   </si>
   <si>
     <t>(800) 325-3628</t>
   </si>
   <si>
     <t>(915) 595-0020</t>
   </si>
   <si>
     <t>(210) 805-8200</t>
   </si>
@@ -361,50 +355,90 @@
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>(844) 267-7727 x701</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> 866-758-4240
 added (813) 205-9470 cell</t>
     </r>
   </si>
   <si>
     <t>* updated 5/10/2024, 5/20/25</t>
   </si>
   <si>
     <t>*updated 10/1/25</t>
+  </si>
+  <si>
+    <t>*updated 1/29/2026</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Bonnie Garza</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve"> Renee McNeese</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>bonnie.garza@xerox.com</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve">
+Renee.Mcneese@xerox.com</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -876,432 +910,434 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7446/Xerox%20Business%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7446/Full%20Turn%20Interior.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7446/Spectrum%20Paper.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7446/El%20Paso%20Office%20Products.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7446/BTek%20Holdings.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7446/Southwest%20Plastic%20Binding.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7446/Shelby%20Distributions.xls" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7446/Indoff.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7446/Coast%20to%20Coast%20Computer.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B1:N15"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="4" ySplit="2" topLeftCell="H3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
+      <selection pane="bottomRight" activeCell="O4" sqref="O4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
     <col min="3" max="3" width="36" style="1" customWidth="1"/>
     <col min="4" max="4" width="6" style="13" customWidth="1"/>
     <col min="5" max="13" width="30.7109375" style="1" customWidth="1"/>
     <col min="14" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:14" x14ac:dyDescent="0.25">
       <c r="E1" s="9" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="G1" s="18"/>
       <c r="H1" s="19"/>
       <c r="I1" s="18"/>
       <c r="J1" s="18" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="K1" s="18" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="L1" s="19"/>
-      <c r="M1" s="18"/>
+      <c r="M1" s="18" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="2" spans="2:14" s="9" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="D2" s="6" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="E2" s="17" t="s">
         <v>1</v>
       </c>
       <c r="F2" s="17" t="s">
         <v>2</v>
       </c>
       <c r="G2" s="17" t="s">
         <v>3</v>
       </c>
       <c r="H2" s="17" t="s">
         <v>4</v>
       </c>
       <c r="I2" s="17" t="s">
         <v>5</v>
       </c>
       <c r="J2" s="17" t="s">
         <v>6</v>
       </c>
       <c r="K2" s="17" t="s">
         <v>7</v>
       </c>
       <c r="L2" s="17" t="s">
         <v>8</v>
       </c>
       <c r="M2" s="17" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="2:14" s="9" customFormat="1" x14ac:dyDescent="0.25">
       <c r="D3" s="6" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G3" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H3" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>20</v>
       </c>
       <c r="J3" s="4" t="s">
         <v>21</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>22</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="M3" s="4" t="s">
-        <v>24</v>
+      <c r="M3" s="22" t="s">
+        <v>102</v>
       </c>
     </row>
     <row r="4" spans="2:14" s="9" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="D4" s="6" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="E4" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="F4" s="4" t="s">
+      <c r="G4" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="H4" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="I4" s="4" t="s">
         <v>26</v>
       </c>
-      <c r="G4" s="4" t="s">
-[...5 lines deleted...]
-      <c r="I4" s="4" t="s">
+      <c r="J4" s="22" t="s">
+        <v>97</v>
+      </c>
+      <c r="K4" s="4" t="s">
         <v>27</v>
       </c>
-      <c r="J4" s="22" t="s">
-[...2 lines deleted...]
-      <c r="K4" s="4" t="s">
+      <c r="L4" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="L4" s="4" t="s">
+      <c r="M4" s="4" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="5" spans="2:14" s="9" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="D5" s="6" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="E5" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" s="4" t="s">
         <v>31</v>
       </c>
-      <c r="F5" s="4" t="s">
+      <c r="G5" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="G5" s="4" t="s">
+      <c r="H5" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="H5" s="4" t="s">
+      <c r="I5" s="4" t="s">
         <v>34</v>
       </c>
-      <c r="I5" s="4" t="s">
+      <c r="J5" s="4" t="s">
         <v>35</v>
       </c>
-      <c r="J5" s="4" t="s">
+      <c r="K5" s="4" t="s">
         <v>36</v>
       </c>
-      <c r="K5" s="4" t="s">
+      <c r="L5" s="4" t="s">
         <v>37</v>
       </c>
-      <c r="L5" s="4" t="s">
-[...3 lines deleted...]
-        <v>39</v>
+      <c r="M5" s="22" t="s">
+        <v>103</v>
       </c>
     </row>
     <row r="6" spans="2:14" s="9" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="D6" s="6" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="E6" s="22" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="F6" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="G6" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="G6" s="4" t="s">
+      <c r="I6" s="4" t="s">
         <v>41</v>
       </c>
-      <c r="H6" s="4" t="s">
+      <c r="J6" s="4" t="s">
         <v>42</v>
       </c>
-      <c r="I6" s="4" t="s">
+      <c r="K6" s="4" t="s">
         <v>43</v>
       </c>
-      <c r="J6" s="4" t="s">
+      <c r="L6" s="4" t="s">
         <v>44</v>
       </c>
-      <c r="K6" s="4" t="s">
+      <c r="M6" s="4" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="7" spans="2:14" s="9" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="D7" s="6" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="E7" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="F7" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="G7" s="4" t="s">
         <v>48</v>
       </c>
-      <c r="F7" s="4" t="s">
+      <c r="H7" s="4" t="s">
         <v>49</v>
       </c>
-      <c r="G7" s="4" t="s">
+      <c r="I7" s="4" t="s">
         <v>50</v>
       </c>
-      <c r="H7" s="4" t="s">
+      <c r="J7" s="4" t="s">
         <v>51</v>
       </c>
-      <c r="I7" s="4" t="s">
+      <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
-      <c r="J7" s="4" t="s">
+      <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
-      <c r="K7" s="4" t="s">
+      <c r="M7" s="4" t="s">
         <v>54</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="8" spans="2:14" s="9" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="D8" s="7" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="E8" s="4" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="F8" s="4" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="G8" s="4" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="H8" s="4" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="I8" s="4" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="J8" s="4" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="K8" s="4" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
     </row>
     <row r="9" spans="2:14" s="9" customFormat="1" ht="105" x14ac:dyDescent="0.25">
       <c r="D9" s="7" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="E9" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="F9" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="G9" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="H9" s="4" t="s">
         <v>59</v>
       </c>
-      <c r="F9" s="4" t="s">
+      <c r="I9" s="4" t="s">
         <v>60</v>
       </c>
-      <c r="G9" s="4" t="s">
-[...2 lines deleted...]
-      <c r="H9" s="4" t="s">
+      <c r="J9" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="K9" s="4" t="s">
         <v>61</v>
       </c>
-      <c r="I9" s="4" t="s">
+      <c r="L9" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="M9" s="4" t="s">
         <v>62</v>
-      </c>
-[...10 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="10" spans="2:14" s="9" customFormat="1" ht="105" x14ac:dyDescent="0.25">
       <c r="D10" s="7" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="E10" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="F10" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="G10" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="H10" s="4" t="s">
         <v>65</v>
       </c>
-      <c r="F10" s="4" t="s">
-[...2 lines deleted...]
-      <c r="G10" s="4" t="s">
+      <c r="I10" s="4" t="s">
         <v>66</v>
       </c>
-      <c r="H10" s="4" t="s">
+      <c r="J10" s="4" t="s">
         <v>67</v>
       </c>
-      <c r="I10" s="4" t="s">
+      <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
-      <c r="J10" s="4" t="s">
+      <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
-      <c r="K10" s="4" t="s">
+      <c r="M10" s="4" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="11" spans="2:14" s="9" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="D11" s="7" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="E11" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="F11" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="G11" s="4" t="s">
         <v>73</v>
       </c>
-      <c r="F11" s="4" t="s">
+      <c r="H11" s="4" t="s">
         <v>74</v>
       </c>
-      <c r="G11" s="4" t="s">
+      <c r="I11" s="4" t="s">
         <v>75</v>
       </c>
-      <c r="H11" s="4" t="s">
+      <c r="J11" s="4" t="s">
         <v>76</v>
       </c>
-      <c r="I11" s="4" t="s">
+      <c r="K11" s="4" t="s">
         <v>77</v>
       </c>
-      <c r="J11" s="4" t="s">
+      <c r="L11" s="4" t="s">
         <v>78</v>
       </c>
-      <c r="K11" s="4" t="s">
+      <c r="M11" s="4" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="12" spans="2:14" s="9" customFormat="1" x14ac:dyDescent="0.25">
       <c r="D12" s="8" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="E12" s="20" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="F12" s="21" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G12" s="20" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="H12" s="20" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="I12" s="20" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="J12" s="20" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="K12" s="20" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="L12" s="20" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="M12" s="20" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
     </row>
     <row r="13" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B13" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D13" s="14" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="10" t="s">
         <v>13</v>
       </c>
       <c r="G13" s="10" t="s">
         <v>13</v>
       </c>
       <c r="H13" s="10" t="s">
         <v>13</v>
       </c>
       <c r="I13" s="10" t="s">