--- v1 (2026-01-30)
+++ v2 (2026-03-18)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2022\22-7446 Office and Copy Center Supplies\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{34FC70BB-FECC-4A77-9207-32EF634BC3F6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B63C3A26-4713-4A23-8979-C6AF32582D8B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="141" uniqueCount="104">
   <si>
     <t/>
   </si>
   <si>
     <t>BTek Holdings LLC</t>
   </si>
   <si>
     <t>Coast To Coast Computer Products, Inc.</t>
   </si>
   <si>
@@ -354,91 +354,91 @@
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>(844) 267-7727 x701</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> 866-758-4240
 added (813) 205-9470 cell</t>
     </r>
   </si>
   <si>
     <t>* updated 5/10/2024, 5/20/25</t>
   </si>
   <si>
-    <t>*updated 10/1/25</t>
-[...1 lines deleted...]
-  <si>
     <t>*updated 1/29/2026</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Bonnie Garza</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve"> Renee McNeese</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>bonnie.garza@xerox.com</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve">
 Renee.Mcneese@xerox.com</t>
     </r>
+  </si>
+  <si>
+    <t>*updated 10/1/25, 2/23/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -910,82 +910,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7446/Xerox%20Business%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7446/Full%20Turn%20Interior.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7446/Spectrum%20Paper.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7446/El%20Paso%20Office%20Products.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7446/BTek%20Holdings.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7446/Southwest%20Plastic%20Binding.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7446/Shelby%20Distributions.xls" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7446/Indoff.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7446/Coast%20to%20Coast%20Computer.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B1:N15"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="4" ySplit="2" topLeftCell="H3" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="O4" sqref="O4"/>
+      <selection pane="bottomRight" activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
     <col min="3" max="3" width="36" style="1" customWidth="1"/>
     <col min="4" max="4" width="6" style="13" customWidth="1"/>
     <col min="5" max="13" width="30.7109375" style="1" customWidth="1"/>
     <col min="14" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:14" x14ac:dyDescent="0.25">
       <c r="E1" s="9" t="s">
         <v>99</v>
       </c>
       <c r="G1" s="18"/>
       <c r="H1" s="19"/>
       <c r="I1" s="18"/>
       <c r="J1" s="18" t="s">
         <v>96</v>
       </c>
       <c r="K1" s="18" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="L1" s="19"/>
       <c r="M1" s="18" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2" spans="2:14" s="9" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="D2" s="6" t="s">
         <v>80</v>
       </c>
       <c r="E2" s="17" t="s">
         <v>1</v>
       </c>
       <c r="F2" s="17" t="s">
         <v>2</v>
       </c>
       <c r="G2" s="17" t="s">
         <v>3</v>
       </c>
       <c r="H2" s="17" t="s">
         <v>4</v>
       </c>
       <c r="I2" s="17" t="s">
         <v>5</v>
       </c>
       <c r="J2" s="17" t="s">
         <v>6</v>
       </c>
       <c r="K2" s="17" t="s">
@@ -1005,51 +1005,51 @@
       <c r="E3" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G3" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H3" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>20</v>
       </c>
       <c r="J3" s="4" t="s">
         <v>21</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>22</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>23</v>
       </c>
       <c r="M3" s="22" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="4" spans="2:14" s="9" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="D4" s="6" t="s">
         <v>82</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>24</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>25</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>93</v>
       </c>
       <c r="H4" s="4" t="s">
         <v>94</v>
       </c>
       <c r="I4" s="4" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="22" t="s">
         <v>97</v>
       </c>
       <c r="K4" s="4" t="s">
@@ -1069,51 +1069,51 @@
       <c r="E5" s="4" t="s">
         <v>30</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>31</v>
       </c>
       <c r="G5" s="4" t="s">
         <v>32</v>
       </c>
       <c r="H5" s="4" t="s">
         <v>33</v>
       </c>
       <c r="I5" s="4" t="s">
         <v>34</v>
       </c>
       <c r="J5" s="4" t="s">
         <v>35</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M5" s="22" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
     </row>
     <row r="6" spans="2:14" s="9" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="D6" s="6" t="s">
         <v>84</v>
       </c>
       <c r="E6" s="22" t="s">
         <v>98</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>38</v>
       </c>
       <c r="G6" s="4" t="s">
         <v>39</v>
       </c>
       <c r="H6" s="4" t="s">
         <v>40</v>
       </c>
       <c r="I6" s="4" t="s">
         <v>41</v>
       </c>
       <c r="J6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="K6" s="4" t="s">