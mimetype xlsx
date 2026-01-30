--- v0 (2025-10-19)
+++ v1 (2026-01-30)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="X:\Bids\2022\22-7445 Printing Services Promotional Supplies and Related (Supplemental)\Award Summary and Award Detail\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2022\22-7445 Printing Services Promotional Supplies and Related (Supplemental)\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6912DB0D-733D-4371-8A04-7F64D5556001}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{76303966-330E-46F2-AA10-06736FC63B52}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-105" windowWidth="29040" windowHeight="16440" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -814,92 +814,92 @@
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Yes</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve"> No - 15% Fee</t>
     </r>
   </si>
   <si>
     <t>*updated 5/7/24</t>
   </si>
   <si>
     <t>*updated 5/18/23, 8/15/23, 9/7/23, 5/31/24</t>
   </si>
   <si>
-    <t>*updated 8/1/23, 3/25/24, 5/30/24, 6/3/24, 8/1/24, 8/5/24, 12/6/24, 1/22/25, 1/31/25</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>HTTP://www.properprintshop.com</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve"> https://www.promoplace.com/properprintshop</t>
     </r>
   </si>
   <si>
     <t>*updated 4/30/24, 10/4/24, 2/18/25</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Price Link 
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>See Website</t>
     </r>
   </si>
   <si>
     <t>*updated 8/26/22, 9/14/22, 9/19/22, 2/2/23, 2/16/23, 4/25/23, 7/19/23, 10/17/23, 5/7/24, 7/8/24, 11/12/24, 4/9/25, 4/28/25</t>
   </si>
   <si>
     <t>*updated 8/5/25</t>
+  </si>
+  <si>
+    <t>*updated 8/1/23, 3/25/24, 5/30/24, 6/3/24, 8/1/24, 8/5/24, 12/6/24, 1/22/25, 1/31/25, 10/20/25, 1/13/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1430,66 +1430,66 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="3" customWidth="1"/>
     <col min="2" max="2" width="8" style="3" customWidth="1"/>
     <col min="3" max="3" width="67.28515625" style="3" customWidth="1"/>
     <col min="4" max="4" width="6" style="9" customWidth="1"/>
     <col min="5" max="17" width="30.7109375" style="3" customWidth="1"/>
     <col min="18" max="18" width="30.7109375" style="6" customWidth="1"/>
     <col min="19" max="19" width="68" style="3" customWidth="1"/>
     <col min="20" max="20" width="30.7109375" style="3" customWidth="1"/>
     <col min="21" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:21" ht="75" x14ac:dyDescent="0.25">
       <c r="E1" s="20"/>
       <c r="F1" s="21" t="s">
         <v>240</v>
       </c>
       <c r="G1" s="22"/>
       <c r="H1" s="21" t="s">
         <v>241</v>
       </c>
       <c r="I1" s="20"/>
       <c r="J1" s="23" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="K1" s="22"/>
       <c r="L1" s="22"/>
       <c r="M1" s="21" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="N1" s="23"/>
       <c r="O1" s="26" t="s">
         <v>239</v>
       </c>
       <c r="P1" s="22" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="Q1" s="22" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="R1" s="22" t="s">
         <v>243</v>
       </c>
       <c r="S1" s="22" t="s">
         <v>245</v>
       </c>
       <c r="T1" s="23" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="2" spans="2:21" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="D2" s="11" t="s">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="s">
         <v>1</v>
       </c>
       <c r="F2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="G2" s="8" t="s">
         <v>3</v>
       </c>
       <c r="H2" s="8" t="s">
@@ -1760,51 +1760,51 @@
       <c r="H7" s="5" t="s">
         <v>87</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>89</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>87</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>90</v>
       </c>
       <c r="L7" s="5" t="s">
         <v>91</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>87</v>
       </c>
       <c r="N7" s="5" t="s">
         <v>92</v>
       </c>
       <c r="O7" s="5" t="s">
         <v>93</v>
       </c>
       <c r="P7" s="24" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="Q7" s="5" t="s">
         <v>94</v>
       </c>
       <c r="R7" s="24" t="s">
         <v>95</v>
       </c>
       <c r="S7" s="5" t="s">
         <v>96</v>
       </c>
       <c r="T7" s="5" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="8" spans="2:21" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="D8" s="11" t="s">
         <v>98</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>99</v>
       </c>
       <c r="F8" s="5" t="s">
         <v>100</v>
       </c>
       <c r="G8" s="5" t="s">
@@ -2025,51 +2025,51 @@
       <c r="H12" s="27" t="s">
         <v>149</v>
       </c>
       <c r="I12" s="27" t="s">
         <v>149</v>
       </c>
       <c r="J12" s="28" t="s">
         <v>149</v>
       </c>
       <c r="K12" s="27" t="s">
         <v>149</v>
       </c>
       <c r="L12" s="27" t="s">
         <v>149</v>
       </c>
       <c r="M12" s="27" t="s">
         <v>149</v>
       </c>
       <c r="N12" s="27" t="s">
         <v>149</v>
       </c>
       <c r="O12" s="27" t="s">
         <v>149</v>
       </c>
       <c r="P12" s="31" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="Q12" s="27" t="s">
         <v>149</v>
       </c>
       <c r="R12" s="29" t="s">
         <v>149</v>
       </c>
       <c r="S12" s="27" t="s">
         <v>149</v>
       </c>
       <c r="T12" s="27" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="13" spans="2:21" x14ac:dyDescent="0.25">
       <c r="B13" s="1" t="s">
         <v>150</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D13" s="17" t="s">
         <v>152</v>
       </c>
       <c r="E13" s="12" t="s">