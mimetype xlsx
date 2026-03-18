--- v1 (2026-01-30)
+++ v2 (2026-03-18)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2022\22-7445 Printing Services Promotional Supplies and Related (Supplemental)\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{76303966-330E-46F2-AA10-06736FC63B52}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EDB255A5-4820-4832-86FA-ECEBB344E4A0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -849,57 +849,57 @@
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve"> https://www.promoplace.com/properprintshop</t>
     </r>
   </si>
   <si>
     <t>*updated 4/30/24, 10/4/24, 2/18/25</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Price Link 
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>See Website</t>
     </r>
   </si>
   <si>
-    <t>*updated 8/26/22, 9/14/22, 9/19/22, 2/2/23, 2/16/23, 4/25/23, 7/19/23, 10/17/23, 5/7/24, 7/8/24, 11/12/24, 4/9/25, 4/28/25</t>
-[...1 lines deleted...]
-  <si>
     <t>*updated 8/5/25</t>
   </si>
   <si>
     <t>*updated 8/1/23, 3/25/24, 5/30/24, 6/3/24, 8/1/24, 8/5/24, 12/6/24, 1/22/25, 1/31/25, 10/20/25, 1/13/26</t>
+  </si>
+  <si>
+    <t>*updated 8/26/22, 9/14/22, 9/19/22, 2/2/23, 2/16/23, 4/25/23, 7/19/23, 10/17/23, 5/7/24, 7/8/24, 11/12/24, 4/9/25, 4/28/25, 2/10/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1430,66 +1430,66 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="3" customWidth="1"/>
     <col min="2" max="2" width="8" style="3" customWidth="1"/>
     <col min="3" max="3" width="67.28515625" style="3" customWidth="1"/>
     <col min="4" max="4" width="6" style="9" customWidth="1"/>
     <col min="5" max="17" width="30.7109375" style="3" customWidth="1"/>
     <col min="18" max="18" width="30.7109375" style="6" customWidth="1"/>
     <col min="19" max="19" width="68" style="3" customWidth="1"/>
     <col min="20" max="20" width="30.7109375" style="3" customWidth="1"/>
     <col min="21" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:21" ht="75" x14ac:dyDescent="0.25">
       <c r="E1" s="20"/>
       <c r="F1" s="21" t="s">
         <v>240</v>
       </c>
       <c r="G1" s="22"/>
       <c r="H1" s="21" t="s">
         <v>241</v>
       </c>
       <c r="I1" s="20"/>
       <c r="J1" s="23" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="K1" s="22"/>
       <c r="L1" s="22"/>
       <c r="M1" s="21" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="N1" s="23"/>
       <c r="O1" s="26" t="s">
         <v>239</v>
       </c>
       <c r="P1" s="22" t="s">
         <v>248</v>
       </c>
       <c r="Q1" s="22" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="R1" s="22" t="s">
         <v>243</v>
       </c>
       <c r="S1" s="22" t="s">
         <v>245</v>
       </c>
       <c r="T1" s="23" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="2" spans="2:21" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="D2" s="11" t="s">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="s">
         <v>1</v>
       </c>
       <c r="F2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="G2" s="8" t="s">
         <v>3</v>
       </c>
       <c r="H2" s="8" t="s">