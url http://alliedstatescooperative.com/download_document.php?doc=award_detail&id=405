--- v0 (2025-10-19)
+++ v1 (2025-12-16)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2022\22-7442 Athletic Equipment, Supplies, Uniforms and Related\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DA258FCB-0CAE-4684-A122-23694BAA43E0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{396D70E6-584F-4F1C-9223-43025369B75B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="4155" yWindow="1440" windowWidth="21600" windowHeight="11295" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Lines!$A$1:$W$14</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="274" uniqueCount="192">
   <si>
     <t/>
   </si>
   <si>
     <t>A &amp; A Custom Engravers (Carrion Enterprises)</t>
   </si>
   <si>
     <t>SSR JACKETS (MONK HOLDINGS, LLC)</t>
   </si>
   <si>
     <t>School Health Corporation</t>
@@ -645,51 +645,51 @@
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">michael@swimshops.com </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>rcurreri@kiefer.com</t>
     </r>
   </si>
   <si>
     <t>*updated 4/4/24</t>
   </si>
   <si>
     <t>*updated 9/6/24</t>
   </si>
   <si>
     <t>*updated 3/2/23, 4/28/23, 6/13/23, 7/17/23, 10/1/24</t>
   </si>
   <si>
-    <t>*updated 8/17/23, 8/25/23, 8/14/24, 9/25/24, 11/5/24, 2/18/25, 8/14/25, 8/20/25, 8/21/25</t>
+    <t>*updated 8/17/23, 8/25/23, 8/14/24, 9/25/24, 11/5/24, 2/18/25, 8/14/25, 8/20/25, 8/21/25, 12/9/25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1183,51 +1183,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7442/Educators%20Depot.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7442/Proper%20Printshop.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7442/Swim%20Shops%20of%20the%20Southwest.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7442/AJ's%20Uniforms.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7442/D%20Embroidery.txt" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7442/Oates%20Specialties.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7442/SSR%20Jackets.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7442/Advertising%20Specialties.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7442/School%20Health%20Corporation.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7442/A%20%26%20A%20Custom%20Engravers.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7442/Concourse%20Team%20Express.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7442/Morse%20Enterprises.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7442/Cheers%20etc.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7442/Scarborough%20Specialties.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7442/Julies%20Promotional%20Products.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7442/Texas%20Motion%20Sports.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/2-Blue%20Star%20Custom%20Uniforms.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7442/Intrepid%20Sportswear.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/22-7442/Riddell.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B1:X15"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="80" workbookViewId="0">
-      <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="4" ySplit="2" topLeftCell="E10" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
     <col min="3" max="3" width="36" style="1" customWidth="1"/>
     <col min="4" max="4" width="6" style="19" customWidth="1"/>
     <col min="5" max="23" width="30.7109375" style="1" customWidth="1"/>
     <col min="24" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:24" ht="60" x14ac:dyDescent="0.25">
       <c r="E1" s="20" t="s">
         <v>182</v>
       </c>
       <c r="F1" s="20"/>
       <c r="G1" s="20" t="s">
         <v>183</v>
       </c>
       <c r="H1" s="20" t="s">
         <v>190</v>