--- v0 (2025-10-19)
+++ v1 (2026-03-18)
@@ -1,124 +1,118 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="X:\Bids\2021\21-7418 Hazardous and Medical Waste Disposal Services\Award Summary and Award Detail\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2021\21-7418 Hazardous and Medical Waste Disposal Services\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F7FD1768-A210-4179-BB07-E32A1C809B74}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9259779B-DDDC-4C3F-8BB1-E4BC111CEB77}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-105" windowWidth="29040" windowHeight="16440" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Lines!$A$1:$G$14</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="49">
   <si>
     <t/>
   </si>
   <si>
-    <t>D&amp;H United Fueling Solutions</t>
-[...1 lines deleted...]
-  <si>
     <t>Mediwaste Disposal, LLC</t>
   </si>
   <si>
     <t>Line #</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>QTY</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Percent discount off pricelist for products/services as listed in the scope of work or related.</t>
   </si>
   <si>
     <t>Fernando Montes</t>
   </si>
   <si>
     <t>511 Highway 213, Chaparral, NM 88081</t>
   </si>
   <si>
     <t>1221 Tower Trail Lane, El Paso Texas 79907</t>
   </si>
   <si>
     <t>11090 Gateway Blvd. East    El Paso, TX  79927</t>
   </si>
   <si>
     <t>FMontes@actenviro.com</t>
   </si>
   <si>
     <t>(575) 644-1455</t>
   </si>
   <si>
     <t>(915) 859-8050 x1146</t>
   </si>
   <si>
     <t>HTTP://www.actenviro.com</t>
-  </si>
-[...1 lines deleted...]
-    <t>http://www.dh-united.com/services/environmental</t>
   </si>
   <si>
     <t>HTTP://www.mediwastecorp.com</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>Yes, Steve Teran</t>
   </si>
   <si>
     <t>Yes.  There is a $125 emergency/non-scheduled service fee.  Please contact:  Kristin Perez (915) 241-6694 cell/direct or email:  kperez@mediwastecorp.com for expedites.</t>
   </si>
   <si>
     <t>D&amp;H provides environmental response services related to emergency spills and hazardous wastes,  tank removal and sampling, remediation, disposal services,  covid-19 disinfecting services, and fuel system installations</t>
   </si>
   <si>
     <t>Mediwaste Disposal properly disposes of regulated medical waste which includes: sharps containers, microbiological waste, bulk human blood, pathological waste, animal waste from animals exposed to pathogens, and expired pharmaceutical waste.</t>
   </si>
   <si>
     <t>WA, OR, CA, AZ, NV, NM, TX, CO</t>
   </si>
@@ -209,86 +203,124 @@
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>(915) 241-6694</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve">
 915-780-8518</t>
     </r>
   </si>
   <si>
     <t>*updated 7/20/23</t>
   </si>
   <si>
-    <t>*updated 6/26/25</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Ronnie Brooks</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve"> Rosalio Guillen</t>
     </r>
   </si>
   <si>
+    <t>*updated 6/26/25, 2/3/26</t>
+  </si>
+  <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t>rbrooks@dh-united.com</t>
-[...6 lines deleted...]
-      <t xml:space="preserve"> rguillen@dh-united.com</t>
+      <t>D&amp;H United Fueling Solutions</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> United Uptime Services Inc.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">http://www.dh-united.com/services/environmental </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t>https://uniteduptime.com/</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>rbrooks@dh-united.com rguillen@dh-united.com</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> rguillen@uniteduptime.com</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -763,239 +795,239 @@
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
     <col min="3" max="3" width="36" style="1" customWidth="1"/>
     <col min="4" max="4" width="6" style="1" customWidth="1"/>
     <col min="5" max="7" width="30.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="12" style="1" customWidth="1"/>
     <col min="9" max="9" width="14" style="1" customWidth="1"/>
     <col min="10" max="10" width="12" style="1" customWidth="1"/>
     <col min="11" max="11" width="14" style="1" customWidth="1"/>
     <col min="12" max="12" width="12" style="1" customWidth="1"/>
     <col min="13" max="13" width="14" style="1" customWidth="1"/>
     <col min="14" max="14" width="12" style="1" customWidth="1"/>
     <col min="15" max="15" width="14" style="1" customWidth="1"/>
     <col min="16" max="16" width="12" style="1" customWidth="1"/>
     <col min="17" max="17" width="14" style="1" customWidth="1"/>
     <col min="18" max="18" width="12" style="1" customWidth="1"/>
     <col min="19" max="19" width="14" style="1" customWidth="1"/>
     <col min="20" max="20" width="12" style="1" customWidth="1"/>
     <col min="21" max="21" width="14" style="1" customWidth="1"/>
     <col min="22" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:8" x14ac:dyDescent="0.25">
       <c r="E1" s="13"/>
       <c r="F1" s="1" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="G1" s="16" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
     </row>
     <row r="2" spans="2:8" ht="30" x14ac:dyDescent="0.25">
       <c r="D2" s="9" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="E2" s="12" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="F2" s="12" t="s">
+        <v>46</v>
+      </c>
+      <c r="G2" s="12" t="s">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="3" spans="2:8" ht="30" x14ac:dyDescent="0.25">
       <c r="D3" s="10" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="E3" s="7" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F3" s="15" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="G3" s="15" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="2:8" ht="30" x14ac:dyDescent="0.25">
       <c r="D4" s="10" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E4" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="F4" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="F4" s="7" t="s">
+      <c r="G4" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="G4" s="7" t="s">
+    </row>
+    <row r="5" spans="2:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="D5" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" s="7" t="s">
         <v>12</v>
-      </c>
-[...6 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F5" s="15" t="s">
         <v>48</v>
       </c>
       <c r="G5" s="15" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
     </row>
     <row r="6" spans="2:8" ht="30" x14ac:dyDescent="0.25">
       <c r="D6" s="10" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="E6" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F6" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="F6" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G6" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
     </row>
     <row r="7" spans="2:8" ht="45" x14ac:dyDescent="0.25">
       <c r="D7" s="10" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="E7" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="F7" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="G7" s="7" t="s">
         <v>16</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="8" spans="2:8" x14ac:dyDescent="0.25">
       <c r="D8" s="10" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="E8" s="7" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="F8" s="7" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="G8" s="7" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="9" spans="2:8" ht="105" x14ac:dyDescent="0.25">
       <c r="D9" s="10" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="E9" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="F9" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G9" s="7" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="10" spans="2:8" ht="135" x14ac:dyDescent="0.25">
       <c r="D10" s="10" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="E10" s="7" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="F10" s="7" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="G10" s="7" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="2:8" ht="135" x14ac:dyDescent="0.25">
       <c r="D11" s="10" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="E11" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="F11" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G11" s="7" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="12" spans="2:8" x14ac:dyDescent="0.25">
       <c r="D12" s="11" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="E12" s="14" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F12" s="14" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="G12" s="14" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
     </row>
     <row r="13" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B13" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="C13" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="C13" s="5" t="s">
+      <c r="D13" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="D13" s="5" t="s">
+      <c r="E13" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="E13" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="2" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="2:8" ht="45" x14ac:dyDescent="0.25">
       <c r="B14" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" s="7" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="D14" s="7">
         <v>1</v>
       </c>
       <c r="E14" s="8">
         <v>0.02</v>
       </c>
       <c r="F14" s="8">
         <v>0</v>
       </c>
       <c r="G14" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B15" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>0</v>
       </c>
       <c r="E15" s="4" t="s">