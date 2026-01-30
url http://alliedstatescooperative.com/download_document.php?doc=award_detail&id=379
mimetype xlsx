--- v0 (2025-10-22)
+++ v1 (2026-01-30)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="X:\Bids\2021\21-7415 Welding Equipment, Supplies, Gases and Related\Award Summary and Award Detail\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2021\21-7415 Welding Equipment, Supplies, Gases and Related\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3804F60F-57AD-437F-9735-D7E75C9D524D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D7182DCC-44F0-4847-A518-E4BEC9D652D5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-105" windowWidth="29040" windowHeight="16440" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="140">
   <si>
@@ -366,1115 +366,667 @@
   <si>
     <t>2.19</t>
   </si>
   <si>
     <t>Cylinder Rentals (All sizes) - Flat Rate Per Month</t>
   </si>
   <si>
     <t>2.20</t>
   </si>
   <si>
     <t>Hazardous Materials Fee Per Invoice</t>
   </si>
   <si>
     <t>2.21</t>
   </si>
   <si>
     <t>Delivery ChargePer Invoice (Gases only)</t>
   </si>
   <si>
     <t>2.22</t>
   </si>
   <si>
     <t>Percent discount off pricelist for gases not listed above.</t>
   </si>
   <si>
-    <r>
-[...6 lines deleted...]
-      <t>13.5</t>
+    <t>*updated 4/19/22, 6/6/22, 6/21/22, 1/24/23, 1/26/23, 4/10/25, 1/8/26</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">11.4
+$12.31
+$13.29
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>$14.35</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">13.5
+$14.58
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>$17.01</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">32
+$34.56
+$37.32
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>$40.31</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">55
+$59.40
+$64.15
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>$69.28</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">60
+$63
+$68.04
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>$73.48</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">125
+$135
+$145.80
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>$157.46</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">220.5
+$238.14
+$257.19
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>$277.77</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">500
+$540
+$583.20
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>$629.86</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">12.16
+$13.13
+$14.18
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>$15.31</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">10.59
+$11.44
+$12.36
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>$13.34</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">9.12
+$9.85
+$10.64
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>$11.49</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">8.43
+$9.10
+$9.83
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>$10.61</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">7.4
+$7.99
+$8.63
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>$9.32</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">117.95
+$132.10
+$142.67
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>$154.08</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">54.5
+$61.04
+$65.92
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>$71.20</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">44
+$49.28
+$53.22
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>$57.48</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">33.12
+$37.09
+$40.06
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>$43.26</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">23.37
+$26.17
+$28.26
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>$30.52</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">16.48
+$18.46
+$19.94
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>$21.53</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">17.13
+$18.84
+$20.35
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>$21.97</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">12.68
+$13.95
+$15.07
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>$16.27</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">47.95
+$51.79
+$55.93
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>$60.41</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">44.14
+$47.67
+$51.48
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>$55.60</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">186.04 
+$213.95
+$246.04
+$265.72
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>$286.98</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">141.82 
+$163.09
+$187.55
+$202.55
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>$218.76</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">90
+$103.50
+$111.78
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>$120.72</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">7
+$7.35
+$7.86
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>$8.42</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>20</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
-$14.58</t>
-[...1047 lines deleted...]
-    <t>*updated 4/19/22, 6/6/22, 6/21/22, 1/24/23, 1/26/23, 4/10/25</t>
+$23
+$26.45</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
     <numFmt numFmtId="165" formatCode="\$###,###,##0.00####"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -2027,51 +1579,51 @@
     <col min="5" max="6" width="30.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="19.85546875" style="1" customWidth="1"/>
     <col min="8" max="8" width="14" style="1" customWidth="1"/>
     <col min="9" max="9" width="12" style="1" customWidth="1"/>
     <col min="10" max="10" width="14" style="1" customWidth="1"/>
     <col min="11" max="11" width="12" style="1" customWidth="1"/>
     <col min="12" max="12" width="14" style="1" customWidth="1"/>
     <col min="13" max="13" width="12" style="1" customWidth="1"/>
     <col min="14" max="14" width="14" style="1" customWidth="1"/>
     <col min="15" max="15" width="12" style="1" customWidth="1"/>
     <col min="16" max="16" width="14" style="1" customWidth="1"/>
     <col min="17" max="17" width="12" style="1" customWidth="1"/>
     <col min="18" max="18" width="14" style="1" customWidth="1"/>
     <col min="19" max="19" width="12" style="1" customWidth="1"/>
     <col min="20" max="20" width="14" style="1" customWidth="1"/>
     <col min="21" max="21" width="12" style="1" customWidth="1"/>
     <col min="22" max="22" width="14" style="1" customWidth="1"/>
     <col min="23" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="45" x14ac:dyDescent="0.25">
       <c r="E1" s="15" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="17" t="s">
-        <v>139</v>
+        <v>111</v>
       </c>
     </row>
     <row r="2" spans="2:7" x14ac:dyDescent="0.25">
       <c r="D2" s="12" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F2" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="2:7" x14ac:dyDescent="0.25">
       <c r="D3" s="13" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="19" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="2:7" ht="30" x14ac:dyDescent="0.25">
@@ -2229,577 +1781,577 @@
         <v>41</v>
       </c>
       <c r="D16" s="5"/>
       <c r="E16" s="24" t="s">
         <v>42</v>
       </c>
       <c r="F16" s="11" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="17" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B17" s="4" t="s">
         <v>44</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>45</v>
       </c>
       <c r="D17" s="5">
         <v>1</v>
       </c>
       <c r="E17" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F17" s="8"/>
     </row>
-    <row r="18" spans="2:6" ht="45" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:6" ht="60" x14ac:dyDescent="0.25">
       <c r="B18" s="4" t="s">
         <v>47</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>48</v>
       </c>
       <c r="D18" s="5">
         <v>1</v>
       </c>
       <c r="E18" s="22" t="s">
         <v>36</v>
       </c>
       <c r="F18" s="8" t="s">
         <v>112</v>
       </c>
     </row>
-    <row r="19" spans="2:6" ht="30" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:6" ht="45" x14ac:dyDescent="0.25">
       <c r="B19" s="4" t="s">
         <v>49</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>50</v>
       </c>
       <c r="D19" s="5">
         <v>1</v>
       </c>
       <c r="E19" s="22" t="s">
         <v>36</v>
       </c>
       <c r="F19" s="8" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="20" spans="2:6" ht="45" x14ac:dyDescent="0.25">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="20" spans="2:6" ht="60" x14ac:dyDescent="0.25">
       <c r="B20" s="4" t="s">
         <v>51</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>52</v>
       </c>
       <c r="D20" s="5">
         <v>1</v>
       </c>
       <c r="E20" s="22" t="s">
         <v>36</v>
       </c>
       <c r="F20" s="8" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-    <row r="21" spans="2:6" ht="45" x14ac:dyDescent="0.25">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="21" spans="2:6" ht="60" x14ac:dyDescent="0.25">
       <c r="B21" s="4" t="s">
         <v>53</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>54</v>
       </c>
       <c r="D21" s="5">
         <v>1</v>
       </c>
       <c r="E21" s="22" t="s">
         <v>36</v>
       </c>
       <c r="F21" s="8" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="22" spans="2:6" ht="45" x14ac:dyDescent="0.25">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="22" spans="2:6" ht="60" x14ac:dyDescent="0.25">
       <c r="B22" s="4" t="s">
         <v>55</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>56</v>
       </c>
       <c r="D22" s="5">
         <v>1</v>
       </c>
       <c r="E22" s="22" t="s">
         <v>36</v>
       </c>
       <c r="F22" s="8" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="23" spans="2:6" ht="45" x14ac:dyDescent="0.25">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="23" spans="2:6" ht="60" x14ac:dyDescent="0.25">
       <c r="B23" s="4" t="s">
         <v>57</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D23" s="5">
         <v>1</v>
       </c>
       <c r="E23" s="22" t="s">
         <v>36</v>
       </c>
       <c r="F23" s="8" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="24" spans="2:6" ht="45" x14ac:dyDescent="0.25">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="24" spans="2:6" ht="60" x14ac:dyDescent="0.25">
       <c r="B24" s="4" t="s">
         <v>59</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>60</v>
       </c>
       <c r="D24" s="5">
         <v>1</v>
       </c>
       <c r="E24" s="22" t="s">
         <v>36</v>
       </c>
       <c r="F24" s="8" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-    <row r="25" spans="2:6" ht="45" x14ac:dyDescent="0.25">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="25" spans="2:6" ht="60" x14ac:dyDescent="0.25">
       <c r="B25" s="4" t="s">
         <v>61</v>
       </c>
       <c r="C25" s="5" t="s">
         <v>62</v>
       </c>
       <c r="D25" s="5">
         <v>1</v>
       </c>
       <c r="E25" s="22" t="s">
         <v>36</v>
       </c>
       <c r="F25" s="8" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="26" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B26" s="26" t="s">
         <v>63</v>
       </c>
       <c r="C26" s="27" t="s">
         <v>64</v>
       </c>
       <c r="D26" s="27">
         <v>1</v>
       </c>
       <c r="E26" s="22" t="s">
         <v>36</v>
       </c>
       <c r="F26" s="22">
         <v>2515.62</v>
       </c>
     </row>
     <row r="27" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B27" s="26" t="s">
         <v>65</v>
       </c>
       <c r="C27" s="27" t="s">
         <v>66</v>
       </c>
       <c r="D27" s="27">
         <v>1</v>
       </c>
       <c r="E27" s="22" t="s">
         <v>36</v>
       </c>
       <c r="F27" s="22">
         <v>2885.96</v>
       </c>
     </row>
-    <row r="28" spans="2:6" ht="45" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:6" ht="60" x14ac:dyDescent="0.25">
       <c r="B28" s="4" t="s">
         <v>67</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>68</v>
       </c>
       <c r="D28" s="5">
         <v>1</v>
       </c>
       <c r="E28" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F28" s="8" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="29" spans="2:6" ht="45" x14ac:dyDescent="0.25">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="29" spans="2:6" ht="60" x14ac:dyDescent="0.25">
       <c r="B29" s="4" t="s">
         <v>69</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>70</v>
       </c>
       <c r="D29" s="5">
         <v>1</v>
       </c>
       <c r="E29" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F29" s="8" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="30" spans="2:6" ht="45" x14ac:dyDescent="0.25">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="30" spans="2:6" ht="60" x14ac:dyDescent="0.25">
       <c r="B30" s="4" t="s">
         <v>71</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>72</v>
       </c>
       <c r="D30" s="5">
         <v>1</v>
       </c>
       <c r="E30" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F30" s="8" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="31" spans="2:6" ht="45" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="31" spans="2:6" ht="60" x14ac:dyDescent="0.25">
       <c r="B31" s="4" t="s">
         <v>73</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D31" s="5">
         <v>1</v>
       </c>
       <c r="E31" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F31" s="8" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="32" spans="2:6" ht="45" x14ac:dyDescent="0.25">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="32" spans="2:6" ht="60" x14ac:dyDescent="0.25">
       <c r="B32" s="4" t="s">
         <v>75</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>76</v>
       </c>
       <c r="D32" s="5">
         <v>1</v>
       </c>
       <c r="E32" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F32" s="8" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="33" spans="2:7" ht="45" x14ac:dyDescent="0.25">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="33" spans="2:7" ht="60" x14ac:dyDescent="0.25">
       <c r="B33" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>78</v>
       </c>
       <c r="D33" s="5">
         <v>1</v>
       </c>
       <c r="E33" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F33" s="8" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="34" spans="2:7" ht="45" x14ac:dyDescent="0.25">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="34" spans="2:7" ht="60" x14ac:dyDescent="0.25">
       <c r="B34" s="4" t="s">
         <v>79</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>80</v>
       </c>
       <c r="D34" s="5">
         <v>1</v>
       </c>
       <c r="E34" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F34" s="8" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="35" spans="2:7" ht="45" x14ac:dyDescent="0.25">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="35" spans="2:7" ht="60" x14ac:dyDescent="0.25">
       <c r="B35" s="4" t="s">
         <v>81</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>82</v>
       </c>
       <c r="D35" s="5">
         <v>1</v>
       </c>
       <c r="E35" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F35" s="8" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-    <row r="36" spans="2:7" ht="45" x14ac:dyDescent="0.25">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="36" spans="2:7" ht="60" x14ac:dyDescent="0.25">
       <c r="B36" s="4" t="s">
         <v>83</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>84</v>
       </c>
       <c r="D36" s="5">
         <v>1</v>
       </c>
       <c r="E36" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F36" s="8" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="37" spans="2:7" ht="45" x14ac:dyDescent="0.25">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="37" spans="2:7" ht="60" x14ac:dyDescent="0.25">
       <c r="B37" s="4" t="s">
         <v>85</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>86</v>
       </c>
       <c r="D37" s="5">
         <v>1</v>
       </c>
       <c r="E37" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F37" s="8" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-    <row r="38" spans="2:7" ht="45" x14ac:dyDescent="0.25">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="38" spans="2:7" ht="60" x14ac:dyDescent="0.25">
       <c r="B38" s="4" t="s">
         <v>87</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>88</v>
       </c>
       <c r="D38" s="5">
         <v>1</v>
       </c>
       <c r="E38" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F38" s="8" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="39" spans="2:7" ht="45" x14ac:dyDescent="0.25">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="39" spans="2:7" ht="60" x14ac:dyDescent="0.25">
       <c r="B39" s="4" t="s">
         <v>89</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>90</v>
       </c>
       <c r="D39" s="5">
         <v>1</v>
       </c>
       <c r="E39" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F39" s="8" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="40" spans="2:7" ht="45" x14ac:dyDescent="0.25">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="40" spans="2:7" ht="60" x14ac:dyDescent="0.25">
       <c r="B40" s="4" t="s">
         <v>91</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>92</v>
       </c>
       <c r="D40" s="5">
         <v>1</v>
       </c>
       <c r="E40" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F40" s="8" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="41" spans="2:7" ht="45" x14ac:dyDescent="0.25">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="41" spans="2:7" ht="60" x14ac:dyDescent="0.25">
       <c r="B41" s="4" t="s">
         <v>93</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D41" s="5">
         <v>1</v>
       </c>
       <c r="E41" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F41" s="8" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="42" spans="2:7" ht="45" x14ac:dyDescent="0.25">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="42" spans="2:7" ht="60" x14ac:dyDescent="0.25">
       <c r="B42" s="4" t="s">
         <v>95</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>96</v>
       </c>
       <c r="D42" s="5">
         <v>1</v>
       </c>
       <c r="E42" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F42" s="8" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="43" spans="2:7" ht="60" x14ac:dyDescent="0.25">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="43" spans="2:7" ht="75" x14ac:dyDescent="0.25">
       <c r="B43" s="4" t="s">
         <v>97</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>98</v>
       </c>
       <c r="D43" s="5">
         <v>1</v>
       </c>
       <c r="E43" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F43" s="8" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="G43" s="17"/>
     </row>
-    <row r="44" spans="2:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="44" spans="2:7" ht="75" x14ac:dyDescent="0.25">
       <c r="B44" s="4" t="s">
         <v>99</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>100</v>
       </c>
       <c r="D44" s="5">
         <v>1</v>
       </c>
       <c r="E44" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F44" s="8" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G44" s="17"/>
     </row>
-    <row r="45" spans="2:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="45" spans="2:7" ht="60" x14ac:dyDescent="0.25">
       <c r="B45" s="4" t="s">
         <v>101</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>102</v>
       </c>
       <c r="D45" s="5">
         <v>1</v>
       </c>
       <c r="E45" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F45" s="8" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="46" spans="2:7" ht="45" x14ac:dyDescent="0.25">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="46" spans="2:7" ht="60" x14ac:dyDescent="0.25">
       <c r="B46" s="4" t="s">
         <v>103</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>104</v>
       </c>
       <c r="D46" s="5">
         <v>1</v>
       </c>
       <c r="E46" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F46" s="8" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="47" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B47" s="4" t="s">
         <v>105</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>106</v>
       </c>
       <c r="D47" s="5">
         <v>1</v>
       </c>
       <c r="E47" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F47" s="8">
         <v>0</v>
       </c>
     </row>
-    <row r="48" spans="2:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="48" spans="2:7" ht="45" x14ac:dyDescent="0.25">
       <c r="B48" s="4" t="s">
         <v>107</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>108</v>
       </c>
       <c r="D48" s="5">
         <v>1</v>
       </c>
       <c r="E48" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F48" s="8" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="49" spans="2:6" ht="30" x14ac:dyDescent="0.25">
       <c r="B49" s="4" t="s">
         <v>109</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>110</v>
       </c>
       <c r="D49" s="5">
         <v>1</v>
       </c>
       <c r="E49" s="25" t="s">
         <v>46</v>
       </c>
       <c r="F49" s="9">
         <v>0.25</v>
       </c>
     </row>
     <row r="50" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B50" s="10" t="s">
         <v>36</v>
       </c>
       <c r="C50" s="10" t="s">
         <v>36</v>