--- v0 (2025-10-19)
+++ v1 (2026-01-30)
@@ -1,1642 +1,1653 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2021\21-7413 Printing Services, Promotional Supplies and Related\Award Summary and Award Detail\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\rshernandez\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A919D59C-2A0B-4DD6-AB10-387794407CD8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{4A4D3C0C-155B-4B01-8E10-36176B3A320C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="849" uniqueCount="451">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="851" uniqueCount="452">
+  <si>
+    <t>*updated 09/02/2021, 5/22/23, 8/29/23, 8/13/24, 8/14/24, 8/15/24, 11/18/24, 12/19/24</t>
+  </si>
+  <si>
+    <t>*updated 2/2/2023, 4/5/23, 8/3/23, 12/5/23</t>
+  </si>
+  <si>
+    <t>*updated 11/8/22, 8/1/23</t>
+  </si>
+  <si>
+    <t>*updated 1/9/26</t>
+  </si>
+  <si>
+    <t>*updated 10/28/21, 4/1/22, 6/29/22, 8/1/22, 8/11/22, 1/19/23, 2/3/23, 3/8/23, 7/17/23, 1/24/24, 1/29/24, 2/22/24, 3/20/24, 9/20/24, 12/2/24, 1/28/25, 3/6/25, 5/7/25, 6/23/25, 8/15/25</t>
+  </si>
   <si>
     <t>*updated 08/16/2021</t>
   </si>
   <si>
+    <t>*updated 6/20/23</t>
+  </si>
+  <si>
+    <t>*updated 09/21/21, 3/21/22, 9/12/22, 5/20/24, 11/10/25</t>
+  </si>
+  <si>
+    <t>*updated 2/1/22, 06/08/23, 7/5/23, 7/20/23, 10/12/23,  3/6/2024, 4/17/24, 5/1/24, 5/2/24, 5/17/24, 7/22/24, 8/26/24, 10/16/24, 1/21/25, 1/31/25, 3/17/25, 4/9/25, 5/7/25, 8/6/25, 8/19/25, 11/4/25, 11/6/25, 11/11/25, 11/18/25, 1/21/26,1/23/26</t>
+  </si>
+  <si>
+    <t>*updated 4/13/23</t>
+  </si>
+  <si>
+    <t>*updated 3/10/23, 3/6/2024</t>
+  </si>
+  <si>
+    <t>*updated 8/1/22</t>
+  </si>
+  <si>
+    <t>*updated 3/21/22, 5/12/22, 2/28/23, 5/3/23, 9/1/23, 2/28/24, 2/19/24, 4/7/25, 5/6/25, 10/6/25</t>
+  </si>
+  <si>
+    <t>*updated 10/19/2021, 7/17/23, 8/8/23</t>
+  </si>
+  <si>
+    <t>*updated 7/26/22, 2/1/23, 6/15/23, 6/29/23, 8/7/23, 8/15/23, 8/16/23, 10/25/23, 4/26/24, 5/3/24, 6/20/24, 8/9/24, 12/17/24, 1/31/25, 2/10/25, 2/26/25, 3/25/25, 4/4/25, 4/7/25, 4/8/25, 4/9/25, 4/21/25, 4/23/25, 4/30/25, 5/2/25, 5/12/25, 5/28/25, 6/4/25, 7/16/25, 8/4/25, 8/8/25, 8/14/25, 12/11/25, 1/8/26, 1/16/26</t>
+  </si>
+  <si>
+    <t>*updated 7/8/22</t>
+  </si>
+  <si>
+    <t>*updated 3/23/23, 9/19/23, 1/18/24, 7/14/25</t>
+  </si>
+  <si>
+    <t>*updated 7/24/23, 8/1/23, 8/15/23, 9/5/23, 10/9/23, 4/26/24, 4/22/25, 5/15/25, 5/19/25, 5/29/25, 12/18/25, 1/22/26</t>
+  </si>
+  <si>
+    <t>*updated 12/18/23</t>
+  </si>
+  <si>
+    <t>*updated 4/23/25</t>
+  </si>
+  <si>
+    <t>*updated 11/17/25</t>
+  </si>
+  <si>
+    <t>*updated 12/2/22</t>
+  </si>
+  <si>
     <t>Company Name…</t>
   </si>
   <si>
     <t>Advertising Specialties of El Paso (Jose Luis Nava)</t>
   </si>
   <si>
     <t>AnMar Enterprises, Inc dba Airport Printing Services</t>
   </si>
   <si>
     <t>Apparel Art (Lown Brothers Inc.)</t>
   </si>
   <si>
     <t>Armadillo Photo Supply, Inc</t>
   </si>
   <si>
     <t>Art Center &amp; Signs (Greater Southwest Art Center Inc)</t>
   </si>
   <si>
     <t>AUTHENTIC PROMOTIONS.COM</t>
   </si>
   <si>
-    <t>BCD Investments, INC dba Badgeworks Plus</t>
-[...550 lines deleted...]
-  <si>
     <r>
-      <t xml:space="preserve">Yes  </t>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>BCD Investments, INC dba Badgeworks Plus</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t>No</t>
+      <t xml:space="preserve"> Badgeworks Plus LLC</t>
     </r>
   </si>
   <si>
-    <t>S&amp;H (expedite fees)…</t>
-[...675 lines deleted...]
-    <t>*updated 8/1/22</t>
+    <t>Big Media (EP Big Media, Inc.)</t>
+  </si>
+  <si>
+    <t>Bull Market Promotions</t>
+  </si>
+  <si>
+    <t>Calfee Specialties (Blue Ribbon Promotions)</t>
+  </si>
+  <si>
+    <t>Corporate Connection (EP Promo Wear)</t>
+  </si>
+  <si>
+    <t>David's Apparel Inc.</t>
+  </si>
+  <si>
+    <t>D-KAST, INC. (Enrique Esparza)</t>
+  </si>
+  <si>
+    <t>E &amp; L Graphics, LLC dba El Paso Mail &amp; Print Services</t>
+  </si>
+  <si>
+    <t>El Paso Reprographics</t>
+  </si>
+  <si>
+    <t>Hotshots By Lomeli's Photos</t>
+  </si>
+  <si>
+    <t>Inkspress Urself! (CNServices LLC) (Trina A Schafer)</t>
+  </si>
+  <si>
+    <t>La Estrella (Aida Campa)</t>
+  </si>
+  <si>
+    <t>Meza Trophies &amp; Plaques (Gamez Enterprises, Inc.)</t>
+  </si>
+  <si>
+    <t>Partners in Education Solutions LLC</t>
+  </si>
+  <si>
+    <t>Rocks / School Wear (Robert Simpson dba School Wear - AKA - Rocks)</t>
+  </si>
+  <si>
+    <t>Roy Lown's Classic Awards (LownTro LP)</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Scarborough Specialties, Inc</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Brandability</t>
+    </r>
+  </si>
+  <si>
+    <t>School Life (imagestuff)</t>
+  </si>
+  <si>
+    <t>Scorpion Sales (Scorpion Sales &amp; Entertainment, LLC) (David Pearlman)</t>
+  </si>
+  <si>
+    <t>Spectrum Technologies (Spectrum Imaging Technologies Inc.)</t>
+  </si>
+  <si>
+    <t>SPORTDECALS, ABSOLUTELY CUSTOM, GALAPAGOS, PAULYS (SPORTDECALS, INC)</t>
+  </si>
+  <si>
+    <t>SUPERIOR TROPHIES (Superior Trophies Acquisitions, LLC.) (McKnight Investments, Inc.)</t>
+  </si>
+  <si>
+    <t>The Company Store (Belinda M.Reno)</t>
+  </si>
+  <si>
+    <t>Universal Graphics, Inc.</t>
+  </si>
+  <si>
+    <t>Weldon, Williams &amp; Lick, Inc.</t>
+  </si>
+  <si>
+    <t>Company Contact…</t>
+  </si>
+  <si>
+    <t>Jose Luis Nava</t>
+  </si>
+  <si>
+    <t>Michael McCorgary</t>
+  </si>
+  <si>
+    <t>VALERIE STEINBERG</t>
+  </si>
+  <si>
+    <t>Sarah Wasserman</t>
+  </si>
+  <si>
+    <t>Daniel Hamicha</t>
+  </si>
+  <si>
+    <t>Amy Warner</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Glen R. Zubia</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve"> Louis Torres</t>
+    </r>
+  </si>
+  <si>
+    <t>MIA ALONZO</t>
+  </si>
+  <si>
+    <t>Rudy Ramirez</t>
+  </si>
+  <si>
+    <t>Debbie Hayes</t>
+  </si>
+  <si>
+    <t>Lisa Herrera</t>
+  </si>
+  <si>
+    <t>OCTAVIO POSADA</t>
+  </si>
+  <si>
+    <t>ENRIQUE ESPARZA JR.</t>
+  </si>
+  <si>
+    <t>Edward R. Armendariz</t>
+  </si>
+  <si>
+    <t>EDUARDO LUJAN</t>
+  </si>
+  <si>
+    <t>JuanCarlos Lomeli</t>
+  </si>
+  <si>
+    <t>Howard Schafer</t>
+  </si>
+  <si>
+    <t>Pamela Rodriguez</t>
+  </si>
+  <si>
+    <t>Terry Hidalgo / Isabel Gamez</t>
+  </si>
+  <si>
+    <t>Chris Lopez</t>
+  </si>
+  <si>
+    <t>Robert Simpson</t>
+  </si>
+  <si>
+    <t>Norma Mendoza and Kim Smith</t>
+  </si>
+  <si>
+    <t>Sean Stout</t>
+  </si>
+  <si>
+    <t>Juli Dellalibera</t>
+  </si>
+  <si>
+    <t>David Pearlman</t>
+  </si>
+  <si>
+    <t>Chris Plesant</t>
+  </si>
+  <si>
+    <t>Customer Service</t>
+  </si>
+  <si>
+    <t>Michael Cooper</t>
+  </si>
+  <si>
+    <t>BELINDA RENO</t>
+  </si>
+  <si>
+    <t>Lidia Lespron</t>
+  </si>
+  <si>
+    <t>Brandy Mikus</t>
+  </si>
+  <si>
+    <t>Company Address…</t>
+  </si>
+  <si>
+    <t>11508 Clear Lake Way El Paso, Tx 79936</t>
+  </si>
+  <si>
+    <t>7 Leigh Fisher Blvd, El Paso, Tx 79906</t>
+  </si>
+  <si>
+    <t>11601 PELLICANO DR. SUITE A15, EL PASO, TEXAS 79936</t>
+  </si>
+  <si>
+    <t>9777 W. Gulf Bank Suite B600 Houston, Tx. 77040</t>
+  </si>
+  <si>
+    <t>3101 E. Yandell Dr, El Paso, TX 79903</t>
+  </si>
+  <si>
+    <t>6151 Fair Oaks Blvd Suite 103, Carmichael, CA 95608</t>
+  </si>
+  <si>
+    <t>1421 N. Lee Trevino D9 El Paso, Texas 79936</t>
+  </si>
+  <si>
+    <t>5710 DONIPHAN DRIVE, EL PASO, TEXAS  79932</t>
+  </si>
+  <si>
+    <t>5501 Eden Rd., Arlington, TX 76001</t>
+  </si>
+  <si>
+    <t>312 Longmire Road Suite B, Conroe, TX 77304</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>2130 E. Mills Ave</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">. 2001 Magoffin Ave. El Paso, TX 79901 </t>
     </r>
   </si>
   <si>
-    <t>*updated 12/2/22</t>
+    <t>9901 CARNEGIE AVE. EL PASO, TEXAS 79925</t>
+  </si>
+  <si>
+    <t>625 GAVIOTA DR., SAN ELIZARIO, TX 79849</t>
+  </si>
+  <si>
+    <t>1144 Vista de Oro Dr. Ste A, El Paso, TX 79935</t>
+  </si>
+  <si>
+    <t>109 ARGONAUT DR, El Paso, TX 79912</t>
+  </si>
+  <si>
+    <t>3470 Lee Blvd Suite C El Paso TX 79936</t>
+  </si>
+  <si>
+    <t>125 Thunderbird, Suite B, El Paso, TX 79912</t>
+  </si>
+  <si>
+    <t>413 S Mesa St., El Paso, TX 79901</t>
+  </si>
+  <si>
+    <t>1225 Texas Ave, El Paso, TX  79901</t>
+  </si>
+  <si>
+    <t>2508 Gene Littler, El Paso, TX 79936</t>
+  </si>
+  <si>
+    <t>4727 Hondo Pass, Suite H., El Paso, TX 79904</t>
+  </si>
+  <si>
+    <t>3700 Dyer Street El Paso, Tx 79930</t>
+  </si>
+  <si>
+    <t>10501 Indiana Ave.  Lubbock, TX  79423</t>
+  </si>
+  <si>
+    <t>17021 Seven Pines Drive, Spring, TX 77379</t>
+  </si>
+  <si>
+    <t>1501 Wyoming Ave. El Paso, TX 79902</t>
+  </si>
+  <si>
+    <t>5900 Gateway Blvd E.  El Paso TX 79905</t>
+  </si>
+  <si>
+    <t>PO Box 860, Spring Grove, IL  60081</t>
+  </si>
+  <si>
+    <t>6909 Jensen Drive, Houston, TX  77093</t>
+  </si>
+  <si>
+    <t>1757 GEORGE DIETER SUITE 104  EL PASO, TX 79936</t>
+  </si>
+  <si>
+    <t>1217 Barranca Drive, Ste. B, El Paso, Texas 79935</t>
+  </si>
+  <si>
+    <t>711 North A Street Fort Smith, AR 72901</t>
+  </si>
+  <si>
+    <t>Contact Email Address…</t>
+  </si>
+  <si>
+    <t>joselnavapages@aol.com</t>
+  </si>
+  <si>
+    <t>mike@airportprinting.com</t>
+  </si>
+  <si>
+    <t>apparelartval@aol.com</t>
+  </si>
+  <si>
+    <t>Sarah@armadillophoto.com</t>
+  </si>
+  <si>
+    <t>daniel@artcenterelpaso.com</t>
+  </si>
+  <si>
+    <t>amy@authenticpromotions.com</t>
+  </si>
+  <si>
+    <t>sales@badgeworksplus.com</t>
+  </si>
+  <si>
+    <t>mia@bigmediasigns.com</t>
+  </si>
+  <si>
+    <t>debbieh@calfeespecialties.com</t>
+  </si>
+  <si>
+    <t>sales@corpconn.net</t>
+  </si>
+  <si>
+    <t>davidsapparel@yahoo.com</t>
+  </si>
+  <si>
+    <t>designkast@yahoo.com</t>
+  </si>
+  <si>
+    <t>eddie@epmptx.com</t>
+  </si>
+  <si>
+    <t>relpaso@elp.rr.com</t>
+  </si>
+  <si>
+    <t>hotshotslp@gmail.com</t>
+  </si>
+  <si>
+    <t>sales@inkspressurself.com</t>
+  </si>
+  <si>
+    <t>sales@laestrellauniforms.com</t>
+  </si>
+  <si>
+    <t>mezatrophies@msn.com</t>
+  </si>
+  <si>
+    <t>clopez@piesolutionsllc.com</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>rocks@whc.net</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> rocks@rockst.com</t>
+    </r>
+  </si>
+  <si>
+    <t>norma@roylown.com</t>
+  </si>
+  <si>
+    <t>sean@scarspec.com</t>
+  </si>
+  <si>
+    <t>juli@schoollife.com</t>
+  </si>
+  <si>
+    <t>dpearlman@scorpionsales.biz</t>
+  </si>
+  <si>
+    <t>cplesant@spectrumistechnology.com</t>
+  </si>
+  <si>
+    <t>sports@sportdecals.com</t>
+  </si>
+  <si>
+    <t>cooper@superiortrophies.net</t>
+  </si>
+  <si>
+    <t>belreno1@yahoo.com</t>
+  </si>
+  <si>
+    <t>lidialespron@sbcglobal.net</t>
+  </si>
+  <si>
+    <t>sales@wwlinc.com</t>
+  </si>
+  <si>
+    <t>Company Phone Number…</t>
+  </si>
+  <si>
+    <t>(915) 479-1421</t>
+  </si>
+  <si>
+    <t>(915)772-7488</t>
+  </si>
+  <si>
+    <t>(915) 594-4499</t>
+  </si>
+  <si>
+    <t>(800) 762-8088</t>
+  </si>
+  <si>
+    <t>(915) 566-2410</t>
+  </si>
+  <si>
+    <t>(800) 497-7765 x268</t>
+  </si>
+  <si>
+    <t>(915) 593-6351</t>
+  </si>
+  <si>
+    <t>(915) 591-7446</t>
+  </si>
+  <si>
+    <t>(682) 438-3113</t>
+  </si>
+  <si>
+    <t>(936) 539-5541</t>
+  </si>
+  <si>
+    <t>(915) 921-7200</t>
+  </si>
+  <si>
+    <t>(915) 590-3744</t>
+  </si>
+  <si>
+    <t>(915) 247-1993</t>
+  </si>
+  <si>
+    <t>(915) 591-8789</t>
+  </si>
+  <si>
+    <t>(915) 532-6255</t>
+  </si>
+  <si>
+    <t>(915) 779-1174</t>
+  </si>
+  <si>
+    <t>(915) 584-2541</t>
+  </si>
+  <si>
+    <t>(915) 532-0792</t>
+  </si>
+  <si>
+    <t>(915) 532-6466</t>
+  </si>
+  <si>
+    <t>(915) 920-1071</t>
+  </si>
+  <si>
+    <t>(915) 562-4798</t>
+  </si>
+  <si>
+    <t>(915) 566-2941</t>
+  </si>
+  <si>
+    <t>(806) 792-9925 x230</t>
+  </si>
+  <si>
+    <t>(877) 773-7705</t>
+  </si>
+  <si>
+    <t>(915) 833-5155</t>
+  </si>
+  <si>
+    <t>(915) 781-2000</t>
+  </si>
+  <si>
+    <t>(800) 435-6110</t>
+  </si>
+  <si>
+    <t>(281) 689-5677</t>
+  </si>
+  <si>
+    <t>(915) 630-3358</t>
+  </si>
+  <si>
+    <t>(915) 591-8943</t>
+  </si>
+  <si>
+    <t>(479) 783-4113</t>
+  </si>
+  <si>
+    <t>Company Website…</t>
+  </si>
+  <si>
+    <t>https://advgspecialtieselpaso.espwebsite.com</t>
+  </si>
+  <si>
+    <t>www.airportprintng.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.apparelart.com</t>
+  </si>
+  <si>
+    <t>HTTP://dillostore.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.artcenterelpaso.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.authenticpromotions.com</t>
+  </si>
+  <si>
+    <t>HTTP://sales@badgeworksplus.com</t>
+  </si>
+  <si>
+    <t>HTTP://bigmediasigns.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.bullmarketpromotions.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.calfeespecialties.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.corpconn.net</t>
+  </si>
+  <si>
+    <t>HTTP://www.davidsapparel.com</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>HTTP://www.epmptx.com</t>
+  </si>
+  <si>
+    <t>HTTP://elpasoreprographics.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.monsterhouseprinting.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.inkspressurself.com</t>
+  </si>
+  <si>
+    <t>https://laestrellauniforms.secure-decoration.com/</t>
+  </si>
+  <si>
+    <t>HTTP://www.mezatrophies.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.piesolutionsllc.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.rockst.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.roylown.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.scarspec.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.schoollife.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.scorpionsales.biz</t>
+  </si>
+  <si>
+    <t>https://www.spectrumistechnology.com/</t>
+  </si>
+  <si>
+    <t>HTTP://www.sportdecals.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.superiortrophies.net</t>
+  </si>
+  <si>
+    <t>HTTP://thecostoreonline.com</t>
+  </si>
+  <si>
+    <t>http://www.ug-inc.com  ug-inc-promo.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.wwlinc.com</t>
+  </si>
+  <si>
+    <t>S&amp;H included in pricing…</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Yes</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> No</t>
+    </r>
+  </si>
+  <si>
+    <t>Yes</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Yes  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>No</t>
+    </r>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Yes</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 No</t>
     </r>
   </si>
   <si>
-    <t>*updated 4/13/23</t>
-[...21 lines deleted...]
-    </r>
+    <t>S&amp;H (expedite fees)…</t>
+  </si>
+  <si>
+    <t>Yes Rush orders contact Jose Luis Nava</t>
+  </si>
+  <si>
+    <t>yes, if customer requests that items be shipped overnight, 2nd day air or 3rd day air additional charges would apply.  If a customer requests production in a shorter then normal production time a rush fee may be incurred.</t>
+  </si>
+  <si>
+    <t>Yes, all pricing includes standard ground pricing, any expedited shipping request will incur additional charges.</t>
+  </si>
+  <si>
+    <t>Yes, contact Daniel Hamicha</t>
+  </si>
+  <si>
+    <t>Yes, if customer wants order to be shipped faster than ground service then we will quote a expiate shipping service.</t>
+  </si>
+  <si>
+    <t>Yes, fees will be determined at time of ordering and may vary based on requirements of expedited order. Contact is Glen Zubia</t>
+  </si>
+  <si>
+    <t>Yes. On some occasions we charge for expedited services or products. Please contact  Mia Alonzo 915-591-SIGN (7446), mia@bigmediasigns.com</t>
+  </si>
+  <si>
+    <t>no</t>
   </si>
   <si>
     <t xml:space="preserve">If a supplier charges for rush or expediting shipping, those cost are provided in the customer's quote. </t>
   </si>
   <si>
-    <t>Calfee Specialties provides promotional products.Percent Discount is off minimum quantities listed on website.</t>
-[...96 lines deleted...]
-    <t>*updated 09/02/2021, 5/22/23, 8/29/23, 8/13/24, 8/14/24, 8/15/24, 11/18/24, 12/19/24</t>
+    <t>Yes. If a client request item in a rush, expedited shipping  will apply. We will do our best to accommodate our clients and get item to them without incurring additional cost.</t>
+  </si>
+  <si>
+    <t>Yes, if rush is requested and overnight is requested by customer. Overnight charges will be applicable according to Freight carriers such as UPS, FED EX etc.  To be discussed prior to ordering.</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>Yes. Fee will only be what our vendor charges for expediting shipments. We do not charge extra for any delivery we provide.  Eduardo Lujan is designated contact person.</t>
+  </si>
+  <si>
+    <t>Majority of the time NO.  There are special circumstances with special materials or if a customer asks to have a job done in an hour and we have to stop other jobs, then sometimes yes.  This happens all the time with our normal customers and we try our best to provide it as a "service"  Contact Howard Schafer at 915 584 2541</t>
+  </si>
+  <si>
+    <t>Not on regular shipping/Delivery only if expedited</t>
+  </si>
+  <si>
+    <t>Yes.   If a customer forgets to place an order in a timely manner but needs it to meet a timeline, we do inform customer of extra charge before placing the order.  Terry Hidalgo for expedites.</t>
+  </si>
+  <si>
+    <t>Yes.  Expedited shipping is charged for rush service, if available and applicable.  All quotes will include approximate production time and shipping time.  All prices and any additional fees such as expedited shipping will be disclosed and agreed upon before any work is started.  Contact: Chris Lopez clopez@piesolutionsllc.com</t>
+  </si>
+  <si>
+    <t>Yes  depends on in-bound shipping costs, Contact Pam Heitz</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">yes, rush fee </t>
     </r>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">$25.00 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>$28.75 on expedited services, for same day or next day orders. Norma Mendoza
 Expedited S&amp;H - $400 per order</t>
     </r>
   </si>
   <si>
-    <t>*updated 4/23/25</t>
-[...17 lines deleted...]
-    <t>*updated 3/21/22, 5/12/22, 2/28/23, 5/3/23, 9/1/23, 2/28/24, 2/19/24, 4/7/25, 5/6/25, 10/6/25</t>
+    <t>We try to utilize our supplies that offer free freight first and pass that savings to our customers. We only charged what is charged to us on freight charges.</t>
+  </si>
+  <si>
+    <t>Yes, shipping will be added to each order</t>
+  </si>
+  <si>
+    <t>Yes , based on needs. Sometimes we have to use rush manufacturing services. We don't charge rushes on in house screen printing.</t>
+  </si>
+  <si>
+    <t>Yes, Spectrum will have an additional charge for any expedited requests. The contact person is Chris Plesant cplesant@spectrumistechnology.com</t>
+  </si>
+  <si>
+    <t>Yes, contact customer service for quote</t>
+  </si>
+  <si>
+    <t>Yes, Orders with under 10 business day turn time are subject to expedite fees.</t>
+  </si>
+  <si>
+    <t>yes, depending on weight and size of shipment, charges will be quoted per job. by Belinda Reno</t>
+  </si>
+  <si>
+    <t>Yes. We will do everything possible to avoid expedited and delivery fees.  Fees will be based on need to rush and deliver basis, min. $ 5.00 for delivery for orders less $100.00.  Expedited fees will be determined at time of rush, based on availability.  Min. $ 35.00.</t>
+  </si>
+  <si>
+    <t>Yes.  Product pricing includes most economical ground shipping.  If expediting shipping is requested, the difference will be charged to the customer.  The Account Manager for each order will be able to provide all information on shipping services.</t>
+  </si>
+  <si>
+    <t>Products/Services Provided…</t>
+  </si>
+  <si>
+    <t>Promotional Products, Printing, Screen Printing, Embroidery , Banners, Uniforms Door mats, Retractable banners, table covers, etc..</t>
+  </si>
+  <si>
+    <t>Printing of such items as school calendars, athletic posters, graduation programs, mailing services, business cards, presentation folders and other print related materials.</t>
+  </si>
+  <si>
+    <t>Apparel Art provides screen printing and embroidery on apparel and bags.  We have a full time artist on staff so we can provide artwork services if necessary.  Apparel Art also provides promotional products with over 52,000 of factories</t>
+  </si>
+  <si>
+    <t>Banner and photo printing services</t>
+  </si>
+  <si>
+    <t>Framing,  signs, ADA Signage, banners, displays banners, labels, photos printing, consulting, airbrush, acrylic printing, art restoration, art supplies.</t>
+  </si>
+  <si>
+    <t>We provide imprinted promotional items such as but not limited to; pens, pins, bags, totes, drink wear, mouse pads, tech items, lip balm, sun screen, rulers, pencil pouches, t-shirts, hats, and much more.</t>
+  </si>
+  <si>
+    <t>Promotional products distributor and in-house production of recognition awards</t>
+  </si>
+  <si>
+    <t>We provide all printing services, both large format and small format, such as banners, signs, A-Frames, flags, canopy tents, vehicle wraps, electric &amp; non-electric signs, flyers, brochures, business cards, letterhead/envelopes, promotional items</t>
+  </si>
+  <si>
+    <t>Reseller of apparel, screen printer, embroiderer for uniforms and reseller of promotional items.</t>
+  </si>
+  <si>
+    <t>Calfee Specialties provides promotional products.Percent Discount is off minimum quantities listed on website.</t>
+  </si>
+  <si>
+    <t>Promotional Products, Apparel, Screen Printing, Embroidery, Uniforms, Graphic Design, Glass Printing, Awards</t>
+  </si>
+  <si>
+    <t xml:space="preserve">David's Apparel Inc. provides blank apparel items to decorated with embroidery and screen print, digital printed banners/signs, table cloths, ad. specialties and engraveables such as trophies, plaques and signs. </t>
+  </si>
+  <si>
+    <t>Screen Printing &amp; Embroidery</t>
+  </si>
+  <si>
+    <t>Printing, binding, Direct Mail Service, Marketing Materials</t>
+  </si>
+  <si>
+    <t>Full Service Sign and Copy Shop, Car Wraps, Signs, Banners, Posters, Trophies, Plaques,  Decals and Stickers, Wall and Window Wraps, Flags, Flyers, Business Cards, Envelopes, Letterhead, NCR Forms, Custom Tablecloths, Custom Tents, Bags, Promotional</t>
+  </si>
+  <si>
+    <t>Photography, Digital Printing, Large Format Printing, Sublimation Printing, Signs and Banners,Uniforms,Screen Printing,embroidery,Apparel, Trophies and Awards, Laser Engraving, Promotional Products</t>
+  </si>
+  <si>
+    <t>Full service decorating shop.  Including screen printing, embroidery (and applique), digital printing including signs, banners, stickers, and all promotional products</t>
+  </si>
+  <si>
+    <t>Uniforms, Embroidery, Screen Printing, Sublimation</t>
+  </si>
+  <si>
+    <t>Engraving services, awards, gifts, signs, rubber stamps, custom work, promotional items, framing</t>
+  </si>
+  <si>
+    <t>Promotional Items, Embroidery and Screen Printing of Apparel,  Print Items and Fundraising. We can also help with graphic design and logo creation.  We offer over 1 Million items that can be logoed or imprinted.</t>
+  </si>
+  <si>
+    <t>Screen Printing, Embroidery, Digital Printing, Laser Engraving, Sublimation on Uniforms, t-shirts, polos and textile products</t>
+  </si>
+  <si>
+    <t>Recognition Awards, Framing, Promotional Items, Game Room Furnishings, Desk Accessories, Full Color Sublimation, Bronze plaques, Name Tags, Lapel Pins</t>
+  </si>
+  <si>
+    <t>Promotional Products, Screen Printing, Embroidery, Laser, Awards, Banners, Signs &amp; Uniforms</t>
+  </si>
+  <si>
+    <t>student awards, apparel, promotional items, Brag Tads</t>
+  </si>
+  <si>
+    <t>In house screen printing and embroidery, as well as, a promotional products supplier.</t>
+  </si>
+  <si>
+    <t>Commercial print materials, booklets &amp; manuals, wide format printing, scanning &amp; archiving, print related services, information technology services, web services, promotional products.</t>
+  </si>
+  <si>
+    <t>Custom printed decals, garments, uniforms, sport items, embroidery, wallcals, floorcals, fundraising items, school spirit items, COVID masks &amp; supplies</t>
+  </si>
+  <si>
+    <t>Awards, Apparel, Plaques, Trophies, Buckles, Promotional Items</t>
+  </si>
+  <si>
+    <t>promotional items such  as cups, pens, notebooks, water bottles, key chains, bags, hats and screen printing and embroidery on wearables.</t>
+  </si>
+  <si>
+    <t>Offset/Digital Full Color Printing, Brochures, Rack Cards, Posters, Business Cards, Letterheads, Envelopes, Carbonless Forms, Programs, Postcards, Promotional Items, Banners, Newsletters, Door hangers, Labels, Decals, Flyers, Manuals, etc....</t>
+  </si>
+  <si>
+    <t>Custom printed items including, but not limited to: parking hangtags &amp; decals, reserved and GA admission tickets, season ticket sheets &amp; books, credentials, season cards, roll tickets, strip tickets, book tickets, ID validation stickers, wristbands</t>
+  </si>
+  <si>
+    <t>Areas Served…</t>
+  </si>
+  <si>
+    <t>Texas</t>
+  </si>
+  <si>
+    <t>All 50 states</t>
+  </si>
+  <si>
+    <t>All States</t>
+  </si>
+  <si>
+    <t>We will provide to all areas</t>
+  </si>
+  <si>
+    <t>All 50 States</t>
+  </si>
+  <si>
+    <t>Texas, New Mexico. We will also service the rest of the states in the United States for items that can be shipped.</t>
+  </si>
+  <si>
+    <t>El Paso, El Paso County, Clint, San Elizario, Fabens, Horizon City, and all other Region 19 Entities in Texas/ New Mexico</t>
+  </si>
+  <si>
+    <t>Texas, New Mexico, Arizona</t>
+  </si>
+  <si>
+    <t>Texas, New Mexico and surrounding areas.</t>
+  </si>
+  <si>
+    <t>Texas, Arizona, New Mexico</t>
+  </si>
+  <si>
+    <t>ALL STATES</t>
+  </si>
+  <si>
+    <t>Texas and New Mexico.</t>
+  </si>
+  <si>
+    <t>All 50 States in the United states</t>
+  </si>
+  <si>
+    <t>El Paso City, El Paso County, Hudspeth County, Culberson County</t>
+  </si>
+  <si>
+    <t>All states</t>
+  </si>
+  <si>
+    <t>Texas &amp; New Mexico</t>
+  </si>
+  <si>
+    <t>ALL OF USA</t>
+  </si>
+  <si>
+    <t>USA</t>
+  </si>
+  <si>
+    <t>Texas, New Mexico</t>
+  </si>
+  <si>
+    <t>El Paso, New Mexico</t>
+  </si>
+  <si>
+    <t>Price Link…</t>
+  </si>
+  <si>
+    <t>Price Link</t>
+  </si>
+  <si>
+    <t>Contact Purchasing for Pricing</t>
+  </si>
+  <si>
+    <t>Price Link - Only promo items &amp; items printed on by vendor are awarded</t>
+  </si>
+  <si>
+    <t>Contact Purchasing for pricing</t>
+  </si>
+  <si>
+    <t>Line #</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>QTY</t>
+  </si>
+  <si>
+    <t>Unit</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>Items/Supplies. Percent discount off catalog/pricelist. Items to include but not limited to plaques/trophies/certificates/medals/ribbons/clocks/drinkware (to include one color imprint), carrying items/duffel bags (to include one color imprint), clothing/caps (to include one color imprint), office supplies/mousepads/pens/pencils (to include one color imprint), miscellaneous promotional gimmicks/holiday items (to include one color imprint), table tents/covers/signage/banners (to include one color imprint), rubber stamps/decals/nameplates (to include one color imprint), and gaming tables (to include one color imprint).</t>
+  </si>
+  <si>
+    <t>No  Bid</t>
+  </si>
+  <si>
+    <t>No Bid</t>
+  </si>
+  <si>
+    <t>End Quantity Pricing Offered?</t>
+  </si>
+  <si>
+    <t>n/a</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Pickup Available?</t>
+  </si>
+  <si>
+    <t>Delivery Available?</t>
+  </si>
+  <si>
+    <t>Pickup/Delivery Cost</t>
+  </si>
+  <si>
+    <t>None</t>
+  </si>
+  <si>
+    <t>No charge in El Paso, TX area, other areas yes, based on weight and distance</t>
+  </si>
+  <si>
+    <t>No charge for Ground shipping</t>
+  </si>
+  <si>
+    <t>none</t>
+  </si>
+  <si>
+    <t>Shipping charges are charged at our cost.</t>
+  </si>
+  <si>
+    <t>Pick up Free - Pricing will include shipping.</t>
+  </si>
+  <si>
+    <t>PICKUP AT STORE FRONT 9901 CARNEGIE AT NO CHARGE/ DELIVERY IS NOT AVAILABLE</t>
+  </si>
+  <si>
+    <t>No Delivery Fees</t>
+  </si>
+  <si>
+    <t>NONE</t>
+  </si>
+  <si>
+    <t>None,  Delivery only available at this time in the EL Paso, TX and Las Cruces, NM area.  others poss</t>
+  </si>
+  <si>
+    <t>Yes, shipping may be applicable.  Quotes are provided.</t>
+  </si>
+  <si>
+    <t>$25.00 delivery charge, no charge for pickup in store</t>
+  </si>
+  <si>
+    <t>Pick up is available at our Lubbock, Texas location</t>
+  </si>
+  <si>
+    <t>Pick up No Cost, If shipped UPS or FedEx then the cost of the carriers to us.</t>
+  </si>
+  <si>
+    <t>No cost for ground UPS delivery, requested expediated or rush shipping paid at full cost</t>
+  </si>
+  <si>
+    <t>$5.00 fee if order less than $100.00</t>
+  </si>
+  <si>
+    <t>Engraving Cost</t>
+  </si>
+  <si>
+    <t>$.010 cents Per Letter</t>
+  </si>
+  <si>
+    <t>cost is on website</t>
+  </si>
+  <si>
+    <t>$.25-3.50</t>
+  </si>
+  <si>
+    <t>$2-5</t>
+  </si>
+  <si>
+    <t>25% Engraving Cost is based on item, quantities and size. Quotes will include Engraving Cost.</t>
+  </si>
+  <si>
+    <t>Will upload pricing</t>
+  </si>
+  <si>
+    <t>SEE ENGRAVING ATTACHMENT</t>
+  </si>
+  <si>
+    <t>15% Discount</t>
+  </si>
+  <si>
+    <t>$25-500</t>
+  </si>
+  <si>
+    <t>$1.00 to 100.00+ we laser engrave plus set up fee of 35.00</t>
+  </si>
+  <si>
+    <t>NA at this time</t>
+  </si>
+  <si>
+    <t>See attached</t>
+  </si>
+  <si>
+    <t>$0-$150 per item, depending on item and minimums required</t>
+  </si>
+  <si>
+    <t>See Price List</t>
+  </si>
+  <si>
+    <t>$15.00 includes logo and 5 lines.  Additional lines $2.50 each</t>
+  </si>
+  <si>
+    <t>included in cost of item / if customer supplied goods cost varies depending on quantity</t>
+  </si>
+  <si>
+    <t>Depends on the item. Ranges from $20.00 - $200.00</t>
+  </si>
+  <si>
+    <t>$1-25</t>
+  </si>
+  <si>
+    <t>.1.00 - 5.00</t>
+  </si>
+  <si>
+    <t>$ 50.00</t>
+  </si>
+  <si>
+    <t>Embroidery Cost</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> $6.00 per item on a 4" Hart size logo 10.000 to 15000 stiches </t>
+  </si>
+  <si>
+    <t>price list for embroidery is attached</t>
+  </si>
+  <si>
+    <t>$1.50-10.00</t>
+  </si>
+  <si>
+    <t>$8.00 per position</t>
+  </si>
+  <si>
+    <t>N/A (Included)</t>
+  </si>
+  <si>
+    <t>$2.5-5</t>
+  </si>
+  <si>
+    <t>20% Embroidery Cost is based on the # of stitch-thread count.  Quotes will include. EC pricing.</t>
+  </si>
+  <si>
+    <t>SEE EMBROIDERY ATTACHMENT</t>
+  </si>
+  <si>
+    <t>$7 or $8 per logo depending on stitch count on logo.</t>
+  </si>
+  <si>
+    <t>Embroidery: $8.00 for anything under 10,000 stitches. A dollar more per 1000 stitches after.Plus digitized set up fee of 35.00</t>
+  </si>
+  <si>
+    <t>$3.50 for standard left chest logo about 6,000 stiches</t>
+  </si>
+  <si>
+    <t>Depending on quantity ordered and stitches in the logo / $3.50-$10</t>
+  </si>
+  <si>
+    <t>$2.93- $14.00 Please see Apparel Decoration Price List, volume price breaks</t>
+  </si>
+  <si>
+    <t>$25.00-50.00</t>
+  </si>
+  <si>
+    <t>DST Tapes $45.00</t>
+  </si>
+  <si>
+    <t>Min. 12. From 12-23 a $25 One-Time Digitizing Fee will be charge,. 24+ no digitizing fees apply</t>
+  </si>
+  <si>
+    <t>$3-75</t>
+  </si>
+  <si>
+    <t>price list is in the attachments</t>
+  </si>
+  <si>
+    <t>$ 15.00</t>
+  </si>
+  <si>
+    <t>Set Up Cost</t>
+  </si>
+  <si>
+    <t>$25.00 a color for apparel screen, $0-$75.00 promotional and $45.00 and up for digitizing.</t>
+  </si>
+  <si>
+    <t>$100.00</t>
+  </si>
+  <si>
+    <t>$0.0-75.00</t>
+  </si>
+  <si>
+    <t>$50.00</t>
+  </si>
+  <si>
+    <t>$50 - $100 as needed</t>
+  </si>
+  <si>
+    <t>$20</t>
+  </si>
+  <si>
+    <t>$0-55</t>
+  </si>
+  <si>
+    <t>Will upload pricing for Screen Printing and Embroidery</t>
+  </si>
+  <si>
+    <t>SET UPS VARY BY SERVICE/SEE PRICING LIST  ATTACHMENTS</t>
+  </si>
+  <si>
+    <t>$65-199</t>
+  </si>
+  <si>
+    <t>$35.00 to $100+</t>
+  </si>
+  <si>
+    <t>$30</t>
+  </si>
+  <si>
+    <t>0-$150 per item depending on service requested and complexity of graphics</t>
+  </si>
+  <si>
+    <t xml:space="preserve">$15-25.00 engraved items. max. $75.00 promotional item. Vectored artwork required.
+</t>
+  </si>
+  <si>
+    <t>Only charged if supplier charges to us</t>
+  </si>
+  <si>
+    <t>Depends on the product $10- $55.00</t>
+  </si>
+  <si>
+    <t>$15-25</t>
+  </si>
+  <si>
+    <t>$2-25</t>
+  </si>
+  <si>
+    <t>$30.00 average, can change</t>
+  </si>
+  <si>
+    <t>$ 25.00</t>
+  </si>
+  <si>
+    <t>Second Color Cost</t>
+  </si>
+  <si>
+    <t>$0-$2.00 depending on the item</t>
+  </si>
+  <si>
+    <t>$.20-$1.00</t>
+  </si>
+  <si>
+    <t>$4.00 per position</t>
+  </si>
+  <si>
+    <t>N/A (included)</t>
+  </si>
+  <si>
+    <t>$1-1.10</t>
+  </si>
+  <si>
+    <t>Will Include with line item cost.</t>
+  </si>
+  <si>
+    <t>SEE PRICING ATTACHMENT/CATALOGS-VARY FROM SCREEN PRINTING &amp; PROMOTIONAL ITEMS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">See "Screen Print Price List" pdf </t>
+  </si>
+  <si>
+    <t>$25-350</t>
+  </si>
+  <si>
+    <t>$.75 to $100+</t>
+  </si>
+  <si>
+    <t>$0.50 standard inks</t>
+  </si>
+  <si>
+    <t>Second Color Cost will depend on the quantity ordered and amount of colors (provided on the list) 
+but if it's 1 color it will be .50 to  $1.50 (12-100 pcs)</t>
+  </si>
+  <si>
+    <t>0-$5 per item, depending on item and minimums required</t>
+  </si>
+  <si>
+    <t>See Price Lists</t>
+  </si>
+  <si>
+    <t>$50.00, in addition .50 run charge per unit per color</t>
+  </si>
+  <si>
+    <t>Depends on the products .25- .75 range</t>
+  </si>
+  <si>
+    <t>$15.00 per color, per location if under 48 pieces</t>
+  </si>
+  <si>
+    <t>$.25-.35</t>
+  </si>
+  <si>
+    <t>dependent on qty and item; price list attached</t>
+  </si>
+  <si>
+    <t>Screen Print Cost</t>
+  </si>
+  <si>
+    <t>price list for screen printing on apparel is attached.  promotional usually  includes 1 color</t>
+  </si>
+  <si>
+    <t>Depends on item</t>
+  </si>
+  <si>
+    <t>$7.00 per position</t>
+  </si>
+  <si>
+    <t>Included</t>
+  </si>
+  <si>
+    <t>$0</t>
+  </si>
+  <si>
+    <t>20% Screen Cost is based on quantities ordered, size, location, etc. Quotes will include Screen Cost</t>
+  </si>
+  <si>
+    <t>SEE PRICING ATTACHMENT</t>
+  </si>
+  <si>
+    <t>$.75-$100+</t>
+  </si>
+  <si>
+    <t>$0.75 for additional location for first color</t>
+  </si>
+  <si>
+    <t>Screen print and silk screen are the same price; see attached.</t>
+  </si>
+  <si>
+    <t>$0.84 to $18.20 per item please see Apparel Decoration Price List, volume price breaks</t>
+  </si>
+  <si>
+    <t>$25.00</t>
+  </si>
+  <si>
+    <t>Orders under 48 pieces will incur a $15 screen charge/per color/per location. If ordering over 48 pi</t>
+  </si>
+  <si>
+    <t>$.65-1.55</t>
+  </si>
+  <si>
+    <t>Silk Screen Cost</t>
+  </si>
+  <si>
+    <t>screen print price list is attached</t>
+  </si>
+  <si>
+    <t>20% Silk Screen Cost is based on quantities ordered.  Quotes will include Silk Screen Cost</t>
+  </si>
+  <si>
+    <t>$.75 and up</t>
+  </si>
+  <si>
+    <t>For many promo items, the first color is included, added colors and imprint vary by item and amount</t>
+  </si>
+  <si>
+    <t>$4.00-$200</t>
+  </si>
+  <si>
+    <t>price list in the attachments</t>
+  </si>
+  <si>
+    <t>Are all additional costs (Pickup/Delivery/Engraving/Embroidery/Set Up/Second Color/Screen Print/Silk Screen) included in discount?</t>
+  </si>
+  <si>
+    <t>Website</t>
+  </si>
+  <si>
+    <t>https://advgspecialtieselpaso.espwebsite.com/giftideas</t>
+  </si>
+  <si>
+    <t>HTTP://www.badgeworksplus.com</t>
+  </si>
+  <si>
+    <t>http://www.calfeespecialties.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.inkspressursel.com</t>
+  </si>
+  <si>
+    <t>https://www.ug-inc.com/                 https://www.ug-inc-promo.com/</t>
+  </si>
+  <si>
+    <t>www.wwlinc.com</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Printing Services. Percent discount off pricelist. Services to include but not limited to bindery work, booklet making, collating, cutting, dye cutting, folding, hole punching, stapling, multi-color printing, offset printer color process printing, offset printer PMS color printing, one color printing, padding, color copying, black  white copying, continuous form printing, envelope printing, duplicating, NCR forms, laminating, thermography, typesetting, and framing.</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Other services not listed above. Percent discount off pricelist.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="36"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <strike/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <strike/>
-      <sz val="11"/>
-[...4 lines deleted...]
-      <strike/>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <strike/>
-      <sz val="11"/>
-[...4 lines deleted...]
-      <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
@@ -1691,51 +1702,51 @@
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="57">
+  <cellXfs count="55">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
@@ -1807,103 +1818,97 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
@@ -2187,1368 +2192,1372 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Bull%20Market%20Promotions%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Hotshots%20by%20Lomeli%27s%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/School%20Life%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://advgspecialtieselpaso.espwebsite.com/giftideas" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Armadillo%20Photography%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Sportdecals%2C%20Absolutely%20Custom%2C%20Galapagos%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Big%20Media%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/El%20Paso%20Reprographics%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Scarborough%20Specialties%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Weldon%2C%20Williams%20%26%20Lick%2C%20Inc%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Apparel%20Art%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Roy%20Lown%27s%20Classic%20Awards%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Spectrum%20Technologies%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/DKAST%20Price%20List%20ESC%2019.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.calfeespecialties.com/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/BCD%20Investments%2C%20Inc%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/E%20%26%20L%20Graphics%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Universal%20Graphics%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Authentic%20Promotions%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Partners%20in%20Education%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/THE%20COMPANY%20STORE%20PRICE%20LIST.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/La%20Estrella%20.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Corporate%20Connection%20Price%20List.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Scorpion%20Sales%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Meza%20Trophies%20%26%20Plaques%20Pricing-B.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Art%20Center%20%26%20Signs%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Calfee%20Specialties%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Inkspress%20Urself%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Superior%20Trophies%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Advertising%20Specialties%20of%20El%20Paso%20Web%20site%20list%20.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/David%27s%20Apparel%20Pricing.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B1:AN29"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="4" ySplit="2" topLeftCell="N3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
+      <selection pane="bottomRight" activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
+    <col min="1" max="1" width="1.6640625" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
-    <col min="3" max="3" width="62.42578125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="62.44140625" style="1" customWidth="1"/>
     <col min="4" max="4" width="6" style="31" customWidth="1"/>
-    <col min="5" max="11" width="30.7109375" style="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="36" max="16384" width="9.140625" style="1"/>
+    <col min="5" max="11" width="30.6640625" style="1" customWidth="1"/>
+    <col min="12" max="12" width="30.6640625" style="18" customWidth="1"/>
+    <col min="13" max="14" width="30.6640625" style="1" customWidth="1"/>
+    <col min="15" max="16" width="30.6640625" style="18" customWidth="1"/>
+    <col min="17" max="17" width="30.6640625" style="1" customWidth="1"/>
+    <col min="18" max="18" width="30.6640625" style="18" customWidth="1"/>
+    <col min="19" max="35" width="30.6640625" style="1" customWidth="1"/>
+    <col min="36" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:40" ht="138" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:40" ht="144" x14ac:dyDescent="0.3">
       <c r="C1" s="13"/>
-      <c r="E1" s="52" t="s">
-        <v>442</v>
+      <c r="E1" s="48" t="s">
+        <v>0</v>
       </c>
       <c r="F1" s="27" t="s">
-        <v>434</v>
+        <v>1</v>
       </c>
       <c r="G1" s="27"/>
       <c r="H1" s="27"/>
       <c r="I1" s="27" t="s">
-        <v>430</v>
+        <v>2</v>
       </c>
       <c r="J1" s="27"/>
-      <c r="K1" s="27"/>
+      <c r="K1" s="27" t="s">
+        <v>3</v>
+      </c>
       <c r="L1" s="29" t="s">
-        <v>448</v>
+        <v>4</v>
       </c>
       <c r="M1" s="27" t="s">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="N1" s="27" t="s">
-        <v>423</v>
+        <v>6</v>
       </c>
       <c r="O1" s="29" t="s">
-        <v>440</v>
+        <v>7</v>
       </c>
       <c r="P1" s="29" t="s">
-        <v>449</v>
+        <v>8</v>
       </c>
       <c r="Q1" s="27" t="s">
-        <v>422</v>
+        <v>9</v>
       </c>
       <c r="R1" s="29" t="s">
-        <v>439</v>
+        <v>10</v>
       </c>
       <c r="S1" s="27" t="s">
-        <v>418</v>
+        <v>11</v>
       </c>
       <c r="T1" s="27" t="s">
-        <v>450</v>
+        <v>12</v>
       </c>
       <c r="U1" s="27"/>
       <c r="V1" s="27" t="s">
-        <v>432</v>
+        <v>13</v>
       </c>
       <c r="W1" s="27" t="s">
-        <v>447</v>
+        <v>14</v>
       </c>
       <c r="X1" s="27" t="s">
-        <v>417</v>
+        <v>15</v>
       </c>
       <c r="Y1" s="27" t="s">
-        <v>446</v>
+        <v>16</v>
       </c>
       <c r="Z1" s="27" t="s">
-        <v>445</v>
+        <v>17</v>
       </c>
       <c r="AA1" s="30" t="s">
-        <v>435</v>
+        <v>18</v>
       </c>
       <c r="AB1" s="27"/>
       <c r="AC1" s="27" t="s">
-        <v>444</v>
+        <v>19</v>
       </c>
       <c r="AD1" s="27"/>
-      <c r="AE1" s="27"/>
+      <c r="AE1" s="27" t="s">
+        <v>20</v>
+      </c>
       <c r="AF1" s="27"/>
       <c r="AG1" s="27"/>
       <c r="AH1" s="28" t="s">
-        <v>420</v>
+        <v>21</v>
       </c>
       <c r="AI1" s="27"/>
     </row>
-    <row r="2" spans="2:40" s="9" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="C2" s="46"/>
+    <row r="2" spans="2:40" s="9" customFormat="1" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B2" s="44"/>
+      <c r="C2" s="44"/>
       <c r="D2" s="12" t="s">
-        <v>1</v>
+        <v>22</v>
       </c>
       <c r="E2" s="26" t="s">
-        <v>2</v>
+        <v>23</v>
       </c>
       <c r="F2" s="26" t="s">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="G2" s="26" t="s">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="H2" s="26" t="s">
-        <v>5</v>
+        <v>26</v>
       </c>
       <c r="I2" s="26" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="J2" s="26" t="s">
-        <v>7</v>
+        <v>28</v>
       </c>
       <c r="K2" s="26" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>29</v>
+      </c>
+      <c r="L2" s="45" t="s">
+        <v>30</v>
       </c>
       <c r="M2" s="38" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="N2" s="26" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>13</v>
+        <v>32</v>
+      </c>
+      <c r="O2" s="45" t="s">
+        <v>33</v>
+      </c>
+      <c r="P2" s="45" t="s">
+        <v>34</v>
       </c>
       <c r="Q2" s="26" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>35</v>
+      </c>
+      <c r="R2" s="45" t="s">
+        <v>36</v>
       </c>
       <c r="S2" s="26" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="T2" s="26" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="U2" s="26" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>39</v>
+      </c>
+      <c r="V2" s="50" t="s">
+        <v>40</v>
       </c>
       <c r="W2" s="26" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="X2" s="26" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="Y2" s="26" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="Z2" s="26" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="AA2" s="26" t="s">
-        <v>436</v>
+        <v>45</v>
       </c>
       <c r="AB2" s="26" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="AC2" s="26" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="AD2" s="26" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="AE2" s="26" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="AF2" s="26" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="AG2" s="26" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="AH2" s="26" t="s">
-        <v>30</v>
+        <v>52</v>
       </c>
       <c r="AI2" s="26" t="s">
-        <v>31</v>
-[...5 lines deleted...]
-      <c r="AN2" s="46"/>
+        <v>53</v>
+      </c>
+      <c r="AJ2" s="44"/>
+      <c r="AK2" s="44"/>
+      <c r="AL2" s="44"/>
+      <c r="AM2" s="44"/>
+      <c r="AN2" s="44"/>
     </row>
-    <row r="3" spans="2:40" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:40" x14ac:dyDescent="0.3">
       <c r="D3" s="12" t="s">
-        <v>32</v>
+        <v>54</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="F3" s="25" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="G3" s="4" t="s">
-        <v>35</v>
+        <v>57</v>
       </c>
       <c r="H3" s="4" t="s">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="I3" s="4" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="J3" s="4" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>60</v>
+      </c>
+      <c r="K3" s="25" t="s">
+        <v>61</v>
       </c>
       <c r="L3" s="14" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>62</v>
+      </c>
+      <c r="M3" s="53" t="s">
+        <v>63</v>
       </c>
       <c r="N3" s="4" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="O3" s="14" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="P3" s="14" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="Q3" s="4" t="s">
-        <v>45</v>
+        <v>67</v>
       </c>
       <c r="R3" s="14" t="s">
-        <v>46</v>
+        <v>68</v>
       </c>
       <c r="S3" s="4" t="s">
-        <v>47</v>
+        <v>69</v>
       </c>
       <c r="T3" s="4" t="s">
-        <v>48</v>
+        <v>70</v>
       </c>
       <c r="U3" s="4" t="s">
-        <v>49</v>
+        <v>71</v>
       </c>
       <c r="V3" s="4" t="s">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="W3" s="4" t="s">
-        <v>51</v>
+        <v>73</v>
       </c>
       <c r="X3" s="4" t="s">
-        <v>52</v>
+        <v>74</v>
       </c>
       <c r="Y3" s="4" t="s">
-        <v>53</v>
+        <v>75</v>
       </c>
       <c r="Z3" s="4" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
       <c r="AA3" s="4" t="s">
-        <v>55</v>
+        <v>77</v>
       </c>
       <c r="AB3" s="4" t="s">
-        <v>56</v>
+        <v>78</v>
       </c>
       <c r="AC3" s="4" t="s">
-        <v>57</v>
+        <v>79</v>
       </c>
       <c r="AD3" s="4" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="AE3" s="4" t="s">
-        <v>59</v>
+        <v>81</v>
       </c>
       <c r="AF3" s="4" t="s">
-        <v>60</v>
+        <v>82</v>
       </c>
       <c r="AG3" s="4" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
       <c r="AH3" s="4" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="AI3" s="4" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
     </row>
-    <row r="4" spans="2:40" ht="30" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:40" ht="28.8" x14ac:dyDescent="0.3">
       <c r="D4" s="12" t="s">
-        <v>64</v>
+        <v>86</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>65</v>
+        <v>87</v>
       </c>
       <c r="F4" s="25" t="s">
-        <v>66</v>
+        <v>88</v>
       </c>
       <c r="G4" s="4" t="s">
-        <v>67</v>
+        <v>89</v>
       </c>
       <c r="H4" s="4" t="s">
-        <v>68</v>
+        <v>90</v>
       </c>
       <c r="I4" s="4" t="s">
-        <v>69</v>
+        <v>91</v>
       </c>
       <c r="J4" s="4" t="s">
-        <v>70</v>
+        <v>92</v>
       </c>
       <c r="K4" s="4" t="s">
-        <v>71</v>
+        <v>93</v>
       </c>
       <c r="L4" s="14" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>94</v>
+      </c>
+      <c r="M4" s="53" t="s">
+        <v>95</v>
       </c>
       <c r="N4" s="4" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>419</v>
+        <v>96</v>
+      </c>
+      <c r="O4" s="51" t="s">
+        <v>97</v>
       </c>
       <c r="P4" s="14" t="s">
-        <v>75</v>
+        <v>98</v>
       </c>
       <c r="Q4" s="4" t="s">
-        <v>76</v>
+        <v>99</v>
       </c>
       <c r="R4" s="14" t="s">
-        <v>77</v>
+        <v>100</v>
       </c>
       <c r="S4" s="4" t="s">
-        <v>78</v>
+        <v>101</v>
       </c>
       <c r="T4" s="4" t="s">
-        <v>79</v>
+        <v>102</v>
       </c>
       <c r="U4" s="4" t="s">
-        <v>80</v>
+        <v>103</v>
       </c>
       <c r="V4" s="4" t="s">
-        <v>81</v>
+        <v>104</v>
       </c>
       <c r="W4" s="4" t="s">
-        <v>82</v>
+        <v>105</v>
       </c>
       <c r="X4" s="4" t="s">
-        <v>83</v>
+        <v>106</v>
       </c>
       <c r="Y4" s="4" t="s">
-        <v>84</v>
+        <v>107</v>
       </c>
       <c r="Z4" s="4" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="AA4" s="4" t="s">
-        <v>86</v>
+        <v>109</v>
       </c>
       <c r="AB4" s="4" t="s">
-        <v>87</v>
+        <v>110</v>
       </c>
       <c r="AC4" s="4" t="s">
-        <v>88</v>
+        <v>111</v>
       </c>
       <c r="AD4" s="4" t="s">
-        <v>89</v>
+        <v>112</v>
       </c>
       <c r="AE4" s="4" t="s">
-        <v>90</v>
+        <v>113</v>
       </c>
       <c r="AF4" s="4" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="AG4" s="4" t="s">
-        <v>92</v>
+        <v>115</v>
       </c>
       <c r="AH4" s="4" t="s">
-        <v>93</v>
+        <v>116</v>
       </c>
       <c r="AI4" s="4" t="s">
-        <v>94</v>
+        <v>117</v>
       </c>
     </row>
-    <row r="5" spans="2:40" ht="30" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:40" ht="28.8" x14ac:dyDescent="0.3">
       <c r="D5" s="7" t="s">
-        <v>95</v>
+        <v>118</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>96</v>
+        <v>119</v>
       </c>
       <c r="F5" s="11" t="s">
-        <v>97</v>
+        <v>120</v>
       </c>
       <c r="G5" s="4" t="s">
-        <v>98</v>
+        <v>121</v>
       </c>
       <c r="H5" s="4" t="s">
-        <v>99</v>
+        <v>122</v>
       </c>
       <c r="I5" s="4" t="s">
-        <v>100</v>
+        <v>123</v>
       </c>
       <c r="J5" s="4" t="s">
-        <v>101</v>
+        <v>124</v>
       </c>
       <c r="K5" s="4" t="s">
-        <v>102</v>
+        <v>125</v>
       </c>
       <c r="L5" s="14" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="M5" s="39"/>
+        <v>126</v>
+      </c>
+      <c r="M5" s="53"/>
       <c r="N5" s="4" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="O5" s="11" t="s">
-        <v>105</v>
+        <v>128</v>
       </c>
       <c r="P5" s="14" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="Q5" s="11" t="s">
-        <v>107</v>
+        <v>130</v>
       </c>
       <c r="R5" s="14" t="s">
-        <v>108</v>
+        <v>131</v>
       </c>
       <c r="S5" s="11" t="s">
-        <v>109</v>
+        <v>132</v>
       </c>
       <c r="T5" s="4" t="s">
-        <v>110</v>
+        <v>133</v>
       </c>
       <c r="U5" s="11" t="s">
-        <v>111</v>
+        <v>134</v>
       </c>
       <c r="V5" s="4" t="s">
-        <v>112</v>
+        <v>135</v>
       </c>
       <c r="W5" s="4" t="s">
-        <v>113</v>
+        <v>136</v>
       </c>
       <c r="X5" s="4" t="s">
-        <v>114</v>
+        <v>137</v>
       </c>
       <c r="Y5" s="26" t="s">
-        <v>433</v>
+        <v>138</v>
       </c>
       <c r="Z5" s="4" t="s">
-        <v>115</v>
+        <v>139</v>
       </c>
       <c r="AA5" s="4" t="s">
-        <v>116</v>
+        <v>140</v>
       </c>
       <c r="AB5" s="11" t="s">
-        <v>117</v>
+        <v>141</v>
       </c>
       <c r="AC5" s="4" t="s">
-        <v>118</v>
+        <v>142</v>
       </c>
       <c r="AD5" s="11" t="s">
-        <v>119</v>
+        <v>143</v>
       </c>
       <c r="AE5" s="11" t="s">
-        <v>120</v>
+        <v>144</v>
       </c>
       <c r="AF5" s="4" t="s">
-        <v>121</v>
+        <v>145</v>
       </c>
       <c r="AG5" s="11" t="s">
-        <v>122</v>
+        <v>146</v>
       </c>
       <c r="AH5" s="4" t="s">
-        <v>123</v>
+        <v>147</v>
       </c>
       <c r="AI5" s="11" t="s">
-        <v>124</v>
+        <v>148</v>
       </c>
     </row>
-    <row r="6" spans="2:40" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:40" x14ac:dyDescent="0.3">
       <c r="D6" s="7" t="s">
-        <v>125</v>
+        <v>149</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>126</v>
+        <v>150</v>
       </c>
       <c r="F6" s="25" t="s">
-        <v>127</v>
+        <v>151</v>
       </c>
       <c r="G6" s="4" t="s">
-        <v>128</v>
+        <v>152</v>
       </c>
       <c r="H6" s="4" t="s">
-        <v>129</v>
+        <v>153</v>
       </c>
       <c r="I6" s="4" t="s">
-        <v>130</v>
+        <v>154</v>
       </c>
       <c r="J6" s="4" t="s">
-        <v>131</v>
+        <v>155</v>
       </c>
       <c r="K6" s="4" t="s">
-        <v>132</v>
+        <v>156</v>
       </c>
       <c r="L6" s="14" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>157</v>
+      </c>
+      <c r="M6" s="53" t="s">
+        <v>158</v>
       </c>
       <c r="N6" s="4" t="s">
-        <v>135</v>
+        <v>159</v>
       </c>
       <c r="O6" s="14" t="s">
-        <v>136</v>
+        <v>160</v>
       </c>
       <c r="P6" s="14" t="s">
-        <v>137</v>
+        <v>161</v>
       </c>
       <c r="Q6" s="4" t="s">
-        <v>138</v>
+        <v>162</v>
       </c>
       <c r="R6" s="14" t="s">
-        <v>139</v>
+        <v>163</v>
       </c>
       <c r="S6" s="4" t="s">
-        <v>140</v>
+        <v>164</v>
       </c>
       <c r="T6" s="4" t="s">
-        <v>141</v>
+        <v>165</v>
       </c>
       <c r="U6" s="4" t="s">
-        <v>142</v>
+        <v>166</v>
       </c>
       <c r="V6" s="4" t="s">
-        <v>143</v>
+        <v>167</v>
       </c>
       <c r="W6" s="4" t="s">
-        <v>144</v>
+        <v>168</v>
       </c>
       <c r="X6" s="4" t="s">
-        <v>145</v>
+        <v>169</v>
       </c>
       <c r="Y6" s="4" t="s">
-        <v>146</v>
+        <v>170</v>
       </c>
       <c r="Z6" s="4" t="s">
-        <v>147</v>
+        <v>171</v>
       </c>
       <c r="AA6" s="4" t="s">
-        <v>148</v>
+        <v>172</v>
       </c>
       <c r="AB6" s="4" t="s">
-        <v>149</v>
+        <v>173</v>
       </c>
       <c r="AC6" s="4" t="s">
-        <v>150</v>
+        <v>174</v>
       </c>
       <c r="AD6" s="4" t="s">
-        <v>151</v>
+        <v>175</v>
       </c>
       <c r="AE6" s="4" t="s">
-        <v>152</v>
+        <v>176</v>
       </c>
       <c r="AF6" s="4" t="s">
-        <v>153</v>
+        <v>177</v>
       </c>
       <c r="AG6" s="4" t="s">
-        <v>154</v>
+        <v>178</v>
       </c>
       <c r="AH6" s="4" t="s">
-        <v>155</v>
+        <v>179</v>
       </c>
       <c r="AI6" s="4" t="s">
-        <v>156</v>
+        <v>180</v>
       </c>
     </row>
-    <row r="7" spans="2:40" ht="30" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:40" ht="28.8" x14ac:dyDescent="0.3">
       <c r="D7" s="7" t="s">
-        <v>157</v>
+        <v>181</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>158</v>
+        <v>182</v>
       </c>
       <c r="F7" s="11" t="s">
-        <v>159</v>
+        <v>183</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>160</v>
+        <v>184</v>
       </c>
       <c r="H7" s="4" t="s">
-        <v>161</v>
+        <v>185</v>
       </c>
       <c r="I7" s="4" t="s">
-        <v>162</v>
+        <v>186</v>
       </c>
       <c r="J7" s="4" t="s">
-        <v>163</v>
+        <v>187</v>
       </c>
       <c r="K7" s="4" t="s">
-        <v>164</v>
+        <v>188</v>
       </c>
       <c r="L7" s="14" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-        <v>166</v>
+        <v>189</v>
+      </c>
+      <c r="M7" s="53" t="s">
+        <v>190</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>167</v>
+        <v>191</v>
       </c>
       <c r="O7" s="14" t="s">
-        <v>168</v>
+        <v>192</v>
       </c>
       <c r="P7" s="14" t="s">
-        <v>169</v>
+        <v>193</v>
       </c>
       <c r="Q7" s="4" t="s">
-        <v>170</v>
+        <v>194</v>
       </c>
       <c r="R7" s="14" t="s">
-        <v>171</v>
+        <v>195</v>
       </c>
       <c r="S7" s="4" t="s">
-        <v>172</v>
+        <v>196</v>
       </c>
       <c r="T7" s="4" t="s">
-        <v>173</v>
+        <v>197</v>
       </c>
       <c r="U7" s="4" t="s">
-        <v>174</v>
+        <v>198</v>
       </c>
       <c r="V7" s="4" t="s">
-        <v>175</v>
+        <v>199</v>
       </c>
       <c r="W7" s="4" t="s">
-        <v>176</v>
+        <v>200</v>
       </c>
       <c r="X7" s="4" t="s">
-        <v>177</v>
+        <v>201</v>
       </c>
       <c r="Y7" s="4" t="s">
-        <v>178</v>
+        <v>202</v>
       </c>
       <c r="Z7" s="4" t="s">
-        <v>179</v>
+        <v>203</v>
       </c>
       <c r="AA7" s="4" t="s">
-        <v>180</v>
+        <v>204</v>
       </c>
       <c r="AB7" s="4" t="s">
-        <v>181</v>
+        <v>205</v>
       </c>
       <c r="AC7" s="4" t="s">
-        <v>182</v>
+        <v>206</v>
       </c>
       <c r="AD7" s="4" t="s">
-        <v>183</v>
+        <v>207</v>
       </c>
       <c r="AE7" s="4" t="s">
-        <v>184</v>
+        <v>208</v>
       </c>
       <c r="AF7" s="4" t="s">
-        <v>185</v>
+        <v>209</v>
       </c>
       <c r="AG7" s="4" t="s">
-        <v>186</v>
+        <v>210</v>
       </c>
       <c r="AH7" s="4" t="s">
-        <v>187</v>
+        <v>211</v>
       </c>
       <c r="AI7" s="4" t="s">
-        <v>188</v>
+        <v>212</v>
       </c>
     </row>
-    <row r="8" spans="2:40" ht="30" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:40" ht="28.8" x14ac:dyDescent="0.3">
       <c r="D8" s="7" t="s">
-        <v>189</v>
+        <v>213</v>
       </c>
       <c r="E8" s="25" t="s">
-        <v>441</v>
+        <v>214</v>
       </c>
       <c r="F8" s="25" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="G8" s="4" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="H8" s="4" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="I8" s="4" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="J8" s="4" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="K8" s="4" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="L8" s="14" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>215</v>
+      </c>
+      <c r="M8" s="53" t="s">
+        <v>215</v>
       </c>
       <c r="N8" s="25" t="s">
-        <v>424</v>
-[...2 lines deleted...]
-        <v>192</v>
+        <v>214</v>
+      </c>
+      <c r="O8" s="49" t="s">
+        <v>217</v>
       </c>
       <c r="P8" s="14" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="Q8" s="4" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="R8" s="14" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="S8" s="4" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="T8" s="4" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="U8" s="4" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="V8" s="4" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="W8" s="25" t="s">
-        <v>421</v>
+        <v>218</v>
       </c>
       <c r="X8" s="4" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="Y8" s="4" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="Z8" s="4" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="AA8" s="4" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="AB8" s="4" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="AC8" s="4" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="AD8" s="4" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="AE8" s="4" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="AF8" s="4" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="AG8" s="4" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="AH8" s="4" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="AI8" s="4" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
     </row>
-    <row r="9" spans="2:40" ht="180" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:40" ht="144" x14ac:dyDescent="0.3">
       <c r="D9" s="7" t="s">
-        <v>193</v>
+        <v>219</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>194</v>
+        <v>220</v>
       </c>
       <c r="F9" s="25" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>195</v>
+        <v>221</v>
       </c>
       <c r="H9" s="4" t="s">
-        <v>196</v>
+        <v>222</v>
       </c>
       <c r="I9" s="4" t="s">
-        <v>197</v>
+        <v>223</v>
       </c>
       <c r="J9" s="4" t="s">
-        <v>198</v>
+        <v>224</v>
       </c>
       <c r="K9" s="4" t="s">
-        <v>199</v>
+        <v>225</v>
       </c>
       <c r="L9" s="14" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>201</v>
+        <v>226</v>
+      </c>
+      <c r="M9" s="53" t="s">
+        <v>227</v>
       </c>
       <c r="N9" s="25" t="s">
-        <v>425</v>
+        <v>228</v>
       </c>
       <c r="O9" s="14" t="s">
-        <v>202</v>
+        <v>229</v>
       </c>
       <c r="P9" s="14" t="s">
-        <v>203</v>
+        <v>230</v>
       </c>
       <c r="Q9" s="4" t="s">
-        <v>201</v>
+        <v>227</v>
       </c>
       <c r="R9" s="14" t="s">
-        <v>204</v>
+        <v>231</v>
       </c>
       <c r="S9" s="4" t="s">
-        <v>205</v>
+        <v>232</v>
       </c>
       <c r="T9" s="4" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="U9" s="4" t="s">
-        <v>206</v>
+        <v>233</v>
       </c>
       <c r="V9" s="4" t="s">
-        <v>207</v>
+        <v>234</v>
       </c>
       <c r="W9" s="4" t="s">
-        <v>208</v>
+        <v>235</v>
       </c>
       <c r="X9" s="4" t="s">
-        <v>209</v>
+        <v>236</v>
       </c>
       <c r="Y9" s="4" t="s">
-        <v>210</v>
+        <v>237</v>
       </c>
       <c r="Z9" s="25" t="s">
-        <v>443</v>
+        <v>238</v>
       </c>
       <c r="AA9" s="4" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="AB9" s="4" t="s">
-        <v>212</v>
+        <v>240</v>
       </c>
       <c r="AC9" s="4" t="s">
-        <v>213</v>
+        <v>241</v>
       </c>
       <c r="AD9" s="4" t="s">
-        <v>214</v>
+        <v>242</v>
       </c>
       <c r="AE9" s="4" t="s">
-        <v>215</v>
+        <v>243</v>
       </c>
       <c r="AF9" s="4" t="s">
-        <v>216</v>
+        <v>244</v>
       </c>
       <c r="AG9" s="4" t="s">
-        <v>217</v>
+        <v>245</v>
       </c>
       <c r="AH9" s="4" t="s">
-        <v>218</v>
+        <v>246</v>
       </c>
       <c r="AI9" s="4" t="s">
-        <v>219</v>
+        <v>247</v>
       </c>
     </row>
-    <row r="10" spans="2:40" ht="135" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:40" ht="115.2" x14ac:dyDescent="0.3">
       <c r="D10" s="7" t="s">
-        <v>220</v>
+        <v>248</v>
       </c>
       <c r="E10" s="4" t="s">
-        <v>221</v>
+        <v>249</v>
       </c>
       <c r="F10" s="25" t="s">
-        <v>222</v>
+        <v>250</v>
       </c>
       <c r="G10" s="4" t="s">
-        <v>223</v>
+        <v>251</v>
       </c>
       <c r="H10" s="4" t="s">
-        <v>438</v>
+        <v>252</v>
       </c>
       <c r="I10" s="4" t="s">
-        <v>224</v>
+        <v>253</v>
       </c>
       <c r="J10" s="4" t="s">
-        <v>225</v>
+        <v>254</v>
       </c>
       <c r="K10" s="4" t="s">
-        <v>226</v>
+        <v>255</v>
       </c>
       <c r="L10" s="14" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-        <v>228</v>
+        <v>256</v>
+      </c>
+      <c r="M10" s="53" t="s">
+        <v>257</v>
       </c>
       <c r="N10" s="25" t="s">
-        <v>426</v>
+        <v>258</v>
       </c>
       <c r="O10" s="14" t="s">
-        <v>229</v>
+        <v>259</v>
       </c>
       <c r="P10" s="14" t="s">
-        <v>230</v>
+        <v>260</v>
       </c>
       <c r="Q10" s="4" t="s">
-        <v>231</v>
+        <v>261</v>
       </c>
       <c r="R10" s="14" t="s">
-        <v>232</v>
+        <v>262</v>
       </c>
       <c r="S10" s="4" t="s">
-        <v>233</v>
+        <v>263</v>
       </c>
       <c r="T10" s="4" t="s">
-        <v>234</v>
+        <v>264</v>
       </c>
       <c r="U10" s="4" t="s">
-        <v>235</v>
+        <v>265</v>
       </c>
       <c r="V10" s="4" t="s">
-        <v>236</v>
+        <v>266</v>
       </c>
       <c r="W10" s="4" t="s">
-        <v>237</v>
+        <v>267</v>
       </c>
       <c r="X10" s="4" t="s">
-        <v>238</v>
+        <v>268</v>
       </c>
       <c r="Y10" s="4" t="s">
-        <v>239</v>
+        <v>269</v>
       </c>
       <c r="Z10" s="4" t="s">
-        <v>240</v>
+        <v>270</v>
       </c>
       <c r="AA10" s="4" t="s">
-        <v>241</v>
+        <v>271</v>
       </c>
       <c r="AB10" s="4" t="s">
-        <v>242</v>
+        <v>272</v>
       </c>
       <c r="AC10" s="4" t="s">
-        <v>243</v>
+        <v>273</v>
       </c>
       <c r="AD10" s="4" t="s">
-        <v>244</v>
+        <v>274</v>
       </c>
       <c r="AE10" s="4" t="s">
-        <v>245</v>
+        <v>275</v>
       </c>
       <c r="AF10" s="4" t="s">
-        <v>246</v>
+        <v>276</v>
       </c>
       <c r="AG10" s="4" t="s">
-        <v>247</v>
+        <v>277</v>
       </c>
       <c r="AH10" s="4" t="s">
-        <v>248</v>
+        <v>278</v>
       </c>
       <c r="AI10" s="4" t="s">
-        <v>249</v>
+        <v>279</v>
       </c>
     </row>
-    <row r="11" spans="2:40" ht="60" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:40" ht="57.6" x14ac:dyDescent="0.3">
       <c r="D11" s="7" t="s">
-        <v>250</v>
+        <v>280</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>251</v>
+        <v>281</v>
       </c>
       <c r="F11" s="25" t="s">
-        <v>251</v>
+        <v>281</v>
       </c>
       <c r="G11" s="4" t="s">
-        <v>251</v>
+        <v>281</v>
       </c>
       <c r="H11" s="4" t="s">
-        <v>252</v>
+        <v>282</v>
       </c>
       <c r="I11" s="4" t="s">
-        <v>253</v>
+        <v>283</v>
       </c>
       <c r="J11" s="4" t="s">
-        <v>254</v>
+        <v>284</v>
       </c>
       <c r="K11" s="4" t="s">
-        <v>255</v>
+        <v>285</v>
       </c>
       <c r="L11" s="14" t="s">
-        <v>256</v>
-[...2 lines deleted...]
-        <v>251</v>
+        <v>286</v>
+      </c>
+      <c r="M11" s="53" t="s">
+        <v>281</v>
       </c>
       <c r="N11" s="4" t="s">
-        <v>253</v>
+        <v>283</v>
       </c>
       <c r="O11" s="14" t="s">
-        <v>258</v>
+        <v>287</v>
       </c>
       <c r="P11" s="14" t="s">
-        <v>251</v>
+        <v>281</v>
       </c>
       <c r="Q11" s="4" t="s">
-        <v>251</v>
+        <v>281</v>
       </c>
       <c r="R11" s="14" t="s">
-        <v>259</v>
+        <v>288</v>
       </c>
       <c r="S11" s="4" t="s">
-        <v>260</v>
+        <v>289</v>
       </c>
       <c r="T11" s="4" t="s">
-        <v>261</v>
+        <v>290</v>
       </c>
       <c r="U11" s="4" t="s">
-        <v>262</v>
+        <v>291</v>
       </c>
       <c r="V11" s="4" t="s">
-        <v>263</v>
+        <v>292</v>
       </c>
       <c r="W11" s="4" t="s">
-        <v>264</v>
+        <v>293</v>
       </c>
       <c r="X11" s="4" t="s">
-        <v>251</v>
+        <v>281</v>
       </c>
       <c r="Y11" s="4" t="s">
-        <v>265</v>
+        <v>294</v>
       </c>
       <c r="Z11" s="4" t="s">
-        <v>251</v>
+        <v>281</v>
       </c>
       <c r="AA11" s="4" t="s">
-        <v>251</v>
+        <v>281</v>
       </c>
       <c r="AB11" s="4" t="s">
-        <v>266</v>
+        <v>295</v>
       </c>
       <c r="AC11" s="4" t="s">
-        <v>255</v>
+        <v>285</v>
       </c>
       <c r="AD11" s="4" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="AE11" s="4" t="s">
-        <v>267</v>
+        <v>297</v>
       </c>
       <c r="AF11" s="4" t="s">
-        <v>268</v>
+        <v>298</v>
       </c>
       <c r="AG11" s="4" t="s">
-        <v>269</v>
+        <v>299</v>
       </c>
       <c r="AH11" s="4" t="s">
-        <v>270</v>
+        <v>300</v>
       </c>
       <c r="AI11" s="4" t="s">
-        <v>252</v>
+        <v>282</v>
       </c>
     </row>
-    <row r="12" spans="2:40" ht="45" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:40" ht="43.2" x14ac:dyDescent="0.3">
       <c r="D12" s="8" t="s">
-        <v>271</v>
-[...2 lines deleted...]
-        <v>272</v>
+        <v>301</v>
+      </c>
+      <c r="E12" s="47" t="s">
+        <v>302</v>
       </c>
       <c r="F12" t="s">
-        <v>431</v>
+        <v>303</v>
       </c>
       <c r="G12" s="36" t="s">
-        <v>272</v>
+        <v>302</v>
       </c>
       <c r="H12" s="36" t="s">
-        <v>437</v>
+        <v>304</v>
       </c>
       <c r="I12" s="36" t="s">
-        <v>272</v>
+        <v>302</v>
       </c>
       <c r="J12" s="36" t="s">
-        <v>272</v>
+        <v>302</v>
       </c>
       <c r="K12" s="36" t="s">
-        <v>272</v>
+        <v>302</v>
       </c>
       <c r="L12" s="37" t="s">
-        <v>272</v>
-[...2 lines deleted...]
-        <v>272</v>
+        <v>302</v>
+      </c>
+      <c r="M12" s="39" t="s">
+        <v>302</v>
       </c>
       <c r="N12" s="36" t="s">
-        <v>272</v>
+        <v>302</v>
       </c>
       <c r="O12" s="37" t="s">
-        <v>272</v>
+        <v>302</v>
       </c>
       <c r="P12" s="37" t="s">
-        <v>272</v>
+        <v>302</v>
       </c>
       <c r="Q12" s="36" t="s">
-        <v>272</v>
+        <v>302</v>
       </c>
       <c r="R12" s="37" t="s">
-        <v>272</v>
+        <v>302</v>
       </c>
       <c r="S12" s="36" t="s">
-        <v>272</v>
+        <v>302</v>
       </c>
       <c r="T12" s="36" t="s">
-        <v>272</v>
+        <v>302</v>
       </c>
       <c r="U12" s="36" t="s">
-        <v>272</v>
-[...5 lines deleted...]
-        <v>272</v>
+        <v>302</v>
+      </c>
+      <c r="V12" s="47" t="s">
+        <v>302</v>
+      </c>
+      <c r="W12" s="52" t="s">
+        <v>302</v>
       </c>
       <c r="X12" s="36" t="s">
-        <v>272</v>
+        <v>302</v>
       </c>
       <c r="Y12" s="26" t="s">
-        <v>273</v>
+        <v>305</v>
       </c>
       <c r="Z12" s="36" t="s">
-        <v>272</v>
+        <v>302</v>
       </c>
       <c r="AA12" s="36" t="s">
-        <v>272</v>
+        <v>302</v>
       </c>
       <c r="AB12" s="36" t="s">
-        <v>272</v>
+        <v>302</v>
       </c>
       <c r="AC12" s="36" t="s">
-        <v>272</v>
+        <v>302</v>
       </c>
       <c r="AD12" s="36" t="s">
-        <v>272</v>
+        <v>302</v>
       </c>
       <c r="AE12" s="36" t="s">
-        <v>272</v>
+        <v>302</v>
       </c>
       <c r="AF12" s="36" t="s">
-        <v>272</v>
+        <v>302</v>
       </c>
       <c r="AG12" s="36" t="s">
-        <v>272</v>
+        <v>302</v>
       </c>
       <c r="AH12" s="36" t="s">
-        <v>272</v>
+        <v>302</v>
       </c>
       <c r="AI12" s="36" t="s">
-        <v>272</v>
+        <v>302</v>
       </c>
     </row>
-    <row r="13" spans="2:40" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:40" x14ac:dyDescent="0.3">
       <c r="B13" s="2" t="s">
-        <v>274</v>
+        <v>306</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>275</v>
+        <v>307</v>
       </c>
       <c r="D13" s="33" t="s">
-        <v>276</v>
-[...2 lines deleted...]
-        <v>277</v>
+        <v>308</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>309</v>
       </c>
       <c r="F13" s="5" t="s">
-        <v>277</v>
+        <v>309</v>
       </c>
       <c r="G13" s="5" t="s">
-        <v>277</v>
+        <v>309</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>277</v>
+        <v>309</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>277</v>
+        <v>309</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>277</v>
+        <v>309</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>277</v>
+        <v>309</v>
       </c>
       <c r="L13" s="15" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-        <v>277</v>
+        <v>309</v>
+      </c>
+      <c r="M13" s="40" t="s">
+        <v>309</v>
       </c>
       <c r="N13" s="5" t="s">
-        <v>277</v>
+        <v>309</v>
       </c>
       <c r="O13" s="15" t="s">
-        <v>277</v>
+        <v>309</v>
       </c>
       <c r="P13" s="15" t="s">
-        <v>277</v>
+        <v>309</v>
       </c>
       <c r="Q13" s="5" t="s">
-        <v>277</v>
+        <v>309</v>
       </c>
       <c r="R13" s="15" t="s">
-        <v>277</v>
+        <v>309</v>
       </c>
       <c r="S13" s="5" t="s">
-        <v>277</v>
+        <v>309</v>
       </c>
       <c r="T13" s="5" t="s">
-        <v>277</v>
+        <v>309</v>
       </c>
       <c r="U13" s="5" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-        <v>277</v>
+        <v>309</v>
+      </c>
+      <c r="V13" s="5" t="s">
+        <v>309</v>
       </c>
       <c r="W13" s="5" t="s">
-        <v>277</v>
+        <v>309</v>
       </c>
       <c r="X13" s="5" t="s">
-        <v>277</v>
+        <v>309</v>
       </c>
       <c r="Y13" s="5" t="s">
-        <v>277</v>
+        <v>309</v>
       </c>
       <c r="Z13" s="5" t="s">
-        <v>277</v>
+        <v>309</v>
       </c>
       <c r="AA13" s="5" t="s">
-        <v>277</v>
+        <v>309</v>
       </c>
       <c r="AB13" s="5" t="s">
-        <v>277</v>
+        <v>309</v>
       </c>
       <c r="AC13" s="5" t="s">
-        <v>277</v>
+        <v>309</v>
       </c>
       <c r="AD13" s="5" t="s">
-        <v>277</v>
+        <v>309</v>
       </c>
       <c r="AE13" s="5" t="s">
-        <v>277</v>
+        <v>309</v>
       </c>
       <c r="AF13" s="5" t="s">
-        <v>277</v>
+        <v>309</v>
       </c>
       <c r="AG13" s="5" t="s">
-        <v>277</v>
+        <v>309</v>
       </c>
       <c r="AH13" s="5" t="s">
-        <v>277</v>
+        <v>309</v>
       </c>
       <c r="AI13" s="5" t="s">
-        <v>277</v>
+        <v>309</v>
       </c>
     </row>
-    <row r="14" spans="2:40" ht="165" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:40" ht="144" x14ac:dyDescent="0.3">
       <c r="B14" s="3" t="s">
-        <v>278</v>
+        <v>310</v>
       </c>
       <c r="C14" s="4" t="s">
-        <v>279</v>
+        <v>311</v>
       </c>
       <c r="D14" s="32">
         <v>1</v>
       </c>
       <c r="E14" s="21">
         <v>0.05</v>
       </c>
       <c r="F14" s="21" t="s">
-        <v>280</v>
+        <v>312</v>
       </c>
       <c r="G14" s="21">
         <v>0.12</v>
       </c>
       <c r="H14" s="21">
         <v>0.02</v>
       </c>
       <c r="I14" s="21">
         <v>0</v>
       </c>
       <c r="J14" s="21">
         <v>0.2</v>
       </c>
       <c r="K14" s="21">
         <v>0.18</v>
       </c>
       <c r="L14" s="22">
         <v>0.1</v>
       </c>
-      <c r="M14" s="42">
+      <c r="M14" s="41">
         <v>0.2</v>
       </c>
       <c r="N14" s="21">
         <v>0.2</v>
       </c>
       <c r="O14" s="22">
         <v>2.0000000000000001E-4</v>
       </c>
       <c r="P14" s="22">
         <v>0.25</v>
       </c>
       <c r="Q14" s="21">
         <v>0.15</v>
       </c>
       <c r="R14" s="22">
         <v>0.15</v>
       </c>
       <c r="S14" s="21">
         <v>0.15</v>
       </c>
       <c r="T14" s="21">
         <v>0</v>
       </c>
       <c r="U14" s="21">
         <v>0.15</v>
@@ -3556,1407 +3565,1407 @@
       <c r="V14" s="21">
         <v>0.1</v>
       </c>
       <c r="W14" s="21">
         <v>0.2</v>
       </c>
       <c r="X14" s="21">
         <v>0.05</v>
       </c>
       <c r="Y14" s="21">
         <v>0.25</v>
       </c>
       <c r="Z14" s="21">
         <v>0.05</v>
       </c>
       <c r="AA14" s="21">
         <v>0</v>
       </c>
       <c r="AB14" s="21">
         <v>0</v>
       </c>
       <c r="AC14" s="21">
         <v>0.05</v>
       </c>
       <c r="AD14" s="21" t="s">
-        <v>281</v>
+        <v>313</v>
       </c>
       <c r="AE14" s="21">
         <v>0.05</v>
       </c>
       <c r="AF14" s="21">
         <v>0</v>
       </c>
       <c r="AG14" s="21">
         <v>0.15</v>
       </c>
       <c r="AH14" s="21">
         <v>0</v>
       </c>
       <c r="AI14" s="24" t="s">
-        <v>281</v>
+        <v>313</v>
       </c>
     </row>
-    <row r="15" spans="2:40" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:40" x14ac:dyDescent="0.3">
       <c r="B15" s="3"/>
       <c r="C15" s="10" t="s">
-        <v>282</v>
+        <v>314</v>
       </c>
       <c r="D15" s="32"/>
       <c r="E15" s="10" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="F15" s="24" t="s">
-        <v>283</v>
+        <v>315</v>
       </c>
       <c r="G15" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="H15" s="10" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="I15" s="10" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="J15" s="10" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="K15" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="L15" s="16" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>215</v>
+      </c>
+      <c r="M15" s="54" t="s">
+        <v>215</v>
       </c>
       <c r="N15" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="O15" s="16" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="P15" s="16" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="Q15" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="R15" s="16" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="S15" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="T15" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="U15" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="V15" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="W15" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="X15" s="10" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="Y15" s="10" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="Z15" s="10" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="AA15" s="10" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="AB15" s="10" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="AC15" s="10" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="AD15" s="24" t="s">
-        <v>170</v>
+        <v>194</v>
       </c>
       <c r="AE15" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="AF15" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="AG15" s="10" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="AH15" s="10" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="AI15" s="10" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
     </row>
-    <row r="16" spans="2:40" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:40" x14ac:dyDescent="0.3">
       <c r="B16" s="3"/>
       <c r="C16" s="10" t="s">
-        <v>285</v>
+        <v>317</v>
       </c>
       <c r="D16" s="32"/>
       <c r="E16" s="10" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="F16" s="24" t="s">
-        <v>283</v>
+        <v>315</v>
       </c>
       <c r="G16" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="H16" s="10" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="I16" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="J16" s="10" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="K16" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="L16" s="16" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>191</v>
+        <v>215</v>
+      </c>
+      <c r="M16" s="54" t="s">
+        <v>216</v>
       </c>
       <c r="N16" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="O16" s="16" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="P16" s="16" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="Q16" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="R16" s="16" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="S16" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="T16" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="U16" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="V16" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="W16" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="X16" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="Y16" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="Z16" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="AA16" s="10" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="AB16" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="AC16" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="AD16" s="24" t="s">
-        <v>170</v>
+        <v>194</v>
       </c>
       <c r="AE16" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="AF16" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="AG16" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="AH16" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="AI16" s="10" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
     </row>
-    <row r="17" spans="2:35" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:35" x14ac:dyDescent="0.3">
       <c r="B17" s="3"/>
       <c r="C17" s="10" t="s">
-        <v>286</v>
+        <v>318</v>
       </c>
       <c r="D17" s="32"/>
       <c r="E17" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="F17" s="24" t="s">
-        <v>283</v>
+        <v>315</v>
       </c>
       <c r="G17" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="H17" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="I17" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="J17" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="K17" s="10" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="L17" s="16" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>215</v>
+      </c>
+      <c r="M17" s="54" t="s">
+        <v>215</v>
       </c>
       <c r="N17" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="O17" s="16" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="P17" s="16" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="Q17" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="R17" s="16" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="S17" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="T17" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="U17" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="V17" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="W17" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="X17" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="Y17" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="Z17" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="AA17" s="10" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="AB17" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="AC17" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="AD17" s="24" t="s">
-        <v>170</v>
+        <v>194</v>
       </c>
       <c r="AE17" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="AF17" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="AG17" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="AH17" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="AI17" s="10" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
     </row>
-    <row r="18" spans="2:35" ht="45" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:35" ht="43.2" x14ac:dyDescent="0.3">
       <c r="B18" s="3"/>
       <c r="C18" s="10" t="s">
-        <v>287</v>
+        <v>319</v>
       </c>
       <c r="D18" s="32"/>
       <c r="E18" s="10" t="s">
-        <v>288</v>
+        <v>320</v>
       </c>
       <c r="F18" s="24" t="s">
-        <v>283</v>
+        <v>315</v>
       </c>
       <c r="G18" s="23" t="s">
-        <v>288</v>
+        <v>320</v>
       </c>
       <c r="H18" s="10" t="s">
-        <v>288</v>
+        <v>320</v>
       </c>
       <c r="I18" s="10" t="s">
-        <v>289</v>
+        <v>321</v>
       </c>
       <c r="J18" s="10" t="s">
-        <v>290</v>
+        <v>322</v>
       </c>
       <c r="K18" s="10" t="s">
-        <v>291</v>
+        <v>323</v>
       </c>
       <c r="L18" s="16" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>291</v>
+        <v>320</v>
+      </c>
+      <c r="M18" s="54" t="s">
+        <v>323</v>
       </c>
       <c r="N18" s="10" t="s">
-        <v>292</v>
+        <v>324</v>
       </c>
       <c r="O18" s="16" t="s">
-        <v>293</v>
+        <v>325</v>
       </c>
       <c r="P18" s="16" t="s">
-        <v>294</v>
+        <v>326</v>
       </c>
       <c r="Q18" s="10" t="s">
-        <v>295</v>
+        <v>327</v>
       </c>
       <c r="R18" s="16" t="s">
-        <v>296</v>
+        <v>328</v>
       </c>
       <c r="S18" s="10" t="s">
-        <v>296</v>
+        <v>328</v>
       </c>
       <c r="T18" s="10" t="s">
-        <v>291</v>
+        <v>323</v>
       </c>
       <c r="U18" s="10" t="s">
-        <v>297</v>
+        <v>329</v>
       </c>
       <c r="V18" s="10" t="s">
-        <v>288</v>
+        <v>320</v>
       </c>
       <c r="W18" s="10" t="s">
-        <v>291</v>
+        <v>323</v>
       </c>
       <c r="X18" s="10" t="s">
-        <v>298</v>
+        <v>330</v>
       </c>
       <c r="Y18" s="10" t="s">
-        <v>291</v>
+        <v>323</v>
       </c>
       <c r="Z18" s="10" t="s">
-        <v>299</v>
+        <v>331</v>
       </c>
       <c r="AA18" s="10" t="s">
-        <v>300</v>
+        <v>332</v>
       </c>
       <c r="AB18" s="10" t="s">
-        <v>291</v>
+        <v>323</v>
       </c>
       <c r="AC18" s="10" t="s">
-        <v>301</v>
+        <v>333</v>
       </c>
       <c r="AD18" s="24" t="s">
-        <v>170</v>
+        <v>194</v>
       </c>
       <c r="AE18" s="10" t="s">
-        <v>302</v>
+        <v>334</v>
       </c>
       <c r="AF18" s="10" t="s">
-        <v>291</v>
+        <v>323</v>
       </c>
       <c r="AG18" s="10" t="s">
-        <v>291</v>
+        <v>323</v>
       </c>
       <c r="AH18" s="10" t="s">
-        <v>303</v>
+        <v>335</v>
       </c>
       <c r="AI18" s="10" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
     </row>
-    <row r="19" spans="2:35" ht="60" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:35" ht="43.2" x14ac:dyDescent="0.3">
       <c r="B19" s="3"/>
       <c r="C19" s="10" t="s">
-        <v>304</v>
+        <v>336</v>
       </c>
       <c r="D19" s="32"/>
       <c r="E19" s="10" t="s">
-        <v>305</v>
+        <v>337</v>
       </c>
       <c r="F19" s="24" t="s">
-        <v>283</v>
+        <v>315</v>
       </c>
       <c r="G19" s="23" t="s">
-        <v>306</v>
+        <v>338</v>
       </c>
       <c r="H19" s="10" t="s">
-        <v>291</v>
+        <v>323</v>
       </c>
       <c r="I19" s="10" t="s">
-        <v>288</v>
+        <v>320</v>
       </c>
       <c r="J19" s="16" t="s">
-        <v>307</v>
+        <v>339</v>
       </c>
       <c r="K19" s="10" t="s">
-        <v>291</v>
+        <v>323</v>
       </c>
       <c r="L19" s="16" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-        <v>308</v>
+        <v>194</v>
+      </c>
+      <c r="M19" s="42" t="s">
+        <v>340</v>
       </c>
       <c r="N19" s="10" t="s">
-        <v>309</v>
+        <v>341</v>
       </c>
       <c r="O19" s="16" t="s">
-        <v>310</v>
+        <v>342</v>
       </c>
       <c r="P19" s="16" t="s">
-        <v>311</v>
+        <v>343</v>
       </c>
       <c r="Q19" s="10" t="s">
-        <v>283</v>
+        <v>315</v>
       </c>
       <c r="R19" s="16" t="s">
-        <v>312</v>
+        <v>344</v>
       </c>
       <c r="S19" s="23" t="s">
-        <v>313</v>
+        <v>345</v>
       </c>
       <c r="T19" s="16" t="s">
-        <v>314</v>
+        <v>346</v>
       </c>
       <c r="U19" s="10" t="s">
-        <v>315</v>
+        <v>347</v>
       </c>
       <c r="V19" s="10" t="s">
-        <v>170</v>
+        <v>194</v>
       </c>
       <c r="W19" s="10" t="s">
+        <v>348</v>
+      </c>
+      <c r="X19" s="10" t="s">
+        <v>349</v>
+      </c>
+      <c r="Y19" s="10" t="s">
+        <v>350</v>
+      </c>
+      <c r="Z19" s="10" t="s">
+        <v>351</v>
+      </c>
+      <c r="AA19" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="AB19" s="10" t="s">
+        <v>323</v>
+      </c>
+      <c r="AC19" s="10" t="s">
+        <v>353</v>
+      </c>
+      <c r="AD19" s="24" t="s">
+        <v>194</v>
+      </c>
+      <c r="AE19" s="23" t="s">
+        <v>194</v>
+      </c>
+      <c r="AF19" s="23" t="s">
+        <v>354</v>
+      </c>
+      <c r="AG19" s="10" t="s">
+        <v>355</v>
+      </c>
+      <c r="AH19" s="10" t="s">
+        <v>356</v>
+      </c>
+      <c r="AI19" s="10" t="s">
         <v>316</v>
       </c>
-      <c r="X19" s="10" t="s">
-[...34 lines deleted...]
-      </c>
     </row>
-    <row r="20" spans="2:35" ht="60" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:35" ht="57.6" x14ac:dyDescent="0.3">
       <c r="B20" s="3"/>
       <c r="C20" s="10" t="s">
-        <v>324</v>
+        <v>357</v>
       </c>
       <c r="D20" s="32"/>
       <c r="E20" s="10" t="s">
-        <v>325</v>
+        <v>358</v>
       </c>
       <c r="F20" s="24" t="s">
-        <v>283</v>
+        <v>315</v>
       </c>
       <c r="G20" s="10" t="s">
-        <v>326</v>
+        <v>359</v>
       </c>
       <c r="H20" s="24" t="s">
-        <v>291</v>
+        <v>323</v>
       </c>
       <c r="I20" s="10" t="s">
-        <v>288</v>
+        <v>320</v>
       </c>
       <c r="J20" s="19" t="s">
-        <v>327</v>
+        <v>360</v>
       </c>
       <c r="K20" s="10" t="s">
-        <v>328</v>
+        <v>361</v>
       </c>
       <c r="L20" s="16" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>330</v>
+        <v>362</v>
+      </c>
+      <c r="M20" s="42" t="s">
+        <v>363</v>
       </c>
       <c r="N20" s="10" t="s">
-        <v>331</v>
+        <v>364</v>
       </c>
       <c r="O20" s="16" t="s">
-        <v>310</v>
+        <v>342</v>
       </c>
       <c r="P20" s="16" t="s">
-        <v>332</v>
+        <v>365</v>
       </c>
       <c r="Q20" s="10" t="s">
-        <v>333</v>
+        <v>366</v>
       </c>
       <c r="R20" s="16" t="s">
-        <v>312</v>
+        <v>344</v>
       </c>
       <c r="S20" s="16" t="s">
-        <v>170</v>
+        <v>194</v>
       </c>
       <c r="T20" s="16" t="s">
-        <v>334</v>
+        <v>367</v>
       </c>
       <c r="U20" s="10" t="s">
-        <v>335</v>
+        <v>368</v>
       </c>
       <c r="V20" s="10" t="s">
-        <v>336</v>
+        <v>369</v>
       </c>
       <c r="W20" s="10" t="s">
-        <v>291</v>
+        <v>323</v>
       </c>
       <c r="X20" s="10" t="s">
-        <v>337</v>
+        <v>370</v>
       </c>
       <c r="Y20" s="10" t="s">
-        <v>318</v>
+        <v>350</v>
       </c>
       <c r="Z20" s="10" t="s">
-        <v>283</v>
+        <v>315</v>
       </c>
       <c r="AA20" s="10" t="s">
-        <v>319</v>
+        <v>352</v>
       </c>
       <c r="AB20" s="16" t="s">
-        <v>338</v>
+        <v>371</v>
       </c>
       <c r="AC20" s="10" t="s">
-        <v>339</v>
+        <v>372</v>
       </c>
       <c r="AD20" s="24" t="s">
-        <v>170</v>
+        <v>194</v>
       </c>
       <c r="AE20" s="10" t="s">
-        <v>340</v>
+        <v>373</v>
       </c>
       <c r="AF20" s="23" t="s">
-        <v>341</v>
+        <v>374</v>
       </c>
       <c r="AG20" s="10" t="s">
-        <v>342</v>
+        <v>375</v>
       </c>
       <c r="AH20" s="10" t="s">
-        <v>343</v>
+        <v>376</v>
       </c>
       <c r="AI20" s="10" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
     </row>
-    <row r="21" spans="2:35" ht="60" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:35" ht="57.6" x14ac:dyDescent="0.3">
       <c r="B21" s="3"/>
       <c r="C21" s="10" t="s">
-        <v>344</v>
+        <v>377</v>
       </c>
       <c r="D21" s="32"/>
       <c r="E21" s="10" t="s">
-        <v>291</v>
+        <v>323</v>
       </c>
       <c r="F21" s="24" t="s">
-        <v>283</v>
+        <v>315</v>
       </c>
       <c r="G21" s="10" t="s">
-        <v>345</v>
+        <v>378</v>
       </c>
       <c r="H21" s="10" t="s">
-        <v>346</v>
+        <v>379</v>
       </c>
       <c r="I21" s="10" t="s">
-        <v>288</v>
+        <v>320</v>
       </c>
       <c r="J21" s="16" t="s">
-        <v>347</v>
+        <v>380</v>
       </c>
       <c r="K21" s="10" t="s">
-        <v>348</v>
+        <v>381</v>
       </c>
       <c r="L21" s="16" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-        <v>350</v>
+        <v>382</v>
+      </c>
+      <c r="M21" s="54" t="s">
+        <v>383</v>
       </c>
       <c r="N21" s="23" t="s">
-        <v>351</v>
+        <v>384</v>
       </c>
       <c r="O21" s="16" t="s">
-        <v>352</v>
+        <v>385</v>
       </c>
       <c r="P21" s="16" t="s">
-        <v>353</v>
+        <v>386</v>
       </c>
       <c r="Q21" s="10" t="s">
-        <v>291</v>
+        <v>323</v>
       </c>
       <c r="R21" s="16" t="s">
-        <v>312</v>
+        <v>344</v>
       </c>
       <c r="S21" s="23" t="s">
-        <v>354</v>
+        <v>387</v>
       </c>
       <c r="T21" s="23" t="s">
-        <v>355</v>
+        <v>388</v>
       </c>
       <c r="U21" s="10" t="s">
-        <v>356</v>
+        <v>389</v>
       </c>
       <c r="V21" s="10" t="s">
-        <v>288</v>
+        <v>320</v>
       </c>
       <c r="W21" s="10" t="s">
-        <v>291</v>
+        <v>323</v>
       </c>
       <c r="X21" s="10" t="s">
-        <v>357</v>
+        <v>390</v>
       </c>
       <c r="Y21" s="10" t="s">
-        <v>291</v>
+        <v>323</v>
       </c>
       <c r="Z21" s="10" t="s">
-        <v>428</v>
+        <v>391</v>
       </c>
       <c r="AA21" s="10" t="s">
-        <v>358</v>
+        <v>392</v>
       </c>
       <c r="AB21" s="10" t="s">
-        <v>291</v>
+        <v>323</v>
       </c>
       <c r="AC21" s="10" t="s">
-        <v>359</v>
+        <v>393</v>
       </c>
       <c r="AD21" s="24" t="s">
-        <v>170</v>
+        <v>194</v>
       </c>
       <c r="AE21" s="23" t="s">
-        <v>360</v>
+        <v>394</v>
       </c>
       <c r="AF21" s="23" t="s">
-        <v>361</v>
+        <v>395</v>
       </c>
       <c r="AG21" s="10" t="s">
-        <v>362</v>
+        <v>396</v>
       </c>
       <c r="AH21" s="10" t="s">
-        <v>363</v>
+        <v>397</v>
       </c>
       <c r="AI21" s="10" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
     </row>
-    <row r="22" spans="2:35" ht="90" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:35" ht="72" x14ac:dyDescent="0.3">
       <c r="B22" s="3"/>
       <c r="C22" s="10" t="s">
-        <v>364</v>
+        <v>398</v>
       </c>
       <c r="D22" s="32"/>
       <c r="E22" s="10" t="s">
-        <v>291</v>
+        <v>323</v>
       </c>
       <c r="F22" s="24" t="s">
-        <v>283</v>
+        <v>315</v>
       </c>
       <c r="G22" s="10" t="s">
-        <v>365</v>
+        <v>399</v>
       </c>
       <c r="H22" s="10" t="s">
-        <v>291</v>
+        <v>323</v>
       </c>
       <c r="I22" s="10" t="s">
-        <v>288</v>
+        <v>320</v>
       </c>
       <c r="J22" s="16" t="s">
-        <v>366</v>
+        <v>400</v>
       </c>
       <c r="K22" s="10" t="s">
-        <v>367</v>
+        <v>401</v>
       </c>
       <c r="L22" s="16" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-        <v>369</v>
+        <v>402</v>
+      </c>
+      <c r="M22" s="42" t="s">
+        <v>403</v>
       </c>
       <c r="N22" s="23" t="s">
-        <v>351</v>
+        <v>384</v>
       </c>
       <c r="O22" s="16" t="s">
-        <v>370</v>
+        <v>404</v>
       </c>
       <c r="P22" s="16" t="s">
-        <v>371</v>
+        <v>405</v>
       </c>
       <c r="Q22" s="10" t="s">
-        <v>372</v>
+        <v>406</v>
       </c>
       <c r="R22" s="16" t="s">
-        <v>312</v>
+        <v>344</v>
       </c>
       <c r="S22" s="23" t="s">
-        <v>373</v>
+        <v>407</v>
       </c>
       <c r="T22" s="23" t="s">
-        <v>374</v>
+        <v>408</v>
       </c>
       <c r="U22" s="10" t="s">
-        <v>375</v>
+        <v>409</v>
       </c>
       <c r="V22" s="24" t="s">
-        <v>376</v>
+        <v>410</v>
       </c>
       <c r="W22" s="10" t="s">
-        <v>291</v>
+        <v>323</v>
       </c>
       <c r="X22" s="10" t="s">
-        <v>377</v>
+        <v>411</v>
       </c>
       <c r="Y22" s="10" t="s">
-        <v>378</v>
+        <v>412</v>
       </c>
       <c r="Z22" s="10" t="s">
-        <v>427</v>
+        <v>413</v>
       </c>
       <c r="AA22" s="10" t="s">
-        <v>358</v>
+        <v>392</v>
       </c>
       <c r="AB22" s="16" t="s">
-        <v>291</v>
+        <v>323</v>
       </c>
       <c r="AC22" s="10" t="s">
-        <v>379</v>
+        <v>414</v>
       </c>
       <c r="AD22" s="24" t="s">
-        <v>170</v>
+        <v>194</v>
       </c>
       <c r="AE22" s="35" t="s">
-        <v>380</v>
+        <v>415</v>
       </c>
       <c r="AF22" s="23" t="s">
-        <v>381</v>
+        <v>416</v>
       </c>
       <c r="AG22" s="10" t="s">
-        <v>382</v>
+        <v>417</v>
       </c>
       <c r="AH22" s="10" t="s">
-        <v>363</v>
+        <v>397</v>
       </c>
       <c r="AI22" s="10" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
     </row>
-    <row r="23" spans="2:35" ht="60" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:35" ht="43.2" x14ac:dyDescent="0.3">
       <c r="B23" s="3"/>
       <c r="C23" s="10" t="s">
-        <v>383</v>
+        <v>418</v>
       </c>
       <c r="D23" s="32"/>
       <c r="E23" s="10" t="s">
-        <v>316</v>
+        <v>348</v>
       </c>
       <c r="F23" s="24" t="s">
-        <v>283</v>
+        <v>315</v>
       </c>
       <c r="G23" s="10" t="s">
-        <v>384</v>
+        <v>419</v>
       </c>
       <c r="H23" s="10" t="s">
-        <v>291</v>
+        <v>323</v>
       </c>
       <c r="I23" s="10" t="s">
-        <v>288</v>
+        <v>320</v>
       </c>
       <c r="J23" s="10" t="s">
-        <v>385</v>
+        <v>420</v>
       </c>
       <c r="K23" s="10" t="s">
-        <v>386</v>
+        <v>421</v>
       </c>
       <c r="L23" s="16" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-        <v>388</v>
+        <v>422</v>
+      </c>
+      <c r="M23" s="43" t="s">
+        <v>423</v>
       </c>
       <c r="N23" s="24" t="s">
-        <v>389</v>
+        <v>424</v>
       </c>
       <c r="O23" s="16" t="s">
-        <v>310</v>
+        <v>342</v>
       </c>
       <c r="P23" s="16" t="s">
-        <v>390</v>
+        <v>425</v>
       </c>
       <c r="Q23" s="10" t="s">
-        <v>372</v>
+        <v>406</v>
       </c>
       <c r="R23" s="16" t="s">
-        <v>312</v>
+        <v>344</v>
       </c>
       <c r="S23" s="10" t="s">
-        <v>170</v>
+        <v>194</v>
       </c>
       <c r="T23" s="23" t="s">
-        <v>391</v>
+        <v>426</v>
       </c>
       <c r="U23" s="10" t="s">
-        <v>392</v>
+        <v>427</v>
       </c>
       <c r="V23" s="24" t="s">
-        <v>393</v>
+        <v>428</v>
       </c>
       <c r="W23" s="10" t="s">
-        <v>291</v>
+        <v>323</v>
       </c>
       <c r="X23" s="10" t="s">
-        <v>394</v>
+        <v>429</v>
       </c>
       <c r="Y23" s="10" t="s">
-        <v>378</v>
+        <v>412</v>
       </c>
       <c r="Z23" s="10" t="s">
-        <v>395</v>
+        <v>430</v>
       </c>
       <c r="AA23" s="10" t="s">
-        <v>319</v>
+        <v>352</v>
       </c>
       <c r="AB23" s="10" t="s">
-        <v>291</v>
+        <v>323</v>
       </c>
       <c r="AC23" s="20">
         <v>35</v>
       </c>
       <c r="AD23" s="24" t="s">
-        <v>170</v>
+        <v>194</v>
       </c>
       <c r="AE23" s="10" t="s">
-        <v>396</v>
+        <v>431</v>
       </c>
       <c r="AF23" s="23" t="s">
+        <v>432</v>
+      </c>
+      <c r="AG23" s="10" t="s">
+        <v>417</v>
+      </c>
+      <c r="AH23" s="10" t="s">
         <v>397</v>
       </c>
-      <c r="AG23" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AI23" s="10" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
     </row>
-    <row r="24" spans="2:35" ht="60" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:35" ht="43.2" x14ac:dyDescent="0.3">
       <c r="B24" s="3"/>
       <c r="C24" s="10" t="s">
-        <v>398</v>
+        <v>433</v>
       </c>
       <c r="D24" s="32"/>
       <c r="E24" s="10" t="s">
-        <v>291</v>
+        <v>323</v>
       </c>
       <c r="F24" s="24" t="s">
-        <v>283</v>
+        <v>315</v>
       </c>
       <c r="G24" s="10" t="s">
-        <v>399</v>
+        <v>434</v>
       </c>
       <c r="H24" s="10" t="s">
-        <v>291</v>
+        <v>323</v>
       </c>
       <c r="I24" s="10" t="s">
-        <v>288</v>
+        <v>320</v>
       </c>
       <c r="J24" s="10" t="s">
-        <v>385</v>
+        <v>420</v>
       </c>
       <c r="K24" s="10" t="s">
-        <v>386</v>
+        <v>421</v>
       </c>
       <c r="L24" s="16" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-        <v>369</v>
+        <v>422</v>
+      </c>
+      <c r="M24" s="42" t="s">
+        <v>403</v>
       </c>
       <c r="N24" s="10" t="s">
-        <v>400</v>
+        <v>435</v>
       </c>
       <c r="O24" s="16" t="s">
-        <v>310</v>
+        <v>342</v>
       </c>
       <c r="P24" s="16" t="s">
-        <v>390</v>
+        <v>425</v>
       </c>
       <c r="Q24" s="10" t="s">
-        <v>372</v>
+        <v>406</v>
       </c>
       <c r="R24" s="16" t="s">
-        <v>312</v>
+        <v>344</v>
       </c>
       <c r="S24" s="10" t="s">
-        <v>170</v>
+        <v>194</v>
       </c>
       <c r="T24" s="16" t="s">
-        <v>401</v>
+        <v>436</v>
       </c>
       <c r="U24" s="10" t="s">
-        <v>392</v>
+        <v>427</v>
       </c>
       <c r="V24" s="24" t="s">
-        <v>393</v>
+        <v>428</v>
       </c>
       <c r="W24" s="10" t="s">
-        <v>291</v>
+        <v>323</v>
       </c>
       <c r="X24" s="10" t="s">
-        <v>402</v>
+        <v>437</v>
       </c>
       <c r="Y24" s="10" t="s">
-        <v>291</v>
+        <v>323</v>
       </c>
       <c r="Z24" s="10" t="s">
-        <v>395</v>
+        <v>430</v>
       </c>
       <c r="AA24" s="10" t="s">
-        <v>319</v>
+        <v>352</v>
       </c>
       <c r="AB24" s="10" t="s">
-        <v>291</v>
+        <v>323</v>
       </c>
       <c r="AC24" s="20">
         <v>35</v>
       </c>
       <c r="AD24" s="24" t="s">
-        <v>170</v>
+        <v>194</v>
       </c>
       <c r="AE24" s="23" t="s">
-        <v>403</v>
+        <v>438</v>
       </c>
       <c r="AF24" s="23" t="s">
-        <v>397</v>
+        <v>432</v>
       </c>
       <c r="AG24" s="10" t="s">
-        <v>404</v>
+        <v>439</v>
       </c>
       <c r="AH24" s="10" t="s">
-        <v>170</v>
+        <v>194</v>
       </c>
       <c r="AI24" s="10" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
     </row>
-    <row r="25" spans="2:35" ht="30" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:35" ht="28.8" x14ac:dyDescent="0.3">
       <c r="B25" s="3"/>
       <c r="C25" s="10" t="s">
-        <v>405</v>
+        <v>440</v>
       </c>
       <c r="D25" s="32"/>
       <c r="E25" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="F25" s="24" t="s">
-        <v>283</v>
+        <v>315</v>
       </c>
       <c r="G25" s="10" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="H25" s="10" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="I25" s="10" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="J25" s="10" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="K25" s="10" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="L25" s="16" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>215</v>
+      </c>
+      <c r="M25" s="54" t="s">
+        <v>215</v>
       </c>
       <c r="N25" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="O25" s="16" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="P25" s="16" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="Q25" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="R25" s="16" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="S25" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="T25" s="10" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="U25" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="V25" s="10" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="W25" s="10" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="X25" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="Y25" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="Z25" s="10" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="AA25" s="10" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="AB25" s="10" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="AC25" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="AD25" s="24" t="s">
-        <v>170</v>
+        <v>194</v>
       </c>
       <c r="AE25" s="10" t="s">
-        <v>191</v>
+        <v>216</v>
       </c>
       <c r="AF25" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="AG25" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="AH25" s="10" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="AI25" s="10" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
     </row>
-    <row r="26" spans="2:35" ht="45" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:35" ht="28.8" x14ac:dyDescent="0.3">
       <c r="B26" s="3"/>
       <c r="C26" s="10" t="s">
-        <v>406</v>
+        <v>441</v>
       </c>
       <c r="D26" s="32"/>
-      <c r="E26" s="49" t="s">
-        <v>407</v>
+      <c r="E26" s="46" t="s">
+        <v>442</v>
       </c>
       <c r="F26" s="24" t="s">
-        <v>283</v>
+        <v>315</v>
       </c>
       <c r="G26" s="10" t="s">
-        <v>160</v>
+        <v>184</v>
       </c>
       <c r="H26" s="10" t="s">
-        <v>161</v>
+        <v>185</v>
       </c>
       <c r="I26" s="10" t="s">
-        <v>162</v>
+        <v>186</v>
       </c>
       <c r="J26" s="10" t="s">
-        <v>163</v>
+        <v>187</v>
       </c>
       <c r="K26" s="10" t="s">
-        <v>408</v>
+        <v>443</v>
       </c>
       <c r="L26" s="16" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-        <v>166</v>
+        <v>189</v>
+      </c>
+      <c r="M26" s="54" t="s">
+        <v>190</v>
       </c>
       <c r="N26" s="10" t="s">
-        <v>409</v>
+        <v>444</v>
       </c>
       <c r="O26" s="16" t="s">
-        <v>168</v>
+        <v>192</v>
       </c>
       <c r="P26" s="16" t="s">
-        <v>169</v>
+        <v>193</v>
       </c>
       <c r="Q26" s="10" t="s">
-        <v>170</v>
+        <v>194</v>
       </c>
       <c r="R26" s="16" t="s">
-        <v>171</v>
+        <v>195</v>
       </c>
       <c r="S26" s="10" t="s">
-        <v>172</v>
+        <v>196</v>
       </c>
       <c r="T26" s="10" t="s">
-        <v>173</v>
+        <v>197</v>
       </c>
       <c r="U26" s="10" t="s">
-        <v>410</v>
+        <v>445</v>
       </c>
       <c r="V26" s="10" t="s">
-        <v>175</v>
+        <v>199</v>
       </c>
       <c r="W26" s="10" t="s">
-        <v>176</v>
+        <v>200</v>
       </c>
       <c r="X26" s="10" t="s">
-        <v>177</v>
+        <v>201</v>
       </c>
       <c r="Y26" s="10" t="s">
-        <v>178</v>
+        <v>202</v>
       </c>
       <c r="Z26" s="10" t="s">
-        <v>179</v>
+        <v>203</v>
       </c>
       <c r="AA26" s="10" t="s">
-        <v>180</v>
+        <v>204</v>
       </c>
       <c r="AB26" s="10" t="s">
-        <v>181</v>
+        <v>205</v>
       </c>
       <c r="AC26" s="10" t="s">
-        <v>182</v>
+        <v>206</v>
       </c>
       <c r="AD26" s="24" t="s">
-        <v>170</v>
+        <v>194</v>
       </c>
       <c r="AE26" s="10" t="s">
-        <v>184</v>
+        <v>208</v>
       </c>
       <c r="AF26" s="1" t="s">
-        <v>185</v>
+        <v>209</v>
       </c>
       <c r="AG26" s="10" t="s">
-        <v>186</v>
+        <v>210</v>
       </c>
       <c r="AH26" s="10" t="s">
-        <v>411</v>
+        <v>446</v>
       </c>
       <c r="AI26" s="10" t="s">
-        <v>412</v>
+        <v>447</v>
       </c>
     </row>
-    <row r="27" spans="2:35" ht="105" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:35" ht="100.8" x14ac:dyDescent="0.3">
       <c r="B27" s="3" t="s">
-        <v>413</v>
+        <v>448</v>
       </c>
       <c r="C27" s="25" t="s">
-        <v>414</v>
+        <v>449</v>
       </c>
       <c r="D27" s="32">
         <v>1</v>
       </c>
       <c r="E27" s="21" t="s">
-        <v>281</v>
+        <v>313</v>
       </c>
       <c r="F27" s="21">
         <v>0</v>
       </c>
       <c r="G27" s="21" t="s">
-        <v>281</v>
+        <v>313</v>
       </c>
       <c r="H27" s="21" t="s">
-        <v>281</v>
+        <v>313</v>
       </c>
       <c r="I27" s="21">
         <v>0</v>
       </c>
       <c r="J27" s="21">
         <v>0.2</v>
       </c>
       <c r="K27" s="24" t="s">
-        <v>281</v>
+        <v>313</v>
       </c>
       <c r="L27" s="22">
         <v>0.1</v>
       </c>
-      <c r="M27" s="42" t="s">
-        <v>281</v>
+      <c r="M27" s="41" t="s">
+        <v>313</v>
       </c>
       <c r="N27" s="21" t="s">
-        <v>281</v>
+        <v>313</v>
       </c>
       <c r="O27" s="22" t="s">
-        <v>281</v>
+        <v>313</v>
       </c>
       <c r="P27" s="22" t="s">
-        <v>281</v>
+        <v>313</v>
       </c>
       <c r="Q27" s="21" t="s">
-        <v>281</v>
+        <v>313</v>
       </c>
       <c r="R27" s="22">
         <v>0.15</v>
       </c>
       <c r="S27" s="21">
         <v>0.15</v>
       </c>
       <c r="T27" s="21">
         <v>0</v>
       </c>
       <c r="U27" s="21" t="s">
-        <v>281</v>
+        <v>313</v>
       </c>
       <c r="V27" s="21" t="s">
-        <v>281</v>
+        <v>313</v>
       </c>
       <c r="W27" s="21" t="s">
-        <v>281</v>
+        <v>313</v>
       </c>
       <c r="X27" s="21">
         <v>0.05</v>
       </c>
       <c r="Y27" s="24" t="s">
-        <v>281</v>
+        <v>313</v>
       </c>
       <c r="Z27" s="24" t="s">
-        <v>281</v>
+        <v>313</v>
       </c>
       <c r="AA27" s="24" t="s">
-        <v>281</v>
+        <v>313</v>
       </c>
       <c r="AB27" s="24" t="s">
-        <v>281</v>
+        <v>313</v>
       </c>
       <c r="AC27" s="21" t="s">
-        <v>281</v>
+        <v>313</v>
       </c>
       <c r="AD27" s="21">
         <v>0.1</v>
       </c>
       <c r="AE27" s="24" t="s">
-        <v>281</v>
+        <v>313</v>
       </c>
       <c r="AF27" s="24" t="s">
-        <v>281</v>
+        <v>313</v>
       </c>
       <c r="AG27" s="21" t="s">
-        <v>281</v>
+        <v>313</v>
       </c>
       <c r="AH27" s="21">
         <v>0</v>
       </c>
       <c r="AI27" s="21">
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="2:35" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:35" x14ac:dyDescent="0.3">
       <c r="B28" s="3" t="s">
-        <v>415</v>
+        <v>450</v>
       </c>
       <c r="C28" s="4" t="s">
-        <v>416</v>
+        <v>451</v>
       </c>
       <c r="D28" s="32">
         <v>1</v>
       </c>
       <c r="E28" s="21">
         <v>0.05</v>
       </c>
       <c r="F28" s="21">
         <v>0</v>
       </c>
       <c r="G28" s="21">
         <v>0.12</v>
       </c>
       <c r="H28" s="21">
         <v>0.1</v>
       </c>
       <c r="I28" s="21">
         <v>0</v>
       </c>
       <c r="J28" s="21">
         <v>0.2</v>
       </c>
       <c r="K28" s="24" t="s">
-        <v>281</v>
+        <v>313</v>
       </c>
       <c r="L28" s="22">
         <v>0.1</v>
       </c>
-      <c r="M28" s="42">
+      <c r="M28" s="41">
         <v>0.2</v>
       </c>
       <c r="N28" s="21">
         <v>0.2</v>
       </c>
       <c r="O28" s="22">
         <v>2.0000000000000001E-4</v>
       </c>
       <c r="P28" s="22">
         <v>0.25</v>
       </c>
       <c r="Q28" s="21">
         <v>0</v>
       </c>
       <c r="R28" s="22">
         <v>0.15</v>
       </c>
       <c r="S28" s="21">
         <v>0.15</v>
       </c>
       <c r="T28" s="21">
         <v>0</v>
       </c>
       <c r="U28" s="21">
         <v>0.15</v>
@@ -4982,148 +4991,148 @@
       <c r="AB28" s="21">
         <v>0</v>
       </c>
       <c r="AC28" s="21">
         <v>0.03</v>
       </c>
       <c r="AD28" s="21">
         <v>0.1</v>
       </c>
       <c r="AE28" s="21">
         <v>0.05</v>
       </c>
       <c r="AF28" s="21">
         <v>0</v>
       </c>
       <c r="AG28" s="21">
         <v>0.15</v>
       </c>
       <c r="AH28" s="21">
         <v>0</v>
       </c>
       <c r="AI28" s="21">
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="2:35" x14ac:dyDescent="0.25">
+    <row r="29" spans="2:35" x14ac:dyDescent="0.3">
       <c r="B29" s="6" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="C29" s="6" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="D29" s="34" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-        <v>284</v>
+        <v>316</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>316</v>
       </c>
       <c r="F29" s="6"/>
       <c r="G29" s="6" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="I29" s="6" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="J29" s="6" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="K29" s="6" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="L29" s="17" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="M29" s="6" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="N29" s="6" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="O29" s="17" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="P29" s="17" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="Q29" s="6" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="R29" s="17" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="S29" s="6" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="T29" s="6" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="U29" s="6" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="V29" s="6"/>
       <c r="W29" s="6" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="X29" s="6" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="Y29" s="6" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="Z29" s="6" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="AA29" s="6" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="AB29" s="6" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="AC29" s="6" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="AD29" s="6" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="AE29" s="6" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="AF29" s="6" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="AG29" s="6" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="AH29" s="6" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="AI29" s="6" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="G1:AI29">
     <sortCondition ref="G2:AI2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="N7" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="G12" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
     <hyperlink ref="H12" r:id="rId3" display="Price Link" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
     <hyperlink ref="I12" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
     <hyperlink ref="J12" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
     <hyperlink ref="K12" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
     <hyperlink ref="L12" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
     <hyperlink ref="M12" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
     <hyperlink ref="N12" r:id="rId9" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
     <hyperlink ref="O12" r:id="rId10" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
     <hyperlink ref="R12" r:id="rId11" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
     <hyperlink ref="S12" r:id="rId12" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
     <hyperlink ref="T12" r:id="rId13" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
     <hyperlink ref="U12" r:id="rId14" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
     <hyperlink ref="X12" r:id="rId15" xr:uid="{00000000-0004-0000-0000-000013000000}"/>
     <hyperlink ref="Z12" r:id="rId16" xr:uid="{00000000-0004-0000-0000-000014000000}"/>
     <hyperlink ref="AA12" r:id="rId17" xr:uid="{00000000-0004-0000-0000-000015000000}"/>
     <hyperlink ref="AB12" r:id="rId18" xr:uid="{00000000-0004-0000-0000-000016000000}"/>