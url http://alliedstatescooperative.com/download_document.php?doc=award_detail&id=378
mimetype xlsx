--- v1 (2026-01-30)
+++ v2 (2026-03-18)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\rshernandez\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2021\21-7413 Printing Services, Promotional Supplies and Related\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4A4D3C0C-155B-4B01-8E10-36176B3A320C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{67A8BE37-CAA1-4258-944D-5D10602540D4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -62,69 +62,63 @@
   <si>
     <t>*updated 09/02/2021, 5/22/23, 8/29/23, 8/13/24, 8/14/24, 8/15/24, 11/18/24, 12/19/24</t>
   </si>
   <si>
     <t>*updated 2/2/2023, 4/5/23, 8/3/23, 12/5/23</t>
   </si>
   <si>
     <t>*updated 11/8/22, 8/1/23</t>
   </si>
   <si>
     <t>*updated 1/9/26</t>
   </si>
   <si>
     <t>*updated 10/28/21, 4/1/22, 6/29/22, 8/1/22, 8/11/22, 1/19/23, 2/3/23, 3/8/23, 7/17/23, 1/24/24, 1/29/24, 2/22/24, 3/20/24, 9/20/24, 12/2/24, 1/28/25, 3/6/25, 5/7/25, 6/23/25, 8/15/25</t>
   </si>
   <si>
     <t>*updated 08/16/2021</t>
   </si>
   <si>
     <t>*updated 6/20/23</t>
   </si>
   <si>
     <t>*updated 09/21/21, 3/21/22, 9/12/22, 5/20/24, 11/10/25</t>
   </si>
   <si>
-    <t>*updated 2/1/22, 06/08/23, 7/5/23, 7/20/23, 10/12/23,  3/6/2024, 4/17/24, 5/1/24, 5/2/24, 5/17/24, 7/22/24, 8/26/24, 10/16/24, 1/21/25, 1/31/25, 3/17/25, 4/9/25, 5/7/25, 8/6/25, 8/19/25, 11/4/25, 11/6/25, 11/11/25, 11/18/25, 1/21/26,1/23/26</t>
-[...1 lines deleted...]
-  <si>
     <t>*updated 4/13/23</t>
   </si>
   <si>
     <t>*updated 3/10/23, 3/6/2024</t>
   </si>
   <si>
     <t>*updated 8/1/22</t>
   </si>
   <si>
     <t>*updated 3/21/22, 5/12/22, 2/28/23, 5/3/23, 9/1/23, 2/28/24, 2/19/24, 4/7/25, 5/6/25, 10/6/25</t>
   </si>
   <si>
     <t>*updated 10/19/2021, 7/17/23, 8/8/23</t>
-  </si>
-[...1 lines deleted...]
-    <t>*updated 7/26/22, 2/1/23, 6/15/23, 6/29/23, 8/7/23, 8/15/23, 8/16/23, 10/25/23, 4/26/24, 5/3/24, 6/20/24, 8/9/24, 12/17/24, 1/31/25, 2/10/25, 2/26/25, 3/25/25, 4/4/25, 4/7/25, 4/8/25, 4/9/25, 4/21/25, 4/23/25, 4/30/25, 5/2/25, 5/12/25, 5/28/25, 6/4/25, 7/16/25, 8/4/25, 8/8/25, 8/14/25, 12/11/25, 1/8/26, 1/16/26</t>
   </si>
   <si>
     <t>*updated 7/8/22</t>
   </si>
   <si>
     <t>*updated 3/23/23, 9/19/23, 1/18/24, 7/14/25</t>
   </si>
   <si>
     <t>*updated 7/24/23, 8/1/23, 8/15/23, 9/5/23, 10/9/23, 4/26/24, 4/22/25, 5/15/25, 5/19/25, 5/29/25, 12/18/25, 1/22/26</t>
   </si>
   <si>
     <t>*updated 12/18/23</t>
   </si>
   <si>
     <t>*updated 4/23/25</t>
   </si>
   <si>
     <t>*updated 11/17/25</t>
   </si>
   <si>
     <t>*updated 12/2/22</t>
   </si>
   <si>
     <t>Company Name…</t>
   </si>
@@ -1059,53 +1053,50 @@
   <si>
     <t>All 50 States</t>
   </si>
   <si>
     <t>Texas, New Mexico. We will also service the rest of the states in the United States for items that can be shipped.</t>
   </si>
   <si>
     <t>El Paso, El Paso County, Clint, San Elizario, Fabens, Horizon City, and all other Region 19 Entities in Texas/ New Mexico</t>
   </si>
   <si>
     <t>Texas, New Mexico, Arizona</t>
   </si>
   <si>
     <t>Texas, New Mexico and surrounding areas.</t>
   </si>
   <si>
     <t>Texas, Arizona, New Mexico</t>
   </si>
   <si>
     <t>ALL STATES</t>
   </si>
   <si>
     <t>Texas and New Mexico.</t>
   </si>
   <si>
-    <t>All 50 States in the United states</t>
-[...1 lines deleted...]
-  <si>
     <t>El Paso City, El Paso County, Hudspeth County, Culberson County</t>
   </si>
   <si>
     <t>All states</t>
   </si>
   <si>
     <t>Texas &amp; New Mexico</t>
   </si>
   <si>
     <t>ALL OF USA</t>
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
     <t>Texas, New Mexico</t>
   </si>
   <si>
     <t>El Paso, New Mexico</t>
   </si>
   <si>
     <t>Price Link…</t>
   </si>
   <si>
     <t>Price Link</t>
@@ -1536,50 +1527,74 @@
     <t>HTTP://www.badgeworksplus.com</t>
   </si>
   <si>
     <t>http://www.calfeespecialties.com</t>
   </si>
   <si>
     <t>HTTP://www.inkspressursel.com</t>
   </si>
   <si>
     <t>https://www.ug-inc.com/                 https://www.ug-inc-promo.com/</t>
   </si>
   <si>
     <t>www.wwlinc.com</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Printing Services. Percent discount off pricelist. Services to include but not limited to bindery work, booklet making, collating, cutting, dye cutting, folding, hole punching, stapling, multi-color printing, offset printer color process printing, offset printer PMS color printing, one color printing, padding, color copying, black  white copying, continuous form printing, envelope printing, duplicating, NCR forms, laminating, thermography, typesetting, and framing.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Other services not listed above. Percent discount off pricelist.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>All 50 States in the United states</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve"> El Paso County TX 7 Dona Ana County NM</t>
+    </r>
+  </si>
+  <si>
+    <t>*updated 7/26/22, 2/1/23, 6/15/23, 6/29/23, 8/7/23, 8/15/23, 8/16/23, 10/25/23, 4/26/24, 5/3/24, 6/20/24, 8/9/24, 12/17/24, 1/31/25, 2/10/25, 2/26/25, 3/25/25, 4/4/25, 4/7/25, 4/8/25, 4/9/25, 4/21/25, 4/23/25, 4/30/25, 5/2/25, 5/12/25, 5/28/25, 6/4/25, 7/16/25, 8/4/25, 8/8/25, 8/14/25, 12/11/25, 1/8/26, 1/16/26, 2/27/26</t>
+  </si>
+  <si>
+    <t>*updated 2/1/22, 06/08/23, 7/5/23, 7/20/23, 10/12/23,  3/6/2024, 4/17/24, 5/1/24, 5/2/24, 5/17/24, 7/22/24, 8/26/24, 10/16/24, 1/21/25, 1/31/25, 3/17/25, 4/9/25, 5/7/25, 8/6/25, 8/19/25, 11/4/25, 11/6/25, 11/11/25, 11/18/25, 1/21/26,1/23/26, 2/27/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -2192,1352 +2207,1352 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Bull%20Market%20Promotions%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Hotshots%20by%20Lomeli%27s%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/School%20Life%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://advgspecialtieselpaso.espwebsite.com/giftideas" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Armadillo%20Photography%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Sportdecals%2C%20Absolutely%20Custom%2C%20Galapagos%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Big%20Media%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/El%20Paso%20Reprographics%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Scarborough%20Specialties%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Weldon%2C%20Williams%20%26%20Lick%2C%20Inc%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Apparel%20Art%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Roy%20Lown%27s%20Classic%20Awards%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Spectrum%20Technologies%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/DKAST%20Price%20List%20ESC%2019.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.calfeespecialties.com/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/BCD%20Investments%2C%20Inc%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/E%20%26%20L%20Graphics%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Universal%20Graphics%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Authentic%20Promotions%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Partners%20in%20Education%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/THE%20COMPANY%20STORE%20PRICE%20LIST.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/La%20Estrella%20.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Corporate%20Connection%20Price%20List.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Scorpion%20Sales%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Meza%20Trophies%20%26%20Plaques%20Pricing-B.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Art%20Center%20%26%20Signs%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Calfee%20Specialties%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Inkspress%20Urself%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Superior%20Trophies%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/Advertising%20Specialties%20of%20El%20Paso%20Web%20site%20list%20.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7413/David%27s%20Apparel%20Pricing.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B1:AN29"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="4" ySplit="2" topLeftCell="N3" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="C1" sqref="C1"/>
+      <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="1.6640625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
-    <col min="3" max="3" width="62.44140625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="62.42578125" style="1" customWidth="1"/>
     <col min="4" max="4" width="6" style="31" customWidth="1"/>
-    <col min="5" max="11" width="30.6640625" style="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="36" max="16384" width="9.109375" style="1"/>
+    <col min="5" max="11" width="30.7109375" style="1" customWidth="1"/>
+    <col min="12" max="12" width="30.7109375" style="18" customWidth="1"/>
+    <col min="13" max="14" width="30.7109375" style="1" customWidth="1"/>
+    <col min="15" max="16" width="30.7109375" style="18" customWidth="1"/>
+    <col min="17" max="17" width="30.7109375" style="1" customWidth="1"/>
+    <col min="18" max="18" width="30.7109375" style="18" customWidth="1"/>
+    <col min="19" max="35" width="30.7109375" style="1" customWidth="1"/>
+    <col min="36" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:40" ht="144" x14ac:dyDescent="0.3">
+    <row r="1" spans="2:40" ht="165" x14ac:dyDescent="0.25">
       <c r="C1" s="13"/>
       <c r="E1" s="48" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="27" t="s">
         <v>1</v>
       </c>
       <c r="G1" s="27"/>
       <c r="H1" s="27"/>
       <c r="I1" s="27" t="s">
         <v>2</v>
       </c>
       <c r="J1" s="27"/>
       <c r="K1" s="27" t="s">
         <v>3</v>
       </c>
       <c r="L1" s="29" t="s">
         <v>4</v>
       </c>
       <c r="M1" s="27" t="s">
         <v>5</v>
       </c>
       <c r="N1" s="27" t="s">
         <v>6</v>
       </c>
       <c r="O1" s="29" t="s">
         <v>7</v>
       </c>
       <c r="P1" s="29" t="s">
+        <v>451</v>
+      </c>
+      <c r="Q1" s="27" t="s">
         <v>8</v>
       </c>
-      <c r="Q1" s="27" t="s">
+      <c r="R1" s="29" t="s">
         <v>9</v>
       </c>
-      <c r="R1" s="29" t="s">
+      <c r="S1" s="27" t="s">
         <v>10</v>
       </c>
-      <c r="S1" s="27" t="s">
+      <c r="T1" s="27" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="U1" s="27"/>
       <c r="V1" s="27" t="s">
+        <v>12</v>
+      </c>
+      <c r="W1" s="27" t="s">
+        <v>450</v>
+      </c>
+      <c r="X1" s="27" t="s">
         <v>13</v>
       </c>
-      <c r="W1" s="27" t="s">
+      <c r="Y1" s="27" t="s">
         <v>14</v>
       </c>
-      <c r="X1" s="27" t="s">
+      <c r="Z1" s="27" t="s">
         <v>15</v>
       </c>
-      <c r="Y1" s="27" t="s">
+      <c r="AA1" s="30" t="s">
         <v>16</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
       <c r="AB1" s="27"/>
       <c r="AC1" s="27" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="AD1" s="27"/>
       <c r="AE1" s="27" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="AF1" s="27"/>
       <c r="AG1" s="27"/>
       <c r="AH1" s="28" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="AI1" s="27"/>
     </row>
-    <row r="2" spans="2:40" s="9" customFormat="1" ht="43.2" x14ac:dyDescent="0.3">
+    <row r="2" spans="2:40" s="9" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="B2" s="44"/>
       <c r="C2" s="44"/>
       <c r="D2" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" s="26" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" s="26" t="s">
         <v>22</v>
       </c>
-      <c r="E2" s="26" t="s">
+      <c r="G2" s="26" t="s">
         <v>23</v>
       </c>
-      <c r="F2" s="26" t="s">
+      <c r="H2" s="26" t="s">
         <v>24</v>
       </c>
-      <c r="G2" s="26" t="s">
+      <c r="I2" s="26" t="s">
         <v>25</v>
       </c>
-      <c r="H2" s="26" t="s">
+      <c r="J2" s="26" t="s">
         <v>26</v>
       </c>
-      <c r="I2" s="26" t="s">
+      <c r="K2" s="26" t="s">
         <v>27</v>
       </c>
-      <c r="J2" s="26" t="s">
+      <c r="L2" s="45" t="s">
         <v>28</v>
       </c>
-      <c r="K2" s="26" t="s">
+      <c r="M2" s="38" t="s">
         <v>29</v>
       </c>
-      <c r="L2" s="45" t="s">
+      <c r="N2" s="26" t="s">
         <v>30</v>
       </c>
-      <c r="M2" s="38" t="s">
+      <c r="O2" s="45" t="s">
         <v>31</v>
       </c>
-      <c r="N2" s="26" t="s">
+      <c r="P2" s="45" t="s">
         <v>32</v>
       </c>
-      <c r="O2" s="45" t="s">
+      <c r="Q2" s="26" t="s">
         <v>33</v>
       </c>
-      <c r="P2" s="45" t="s">
+      <c r="R2" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="Q2" s="26" t="s">
+      <c r="S2" s="26" t="s">
         <v>35</v>
       </c>
-      <c r="R2" s="45" t="s">
+      <c r="T2" s="26" t="s">
         <v>36</v>
       </c>
-      <c r="S2" s="26" t="s">
+      <c r="U2" s="26" t="s">
         <v>37</v>
       </c>
-      <c r="T2" s="26" t="s">
+      <c r="V2" s="50" t="s">
         <v>38</v>
       </c>
-      <c r="U2" s="26" t="s">
+      <c r="W2" s="26" t="s">
         <v>39</v>
       </c>
-      <c r="V2" s="50" t="s">
+      <c r="X2" s="26" t="s">
         <v>40</v>
       </c>
-      <c r="W2" s="26" t="s">
+      <c r="Y2" s="26" t="s">
         <v>41</v>
       </c>
-      <c r="X2" s="26" t="s">
+      <c r="Z2" s="26" t="s">
         <v>42</v>
       </c>
-      <c r="Y2" s="26" t="s">
+      <c r="AA2" s="26" t="s">
         <v>43</v>
       </c>
-      <c r="Z2" s="26" t="s">
+      <c r="AB2" s="26" t="s">
         <v>44</v>
       </c>
-      <c r="AA2" s="26" t="s">
+      <c r="AC2" s="26" t="s">
         <v>45</v>
       </c>
-      <c r="AB2" s="26" t="s">
+      <c r="AD2" s="26" t="s">
         <v>46</v>
       </c>
-      <c r="AC2" s="26" t="s">
+      <c r="AE2" s="26" t="s">
         <v>47</v>
       </c>
-      <c r="AD2" s="26" t="s">
+      <c r="AF2" s="26" t="s">
         <v>48</v>
       </c>
-      <c r="AE2" s="26" t="s">
+      <c r="AG2" s="26" t="s">
         <v>49</v>
       </c>
-      <c r="AF2" s="26" t="s">
+      <c r="AH2" s="26" t="s">
         <v>50</v>
       </c>
-      <c r="AG2" s="26" t="s">
+      <c r="AI2" s="26" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
       <c r="AJ2" s="44"/>
       <c r="AK2" s="44"/>
       <c r="AL2" s="44"/>
       <c r="AM2" s="44"/>
       <c r="AN2" s="44"/>
     </row>
-    <row r="3" spans="2:40" x14ac:dyDescent="0.3">
+    <row r="3" spans="2:40" x14ac:dyDescent="0.25">
       <c r="D3" s="12" t="s">
+        <v>52</v>
+      </c>
+      <c r="E3" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="F3" s="25" t="s">
         <v>54</v>
       </c>
-      <c r="E3" s="4" t="s">
+      <c r="G3" s="4" t="s">
         <v>55</v>
       </c>
-      <c r="F3" s="25" t="s">
+      <c r="H3" s="4" t="s">
         <v>56</v>
       </c>
-      <c r="G3" s="4" t="s">
+      <c r="I3" s="4" t="s">
         <v>57</v>
       </c>
-      <c r="H3" s="4" t="s">
+      <c r="J3" s="4" t="s">
         <v>58</v>
       </c>
-      <c r="I3" s="4" t="s">
+      <c r="K3" s="25" t="s">
         <v>59</v>
       </c>
-      <c r="J3" s="4" t="s">
+      <c r="L3" s="14" t="s">
         <v>60</v>
       </c>
-      <c r="K3" s="25" t="s">
+      <c r="M3" s="53" t="s">
         <v>61</v>
       </c>
-      <c r="L3" s="14" t="s">
+      <c r="N3" s="4" t="s">
         <v>62</v>
       </c>
-      <c r="M3" s="53" t="s">
+      <c r="O3" s="14" t="s">
         <v>63</v>
       </c>
-      <c r="N3" s="4" t="s">
+      <c r="P3" s="14" t="s">
         <v>64</v>
       </c>
-      <c r="O3" s="14" t="s">
+      <c r="Q3" s="4" t="s">
         <v>65</v>
       </c>
-      <c r="P3" s="14" t="s">
+      <c r="R3" s="14" t="s">
         <v>66</v>
       </c>
-      <c r="Q3" s="4" t="s">
+      <c r="S3" s="4" t="s">
         <v>67</v>
       </c>
-      <c r="R3" s="14" t="s">
+      <c r="T3" s="4" t="s">
         <v>68</v>
       </c>
-      <c r="S3" s="4" t="s">
+      <c r="U3" s="4" t="s">
         <v>69</v>
       </c>
-      <c r="T3" s="4" t="s">
+      <c r="V3" s="4" t="s">
         <v>70</v>
       </c>
-      <c r="U3" s="4" t="s">
+      <c r="W3" s="4" t="s">
         <v>71</v>
       </c>
-      <c r="V3" s="4" t="s">
+      <c r="X3" s="4" t="s">
         <v>72</v>
       </c>
-      <c r="W3" s="4" t="s">
+      <c r="Y3" s="4" t="s">
         <v>73</v>
       </c>
-      <c r="X3" s="4" t="s">
+      <c r="Z3" s="4" t="s">
         <v>74</v>
       </c>
-      <c r="Y3" s="4" t="s">
+      <c r="AA3" s="4" t="s">
         <v>75</v>
       </c>
-      <c r="Z3" s="4" t="s">
+      <c r="AB3" s="4" t="s">
         <v>76</v>
       </c>
-      <c r="AA3" s="4" t="s">
+      <c r="AC3" s="4" t="s">
         <v>77</v>
       </c>
-      <c r="AB3" s="4" t="s">
+      <c r="AD3" s="4" t="s">
         <v>78</v>
       </c>
-      <c r="AC3" s="4" t="s">
+      <c r="AE3" s="4" t="s">
         <v>79</v>
       </c>
-      <c r="AD3" s="4" t="s">
+      <c r="AF3" s="4" t="s">
         <v>80</v>
       </c>
-      <c r="AE3" s="4" t="s">
+      <c r="AG3" s="4" t="s">
         <v>81</v>
       </c>
-      <c r="AF3" s="4" t="s">
+      <c r="AH3" s="4" t="s">
         <v>82</v>
       </c>
-      <c r="AG3" s="4" t="s">
+      <c r="AI3" s="4" t="s">
         <v>83</v>
       </c>
-      <c r="AH3" s="4" t="s">
+    </row>
+    <row r="4" spans="2:40" ht="30" x14ac:dyDescent="0.25">
+      <c r="D4" s="12" t="s">
         <v>84</v>
       </c>
-      <c r="AI3" s="4" t="s">
+      <c r="E4" s="4" t="s">
         <v>85</v>
       </c>
+      <c r="F4" s="25" t="s">
+        <v>86</v>
+      </c>
+      <c r="G4" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="H4" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="I4" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="J4" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="K4" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="L4" s="14" t="s">
+        <v>92</v>
+      </c>
+      <c r="M4" s="53" t="s">
+        <v>93</v>
+      </c>
+      <c r="N4" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="O4" s="51" t="s">
+        <v>95</v>
+      </c>
+      <c r="P4" s="14" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q4" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="R4" s="14" t="s">
+        <v>98</v>
+      </c>
+      <c r="S4" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="T4" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="U4" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="V4" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="W4" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="X4" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="Y4" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z4" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="AA4" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="AB4" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC4" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="AD4" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="AE4" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="AF4" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="AG4" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="AH4" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="AI4" s="4" t="s">
+        <v>115</v>
+      </c>
     </row>
-    <row r="4" spans="2:40" ht="28.8" x14ac:dyDescent="0.3">
-[...90 lines deleted...]
-      <c r="AH4" s="4" t="s">
+    <row r="5" spans="2:40" ht="30" x14ac:dyDescent="0.25">
+      <c r="D5" s="7" t="s">
         <v>116</v>
       </c>
-      <c r="AI4" s="4" t="s">
+      <c r="E5" s="4" t="s">
         <v>117</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D5" s="7" t="s">
+      <c r="F5" s="11" t="s">
         <v>118</v>
       </c>
-      <c r="E5" s="4" t="s">
+      <c r="G5" s="4" t="s">
         <v>119</v>
       </c>
-      <c r="F5" s="11" t="s">
+      <c r="H5" s="4" t="s">
         <v>120</v>
       </c>
-      <c r="G5" s="4" t="s">
+      <c r="I5" s="4" t="s">
         <v>121</v>
       </c>
-      <c r="H5" s="4" t="s">
+      <c r="J5" s="4" t="s">
         <v>122</v>
       </c>
-      <c r="I5" s="4" t="s">
+      <c r="K5" s="4" t="s">
         <v>123</v>
       </c>
-      <c r="J5" s="4" t="s">
+      <c r="L5" s="14" t="s">
         <v>124</v>
-      </c>
-[...4 lines deleted...]
-        <v>126</v>
       </c>
       <c r="M5" s="53"/>
       <c r="N5" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="O5" s="11" t="s">
+        <v>126</v>
+      </c>
+      <c r="P5" s="14" t="s">
         <v>127</v>
       </c>
-      <c r="O5" s="11" t="s">
+      <c r="Q5" s="11" t="s">
         <v>128</v>
       </c>
-      <c r="P5" s="14" t="s">
+      <c r="R5" s="14" t="s">
         <v>129</v>
       </c>
-      <c r="Q5" s="11" t="s">
+      <c r="S5" s="11" t="s">
         <v>130</v>
       </c>
-      <c r="R5" s="14" t="s">
+      <c r="T5" s="4" t="s">
         <v>131</v>
       </c>
-      <c r="S5" s="11" t="s">
+      <c r="U5" s="11" t="s">
         <v>132</v>
       </c>
-      <c r="T5" s="4" t="s">
+      <c r="V5" s="4" t="s">
         <v>133</v>
       </c>
-      <c r="U5" s="11" t="s">
+      <c r="W5" s="4" t="s">
         <v>134</v>
       </c>
-      <c r="V5" s="4" t="s">
+      <c r="X5" s="4" t="s">
         <v>135</v>
       </c>
-      <c r="W5" s="4" t="s">
+      <c r="Y5" s="26" t="s">
         <v>136</v>
       </c>
-      <c r="X5" s="4" t="s">
+      <c r="Z5" s="4" t="s">
         <v>137</v>
       </c>
-      <c r="Y5" s="26" t="s">
+      <c r="AA5" s="4" t="s">
         <v>138</v>
       </c>
-      <c r="Z5" s="4" t="s">
+      <c r="AB5" s="11" t="s">
         <v>139</v>
       </c>
-      <c r="AA5" s="4" t="s">
+      <c r="AC5" s="4" t="s">
         <v>140</v>
       </c>
-      <c r="AB5" s="11" t="s">
+      <c r="AD5" s="11" t="s">
         <v>141</v>
       </c>
-      <c r="AC5" s="4" t="s">
+      <c r="AE5" s="11" t="s">
         <v>142</v>
       </c>
-      <c r="AD5" s="11" t="s">
+      <c r="AF5" s="4" t="s">
         <v>143</v>
       </c>
-      <c r="AE5" s="11" t="s">
+      <c r="AG5" s="11" t="s">
         <v>144</v>
       </c>
-      <c r="AF5" s="4" t="s">
+      <c r="AH5" s="4" t="s">
         <v>145</v>
       </c>
-      <c r="AG5" s="11" t="s">
+      <c r="AI5" s="11" t="s">
         <v>146</v>
       </c>
-      <c r="AH5" s="4" t="s">
+    </row>
+    <row r="6" spans="2:40" x14ac:dyDescent="0.25">
+      <c r="D6" s="7" t="s">
         <v>147</v>
       </c>
-      <c r="AI5" s="11" t="s">
+      <c r="E6" s="4" t="s">
         <v>148</v>
       </c>
+      <c r="F6" s="25" t="s">
+        <v>149</v>
+      </c>
+      <c r="G6" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="H6" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="I6" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="J6" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="K6" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="L6" s="14" t="s">
+        <v>155</v>
+      </c>
+      <c r="M6" s="53" t="s">
+        <v>156</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="O6" s="14" t="s">
+        <v>158</v>
+      </c>
+      <c r="P6" s="14" t="s">
+        <v>159</v>
+      </c>
+      <c r="Q6" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="R6" s="14" t="s">
+        <v>161</v>
+      </c>
+      <c r="S6" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="T6" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="U6" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="V6" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="W6" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="X6" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="Y6" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="Z6" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="AA6" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="AB6" s="4" t="s">
+        <v>171</v>
+      </c>
+      <c r="AC6" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="AD6" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="AE6" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="AF6" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="AG6" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="AH6" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="AI6" s="4" t="s">
+        <v>178</v>
+      </c>
     </row>
-    <row r="6" spans="2:40" x14ac:dyDescent="0.3">
-[...90 lines deleted...]
-      <c r="AH6" s="4" t="s">
+    <row r="7" spans="2:40" ht="30" x14ac:dyDescent="0.25">
+      <c r="D7" s="7" t="s">
         <v>179</v>
       </c>
-      <c r="AI6" s="4" t="s">
+      <c r="E7" s="4" t="s">
         <v>180</v>
       </c>
+      <c r="F7" s="11" t="s">
+        <v>181</v>
+      </c>
+      <c r="G7" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="H7" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="I7" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="J7" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="K7" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="L7" s="14" t="s">
+        <v>187</v>
+      </c>
+      <c r="M7" s="53" t="s">
+        <v>188</v>
+      </c>
+      <c r="N7" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="O7" s="14" t="s">
+        <v>190</v>
+      </c>
+      <c r="P7" s="14" t="s">
+        <v>191</v>
+      </c>
+      <c r="Q7" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="R7" s="14" t="s">
+        <v>193</v>
+      </c>
+      <c r="S7" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="T7" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="U7" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="V7" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="W7" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="X7" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="Y7" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="Z7" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="AA7" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="AB7" s="4" t="s">
+        <v>203</v>
+      </c>
+      <c r="AC7" s="4" t="s">
+        <v>204</v>
+      </c>
+      <c r="AD7" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="AE7" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="AF7" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="AG7" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="AH7" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="AI7" s="4" t="s">
+        <v>210</v>
+      </c>
     </row>
-    <row r="7" spans="2:40" ht="28.8" x14ac:dyDescent="0.3">
-[...90 lines deleted...]
-      <c r="AH7" s="4" t="s">
+    <row r="8" spans="2:40" ht="30" x14ac:dyDescent="0.25">
+      <c r="D8" s="7" t="s">
         <v>211</v>
       </c>
-      <c r="AI7" s="4" t="s">
+      <c r="E8" s="25" t="s">
         <v>212</v>
       </c>
+      <c r="F8" s="25" t="s">
+        <v>213</v>
+      </c>
+      <c r="G8" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="H8" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="I8" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="J8" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="K8" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="L8" s="14" t="s">
+        <v>213</v>
+      </c>
+      <c r="M8" s="53" t="s">
+        <v>213</v>
+      </c>
+      <c r="N8" s="25" t="s">
+        <v>212</v>
+      </c>
+      <c r="O8" s="49" t="s">
+        <v>215</v>
+      </c>
+      <c r="P8" s="14" t="s">
+        <v>213</v>
+      </c>
+      <c r="Q8" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="R8" s="14" t="s">
+        <v>213</v>
+      </c>
+      <c r="S8" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="T8" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="U8" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="V8" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="W8" s="25" t="s">
+        <v>216</v>
+      </c>
+      <c r="X8" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="Y8" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z8" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="AA8" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="AB8" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="AC8" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="AD8" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="AE8" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="AF8" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="AG8" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="AH8" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="AI8" s="4" t="s">
+        <v>213</v>
+      </c>
     </row>
-    <row r="8" spans="2:40" ht="28.8" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="E8" s="25" t="s">
+    <row r="9" spans="2:40" ht="180" x14ac:dyDescent="0.25">
+      <c r="D9" s="7" t="s">
+        <v>217</v>
+      </c>
+      <c r="E9" s="4" t="s">
+        <v>218</v>
+      </c>
+      <c r="F9" s="25" t="s">
         <v>214</v>
       </c>
-      <c r="F8" s="25" t="s">
-[...23 lines deleted...]
-      <c r="N8" s="25" t="s">
+      <c r="G9" s="4" t="s">
+        <v>219</v>
+      </c>
+      <c r="H9" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="I9" s="4" t="s">
+        <v>221</v>
+      </c>
+      <c r="J9" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="K9" s="4" t="s">
+        <v>223</v>
+      </c>
+      <c r="L9" s="14" t="s">
+        <v>224</v>
+      </c>
+      <c r="M9" s="53" t="s">
+        <v>225</v>
+      </c>
+      <c r="N9" s="25" t="s">
+        <v>226</v>
+      </c>
+      <c r="O9" s="14" t="s">
+        <v>227</v>
+      </c>
+      <c r="P9" s="14" t="s">
+        <v>228</v>
+      </c>
+      <c r="Q9" s="4" t="s">
+        <v>225</v>
+      </c>
+      <c r="R9" s="14" t="s">
+        <v>229</v>
+      </c>
+      <c r="S9" s="4" t="s">
+        <v>230</v>
+      </c>
+      <c r="T9" s="4" t="s">
         <v>214</v>
       </c>
-      <c r="O8" s="49" t="s">
-[...60 lines deleted...]
-        <v>215</v>
+      <c r="U9" s="4" t="s">
+        <v>231</v>
+      </c>
+      <c r="V9" s="4" t="s">
+        <v>232</v>
+      </c>
+      <c r="W9" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="X9" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="Y9" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="Z9" s="25" t="s">
+        <v>236</v>
+      </c>
+      <c r="AA9" s="4" t="s">
+        <v>237</v>
+      </c>
+      <c r="AB9" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="AC9" s="4" t="s">
+        <v>239</v>
+      </c>
+      <c r="AD9" s="4" t="s">
+        <v>240</v>
+      </c>
+      <c r="AE9" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="AF9" s="4" t="s">
+        <v>242</v>
+      </c>
+      <c r="AG9" s="4" t="s">
+        <v>243</v>
+      </c>
+      <c r="AH9" s="4" t="s">
+        <v>244</v>
+      </c>
+      <c r="AI9" s="4" t="s">
+        <v>245</v>
       </c>
     </row>
-    <row r="9" spans="2:40" ht="144" x14ac:dyDescent="0.3">
-[...90 lines deleted...]
-      <c r="AH9" s="4" t="s">
+    <row r="10" spans="2:40" ht="135" x14ac:dyDescent="0.25">
+      <c r="D10" s="7" t="s">
         <v>246</v>
       </c>
-      <c r="AI9" s="4" t="s">
+      <c r="E10" s="4" t="s">
         <v>247</v>
       </c>
+      <c r="F10" s="25" t="s">
+        <v>248</v>
+      </c>
+      <c r="G10" s="4" t="s">
+        <v>249</v>
+      </c>
+      <c r="H10" s="4" t="s">
+        <v>250</v>
+      </c>
+      <c r="I10" s="4" t="s">
+        <v>251</v>
+      </c>
+      <c r="J10" s="4" t="s">
+        <v>252</v>
+      </c>
+      <c r="K10" s="4" t="s">
+        <v>253</v>
+      </c>
+      <c r="L10" s="14" t="s">
+        <v>254</v>
+      </c>
+      <c r="M10" s="53" t="s">
+        <v>255</v>
+      </c>
+      <c r="N10" s="25" t="s">
+        <v>256</v>
+      </c>
+      <c r="O10" s="14" t="s">
+        <v>257</v>
+      </c>
+      <c r="P10" s="14" t="s">
+        <v>258</v>
+      </c>
+      <c r="Q10" s="4" t="s">
+        <v>259</v>
+      </c>
+      <c r="R10" s="14" t="s">
+        <v>260</v>
+      </c>
+      <c r="S10" s="4" t="s">
+        <v>261</v>
+      </c>
+      <c r="T10" s="4" t="s">
+        <v>262</v>
+      </c>
+      <c r="U10" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="V10" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="W10" s="4" t="s">
+        <v>265</v>
+      </c>
+      <c r="X10" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="Y10" s="4" t="s">
+        <v>267</v>
+      </c>
+      <c r="Z10" s="4" t="s">
+        <v>268</v>
+      </c>
+      <c r="AA10" s="4" t="s">
+        <v>269</v>
+      </c>
+      <c r="AB10" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="AC10" s="4" t="s">
+        <v>271</v>
+      </c>
+      <c r="AD10" s="4" t="s">
+        <v>272</v>
+      </c>
+      <c r="AE10" s="4" t="s">
+        <v>273</v>
+      </c>
+      <c r="AF10" s="4" t="s">
+        <v>274</v>
+      </c>
+      <c r="AG10" s="4" t="s">
+        <v>275</v>
+      </c>
+      <c r="AH10" s="4" t="s">
+        <v>276</v>
+      </c>
+      <c r="AI10" s="4" t="s">
+        <v>277</v>
+      </c>
     </row>
-    <row r="10" spans="2:40" ht="115.2" x14ac:dyDescent="0.3">
-[...90 lines deleted...]
-      <c r="AH10" s="4" t="s">
+    <row r="11" spans="2:40" ht="60" x14ac:dyDescent="0.25">
+      <c r="D11" s="7" t="s">
         <v>278</v>
       </c>
-      <c r="AI10" s="4" t="s">
+      <c r="E11" s="4" t="s">
         <v>279</v>
       </c>
+      <c r="F11" s="25" t="s">
+        <v>279</v>
+      </c>
+      <c r="G11" s="4" t="s">
+        <v>279</v>
+      </c>
+      <c r="H11" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="I11" s="4" t="s">
+        <v>281</v>
+      </c>
+      <c r="J11" s="4" t="s">
+        <v>282</v>
+      </c>
+      <c r="K11" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="L11" s="14" t="s">
+        <v>284</v>
+      </c>
+      <c r="M11" s="53" t="s">
+        <v>279</v>
+      </c>
+      <c r="N11" s="4" t="s">
+        <v>281</v>
+      </c>
+      <c r="O11" s="14" t="s">
+        <v>285</v>
+      </c>
+      <c r="P11" s="14" t="s">
+        <v>279</v>
+      </c>
+      <c r="Q11" s="4" t="s">
+        <v>279</v>
+      </c>
+      <c r="R11" s="14" t="s">
+        <v>286</v>
+      </c>
+      <c r="S11" s="4" t="s">
+        <v>287</v>
+      </c>
+      <c r="T11" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="U11" s="4" t="s">
+        <v>289</v>
+      </c>
+      <c r="V11" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="W11" s="25" t="s">
+        <v>449</v>
+      </c>
+      <c r="X11" s="4" t="s">
+        <v>279</v>
+      </c>
+      <c r="Y11" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="Z11" s="4" t="s">
+        <v>279</v>
+      </c>
+      <c r="AA11" s="4" t="s">
+        <v>279</v>
+      </c>
+      <c r="AB11" s="4" t="s">
+        <v>292</v>
+      </c>
+      <c r="AC11" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="AD11" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="AE11" s="4" t="s">
+        <v>294</v>
+      </c>
+      <c r="AF11" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="AG11" s="4" t="s">
+        <v>296</v>
+      </c>
+      <c r="AH11" s="4" t="s">
+        <v>297</v>
+      </c>
+      <c r="AI11" s="4" t="s">
+        <v>280</v>
+      </c>
     </row>
-    <row r="11" spans="2:40" ht="57.6" x14ac:dyDescent="0.3">
-[...84 lines deleted...]
-      <c r="AF11" s="4" t="s">
+    <row r="12" spans="2:40" ht="45" x14ac:dyDescent="0.25">
+      <c r="D12" s="8" t="s">
         <v>298</v>
       </c>
-      <c r="AG11" s="4" t="s">
+      <c r="E12" s="47" t="s">
         <v>299</v>
       </c>
-      <c r="AH11" s="4" t="s">
+      <c r="F12" t="s">
         <v>300</v>
       </c>
-      <c r="AI11" s="4" t="s">
-        <v>282</v>
+      <c r="G12" s="36" t="s">
+        <v>299</v>
+      </c>
+      <c r="H12" s="36" t="s">
+        <v>301</v>
+      </c>
+      <c r="I12" s="36" t="s">
+        <v>299</v>
+      </c>
+      <c r="J12" s="36" t="s">
+        <v>299</v>
+      </c>
+      <c r="K12" s="36" t="s">
+        <v>299</v>
+      </c>
+      <c r="L12" s="37" t="s">
+        <v>299</v>
+      </c>
+      <c r="M12" s="39" t="s">
+        <v>299</v>
+      </c>
+      <c r="N12" s="36" t="s">
+        <v>299</v>
+      </c>
+      <c r="O12" s="37" t="s">
+        <v>299</v>
+      </c>
+      <c r="P12" s="37" t="s">
+        <v>299</v>
+      </c>
+      <c r="Q12" s="36" t="s">
+        <v>299</v>
+      </c>
+      <c r="R12" s="37" t="s">
+        <v>299</v>
+      </c>
+      <c r="S12" s="36" t="s">
+        <v>299</v>
+      </c>
+      <c r="T12" s="36" t="s">
+        <v>299</v>
+      </c>
+      <c r="U12" s="36" t="s">
+        <v>299</v>
+      </c>
+      <c r="V12" s="47" t="s">
+        <v>299</v>
+      </c>
+      <c r="W12" s="52" t="s">
+        <v>299</v>
+      </c>
+      <c r="X12" s="36" t="s">
+        <v>299</v>
+      </c>
+      <c r="Y12" s="26" t="s">
+        <v>302</v>
+      </c>
+      <c r="Z12" s="36" t="s">
+        <v>299</v>
+      </c>
+      <c r="AA12" s="36" t="s">
+        <v>299</v>
+      </c>
+      <c r="AB12" s="36" t="s">
+        <v>299</v>
+      </c>
+      <c r="AC12" s="36" t="s">
+        <v>299</v>
+      </c>
+      <c r="AD12" s="36" t="s">
+        <v>299</v>
+      </c>
+      <c r="AE12" s="36" t="s">
+        <v>299</v>
+      </c>
+      <c r="AF12" s="36" t="s">
+        <v>299</v>
+      </c>
+      <c r="AG12" s="36" t="s">
+        <v>299</v>
+      </c>
+      <c r="AH12" s="36" t="s">
+        <v>299</v>
+      </c>
+      <c r="AI12" s="36" t="s">
+        <v>299</v>
       </c>
     </row>
-    <row r="12" spans="2:40" ht="43.2" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="F12" t="s">
+    <row r="13" spans="2:40" x14ac:dyDescent="0.25">
+      <c r="B13" s="2" t="s">
         <v>303</v>
       </c>
-      <c r="G12" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H12" s="36" t="s">
+      <c r="C13" s="2" t="s">
         <v>304</v>
       </c>
-      <c r="I12" s="36" t="s">
-[...47 lines deleted...]
-      <c r="Y12" s="26" t="s">
+      <c r="D13" s="33" t="s">
         <v>305</v>
       </c>
-      <c r="Z12" s="36" t="s">
-[...27 lines deleted...]
-        <v>302</v>
+      <c r="E13" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="F13" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="G13" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="H13" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="I13" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="J13" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="K13" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="L13" s="15" t="s">
+        <v>306</v>
+      </c>
+      <c r="M13" s="40" t="s">
+        <v>306</v>
+      </c>
+      <c r="N13" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="O13" s="15" t="s">
+        <v>306</v>
+      </c>
+      <c r="P13" s="15" t="s">
+        <v>306</v>
+      </c>
+      <c r="Q13" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="R13" s="15" t="s">
+        <v>306</v>
+      </c>
+      <c r="S13" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="T13" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="U13" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="V13" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="W13" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="X13" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="Y13" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="Z13" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="AA13" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="AB13" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="AC13" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="AD13" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="AE13" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="AF13" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="AG13" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="AH13" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="AI13" s="5" t="s">
+        <v>306</v>
       </c>
     </row>
-    <row r="13" spans="2:40" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C13" s="2" t="s">
+    <row r="14" spans="2:40" ht="165" x14ac:dyDescent="0.25">
+      <c r="B14" s="3" t="s">
         <v>307</v>
       </c>
-      <c r="D13" s="33" t="s">
+      <c r="C14" s="4" t="s">
         <v>308</v>
-      </c>
-[...99 lines deleted...]
-        <v>311</v>
       </c>
       <c r="D14" s="32">
         <v>1</v>
       </c>
       <c r="E14" s="21">
         <v>0.05</v>
       </c>
       <c r="F14" s="21" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="G14" s="21">
         <v>0.12</v>
       </c>
       <c r="H14" s="21">
         <v>0.02</v>
       </c>
       <c r="I14" s="21">
         <v>0</v>
       </c>
       <c r="J14" s="21">
         <v>0.2</v>
       </c>
       <c r="K14" s="21">
         <v>0.18</v>
       </c>
       <c r="L14" s="22">
         <v>0.1</v>
       </c>
       <c r="M14" s="41">
         <v>0.2</v>
       </c>
       <c r="N14" s="21">
         <v>0.2</v>
       </c>
@@ -3565,1402 +3580,1402 @@
       <c r="V14" s="21">
         <v>0.1</v>
       </c>
       <c r="W14" s="21">
         <v>0.2</v>
       </c>
       <c r="X14" s="21">
         <v>0.05</v>
       </c>
       <c r="Y14" s="21">
         <v>0.25</v>
       </c>
       <c r="Z14" s="21">
         <v>0.05</v>
       </c>
       <c r="AA14" s="21">
         <v>0</v>
       </c>
       <c r="AB14" s="21">
         <v>0</v>
       </c>
       <c r="AC14" s="21">
         <v>0.05</v>
       </c>
       <c r="AD14" s="21" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="AE14" s="21">
         <v>0.05</v>
       </c>
       <c r="AF14" s="21">
         <v>0</v>
       </c>
       <c r="AG14" s="21">
         <v>0.15</v>
       </c>
       <c r="AH14" s="21">
         <v>0</v>
       </c>
       <c r="AI14" s="24" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
     </row>
-    <row r="15" spans="2:40" x14ac:dyDescent="0.3">
+    <row r="15" spans="2:40" x14ac:dyDescent="0.25">
       <c r="B15" s="3"/>
       <c r="C15" s="10" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="D15" s="32"/>
       <c r="E15" s="10" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F15" s="24" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="G15" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="H15" s="10" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="I15" s="10" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="J15" s="10" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="K15" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="L15" s="16" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="M15" s="54" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="N15" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="O15" s="16" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="P15" s="16" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="Q15" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="R15" s="16" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="S15" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="T15" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="U15" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="V15" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="W15" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="X15" s="10" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="Y15" s="10" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="Z15" s="10" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="AA15" s="10" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="AB15" s="10" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="AC15" s="10" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="AD15" s="24" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="AE15" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="AF15" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="AG15" s="10" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="AH15" s="10" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="AI15" s="10" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
     </row>
-    <row r="16" spans="2:40" x14ac:dyDescent="0.3">
+    <row r="16" spans="2:40" x14ac:dyDescent="0.25">
       <c r="B16" s="3"/>
       <c r="C16" s="10" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="D16" s="32"/>
       <c r="E16" s="10" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F16" s="24" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="G16" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="H16" s="10" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="I16" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="J16" s="10" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="K16" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="L16" s="16" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="M16" s="54" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="N16" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="O16" s="16" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="P16" s="16" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="Q16" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="R16" s="16" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="S16" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="T16" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="U16" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="V16" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="W16" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="X16" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="Y16" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="Z16" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="AA16" s="10" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="AB16" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="AC16" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="AD16" s="24" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="AE16" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="AF16" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="AG16" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="AH16" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="AI16" s="10" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
     </row>
-    <row r="17" spans="2:35" x14ac:dyDescent="0.3">
+    <row r="17" spans="2:35" x14ac:dyDescent="0.25">
       <c r="B17" s="3"/>
       <c r="C17" s="10" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="D17" s="32"/>
       <c r="E17" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="F17" s="24" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="G17" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="H17" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I17" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="J17" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="K17" s="10" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="L17" s="16" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="M17" s="54" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="N17" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="O17" s="16" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="P17" s="16" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="Q17" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="R17" s="16" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="S17" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="T17" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="U17" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="V17" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="W17" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="X17" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="Y17" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="Z17" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="AA17" s="10" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="AB17" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="AC17" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="AD17" s="24" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="AE17" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="AF17" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="AG17" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="AH17" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="AI17" s="10" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
     </row>
-    <row r="18" spans="2:35" ht="43.2" x14ac:dyDescent="0.3">
+    <row r="18" spans="2:35" ht="45" x14ac:dyDescent="0.25">
       <c r="B18" s="3"/>
       <c r="C18" s="10" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="D18" s="32"/>
       <c r="E18" s="10" t="s">
+        <v>317</v>
+      </c>
+      <c r="F18" s="24" t="s">
+        <v>312</v>
+      </c>
+      <c r="G18" s="23" t="s">
+        <v>317</v>
+      </c>
+      <c r="H18" s="10" t="s">
+        <v>317</v>
+      </c>
+      <c r="I18" s="10" t="s">
+        <v>318</v>
+      </c>
+      <c r="J18" s="10" t="s">
+        <v>319</v>
+      </c>
+      <c r="K18" s="10" t="s">
         <v>320</v>
       </c>
-      <c r="F18" s="24" t="s">
-[...2 lines deleted...]
-      <c r="G18" s="23" t="s">
+      <c r="L18" s="16" t="s">
+        <v>317</v>
+      </c>
+      <c r="M18" s="54" t="s">
         <v>320</v>
       </c>
-      <c r="H18" s="10" t="s">
+      <c r="N18" s="10" t="s">
+        <v>321</v>
+      </c>
+      <c r="O18" s="16" t="s">
+        <v>322</v>
+      </c>
+      <c r="P18" s="16" t="s">
+        <v>323</v>
+      </c>
+      <c r="Q18" s="10" t="s">
+        <v>324</v>
+      </c>
+      <c r="R18" s="16" t="s">
+        <v>325</v>
+      </c>
+      <c r="S18" s="10" t="s">
+        <v>325</v>
+      </c>
+      <c r="T18" s="10" t="s">
         <v>320</v>
       </c>
-      <c r="I18" s="10" t="s">
-[...8 lines deleted...]
-      <c r="L18" s="16" t="s">
+      <c r="U18" s="10" t="s">
+        <v>326</v>
+      </c>
+      <c r="V18" s="10" t="s">
+        <v>317</v>
+      </c>
+      <c r="W18" s="10" t="s">
         <v>320</v>
       </c>
-      <c r="M18" s="54" t="s">
-[...11 lines deleted...]
-      <c r="Q18" s="10" t="s">
+      <c r="X18" s="10" t="s">
         <v>327</v>
       </c>
-      <c r="R18" s="16" t="s">
+      <c r="Y18" s="10" t="s">
+        <v>320</v>
+      </c>
+      <c r="Z18" s="10" t="s">
         <v>328</v>
       </c>
-      <c r="S18" s="10" t="s">
-[...5 lines deleted...]
-      <c r="U18" s="10" t="s">
+      <c r="AA18" s="10" t="s">
         <v>329</v>
       </c>
-      <c r="V18" s="10" t="s">
+      <c r="AB18" s="10" t="s">
         <v>320</v>
       </c>
-      <c r="W18" s="10" t="s">
-[...2 lines deleted...]
-      <c r="X18" s="10" t="s">
+      <c r="AC18" s="10" t="s">
         <v>330</v>
       </c>
-      <c r="Y18" s="10" t="s">
-[...2 lines deleted...]
-      <c r="Z18" s="10" t="s">
+      <c r="AD18" s="24" t="s">
+        <v>192</v>
+      </c>
+      <c r="AE18" s="10" t="s">
         <v>331</v>
       </c>
-      <c r="AA18" s="10" t="s">
+      <c r="AF18" s="10" t="s">
+        <v>320</v>
+      </c>
+      <c r="AG18" s="10" t="s">
+        <v>320</v>
+      </c>
+      <c r="AH18" s="10" t="s">
         <v>332</v>
       </c>
-      <c r="AB18" s="10" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="AI18" s="10" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
     </row>
-    <row r="19" spans="2:35" ht="43.2" x14ac:dyDescent="0.3">
+    <row r="19" spans="2:35" ht="60" x14ac:dyDescent="0.25">
       <c r="B19" s="3"/>
       <c r="C19" s="10" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="D19" s="32"/>
       <c r="E19" s="10" t="s">
+        <v>334</v>
+      </c>
+      <c r="F19" s="24" t="s">
+        <v>312</v>
+      </c>
+      <c r="G19" s="23" t="s">
+        <v>335</v>
+      </c>
+      <c r="H19" s="10" t="s">
+        <v>320</v>
+      </c>
+      <c r="I19" s="10" t="s">
+        <v>317</v>
+      </c>
+      <c r="J19" s="16" t="s">
+        <v>336</v>
+      </c>
+      <c r="K19" s="10" t="s">
+        <v>320</v>
+      </c>
+      <c r="L19" s="16" t="s">
+        <v>192</v>
+      </c>
+      <c r="M19" s="42" t="s">
         <v>337</v>
       </c>
-      <c r="F19" s="24" t="s">
-[...2 lines deleted...]
-      <c r="G19" s="23" t="s">
+      <c r="N19" s="10" t="s">
         <v>338</v>
       </c>
-      <c r="H19" s="10" t="s">
-[...2 lines deleted...]
-      <c r="I19" s="10" t="s">
+      <c r="O19" s="16" t="s">
+        <v>339</v>
+      </c>
+      <c r="P19" s="16" t="s">
+        <v>340</v>
+      </c>
+      <c r="Q19" s="10" t="s">
+        <v>312</v>
+      </c>
+      <c r="R19" s="16" t="s">
+        <v>341</v>
+      </c>
+      <c r="S19" s="23" t="s">
+        <v>342</v>
+      </c>
+      <c r="T19" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="U19" s="10" t="s">
+        <v>344</v>
+      </c>
+      <c r="V19" s="10" t="s">
+        <v>192</v>
+      </c>
+      <c r="W19" s="10" t="s">
+        <v>345</v>
+      </c>
+      <c r="X19" s="10" t="s">
+        <v>346</v>
+      </c>
+      <c r="Y19" s="10" t="s">
+        <v>347</v>
+      </c>
+      <c r="Z19" s="10" t="s">
+        <v>348</v>
+      </c>
+      <c r="AA19" s="10" t="s">
+        <v>349</v>
+      </c>
+      <c r="AB19" s="10" t="s">
         <v>320</v>
       </c>
-      <c r="J19" s="16" t="s">
-[...44 lines deleted...]
-      <c r="Y19" s="10" t="s">
+      <c r="AC19" s="10" t="s">
         <v>350</v>
       </c>
-      <c r="Z19" s="10" t="s">
+      <c r="AD19" s="24" t="s">
+        <v>192</v>
+      </c>
+      <c r="AE19" s="23" t="s">
+        <v>192</v>
+      </c>
+      <c r="AF19" s="23" t="s">
         <v>351</v>
       </c>
-      <c r="AA19" s="10" t="s">
+      <c r="AG19" s="10" t="s">
         <v>352</v>
       </c>
-      <c r="AB19" s="10" t="s">
-[...2 lines deleted...]
-      <c r="AC19" s="10" t="s">
+      <c r="AH19" s="10" t="s">
         <v>353</v>
       </c>
-      <c r="AD19" s="24" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="AI19" s="10" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
     </row>
-    <row r="20" spans="2:35" ht="57.6" x14ac:dyDescent="0.3">
+    <row r="20" spans="2:35" ht="60" x14ac:dyDescent="0.25">
       <c r="B20" s="3"/>
       <c r="C20" s="10" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="D20" s="32"/>
       <c r="E20" s="10" t="s">
+        <v>355</v>
+      </c>
+      <c r="F20" s="24" t="s">
+        <v>312</v>
+      </c>
+      <c r="G20" s="10" t="s">
+        <v>356</v>
+      </c>
+      <c r="H20" s="24" t="s">
+        <v>320</v>
+      </c>
+      <c r="I20" s="10" t="s">
+        <v>317</v>
+      </c>
+      <c r="J20" s="19" t="s">
+        <v>357</v>
+      </c>
+      <c r="K20" s="10" t="s">
         <v>358</v>
       </c>
-      <c r="F20" s="24" t="s">
-[...2 lines deleted...]
-      <c r="G20" s="10" t="s">
+      <c r="L20" s="16" t="s">
         <v>359</v>
       </c>
-      <c r="H20" s="24" t="s">
-[...2 lines deleted...]
-      <c r="I20" s="10" t="s">
+      <c r="M20" s="42" t="s">
+        <v>360</v>
+      </c>
+      <c r="N20" s="10" t="s">
+        <v>361</v>
+      </c>
+      <c r="O20" s="16" t="s">
+        <v>339</v>
+      </c>
+      <c r="P20" s="16" t="s">
+        <v>362</v>
+      </c>
+      <c r="Q20" s="10" t="s">
+        <v>363</v>
+      </c>
+      <c r="R20" s="16" t="s">
+        <v>341</v>
+      </c>
+      <c r="S20" s="16" t="s">
+        <v>192</v>
+      </c>
+      <c r="T20" s="16" t="s">
+        <v>364</v>
+      </c>
+      <c r="U20" s="10" t="s">
+        <v>365</v>
+      </c>
+      <c r="V20" s="10" t="s">
+        <v>366</v>
+      </c>
+      <c r="W20" s="10" t="s">
         <v>320</v>
       </c>
-      <c r="J20" s="19" t="s">
-[...29 lines deleted...]
-      <c r="T20" s="16" t="s">
+      <c r="X20" s="10" t="s">
         <v>367</v>
       </c>
-      <c r="U20" s="10" t="s">
+      <c r="Y20" s="10" t="s">
+        <v>347</v>
+      </c>
+      <c r="Z20" s="10" t="s">
+        <v>312</v>
+      </c>
+      <c r="AA20" s="10" t="s">
+        <v>349</v>
+      </c>
+      <c r="AB20" s="16" t="s">
         <v>368</v>
       </c>
-      <c r="V20" s="10" t="s">
+      <c r="AC20" s="10" t="s">
         <v>369</v>
       </c>
-      <c r="W20" s="10" t="s">
-[...2 lines deleted...]
-      <c r="X20" s="10" t="s">
+      <c r="AD20" s="24" t="s">
+        <v>192</v>
+      </c>
+      <c r="AE20" s="10" t="s">
         <v>370</v>
       </c>
-      <c r="Y20" s="10" t="s">
-[...8 lines deleted...]
-      <c r="AB20" s="16" t="s">
+      <c r="AF20" s="23" t="s">
         <v>371</v>
       </c>
-      <c r="AC20" s="10" t="s">
+      <c r="AG20" s="10" t="s">
         <v>372</v>
       </c>
-      <c r="AD20" s="24" t="s">
-[...2 lines deleted...]
-      <c r="AE20" s="10" t="s">
+      <c r="AH20" s="10" t="s">
         <v>373</v>
       </c>
-      <c r="AF20" s="23" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AI20" s="10" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
     </row>
-    <row r="21" spans="2:35" ht="57.6" x14ac:dyDescent="0.3">
+    <row r="21" spans="2:35" ht="60" x14ac:dyDescent="0.25">
       <c r="B21" s="3"/>
       <c r="C21" s="10" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="D21" s="32"/>
       <c r="E21" s="10" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="F21" s="24" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="G21" s="10" t="s">
+        <v>375</v>
+      </c>
+      <c r="H21" s="10" t="s">
+        <v>376</v>
+      </c>
+      <c r="I21" s="10" t="s">
+        <v>317</v>
+      </c>
+      <c r="J21" s="16" t="s">
+        <v>377</v>
+      </c>
+      <c r="K21" s="10" t="s">
         <v>378</v>
       </c>
-      <c r="H21" s="10" t="s">
+      <c r="L21" s="16" t="s">
         <v>379</v>
       </c>
-      <c r="I21" s="10" t="s">
+      <c r="M21" s="54" t="s">
+        <v>380</v>
+      </c>
+      <c r="N21" s="23" t="s">
+        <v>381</v>
+      </c>
+      <c r="O21" s="16" t="s">
+        <v>382</v>
+      </c>
+      <c r="P21" s="16" t="s">
+        <v>383</v>
+      </c>
+      <c r="Q21" s="10" t="s">
         <v>320</v>
       </c>
-      <c r="J21" s="16" t="s">
-[...11 lines deleted...]
-      <c r="N21" s="23" t="s">
+      <c r="R21" s="16" t="s">
+        <v>341</v>
+      </c>
+      <c r="S21" s="23" t="s">
         <v>384</v>
       </c>
-      <c r="O21" s="16" t="s">
+      <c r="T21" s="23" t="s">
         <v>385</v>
       </c>
-      <c r="P21" s="16" t="s">
+      <c r="U21" s="10" t="s">
         <v>386</v>
       </c>
-      <c r="Q21" s="10" t="s">
-[...5 lines deleted...]
-      <c r="S21" s="23" t="s">
+      <c r="V21" s="10" t="s">
+        <v>317</v>
+      </c>
+      <c r="W21" s="10" t="s">
+        <v>320</v>
+      </c>
+      <c r="X21" s="10" t="s">
         <v>387</v>
       </c>
-      <c r="T21" s="23" t="s">
+      <c r="Y21" s="10" t="s">
+        <v>320</v>
+      </c>
+      <c r="Z21" s="10" t="s">
         <v>388</v>
       </c>
-      <c r="U21" s="10" t="s">
+      <c r="AA21" s="10" t="s">
         <v>389</v>
       </c>
-      <c r="V21" s="10" t="s">
+      <c r="AB21" s="10" t="s">
         <v>320</v>
       </c>
-      <c r="W21" s="10" t="s">
-[...2 lines deleted...]
-      <c r="X21" s="10" t="s">
+      <c r="AC21" s="10" t="s">
         <v>390</v>
       </c>
-      <c r="Y21" s="10" t="s">
-[...2 lines deleted...]
-      <c r="Z21" s="10" t="s">
+      <c r="AD21" s="24" t="s">
+        <v>192</v>
+      </c>
+      <c r="AE21" s="23" t="s">
         <v>391</v>
       </c>
-      <c r="AA21" s="10" t="s">
+      <c r="AF21" s="23" t="s">
         <v>392</v>
       </c>
-      <c r="AB21" s="10" t="s">
-[...2 lines deleted...]
-      <c r="AC21" s="10" t="s">
+      <c r="AG21" s="10" t="s">
         <v>393</v>
       </c>
-      <c r="AD21" s="24" t="s">
-[...2 lines deleted...]
-      <c r="AE21" s="23" t="s">
+      <c r="AH21" s="10" t="s">
         <v>394</v>
       </c>
-      <c r="AF21" s="23" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AI21" s="10" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
     </row>
-    <row r="22" spans="2:35" ht="72" x14ac:dyDescent="0.3">
+    <row r="22" spans="2:35" ht="90" x14ac:dyDescent="0.25">
       <c r="B22" s="3"/>
       <c r="C22" s="10" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="D22" s="32"/>
       <c r="E22" s="10" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="F22" s="24" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="G22" s="10" t="s">
+        <v>396</v>
+      </c>
+      <c r="H22" s="10" t="s">
+        <v>320</v>
+      </c>
+      <c r="I22" s="10" t="s">
+        <v>317</v>
+      </c>
+      <c r="J22" s="16" t="s">
+        <v>397</v>
+      </c>
+      <c r="K22" s="10" t="s">
+        <v>398</v>
+      </c>
+      <c r="L22" s="16" t="s">
         <v>399</v>
       </c>
-      <c r="H22" s="10" t="s">
-[...2 lines deleted...]
-      <c r="I22" s="10" t="s">
+      <c r="M22" s="42" t="s">
+        <v>400</v>
+      </c>
+      <c r="N22" s="23" t="s">
+        <v>381</v>
+      </c>
+      <c r="O22" s="16" t="s">
+        <v>401</v>
+      </c>
+      <c r="P22" s="16" t="s">
+        <v>402</v>
+      </c>
+      <c r="Q22" s="10" t="s">
+        <v>403</v>
+      </c>
+      <c r="R22" s="16" t="s">
+        <v>341</v>
+      </c>
+      <c r="S22" s="23" t="s">
+        <v>404</v>
+      </c>
+      <c r="T22" s="23" t="s">
+        <v>405</v>
+      </c>
+      <c r="U22" s="10" t="s">
+        <v>406</v>
+      </c>
+      <c r="V22" s="24" t="s">
+        <v>407</v>
+      </c>
+      <c r="W22" s="10" t="s">
         <v>320</v>
       </c>
-      <c r="J22" s="16" t="s">
-[...29 lines deleted...]
-      <c r="T22" s="23" t="s">
+      <c r="X22" s="10" t="s">
         <v>408</v>
       </c>
-      <c r="U22" s="10" t="s">
+      <c r="Y22" s="10" t="s">
         <v>409</v>
       </c>
-      <c r="V22" s="24" t="s">
+      <c r="Z22" s="10" t="s">
         <v>410</v>
       </c>
-      <c r="W22" s="10" t="s">
-[...2 lines deleted...]
-      <c r="X22" s="10" t="s">
+      <c r="AA22" s="10" t="s">
+        <v>389</v>
+      </c>
+      <c r="AB22" s="16" t="s">
+        <v>320</v>
+      </c>
+      <c r="AC22" s="10" t="s">
         <v>411</v>
       </c>
-      <c r="Y22" s="10" t="s">
+      <c r="AD22" s="24" t="s">
+        <v>192</v>
+      </c>
+      <c r="AE22" s="35" t="s">
         <v>412</v>
       </c>
-      <c r="Z22" s="10" t="s">
+      <c r="AF22" s="23" t="s">
         <v>413</v>
       </c>
-      <c r="AA22" s="10" t="s">
-[...5 lines deleted...]
-      <c r="AC22" s="10" t="s">
+      <c r="AG22" s="10" t="s">
         <v>414</v>
       </c>
-      <c r="AD22" s="24" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AH22" s="10" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="AI22" s="10" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
     </row>
-    <row r="23" spans="2:35" ht="43.2" x14ac:dyDescent="0.3">
+    <row r="23" spans="2:35" ht="60" x14ac:dyDescent="0.25">
       <c r="B23" s="3"/>
       <c r="C23" s="10" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="D23" s="32"/>
       <c r="E23" s="10" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="F23" s="24" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="G23" s="10" t="s">
+        <v>416</v>
+      </c>
+      <c r="H23" s="10" t="s">
+        <v>320</v>
+      </c>
+      <c r="I23" s="10" t="s">
+        <v>317</v>
+      </c>
+      <c r="J23" s="10" t="s">
+        <v>417</v>
+      </c>
+      <c r="K23" s="10" t="s">
+        <v>418</v>
+      </c>
+      <c r="L23" s="16" t="s">
         <v>419</v>
       </c>
-      <c r="H23" s="10" t="s">
-[...2 lines deleted...]
-      <c r="I23" s="10" t="s">
+      <c r="M23" s="43" t="s">
+        <v>420</v>
+      </c>
+      <c r="N23" s="24" t="s">
+        <v>421</v>
+      </c>
+      <c r="O23" s="16" t="s">
+        <v>339</v>
+      </c>
+      <c r="P23" s="16" t="s">
+        <v>422</v>
+      </c>
+      <c r="Q23" s="10" t="s">
+        <v>403</v>
+      </c>
+      <c r="R23" s="16" t="s">
+        <v>341</v>
+      </c>
+      <c r="S23" s="10" t="s">
+        <v>192</v>
+      </c>
+      <c r="T23" s="23" t="s">
+        <v>423</v>
+      </c>
+      <c r="U23" s="10" t="s">
+        <v>424</v>
+      </c>
+      <c r="V23" s="24" t="s">
+        <v>425</v>
+      </c>
+      <c r="W23" s="10" t="s">
         <v>320</v>
       </c>
-      <c r="J23" s="10" t="s">
-[...29 lines deleted...]
-      <c r="T23" s="23" t="s">
+      <c r="X23" s="10" t="s">
         <v>426</v>
       </c>
-      <c r="U23" s="10" t="s">
+      <c r="Y23" s="10" t="s">
+        <v>409</v>
+      </c>
+      <c r="Z23" s="10" t="s">
         <v>427</v>
       </c>
-      <c r="V23" s="24" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="AA23" s="10" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="AB23" s="10" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="AC23" s="20">
         <v>35</v>
       </c>
       <c r="AD23" s="24" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="AE23" s="10" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="AF23" s="23" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="AG23" s="10" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="AH23" s="10" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="AI23" s="10" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
     </row>
-    <row r="24" spans="2:35" ht="43.2" x14ac:dyDescent="0.3">
+    <row r="24" spans="2:35" ht="60" x14ac:dyDescent="0.25">
       <c r="B24" s="3"/>
       <c r="C24" s="10" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="D24" s="32"/>
       <c r="E24" s="10" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="F24" s="24" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="G24" s="10" t="s">
+        <v>431</v>
+      </c>
+      <c r="H24" s="10" t="s">
+        <v>320</v>
+      </c>
+      <c r="I24" s="10" t="s">
+        <v>317</v>
+      </c>
+      <c r="J24" s="10" t="s">
+        <v>417</v>
+      </c>
+      <c r="K24" s="10" t="s">
+        <v>418</v>
+      </c>
+      <c r="L24" s="16" t="s">
+        <v>419</v>
+      </c>
+      <c r="M24" s="42" t="s">
+        <v>400</v>
+      </c>
+      <c r="N24" s="10" t="s">
+        <v>432</v>
+      </c>
+      <c r="O24" s="16" t="s">
+        <v>339</v>
+      </c>
+      <c r="P24" s="16" t="s">
+        <v>422</v>
+      </c>
+      <c r="Q24" s="10" t="s">
+        <v>403</v>
+      </c>
+      <c r="R24" s="16" t="s">
+        <v>341</v>
+      </c>
+      <c r="S24" s="10" t="s">
+        <v>192</v>
+      </c>
+      <c r="T24" s="16" t="s">
+        <v>433</v>
+      </c>
+      <c r="U24" s="10" t="s">
+        <v>424</v>
+      </c>
+      <c r="V24" s="24" t="s">
+        <v>425</v>
+      </c>
+      <c r="W24" s="10" t="s">
+        <v>320</v>
+      </c>
+      <c r="X24" s="10" t="s">
         <v>434</v>
       </c>
-      <c r="H24" s="10" t="s">
-[...2 lines deleted...]
-      <c r="I24" s="10" t="s">
+      <c r="Y24" s="10" t="s">
         <v>320</v>
       </c>
-      <c r="J24" s="10" t="s">
-[...32 lines deleted...]
-      <c r="U24" s="10" t="s">
+      <c r="Z24" s="10" t="s">
         <v>427</v>
       </c>
-      <c r="V24" s="24" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="AA24" s="10" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="AB24" s="10" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="AC24" s="20">
         <v>35</v>
       </c>
       <c r="AD24" s="24" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="AE24" s="23" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="AF24" s="23" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="AG24" s="10" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="AH24" s="10" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="AI24" s="10" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
     </row>
-    <row r="25" spans="2:35" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="25" spans="2:35" ht="30" x14ac:dyDescent="0.25">
       <c r="B25" s="3"/>
       <c r="C25" s="10" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="D25" s="32"/>
       <c r="E25" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="F25" s="24" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="G25" s="10" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="H25" s="10" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="I25" s="10" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="J25" s="10" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="K25" s="10" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="L25" s="16" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="M25" s="54" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="N25" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="O25" s="16" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="P25" s="16" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="Q25" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="R25" s="16" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="S25" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="T25" s="10" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="U25" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="V25" s="10" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="W25" s="10" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="X25" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="Y25" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="Z25" s="10" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="AA25" s="10" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="AB25" s="10" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="AC25" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="AD25" s="24" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="AE25" s="10" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="AF25" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="AG25" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="AH25" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="AI25" s="10" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
     </row>
-    <row r="26" spans="2:35" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="26" spans="2:35" ht="45" x14ac:dyDescent="0.25">
       <c r="B26" s="3"/>
       <c r="C26" s="10" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="D26" s="32"/>
       <c r="E26" s="46" t="s">
+        <v>439</v>
+      </c>
+      <c r="F26" s="24" t="s">
+        <v>312</v>
+      </c>
+      <c r="G26" s="10" t="s">
+        <v>182</v>
+      </c>
+      <c r="H26" s="10" t="s">
+        <v>183</v>
+      </c>
+      <c r="I26" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="J26" s="10" t="s">
+        <v>185</v>
+      </c>
+      <c r="K26" s="10" t="s">
+        <v>440</v>
+      </c>
+      <c r="L26" s="16" t="s">
+        <v>187</v>
+      </c>
+      <c r="M26" s="54" t="s">
+        <v>188</v>
+      </c>
+      <c r="N26" s="10" t="s">
+        <v>441</v>
+      </c>
+      <c r="O26" s="16" t="s">
+        <v>190</v>
+      </c>
+      <c r="P26" s="16" t="s">
+        <v>191</v>
+      </c>
+      <c r="Q26" s="10" t="s">
+        <v>192</v>
+      </c>
+      <c r="R26" s="16" t="s">
+        <v>193</v>
+      </c>
+      <c r="S26" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="T26" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="U26" s="10" t="s">
         <v>442</v>
       </c>
-      <c r="F26" s="24" t="s">
-[...14 lines deleted...]
-      <c r="K26" s="10" t="s">
+      <c r="V26" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="W26" s="10" t="s">
+        <v>198</v>
+      </c>
+      <c r="X26" s="10" t="s">
+        <v>199</v>
+      </c>
+      <c r="Y26" s="10" t="s">
+        <v>200</v>
+      </c>
+      <c r="Z26" s="10" t="s">
+        <v>201</v>
+      </c>
+      <c r="AA26" s="10" t="s">
+        <v>202</v>
+      </c>
+      <c r="AB26" s="10" t="s">
+        <v>203</v>
+      </c>
+      <c r="AC26" s="10" t="s">
+        <v>204</v>
+      </c>
+      <c r="AD26" s="24" t="s">
+        <v>192</v>
+      </c>
+      <c r="AE26" s="10" t="s">
+        <v>206</v>
+      </c>
+      <c r="AF26" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="AG26" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="AH26" s="10" t="s">
         <v>443</v>
       </c>
-      <c r="L26" s="16" t="s">
-[...5 lines deleted...]
-      <c r="N26" s="10" t="s">
+      <c r="AI26" s="10" t="s">
         <v>444</v>
       </c>
-      <c r="O26" s="16" t="s">
-[...17 lines deleted...]
-      <c r="U26" s="10" t="s">
+    </row>
+    <row r="27" spans="2:35" ht="105" x14ac:dyDescent="0.25">
+      <c r="B27" s="3" t="s">
         <v>445</v>
       </c>
-      <c r="V26" s="10" t="s">
-[...35 lines deleted...]
-      <c r="AH26" s="10" t="s">
+      <c r="C27" s="25" t="s">
         <v>446</v>
-      </c>
-[...9 lines deleted...]
-        <v>449</v>
       </c>
       <c r="D27" s="32">
         <v>1</v>
       </c>
       <c r="E27" s="21" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="F27" s="21">
         <v>0</v>
       </c>
       <c r="G27" s="21" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="H27" s="21" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="I27" s="21">
         <v>0</v>
       </c>
       <c r="J27" s="21">
         <v>0.2</v>
       </c>
       <c r="K27" s="24" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="L27" s="22">
         <v>0.1</v>
       </c>
       <c r="M27" s="41" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="N27" s="21" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="O27" s="22" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="P27" s="22" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="Q27" s="21" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="R27" s="22">
         <v>0.15</v>
       </c>
       <c r="S27" s="21">
         <v>0.15</v>
       </c>
       <c r="T27" s="21">
         <v>0</v>
       </c>
       <c r="U27" s="21" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="V27" s="21" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="W27" s="21" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="X27" s="21">
         <v>0.05</v>
       </c>
       <c r="Y27" s="24" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="Z27" s="24" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="AA27" s="24" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="AB27" s="24" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="AC27" s="21" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="AD27" s="21">
         <v>0.1</v>
       </c>
       <c r="AE27" s="24" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="AF27" s="24" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="AG27" s="21" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="AH27" s="21">
         <v>0</v>
       </c>
       <c r="AI27" s="21">
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="2:35" x14ac:dyDescent="0.3">
+    <row r="28" spans="2:35" x14ac:dyDescent="0.25">
       <c r="B28" s="3" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="C28" s="4" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="D28" s="32">
         <v>1</v>
       </c>
       <c r="E28" s="21">
         <v>0.05</v>
       </c>
       <c r="F28" s="21">
         <v>0</v>
       </c>
       <c r="G28" s="21">
         <v>0.12</v>
       </c>
       <c r="H28" s="21">
         <v>0.1</v>
       </c>
       <c r="I28" s="21">
         <v>0</v>
       </c>
       <c r="J28" s="21">
         <v>0.2</v>
       </c>
       <c r="K28" s="24" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="L28" s="22">
         <v>0.1</v>
       </c>
       <c r="M28" s="41">
         <v>0.2</v>
       </c>
       <c r="N28" s="21">
         <v>0.2</v>
       </c>
       <c r="O28" s="22">
         <v>2.0000000000000001E-4</v>
       </c>
       <c r="P28" s="22">
         <v>0.25</v>
       </c>
       <c r="Q28" s="21">
         <v>0</v>
       </c>
       <c r="R28" s="22">
         <v>0.15</v>
       </c>
       <c r="S28" s="21">
         <v>0.15</v>
       </c>
@@ -4991,148 +5006,148 @@
       <c r="AB28" s="21">
         <v>0</v>
       </c>
       <c r="AC28" s="21">
         <v>0.03</v>
       </c>
       <c r="AD28" s="21">
         <v>0.1</v>
       </c>
       <c r="AE28" s="21">
         <v>0.05</v>
       </c>
       <c r="AF28" s="21">
         <v>0</v>
       </c>
       <c r="AG28" s="21">
         <v>0.15</v>
       </c>
       <c r="AH28" s="21">
         <v>0</v>
       </c>
       <c r="AI28" s="21">
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="2:35" x14ac:dyDescent="0.3">
+    <row r="29" spans="2:35" x14ac:dyDescent="0.25">
       <c r="B29" s="6" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="C29" s="6" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="D29" s="34" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="E29" s="6" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="F29" s="6"/>
       <c r="G29" s="6" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="I29" s="6" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="J29" s="6" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="K29" s="6" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="L29" s="17" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="M29" s="6" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="N29" s="6" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="O29" s="17" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="P29" s="17" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="Q29" s="6" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="R29" s="17" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="S29" s="6" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="T29" s="6" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="U29" s="6" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="V29" s="6"/>
       <c r="W29" s="6" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="X29" s="6" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="Y29" s="6" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="Z29" s="6" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="AA29" s="6" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="AB29" s="6" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="AC29" s="6" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="AD29" s="6" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="AE29" s="6" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="AF29" s="6" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="AG29" s="6" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="AH29" s="6" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="AI29" s="6" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="G1:AI29">
     <sortCondition ref="G2:AI2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="N7" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="G12" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
     <hyperlink ref="H12" r:id="rId3" display="Price Link" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
     <hyperlink ref="I12" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
     <hyperlink ref="J12" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
     <hyperlink ref="K12" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
     <hyperlink ref="L12" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
     <hyperlink ref="M12" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
     <hyperlink ref="N12" r:id="rId9" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
     <hyperlink ref="O12" r:id="rId10" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
     <hyperlink ref="R12" r:id="rId11" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
     <hyperlink ref="S12" r:id="rId12" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
     <hyperlink ref="T12" r:id="rId13" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
     <hyperlink ref="U12" r:id="rId14" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
     <hyperlink ref="X12" r:id="rId15" xr:uid="{00000000-0004-0000-0000-000013000000}"/>
     <hyperlink ref="Z12" r:id="rId16" xr:uid="{00000000-0004-0000-0000-000014000000}"/>
     <hyperlink ref="AA12" r:id="rId17" xr:uid="{00000000-0004-0000-0000-000015000000}"/>
     <hyperlink ref="AB12" r:id="rId18" xr:uid="{00000000-0004-0000-0000-000016000000}"/>