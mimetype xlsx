--- v0 (2025-10-19)
+++ v1 (2026-01-30)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="X:\Bids\2021\21-7403 Furnishing Solutions and Related\Award Summary and Award Detail\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2021\21-7403 Furnishing Solutions and Related\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{231878F6-4CB8-41EC-8209-C4757C7D0F33}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{127269E0-118B-43BD-85EB-852D51E3CEA5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -681,54 +681,54 @@
     <t>*updated 6/13/23, 10/2/23, 7/30/24, 8/5/24</t>
   </si>
   <si>
     <t>*updated 2/21/22, 5/17/23, 8/21/23, 7/15/24, 8/8/24</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>29 A  Butterfield Trail    El Paso, TX 79906</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> 1616 Bassett Ave El Paso, TX 79901</t>
     </r>
   </si>
   <si>
-    <t>*updated 5/12/21, 7/19/21, 7/29/21, 8/16/21, 10/1/21, 10/20/21, 12/15/21, 3/21/22, 9/15/22, 9/20/22, 2/7/23, 3/23/23, 5/30/23, 2/22/24, 9/10/24, 10/31/24</t>
-[...1 lines deleted...]
-  <si>
     <t>* updated 5/13/21, 6/9/21, 7/8/21, 9/29/21, 11/8/21, 12/17/21, 1/7/22, 3/3/22, 6/8/22, 1/11/23, 3/8/23, 4/17/23, 4/21/23, 9/25/23, 4/24/24, 9/6/24, 4/21/25, 5/30/25</t>
+  </si>
+  <si>
+    <t>*updated 5/12/21, 7/19/21, 7/29/21, 8/16/21, 10/1/21, 10/20/21, 12/15/21, 3/21/22, 9/15/22, 9/20/22, 2/7/23, 3/23/23, 5/30/23, 2/22/24, 9/10/24, 10/31/24, 11/11/25, 11/19/25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1287,57 +1287,57 @@
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="9" customWidth="1"/>
     <col min="2" max="2" width="8" style="9" customWidth="1"/>
     <col min="3" max="3" width="61.85546875" style="9" customWidth="1"/>
     <col min="4" max="4" width="6" style="9" customWidth="1"/>
     <col min="5" max="16" width="37.85546875" style="21" customWidth="1"/>
     <col min="17" max="17" width="12" style="9" customWidth="1"/>
     <col min="18" max="18" width="14" style="9" customWidth="1"/>
     <col min="19" max="19" width="12" style="9" customWidth="1"/>
     <col min="20" max="20" width="14" style="9" customWidth="1"/>
     <col min="21" max="16384" width="8.85546875" style="9"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="75" x14ac:dyDescent="0.25">
       <c r="E1" s="25" t="s">
         <v>134</v>
       </c>
       <c r="F1" s="25" t="s">
         <v>147</v>
       </c>
       <c r="G1" s="21" t="s">
         <v>146</v>
       </c>
       <c r="I1" s="21" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="L1" s="21" t="s">
         <v>0</v>
       </c>
       <c r="M1" s="25" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="O1" s="25" t="s">
         <v>139</v>
       </c>
       <c r="P1" s="21" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:17" ht="60" x14ac:dyDescent="0.25">
       <c r="D2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="10" t="s">
         <v>133</v>
       </c>
       <c r="F2" s="11" t="s">
         <v>143</v>
       </c>
       <c r="G2" s="10" t="s">
         <v>3</v>
       </c>
       <c r="H2" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I2" s="8" t="s">