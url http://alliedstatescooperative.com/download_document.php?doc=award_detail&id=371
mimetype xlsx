--- v1 (2026-01-30)
+++ v2 (2026-03-18)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2021\21-7403 Furnishing Solutions and Related\Award Summary and Award Detail\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\Bids\2021\21-7403 Furnishing Solutions and Related\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{127269E0-118B-43BD-85EB-852D51E3CEA5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{44F01EE5-4259-4D5B-8809-AAF846330D63}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -681,54 +681,54 @@
     <t>*updated 6/13/23, 10/2/23, 7/30/24, 8/5/24</t>
   </si>
   <si>
     <t>*updated 2/21/22, 5/17/23, 8/21/23, 7/15/24, 8/8/24</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>29 A  Butterfield Trail    El Paso, TX 79906</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> 1616 Bassett Ave El Paso, TX 79901</t>
     </r>
   </si>
   <si>
-    <t>* updated 5/13/21, 6/9/21, 7/8/21, 9/29/21, 11/8/21, 12/17/21, 1/7/22, 3/3/22, 6/8/22, 1/11/23, 3/8/23, 4/17/23, 4/21/23, 9/25/23, 4/24/24, 9/6/24, 4/21/25, 5/30/25</t>
-[...1 lines deleted...]
-  <si>
     <t>*updated 5/12/21, 7/19/21, 7/29/21, 8/16/21, 10/1/21, 10/20/21, 12/15/21, 3/21/22, 9/15/22, 9/20/22, 2/7/23, 3/23/23, 5/30/23, 2/22/24, 9/10/24, 10/31/24, 11/11/25, 11/19/25</t>
+  </si>
+  <si>
+    <t>* updated 5/13/21, 6/9/21, 7/8/21, 9/29/21, 11/8/21, 12/17/21, 1/7/22, 3/3/22, 6/8/22, 1/11/23, 3/8/23, 4/17/23, 4/21/23, 9/25/23, 4/24/24, 9/6/24, 4/21/25, 5/30/25, 3/6/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1248,96 +1248,96 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7403/The%20Edu-Source%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7403/K-LogPriceList.xlsx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7403/Spectrum%20Paper%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7403/StoutPricelist.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7403/Indoff%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7403/Goodmans%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7403/Shelby%20Distributions%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7403/Beck%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7403/School%20Outfitters.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7403/Contract%20Associates%20Price%20lists.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7403/Reynolds%20Pricing.xlsx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7403/Business%20Environments%20Pricing.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7403/Business%20Environments%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7403/Reynolds%20Pricing.xlsx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7403/The%20Edu-Source%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7403/Indoff%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7403/K-LogPriceList.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7403/Goodmans%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7403/Spectrum%20Paper%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7403/StoutPricelist.xlsx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7403/Shelby%20Distributions%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7403/Beck%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7403/School%20Outfitters.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7403/Contract%20Associates%20Price%20lists.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:AH18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="4" ySplit="2" topLeftCell="E9" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="9" customWidth="1"/>
     <col min="2" max="2" width="8" style="9" customWidth="1"/>
     <col min="3" max="3" width="61.85546875" style="9" customWidth="1"/>
     <col min="4" max="4" width="6" style="9" customWidth="1"/>
     <col min="5" max="16" width="37.85546875" style="21" customWidth="1"/>
     <col min="17" max="17" width="12" style="9" customWidth="1"/>
     <col min="18" max="18" width="14" style="9" customWidth="1"/>
     <col min="19" max="19" width="12" style="9" customWidth="1"/>
     <col min="20" max="20" width="14" style="9" customWidth="1"/>
     <col min="21" max="16384" width="8.85546875" style="9"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="75" x14ac:dyDescent="0.25">
       <c r="E1" s="25" t="s">
         <v>134</v>
       </c>
       <c r="F1" s="25" t="s">
         <v>147</v>
       </c>
       <c r="G1" s="21" t="s">
         <v>146</v>
       </c>
       <c r="I1" s="21" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="L1" s="21" t="s">
         <v>0</v>
       </c>
       <c r="M1" s="25" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="O1" s="25" t="s">
         <v>139</v>
       </c>
       <c r="P1" s="21" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:17" ht="60" x14ac:dyDescent="0.25">
       <c r="D2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="10" t="s">
         <v>133</v>
       </c>
       <c r="F2" s="11" t="s">
         <v>143</v>
       </c>
       <c r="G2" s="10" t="s">
         <v>3</v>
       </c>
       <c r="H2" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I2" s="8" t="s">
@@ -2093,61 +2093,61 @@
       <c r="AB18" s="19" t="s">
         <v>112</v>
       </c>
       <c r="AC18" s="19" t="s">
         <v>112</v>
       </c>
       <c r="AD18" s="19" t="s">
         <v>112</v>
       </c>
       <c r="AE18" s="19" t="s">
         <v>112</v>
       </c>
       <c r="AF18" s="19" t="s">
         <v>112</v>
       </c>
       <c r="AG18" s="19" t="s">
         <v>112</v>
       </c>
       <c r="AH18" s="19" t="s">
         <v>112</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="H12" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
-    <hyperlink ref="I12" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
-[...9 lines deleted...]
-    <hyperlink ref="O12" r:id="rId12" xr:uid="{F4110B01-3AD8-4CF9-ACC2-D183497FDA0B}"/>
+    <hyperlink ref="J12" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
+    <hyperlink ref="K12" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
+    <hyperlink ref="L12" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
+    <hyperlink ref="M12" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
+    <hyperlink ref="N12" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
+    <hyperlink ref="P12" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
+    <hyperlink ref="E12" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
+    <hyperlink ref="F12" r:id="rId9" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
+    <hyperlink ref="G12" r:id="rId10" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
+    <hyperlink ref="O12" r:id="rId11" xr:uid="{F4110B01-3AD8-4CF9-ACC2-D183497FDA0B}"/>
+    <hyperlink ref="I12" r:id="rId12" xr:uid="{CB87D5A5-70D1-471E-B309-70C6AE1BB294}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
   <pageSetup orientation="landscape" r:id="rId13"/>
   <headerFooter>
     <oddFooter>&amp;R21-7403 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>