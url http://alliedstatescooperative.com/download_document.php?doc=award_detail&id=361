--- v0 (2025-10-22)
+++ v1 (2026-01-30)
@@ -1,324 +1,281 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2021\21-7392 Custodial and Support Service Requirements and Related\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A952C96F-3EC9-41E0-A811-6B0AA24B6046}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0B536BB7-9B85-494D-843B-29C361870817}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173" uniqueCount="123">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="150" uniqueCount="112">
   <si>
     <t>*updated 12/18/2020</t>
   </si>
   <si>
     <t>*updated 6/28/21</t>
   </si>
   <si>
     <t>Company Name..</t>
   </si>
   <si>
     <t>Brady Industries of Texas LLC (Brady Companies LLC)</t>
   </si>
   <si>
     <t>ChemGiant, LLC</t>
   </si>
   <si>
-    <t>Ecolab Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>Laun-Dry Supply Co. Inc. (LD Supply, LLC)</t>
   </si>
   <si>
     <t>Longhorn Distributing (Loren Hodges &amp; Sons Inc.)</t>
   </si>
   <si>
     <t>PYRAMID SCHOOL PRODUCTS (PYRAMID PAPER COMPANY)</t>
   </si>
   <si>
     <t>Southwestern Mill Distributors, Inc</t>
   </si>
   <si>
     <t>Spectrum Paper Co., Inc.</t>
   </si>
   <si>
     <t>Company Contact…</t>
   </si>
   <si>
     <t>Hector Arellano</t>
   </si>
   <si>
     <t>Patrick Franco</t>
   </si>
   <si>
-    <r>
-[...17 lines deleted...]
-  <si>
     <t>Loren Hodges  or    Claudia Hita</t>
   </si>
   <si>
     <t>KENNY MILLER</t>
   </si>
   <si>
     <t>Rod Sterling</t>
   </si>
   <si>
     <t>Maxine Brown-Soto</t>
   </si>
   <si>
     <t>Company Address…</t>
   </si>
   <si>
     <t>5 Founders Bld A, Suite 100, El Paso, TX 79906</t>
   </si>
   <si>
     <t>4673 Osborne Dr. El Paso, TX 79922</t>
   </si>
   <si>
-    <t>Ecolab Inc., 1 Ecolab Place, St. Paul, Minnesota  55102</t>
-[...1 lines deleted...]
-  <si>
     <t>3800 Durazno Ave. El Paso, TX 79905</t>
   </si>
   <si>
     <t>5516 E. Paisano Drive     EL Paso, Texas 79905</t>
   </si>
   <si>
     <t>6510 N 54TH ST, Tampa, FL 33610</t>
   </si>
   <si>
     <t>310 Dallas St     El Paso, Tx 79901</t>
   </si>
   <si>
     <t>27 Concord St., El Paso, TX 79906</t>
   </si>
   <si>
     <t>Contact Email Address…</t>
   </si>
   <si>
     <t>hector.arellano@bradyindustries.com</t>
   </si>
   <si>
     <t>pfranco@chemgiantsolutions.com</t>
   </si>
   <si>
-    <t>gov.sales@ecolab.com</t>
-[...1 lines deleted...]
-  <si>
     <t>csr@longhorn-elpaso.com</t>
   </si>
   <si>
     <t>BIDDEPT@PYRAMIDSP.COM</t>
   </si>
   <si>
     <t>rods@swmill.net</t>
   </si>
   <si>
     <t>customerservice@spectrumpaper.com</t>
   </si>
   <si>
     <t>Company Phone Number…</t>
   </si>
   <si>
     <t>(915) 256-5859</t>
   </si>
   <si>
     <t>(915) 408-9144</t>
   </si>
   <si>
-    <t>(952) 852-0958</t>
-[...1 lines deleted...]
-  <si>
     <t>(915) 449-4215</t>
   </si>
   <si>
     <t>(915) 772-9091 x102</t>
   </si>
   <si>
     <t>(800) 792-2644 x225</t>
   </si>
   <si>
     <t>(915) 532-4693 x206</t>
   </si>
   <si>
     <t>(915) 595-0020</t>
   </si>
   <si>
     <t>Company Website…</t>
   </si>
   <si>
     <t>HTTP://www.bradyindustries.com</t>
   </si>
   <si>
     <t>HTTP://www.chemgiantsolutions.com</t>
   </si>
   <si>
-    <t>HTTP://www.ecolab.com</t>
-[...1 lines deleted...]
-  <si>
     <t>http://www.ld-supply.com</t>
   </si>
   <si>
     <t>HTTP://www.longhorndistributing.com</t>
   </si>
   <si>
     <t>HTTP://WWW.PYRAMIDSP.COM</t>
   </si>
   <si>
     <t>HTTP://swmill.net</t>
   </si>
   <si>
     <t>HTTP://www.spectrumpaper.com</t>
   </si>
   <si>
     <t>S&amp;H included in pricing..</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>S&amp;H (expedite fees)…</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
-    <t>Yes. Ecolab offers one to two day expedited shipping deliveries, and additional fee is dependent on weight and shipment location from warehouse. Quotes are available upon request. Please contact Dale Mrozinski at 952-852-0958 or gov.sales@ecolab.com for expedites.</t>
-[...1 lines deleted...]
-  <si>
     <t>**THERE IS A $25.00 MINIMUM ORDER REQUIREMENT FOR THIS BID. ALL ORDERS OF $25 OR MORE WILL NOT PAY SHIPPING. PLEASE CONTACT KENNY MILLER AT 800-792-2644 EXT 225 WITH ANY QUESTIONS YOU MAY HAVE.**</t>
   </si>
   <si>
     <t>Products/Services Provided…</t>
   </si>
   <si>
     <t>Full Line of Janitorial supplies and equipment</t>
   </si>
   <si>
     <t>Custodial Products</t>
   </si>
   <si>
-    <t>A trusted manufacturer /partner at nearly 3 million customer locations, Ecolab is the global leader in water, hygiene and energy technologies and services that protect people and vital resources. Promote safe food, maintain clean environments.</t>
-[...1 lines deleted...]
-  <si>
     <t>Cleaning supply distributor and manufacturer</t>
   </si>
   <si>
     <t>Disinfectants, Cleaning Towels, Dry&amp; Liquid Cleaners, Custodial Tools,</t>
   </si>
   <si>
     <t>SCHOOL/OFFICE RELATED SUPPLIES &amp; EQUIPMENT</t>
   </si>
   <si>
     <t>Janitorial and sanitation supplies, disposable food service packaging, miscellaneous PPE</t>
   </si>
   <si>
     <t>Janitorial supplies and equipment, paper and office supplies, furniture, food service supplies, packaging</t>
   </si>
   <si>
     <t>Areas Served…</t>
   </si>
   <si>
     <t>El Paso County, Sierra Blanca, Van Horn, Las Cruces, Carlsbad, Silver City, T or C, Alamogordo, Ruidoso,</t>
   </si>
   <si>
     <t>TX, NM</t>
-  </si>
-[...1 lines deleted...]
-    <t>All 50 United States as well as all U.S. Territories</t>
   </si>
   <si>
     <t>Texas, New Mexico, Colorado, Arizona</t>
   </si>
   <si>
     <t>West Texas counties (El Paso Hudspeth, Culbertson, Loving, Reeves, Jeff Davis) Southern New Mexico Counties (Dona Ana, Otero, Chavez, Eddie, Sierra, Luna, Lovington)</t>
   </si>
   <si>
     <t>ALL BUT HAWAII &amp; ALASKA</t>
   </si>
   <si>
     <t>An approximate 150 mile radius from El Paso to include some of New Mexico.</t>
   </si>
   <si>
     <t>West Texas, New Mexico</t>
   </si>
   <si>
     <t>Price Link…</t>
   </si>
   <si>
     <t>Price Link</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Pricing on Website:
@@ -434,102 +391,96 @@
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Food Service Items. Items to include but not limited to: bun pan bags, paper baking cups, plastic portion cups, plastic portion cup lids, styrofoam cups, styrofoam cup lids, plastic squat portion containers, plastic squat portion container lids, plastic squat containers, plastic squat container lids, salad containers with lid, styrofoam bowls, polystyrene bowls, round plates with or without compartments, styrofoam trays with hinged lid with or without compartments, styrofoam lunch trays, food trays, fast food trays, plastic ware, white menu tissue, pan liners, plastic freezer bags, film wrap, aluminum foil, burrito foil wraps, brown lunch bags, poly sandwich bags, plastic aprons, latex gloves, non-powdered vinyl gloves, powdered latex gloves, rubber gloves, plastic embossed gloves, etc. Percent discount off catalog/pricelist.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Floor Care Products. Items to include but not limited to: floor sealer  finish, spray buff restorer, non-ammoniated liquid wax stripper, no rinse floor stripper, liquid floor cleaner, neutral floor cleaner, gel floor cleaner, floor cleaners, tile sealer  finish, floor finish, gym floor finish, dust mop treatment, carpet spot remover, carpet shampoo/extractor/cleaner, floor finish remover, floor sealer  finish, utility pad holder, pad applicators, bonnet pads, stripping pads, buffing pads, cleansing pads, scrubbing pads, sanding disc, straw brooms, sweep brooms, floor brush, polypropylene garage brush, handles for brush/brooms, mops, mop handles, floor squeegees, dust pans, mop refills, mop heads, mop frames, buckets, etc. Percent discount off catalog/pricelist.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Floor Care Equipment. Items to include but not limited to: high speed floor burnishers, floor buffers, upright vacuums, backpack vacuums, dual motor upright vacuums, portable extractors, wet  dry vacuums, multiple speed air handlers, etc. Percent discount off catalog/pricelist.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Chemical Dispensing Systems. Items to include but not limited to: chemical dispensing systems, mounting racks, neutral floor cleaner  maintainer, all purpose cleaner, glass cleaner, heavy duty degreaser, detergent  disinfectant, liquid oven cleaner, air freshener, carpet extraction center, carpet extraction cleaner, etc. Percent discount off catalog/pricelist.</t>
   </si>
   <si>
-    <t>No cost, except soap dispensers and hand sanitizer dispensers</t>
-[...1 lines deleted...]
-  <si>
     <t>*updated 1/29/21, 5/18/21, 7/10/24, 1/14/25</t>
   </si>
   <si>
     <t>*updated 7/25/24, 10/7/24, 5/21/25, 7/24/25</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Jonathan Lawson</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve">  Justin Ellis</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>jlawson@ld-supply.com</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve"> jellis@ld-supply.com</t>
     </r>
   </si>
   <si>
-    <t>*updated 3/2/22, 4/10/24, 8/21/25</t>
-[...5 lines deleted...]
-    <t>*updated 2/3/2021, 2/12/2021, 3/2/21, 3/23/21, 5/10/21, 5/13/21, 5/20/21, 6/8/21, 6/17/21, 6/24/21, 7/9/21, 7/26/21, 7/29/21, 8/3/21, 8/10/21, 8/12/21, 8/16/21, 8/20/21, 8/24/21, 8/31/21, 9/10/21, 9/13/21, 9/15/21, 9/23/21, 10/1/21, 10/15/21, 10/25/21, 11/1/21, 11/8/21, 12/2/21, 12/8/21, 12/15/21, 1/3/22, 1/19/22, 1/21/22, 1/24/22, 1/26/22, 1/28/22, 2/4/22, 2/8/22, 2/15/22, 2/18/22, 2/22/22, 2/28/22, 3/2/22, 3/4/22, 3/8/22, 3/21/22, 3/24/22, 3/29/22, 4/28/22, 5/2/22, 5/3/22, 5/6/22, 5/19/22, 5/24/22, 5/25/22, 6/8/22, 6/9/22, 6/13/22, 6/14/22, 6/16/22. 6/27/22, 7/12/22, 7/14/22, 8/23/22, 9/1/22, 9/23/22, 11/10/22, 12/2/22, 12/9/22, 12/16/22, 1/2/23, 1/12/23, 1/25/23, 1/30/23, 2/1/23, 3/9/23, 3/10/23, 3/23/23, 3/27/23, 4/25/23, 4/26/23, 5/18/23, 6/7/23, 6/8/23, 7/31/23, 10/12/23, 10/24/23, 10/27/23, 10/30/23, 11/8/23, 1/22/24, 1/26/24, 1/31/24, 2/16/24, 3/18/24, 4/18/24, 5/21/24, 6/5/24, 6/25/24, 6/27/24, 7/15/24, 8/8/24, 8/19/24, 9/25/24, 10/1/24, 10/24/24, 11/7/24, 11/15/24, 12/3/24, 12/11/24, 12/19/24, 1/6/25, 1/24/25, 2/10/25, 2/11/25, 2/26/25, 3/4/25, 3/17/25, 3/21/25, 4/22/25, 5/5/25, 6/16/25, 6/17/25, 6/26/25, 7/24/25, 7/30/25, 8/14/25, 9/5/25, 9/10/25, 9/24/25, 9/26/25, 10/10/25</t>
+    <t>*updated 2/3/2021, 2/12/2021, 3/2/21, 3/23/21, 5/10/21, 5/13/21, 5/20/21, 6/8/21, 6/17/21, 6/24/21, 7/9/21, 7/26/21, 7/29/21, 8/3/21, 8/10/21, 8/12/21, 8/16/21, 8/20/21, 8/24/21, 8/31/21, 9/10/21, 9/13/21, 9/15/21, 9/23/21, 10/1/21, 10/15/21, 10/25/21, 11/1/21, 11/8/21, 12/2/21, 12/8/21, 12/15/21, 1/3/22, 1/19/22, 1/21/22, 1/24/22, 1/26/22, 1/28/22, 2/4/22, 2/8/22, 2/15/22, 2/18/22, 2/22/22, 2/28/22, 3/2/22, 3/4/22, 3/8/22, 3/21/22, 3/24/22, 3/29/22, 4/28/22, 5/2/22, 5/3/22, 5/6/22, 5/19/22, 5/24/22, 5/25/22, 6/8/22, 6/9/22, 6/13/22, 6/14/22, 6/16/22. 6/27/22, 7/12/22, 7/14/22, 8/23/22, 9/1/22, 9/23/22, 11/10/22, 12/2/22, 12/9/22, 12/16/22, 1/2/23, 1/12/23, 1/25/23, 1/30/23, 2/1/23, 3/9/23, 3/10/23, 3/23/23, 3/27/23, 4/25/23, 4/26/23, 5/18/23, 6/7/23, 6/8/23, 7/31/23, 10/12/23, 10/24/23, 10/27/23, 10/30/23, 11/8/23, 1/22/24, 1/26/24, 1/31/24, 2/16/24, 3/18/24, 4/18/24, 5/21/24, 6/5/24, 6/25/24, 6/27/24, 7/15/24, 8/8/24, 8/19/24, 9/25/24, 10/1/24, 10/24/24, 11/7/24, 11/15/24, 12/3/24, 12/11/24, 12/19/24, 1/6/25, 1/24/25, 2/10/25, 2/11/25, 2/26/25, 3/4/25, 3/17/25, 3/21/25, 4/22/25, 5/5/25, 6/16/25, 6/17/25, 6/26/25, 7/24/25, 7/30/25, 8/14/25, 9/5/25, 9/10/25, 9/24/25, 9/26/25, 10/10/25, 11/4/25</t>
+  </si>
+  <si>
+    <t>*updated 9/12/22, 10/10/22, 1/19/23, 2/6/23, 3/28/23, 4/3/23, 5/9/23, 8/8/23, 8/22/23, 9/20/23, 10/17/23, 9/11/24, 9/20/24, 11/22/24, 12/3/24, 1/13/25, 1/15/25, 1/28/25, 2/11/25, 5/2/25, 7/21/25, 7/22/25, 9/5/25, 9/11/25, 9/15/25, 11/6/25, 11/13/25, 12/1/25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -736,57 +687,57 @@
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7392/Pyramid.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>9</xdr:col>
+      <xdr:col>8</xdr:col>
       <xdr:colOff>71437</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>1023938</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>9</xdr:col>
+      <xdr:col>8</xdr:col>
       <xdr:colOff>1512093</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>1273969</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="4" name="Rectangle 3">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000004000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="19919156" y="10358438"/>
           <a:ext cx="1440656" cy="250031"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
@@ -1120,968 +1071,886 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7392/SWM%20Distributors%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/LD%20Region%2019%20Price%20Book%20Report.xlsx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pyramidsp.com/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7392/Chemgiant%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Brady.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/21-7392/Ecolab%20Products%20and%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7392/Spectrum%20Paper%20Jan%20Catalog%202020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7392/Longhorn%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/LD%20Region%2019%20Price%20Book%20Report.xlsx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7392/SWM%20Distributors%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7392/Chemgiant%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Brady.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pyramidsp.com/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7392/Spectrum%20Paper%20Jan%20Catalog%202020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7392/Longhorn%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B1:M27"/>
+  <dimension ref="B1:L27"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
+      <selection pane="bottomRight" activeCell="E3" sqref="E3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="2" customWidth="1"/>
     <col min="2" max="2" width="8" style="2" customWidth="1"/>
     <col min="3" max="3" width="39.7109375" style="2" customWidth="1"/>
     <col min="4" max="4" width="6" style="1" customWidth="1"/>
     <col min="5" max="5" width="31.140625" style="2" customWidth="1"/>
-    <col min="6" max="10" width="30.7109375" style="2" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="13" max="16384" width="9.140625" style="2"/>
+    <col min="6" max="9" width="30.7109375" style="2" customWidth="1"/>
+    <col min="10" max="10" width="68.85546875" style="2" customWidth="1"/>
+    <col min="11" max="11" width="30.7109375" style="2" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:13" ht="255" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:12" ht="255" x14ac:dyDescent="0.25">
       <c r="E1" s="12" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>116</v>
+        <v>106</v>
       </c>
       <c r="G1" s="12" t="s">
-        <v>120</v>
-[...4 lines deleted...]
-      <c r="I1" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="H1" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="J1" s="12"/>
+      <c r="I1" s="12"/>
+      <c r="J1" s="12" t="s">
+        <v>110</v>
+      </c>
       <c r="K1" s="12" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="L1" s="12" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="2" spans="2:13" s="12" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:12" s="12" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="D2" s="9" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="13" t="s">
         <v>3</v>
       </c>
       <c r="F2" s="13" t="s">
         <v>4</v>
       </c>
       <c r="G2" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="H2" s="13" t="s">
+      <c r="H2" s="20" t="s">
         <v>6</v>
       </c>
-      <c r="I2" s="20" t="s">
+      <c r="I2" s="13" t="s">
         <v>7</v>
       </c>
       <c r="J2" s="13" t="s">
         <v>8</v>
       </c>
       <c r="K2" s="13" t="s">
         <v>9</v>
       </c>
-      <c r="L2" s="13" t="s">
+    </row>
+    <row r="3" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="D3" s="9" t="s">
         <v>10</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D3" s="9" t="s">
+      <c r="E3" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="E3" s="7" t="s">
+      <c r="F3" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="F3" s="7" t="s">
+      <c r="G3" s="19" t="s">
+        <v>108</v>
+      </c>
+      <c r="H3" s="21" t="s">
         <v>13</v>
       </c>
-      <c r="G3" s="19" t="s">
+      <c r="I3" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="H3" s="19" t="s">
-[...2 lines deleted...]
-      <c r="I3" s="21" t="s">
+      <c r="J3" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="J3" s="7" t="s">
+      <c r="K3" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="K3" s="7" t="s">
+    </row>
+    <row r="4" spans="2:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="D4" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="L3" s="7" t="s">
+      <c r="E4" s="7" t="s">
         <v>18</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D4" s="9" t="s">
+      <c r="F4" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="E4" s="7" t="s">
+      <c r="G4" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="F4" s="7" t="s">
+      <c r="H4" s="21" t="s">
         <v>21</v>
       </c>
-      <c r="G4" s="7" t="s">
+      <c r="I4" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="H4" s="7" t="s">
+      <c r="J4" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="I4" s="21" t="s">
+      <c r="K4" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="J4" s="7" t="s">
+    </row>
+    <row r="5" spans="2:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="D5" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="K4" s="7" t="s">
+      <c r="E5" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="L4" s="7" t="s">
+      <c r="F5" s="7" t="s">
         <v>27</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D5" s="9" t="s">
+      <c r="G5" s="19" t="s">
+        <v>109</v>
+      </c>
+      <c r="H5" s="21" t="s">
         <v>28</v>
       </c>
-      <c r="E5" s="7" t="s">
+      <c r="I5" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="F5" s="7" t="s">
+      <c r="J5" s="7" t="s">
         <v>30</v>
       </c>
-      <c r="G5" s="7" t="s">
+      <c r="K5" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="H5" s="19" t="s">
-[...2 lines deleted...]
-      <c r="I5" s="21" t="s">
+    </row>
+    <row r="6" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="D6" s="9" t="s">
         <v>32</v>
       </c>
-      <c r="J5" s="7" t="s">
+      <c r="E6" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="K5" s="7" t="s">
+      <c r="F6" s="7" t="s">
         <v>34</v>
       </c>
-      <c r="L5" s="7" t="s">
+      <c r="G6" s="7" t="s">
         <v>35</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D6" s="9" t="s">
+      <c r="H6" s="21" t="s">
         <v>36</v>
       </c>
-      <c r="E6" s="7" t="s">
+      <c r="I6" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="F6" s="7" t="s">
+      <c r="J6" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="G6" s="7" t="s">
+      <c r="K6" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="H6" s="7" t="s">
+    </row>
+    <row r="7" spans="2:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="D7" s="9" t="s">
         <v>40</v>
       </c>
-      <c r="I6" s="21" t="s">
+      <c r="E7" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="J6" s="7" t="s">
+      <c r="F7" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="K6" s="7" t="s">
+      <c r="G7" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="L6" s="7" t="s">
+      <c r="H7" s="21" t="s">
         <v>44</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D7" s="9" t="s">
+      <c r="I7" s="7" t="s">
         <v>45</v>
       </c>
-      <c r="E7" s="7" t="s">
+      <c r="J7" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="F7" s="7" t="s">
+      <c r="K7" s="7" t="s">
         <v>47</v>
       </c>
-      <c r="G7" s="7" t="s">
+    </row>
+    <row r="8" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="D8" s="9" t="s">
         <v>48</v>
       </c>
-      <c r="H7" s="7" t="s">
+      <c r="E8" s="7" t="s">
         <v>49</v>
       </c>
-      <c r="I7" s="21" t="s">
+      <c r="F8" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="G8" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="H8" s="21" t="s">
         <v>50</v>
       </c>
-      <c r="J7" s="7" t="s">
+      <c r="I8" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="J8" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="K8" s="7" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="9" spans="2:12" ht="120" x14ac:dyDescent="0.25">
+      <c r="D9" s="9" t="s">
         <v>51</v>
       </c>
-      <c r="K7" s="7" t="s">
+      <c r="E9" s="7" t="s">
         <v>52</v>
       </c>
-      <c r="L7" s="7" t="s">
+      <c r="F9" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="G9" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="H9" s="21" t="s">
+        <v>50</v>
+      </c>
+      <c r="I9" s="7" t="s">
         <v>53</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D8" s="9" t="s">
+      <c r="J9" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="K9" s="7" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="10" spans="2:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="D10" s="9" t="s">
         <v>54</v>
       </c>
-      <c r="E8" s="7" t="s">
+      <c r="E10" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="F8" s="7" t="s">
-[...8 lines deleted...]
-      <c r="I8" s="21" t="s">
+      <c r="F10" s="7" t="s">
         <v>56</v>
       </c>
-      <c r="J8" s="7" t="s">
-[...10 lines deleted...]
-      <c r="D9" s="9" t="s">
+      <c r="G10" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="E9" s="7" t="s">
+      <c r="H10" s="21" t="s">
         <v>58</v>
       </c>
-      <c r="F9" s="7" t="s">
-[...2 lines deleted...]
-      <c r="G9" s="7" t="s">
+      <c r="I10" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="H9" s="7" t="s">
-[...5 lines deleted...]
-      <c r="J9" s="7" t="s">
+      <c r="J10" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="K9" s="7" t="s">
-[...7 lines deleted...]
-      <c r="D10" s="9" t="s">
+      <c r="K10" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="E10" s="7" t="s">
+    </row>
+    <row r="11" spans="2:12" ht="90" x14ac:dyDescent="0.25">
+      <c r="D11" s="9" t="s">
         <v>62</v>
       </c>
-      <c r="F10" s="7" t="s">
+      <c r="E11" s="7" t="s">
         <v>63</v>
       </c>
-      <c r="G10" s="7" t="s">
+      <c r="F11" s="7" t="s">
         <v>64</v>
       </c>
-      <c r="H10" s="7" t="s">
+      <c r="G11" s="7" t="s">
         <v>65</v>
       </c>
-      <c r="I10" s="21" t="s">
+      <c r="H11" s="21" t="s">
         <v>66</v>
       </c>
-      <c r="J10" s="7" t="s">
+      <c r="I11" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="K10" s="7" t="s">
+      <c r="J11" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="L10" s="7" t="s">
+      <c r="K11" s="7" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="11" spans="2:13" ht="90" x14ac:dyDescent="0.25">
-      <c r="D11" s="9" t="s">
+    <row r="12" spans="2:12" ht="105" x14ac:dyDescent="0.25">
+      <c r="D12" s="10" t="s">
         <v>70</v>
       </c>
-      <c r="E11" s="7" t="s">
+      <c r="E12" s="18" t="s">
         <v>71</v>
       </c>
-      <c r="F11" s="7" t="s">
+      <c r="F12" s="18" t="s">
+        <v>71</v>
+      </c>
+      <c r="G12" s="18" t="s">
+        <v>71</v>
+      </c>
+      <c r="H12" s="22" t="s">
+        <v>71</v>
+      </c>
+      <c r="I12" s="19" t="s">
         <v>72</v>
       </c>
-      <c r="G11" s="7" t="s">
+      <c r="J12" s="26" t="s">
+        <v>71</v>
+      </c>
+      <c r="K12" s="18" t="s">
         <v>73</v>
       </c>
-      <c r="H11" s="7" t="s">
+    </row>
+    <row r="13" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B13" s="4" t="s">
         <v>74</v>
       </c>
-      <c r="I11" s="21" t="s">
+      <c r="C13" s="4" t="s">
         <v>75</v>
       </c>
-      <c r="J11" s="7" t="s">
+      <c r="D13" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="K11" s="7" t="s">
+      <c r="E13" s="14" t="s">
         <v>77</v>
       </c>
-      <c r="L11" s="7" t="s">
+      <c r="F13" s="14" t="s">
+        <v>77</v>
+      </c>
+      <c r="G13" s="14" t="s">
+        <v>77</v>
+      </c>
+      <c r="H13" s="23" t="s">
+        <v>77</v>
+      </c>
+      <c r="I13" s="14" t="s">
+        <v>77</v>
+      </c>
+      <c r="J13" s="14" t="s">
+        <v>77</v>
+      </c>
+      <c r="K13" s="14" t="s">
+        <v>77</v>
+      </c>
+      <c r="L13" s="5" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="12" spans="2:13" ht="105" x14ac:dyDescent="0.25">
-      <c r="D12" s="10" t="s">
+    <row r="14" spans="2:12" ht="135" x14ac:dyDescent="0.25">
+      <c r="B14" s="8" t="s">
         <v>79</v>
       </c>
-      <c r="E12" s="18" t="s">
+      <c r="C14" s="7" t="s">
         <v>80</v>
-      </c>
-[...65 lines deleted...]
-        <v>89</v>
       </c>
       <c r="D14" s="6">
         <v>1</v>
       </c>
       <c r="E14" s="16">
         <v>0.57999999999999996</v>
       </c>
       <c r="F14" s="16">
         <v>0.45</v>
       </c>
       <c r="G14" s="16">
-        <v>0.3</v>
-[...1 lines deleted...]
-      <c r="H14" s="16">
         <v>0.35</v>
       </c>
-      <c r="I14" s="24">
+      <c r="H14" s="24">
         <v>1E-3</v>
       </c>
-      <c r="J14" s="15" t="s">
-        <v>90</v>
+      <c r="I14" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="J14" s="16">
+        <v>0</v>
       </c>
       <c r="K14" s="16">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L14" s="16">
         <v>0.47</v>
       </c>
     </row>
-    <row r="15" spans="2:13" ht="105" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:12" ht="105" x14ac:dyDescent="0.25">
       <c r="B15" s="8" t="s">
-        <v>91</v>
+        <v>82</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>92</v>
+        <v>83</v>
       </c>
       <c r="D15" s="6">
         <v>1</v>
       </c>
       <c r="E15" s="16">
         <v>0.57999999999999996</v>
       </c>
       <c r="F15" s="16">
         <v>0.45</v>
       </c>
-      <c r="G15" s="15" t="s">
-[...2 lines deleted...]
-      <c r="H15" s="16">
+      <c r="G15" s="16">
         <v>0.35</v>
       </c>
-      <c r="I15" s="24">
+      <c r="H15" s="24">
         <v>1E-3</v>
       </c>
+      <c r="I15" s="16">
+        <v>0.25</v>
+      </c>
       <c r="J15" s="16">
-        <v>0.25</v>
+        <v>0</v>
       </c>
       <c r="K15" s="16">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L15" s="16">
         <v>0.48</v>
       </c>
     </row>
-    <row r="16" spans="2:13" ht="120" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:12" ht="120" x14ac:dyDescent="0.25">
       <c r="B16" s="8" t="s">
-        <v>93</v>
+        <v>84</v>
       </c>
       <c r="C16" s="7" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="D16" s="6">
         <v>1</v>
       </c>
       <c r="E16" s="16">
         <v>0.57999999999999996</v>
       </c>
       <c r="F16" s="16">
         <v>0.45</v>
       </c>
       <c r="G16" s="16">
-        <v>0.3</v>
-[...1 lines deleted...]
-      <c r="H16" s="16">
         <v>0.35</v>
       </c>
-      <c r="I16" s="24">
+      <c r="H16" s="24">
         <v>1E-3</v>
       </c>
+      <c r="I16" s="16">
+        <v>0.25</v>
+      </c>
       <c r="J16" s="16">
-        <v>0.25</v>
+        <v>0</v>
       </c>
       <c r="K16" s="16">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L16" s="16">
         <v>0.52</v>
       </c>
     </row>
-    <row r="17" spans="2:12" ht="90" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:11" ht="90" x14ac:dyDescent="0.25">
       <c r="B17" s="8" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="C17" s="7" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="D17" s="6">
         <v>1</v>
       </c>
       <c r="E17" s="16">
         <v>0.57999999999999996</v>
       </c>
       <c r="F17" s="16">
         <v>0.45</v>
       </c>
       <c r="G17" s="16">
-        <v>0.3</v>
-[...1 lines deleted...]
-      <c r="H17" s="16">
         <v>0.35</v>
       </c>
-      <c r="I17" s="25" t="s">
-[...3 lines deleted...]
-        <v>90</v>
+      <c r="H17" s="25" t="s">
+        <v>81</v>
+      </c>
+      <c r="I17" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="J17" s="16">
+        <v>0</v>
       </c>
       <c r="K17" s="16">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L17" s="16">
         <v>0.56999999999999995</v>
       </c>
     </row>
-    <row r="18" spans="2:12" ht="135" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:11" ht="135" x14ac:dyDescent="0.25">
       <c r="B18" s="8" t="s">
-        <v>97</v>
+        <v>88</v>
       </c>
       <c r="C18" s="7" t="s">
-        <v>98</v>
+        <v>89</v>
       </c>
       <c r="D18" s="6">
         <v>1</v>
       </c>
       <c r="E18" s="16">
         <v>0.35</v>
       </c>
       <c r="F18" s="16">
         <v>0.45</v>
       </c>
-      <c r="G18" s="15" t="s">
+      <c r="G18" s="16">
+        <v>0.35</v>
+      </c>
+      <c r="H18" s="24">
+        <v>1E-3</v>
+      </c>
+      <c r="I18" s="16">
+        <v>0.2</v>
+      </c>
+      <c r="J18" s="16">
+        <v>0</v>
+      </c>
+      <c r="K18" s="16">
+        <v>0.48</v>
+      </c>
+    </row>
+    <row r="19" spans="2:11" ht="135" x14ac:dyDescent="0.25">
+      <c r="B19" s="8" t="s">
         <v>90</v>
       </c>
-      <c r="H18" s="16">
-[...18 lines deleted...]
-      </c>
       <c r="C19" s="7" t="s">
-        <v>100</v>
+        <v>91</v>
       </c>
       <c r="D19" s="6">
         <v>1</v>
       </c>
       <c r="E19" s="16">
         <v>0.57999999999999996</v>
       </c>
       <c r="F19" s="16">
         <v>0.45</v>
       </c>
-      <c r="G19" s="15" t="s">
-[...2 lines deleted...]
-      <c r="H19" s="16">
+      <c r="G19" s="16">
         <v>0.35</v>
       </c>
-      <c r="I19" s="24">
+      <c r="H19" s="24">
         <v>1E-3</v>
       </c>
+      <c r="I19" s="16">
+        <v>0.2</v>
+      </c>
       <c r="J19" s="16">
-        <v>0.2</v>
+        <v>0</v>
       </c>
       <c r="K19" s="16">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L19" s="16">
         <v>0.6</v>
       </c>
     </row>
-    <row r="20" spans="2:12" ht="165" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:11" ht="165" x14ac:dyDescent="0.25">
       <c r="B20" s="8" t="s">
-        <v>101</v>
+        <v>92</v>
       </c>
       <c r="C20" s="7" t="s">
-        <v>102</v>
+        <v>93</v>
       </c>
       <c r="D20" s="6">
         <v>1</v>
       </c>
       <c r="E20" s="16">
         <v>0.25</v>
       </c>
       <c r="F20" s="16">
         <v>0.45</v>
       </c>
-      <c r="G20" s="15" t="s">
-[...2 lines deleted...]
-      <c r="H20" s="16">
+      <c r="G20" s="16">
         <v>0.35</v>
       </c>
-      <c r="I20" s="25" t="s">
-        <v>90</v>
+      <c r="H20" s="25" t="s">
+        <v>81</v>
+      </c>
+      <c r="I20" s="16">
+        <v>0.2</v>
       </c>
       <c r="J20" s="16">
-        <v>0.2</v>
+        <v>0</v>
       </c>
       <c r="K20" s="16">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L20" s="16">
         <v>0.4</v>
       </c>
     </row>
-    <row r="21" spans="2:12" ht="105" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:11" ht="105" x14ac:dyDescent="0.25">
       <c r="B21" s="8" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="C21" s="7" t="s">
-        <v>104</v>
+        <v>95</v>
       </c>
       <c r="D21" s="6">
         <v>1</v>
       </c>
       <c r="E21" s="16">
         <v>0.57999999999999996</v>
       </c>
       <c r="F21" s="16">
         <v>0.45</v>
       </c>
-      <c r="G21" s="15" t="s">
-[...2 lines deleted...]
-      <c r="H21" s="16">
+      <c r="G21" s="16">
         <v>0.35</v>
       </c>
-      <c r="I21" s="25" t="s">
-        <v>90</v>
+      <c r="H21" s="25" t="s">
+        <v>81</v>
+      </c>
+      <c r="I21" s="16">
+        <v>0.15</v>
       </c>
       <c r="J21" s="16">
-        <v>0.15</v>
+        <v>0</v>
       </c>
       <c r="K21" s="16">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L21" s="16">
         <v>0.55000000000000004</v>
       </c>
     </row>
-    <row r="22" spans="2:12" ht="165" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:11" ht="165" x14ac:dyDescent="0.25">
       <c r="B22" s="8" t="s">
-        <v>105</v>
+        <v>96</v>
       </c>
       <c r="C22" s="7" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="D22" s="6">
         <v>1</v>
       </c>
       <c r="E22" s="16">
         <v>0.57999999999999996</v>
       </c>
       <c r="F22" s="16">
         <v>0.45</v>
       </c>
-      <c r="G22" s="15" t="s">
-[...2 lines deleted...]
-      <c r="H22" s="16">
+      <c r="G22" s="16">
         <v>0.35</v>
       </c>
-      <c r="I22" s="24">
+      <c r="H22" s="24">
         <v>1E-3</v>
       </c>
+      <c r="I22" s="16">
+        <v>0.25</v>
+      </c>
       <c r="J22" s="16">
-        <v>0.25</v>
+        <v>0</v>
       </c>
       <c r="K22" s="16">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L22" s="16">
         <v>0.55000000000000004</v>
       </c>
     </row>
-    <row r="23" spans="2:12" ht="315" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:11" ht="315" x14ac:dyDescent="0.25">
       <c r="B23" s="8" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>108</v>
+        <v>99</v>
       </c>
       <c r="D23" s="6">
         <v>1</v>
       </c>
       <c r="E23" s="16">
         <v>0.57999999999999996</v>
       </c>
       <c r="F23" s="16">
         <v>0.45</v>
       </c>
-      <c r="G23" s="15" t="s">
-[...2 lines deleted...]
-      <c r="H23" s="16">
+      <c r="G23" s="16">
         <v>0.35</v>
       </c>
-      <c r="I23" s="25" t="s">
-        <v>90</v>
+      <c r="H23" s="25" t="s">
+        <v>81</v>
+      </c>
+      <c r="I23" s="16">
+        <v>0.25</v>
       </c>
       <c r="J23" s="16">
-        <v>0.25</v>
+        <v>0</v>
       </c>
       <c r="K23" s="16">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L23" s="16">
         <v>0.55000000000000004</v>
       </c>
     </row>
-    <row r="24" spans="2:12" ht="285" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:11" ht="285" x14ac:dyDescent="0.25">
       <c r="B24" s="8" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="C24" s="7" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="D24" s="6">
         <v>1</v>
       </c>
       <c r="E24" s="16">
         <v>0.57999999999999996</v>
       </c>
       <c r="F24" s="16">
         <v>0.45</v>
       </c>
       <c r="G24" s="16">
-        <v>0.3</v>
-[...1 lines deleted...]
-      <c r="H24" s="16">
         <v>0.35</v>
       </c>
-      <c r="I24" s="24">
+      <c r="H24" s="24">
         <v>1E-3</v>
       </c>
+      <c r="I24" s="16">
+        <v>0.25</v>
+      </c>
       <c r="J24" s="16">
-        <v>0.25</v>
+        <v>0</v>
       </c>
       <c r="K24" s="16">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L24" s="16">
         <v>0.56000000000000005</v>
       </c>
     </row>
-    <row r="25" spans="2:12" ht="105" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:11" ht="105" x14ac:dyDescent="0.25">
       <c r="B25" s="8" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="C25" s="7" t="s">
-        <v>112</v>
+        <v>103</v>
       </c>
       <c r="D25" s="6">
         <v>1</v>
       </c>
       <c r="E25" s="16">
         <v>0.25</v>
       </c>
       <c r="F25" s="16">
         <v>0.45</v>
       </c>
-      <c r="G25" s="15" t="s">
-[...2 lines deleted...]
-      <c r="H25" s="16">
+      <c r="G25" s="16">
         <v>0.25</v>
       </c>
-      <c r="I25" s="25" t="s">
-[...3 lines deleted...]
-        <v>90</v>
+      <c r="H25" s="25" t="s">
+        <v>81</v>
+      </c>
+      <c r="I25" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="J25" s="16">
+        <v>0</v>
       </c>
       <c r="K25" s="16">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L25" s="16">
         <v>0.3</v>
       </c>
     </row>
-    <row r="26" spans="2:12" ht="150" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:11" ht="150" x14ac:dyDescent="0.25">
       <c r="B26" s="8" t="s">
-        <v>113</v>
+        <v>104</v>
       </c>
       <c r="C26" s="7" t="s">
-        <v>114</v>
+        <v>105</v>
       </c>
       <c r="D26" s="6">
         <v>1</v>
       </c>
       <c r="E26" s="16">
         <v>1</v>
       </c>
       <c r="F26" s="16">
         <v>0.45</v>
       </c>
-      <c r="G26" s="16" t="s">
-[...2 lines deleted...]
-      <c r="H26" s="16">
+      <c r="G26" s="16">
         <v>0.35</v>
       </c>
-      <c r="I26" s="24">
+      <c r="H26" s="24">
         <v>1E-3</v>
       </c>
-      <c r="J26" s="15" t="s">
-        <v>90</v>
+      <c r="I26" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="J26" s="16">
+        <v>0</v>
       </c>
       <c r="K26" s="16">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L26" s="16">
         <v>0.5</v>
       </c>
     </row>
-    <row r="27" spans="2:12" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B27" s="17" t="s">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="C27" s="17" t="s">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="D27" s="11" t="s">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="E27" s="17" t="s">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="F27" s="17" t="s">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="G27" s="17" t="s">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="H27" s="17" t="s">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="I27" s="17" t="s">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="J27" s="17" t="s">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="K27" s="17" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>87</v>
+        <v>78</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:L27">
-    <sortCondition ref="E2:L2"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:K27">
+    <sortCondition ref="E2:K2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="E12" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="F12" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
-    <hyperlink ref="H12" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
-[...4 lines deleted...]
-    <hyperlink ref="K12" r:id="rId8" xr:uid="{C75DC9C2-C4E9-491E-8BAF-366F269A629E}"/>
+    <hyperlink ref="G12" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
+    <hyperlink ref="H12" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
+    <hyperlink ref="K12" r:id="rId5" display="Price Link" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
+    <hyperlink ref="I7" r:id="rId6" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
+    <hyperlink ref="J12" r:id="rId7" xr:uid="{C75DC9C2-C4E9-491E-8BAF-366F269A629E}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
-  <pageSetup orientation="landscape" r:id="rId9"/>
+  <pageSetup orientation="landscape" r:id="rId8"/>
   <headerFooter>
     <oddFooter>&amp;R21-7392 - Page &amp;P</oddFooter>
   </headerFooter>
-  <drawing r:id="rId10"/>
+  <drawing r:id="rId9"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>